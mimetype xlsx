--- v0 (2025-10-09)
+++ v1 (2025-12-13)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\Dennis S\CES News Release\2025\08\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\Dennis S\CES News Release\2025\09\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="29235" yWindow="420" windowWidth="24345" windowHeight="14190"/>
   </bookViews>
   <sheets>
     <sheet name="RURAL" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">RURAL!#REF!</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="167" uniqueCount="86">
   <si>
     <t xml:space="preserve">Total Nonfarm          </t>
   </si>
   <si>
     <t xml:space="preserve"> INDUSTRY</t>
   </si>
   <si>
     <t>County</t>
@@ -276,51 +276,51 @@
   <si>
     <t>Van Buren</t>
   </si>
   <si>
     <t>Wapello</t>
   </si>
   <si>
     <t>Wayne</t>
   </si>
   <si>
     <t>Webster</t>
   </si>
   <si>
     <t>Winnebago</t>
   </si>
   <si>
     <t>Winneshiek</t>
   </si>
   <si>
     <t>Worth</t>
   </si>
   <si>
     <t>Wright</t>
   </si>
   <si>
-    <t>Aug-25p</t>
+    <t>Sep-25p</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
   </numFmts>
   <fonts count="65" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -1708,61 +1708,60 @@
     <xf numFmtId="0" fontId="2" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="63" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="63" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="64" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="64" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="64" fillId="33" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="64" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="63" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="63" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="659">
     <cellStyle name="20% - Accent1" xfId="18" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent1 10" xfId="157"/>
     <cellStyle name="20% - Accent1 11" xfId="171"/>
     <cellStyle name="20% - Accent1 12" xfId="185"/>
     <cellStyle name="20% - Accent1 13" xfId="199"/>
     <cellStyle name="20% - Accent1 14" xfId="213"/>
     <cellStyle name="20% - Accent1 15" xfId="227"/>
     <cellStyle name="20% - Accent1 16" xfId="241"/>
     <cellStyle name="20% - Accent1 17" xfId="255"/>
     <cellStyle name="20% - Accent1 18" xfId="269"/>
     <cellStyle name="20% - Accent1 19" xfId="283"/>
     <cellStyle name="20% - Accent1 2" xfId="45"/>
     <cellStyle name="20% - Accent1 20" xfId="297"/>
     <cellStyle name="20% - Accent1 21" xfId="311"/>
     <cellStyle name="20% - Accent1 22" xfId="325"/>
     <cellStyle name="20% - Accent1 23" xfId="339"/>
     <cellStyle name="20% - Accent1 24" xfId="353"/>
     <cellStyle name="20% - Accent1 25" xfId="367"/>
     <cellStyle name="20% - Accent1 26" xfId="381"/>
     <cellStyle name="20% - Accent1 27" xfId="395"/>
@@ -2692,55 +2691,55 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:DM83"/>
+  <dimension ref="A1:DN83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" topLeftCell="CV1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="DK2" sqref="DK2"/>
+      <selection pane="topRight" activeCell="DO7" sqref="DO7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="8.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="8.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
@@ -2815,55 +2814,55 @@
     <col min="90" max="90" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="91" max="91" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="92" max="92" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="93" max="93" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="94" max="94" width="8.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="95" max="95" width="9.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="96" max="97" width="9.140625" style="3"/>
     <col min="98" max="98" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="99" max="99" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="100" max="100" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="101" max="101" width="8.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="102" max="102" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="103" max="103" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="104" max="104" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="105" max="105" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="106" max="106" width="8.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="107" max="107" width="9.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="108" max="109" width="9.140625" style="3"/>
     <col min="110" max="110" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="111" max="111" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="112" max="112" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="113" max="113" width="8.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="114" max="114" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="115" max="115" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="116" max="116" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
-    <col min="117" max="117" width="10.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="117" max="117" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="118" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:117" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:118" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2">
         <v>42385</v>
       </c>
       <c r="D1" s="2">
         <v>42416</v>
       </c>
       <c r="E1" s="2">
         <v>42445</v>
       </c>
       <c r="F1" s="2">
         <v>42476</v>
       </c>
       <c r="G1" s="2">
         <v>42506</v>
       </c>
       <c r="H1" s="2">
         <v>42537</v>
       </c>
       <c r="I1" s="2">
@@ -3147,76 +3146,79 @@
       </c>
       <c r="CX1" s="2">
         <v>45436</v>
       </c>
       <c r="CY1" s="2">
         <v>45467</v>
       </c>
       <c r="CZ1" s="2">
         <v>45497</v>
       </c>
       <c r="DA1" s="2">
         <v>45528</v>
       </c>
       <c r="DB1" s="2">
         <v>45559</v>
       </c>
       <c r="DC1" s="2">
         <v>45589</v>
       </c>
       <c r="DD1" s="2">
         <v>45620</v>
       </c>
       <c r="DE1" s="2">
         <v>45650</v>
       </c>
-      <c r="DF1" s="8">
+      <c r="DF1" s="7">
         <v>45682</v>
       </c>
-      <c r="DG1" s="8">
+      <c r="DG1" s="7">
         <v>45713</v>
       </c>
-      <c r="DH1" s="8">
+      <c r="DH1" s="7">
         <v>45741</v>
       </c>
-      <c r="DI1" s="8">
+      <c r="DI1" s="7">
         <v>45772</v>
       </c>
-      <c r="DJ1" s="8">
+      <c r="DJ1" s="7">
         <v>45802</v>
       </c>
-      <c r="DK1" s="8">
+      <c r="DK1" s="7">
         <v>45833</v>
       </c>
-      <c r="DL1" s="8">
+      <c r="DL1" s="7">
         <v>45863</v>
       </c>
-      <c r="DM1" s="7" t="s">
+      <c r="DM1" s="7">
+        <v>45894</v>
+      </c>
+      <c r="DN1" s="7" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="2" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A2" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="5">
         <v>2592</v>
       </c>
       <c r="D2" s="5">
         <v>2586</v>
       </c>
       <c r="E2" s="5">
         <v>2624</v>
       </c>
       <c r="F2" s="5">
         <v>2653</v>
       </c>
       <c r="G2" s="5">
         <v>2726</v>
       </c>
       <c r="H2" s="5">
         <v>2757</v>
       </c>
       <c r="I2" s="5">
@@ -3522,54 +3524,57 @@
       <c r="DE2" s="5">
         <v>2973</v>
       </c>
       <c r="DF2" s="5">
         <v>2837</v>
       </c>
       <c r="DG2" s="5">
         <v>2792</v>
       </c>
       <c r="DH2" s="5">
         <v>2864</v>
       </c>
       <c r="DI2" s="5">
         <v>2879</v>
       </c>
       <c r="DJ2" s="5">
         <v>2914</v>
       </c>
       <c r="DK2" s="5">
         <v>2974</v>
       </c>
       <c r="DL2" s="5">
         <v>2938</v>
       </c>
       <c r="DM2" s="5">
-        <v>2944</v>
+        <v>2931</v>
+      </c>
+      <c r="DN2" s="5">
+        <v>2991</v>
       </c>
     </row>
-    <row r="3" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="6">
         <v>1263</v>
       </c>
       <c r="D3" s="6">
         <v>1237</v>
       </c>
       <c r="E3" s="6">
         <v>1238</v>
       </c>
       <c r="F3" s="6">
         <v>1259</v>
       </c>
       <c r="G3" s="6">
         <v>1259</v>
       </c>
       <c r="H3" s="6">
         <v>1276</v>
       </c>
       <c r="I3" s="6">
@@ -3875,54 +3880,57 @@
       <c r="DE3" s="6">
         <v>1148</v>
       </c>
       <c r="DF3" s="6">
         <v>1121</v>
       </c>
       <c r="DG3" s="6">
         <v>1117</v>
       </c>
       <c r="DH3" s="6">
         <v>1125</v>
       </c>
       <c r="DI3" s="6">
         <v>1148</v>
       </c>
       <c r="DJ3" s="6">
         <v>1163</v>
       </c>
       <c r="DK3" s="6">
         <v>1189</v>
       </c>
       <c r="DL3" s="6">
         <v>1169</v>
       </c>
       <c r="DM3" s="6">
-        <v>1167</v>
+        <v>1158</v>
+      </c>
+      <c r="DN3" s="6">
+        <v>1186</v>
       </c>
     </row>
-    <row r="4" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="5">
         <v>4893</v>
       </c>
       <c r="D4" s="5">
         <v>4852</v>
       </c>
       <c r="E4" s="5">
         <v>4934</v>
       </c>
       <c r="F4" s="5">
         <v>5055</v>
       </c>
       <c r="G4" s="5">
         <v>5148</v>
       </c>
       <c r="H4" s="5">
         <v>5217</v>
       </c>
       <c r="I4" s="5">
@@ -4228,54 +4236,57 @@
       <c r="DE4" s="5">
         <v>4612</v>
       </c>
       <c r="DF4" s="5">
         <v>4490</v>
       </c>
       <c r="DG4" s="5">
         <v>4475</v>
       </c>
       <c r="DH4" s="5">
         <v>4519</v>
       </c>
       <c r="DI4" s="5">
         <v>4620</v>
       </c>
       <c r="DJ4" s="5">
         <v>4668</v>
       </c>
       <c r="DK4" s="5">
         <v>4734</v>
       </c>
       <c r="DL4" s="5">
         <v>4635</v>
       </c>
       <c r="DM4" s="5">
-        <v>4600</v>
+        <v>4622</v>
+      </c>
+      <c r="DN4" s="5">
+        <v>4674</v>
       </c>
     </row>
-    <row r="5" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="6">
         <v>4566</v>
       </c>
       <c r="D5" s="6">
         <v>4544</v>
       </c>
       <c r="E5" s="6">
         <v>4593</v>
       </c>
       <c r="F5" s="6">
         <v>4677</v>
       </c>
       <c r="G5" s="6">
         <v>4709</v>
       </c>
       <c r="H5" s="6">
         <v>4764</v>
       </c>
       <c r="I5" s="6">
@@ -4581,54 +4592,57 @@
       <c r="DE5" s="6">
         <v>4542</v>
       </c>
       <c r="DF5" s="6">
         <v>4509</v>
       </c>
       <c r="DG5" s="6">
         <v>4537</v>
       </c>
       <c r="DH5" s="6">
         <v>4528</v>
       </c>
       <c r="DI5" s="6">
         <v>4605</v>
       </c>
       <c r="DJ5" s="6">
         <v>4635</v>
       </c>
       <c r="DK5" s="6">
         <v>4703</v>
       </c>
       <c r="DL5" s="6">
         <v>4625</v>
       </c>
       <c r="DM5" s="6">
-        <v>4543</v>
+        <v>4574</v>
+      </c>
+      <c r="DN5" s="6">
+        <v>4609</v>
       </c>
     </row>
-    <row r="6" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A6" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C6" s="5">
         <v>1493</v>
       </c>
       <c r="D6" s="5">
         <v>1489</v>
       </c>
       <c r="E6" s="5">
         <v>1532</v>
       </c>
       <c r="F6" s="5">
         <v>1539</v>
       </c>
       <c r="G6" s="5">
         <v>1562</v>
       </c>
       <c r="H6" s="5">
         <v>1586</v>
       </c>
       <c r="I6" s="5">
@@ -4934,54 +4948,57 @@
       <c r="DE6" s="5">
         <v>1608</v>
       </c>
       <c r="DF6" s="5">
         <v>1572</v>
       </c>
       <c r="DG6" s="5">
         <v>1550</v>
       </c>
       <c r="DH6" s="5">
         <v>1559</v>
       </c>
       <c r="DI6" s="5">
         <v>1594</v>
       </c>
       <c r="DJ6" s="5">
         <v>1607</v>
       </c>
       <c r="DK6" s="5">
         <v>1652</v>
       </c>
       <c r="DL6" s="5">
         <v>1599</v>
       </c>
       <c r="DM6" s="5">
-        <v>1591</v>
+        <v>1587</v>
+      </c>
+      <c r="DN6" s="5">
+        <v>1614</v>
       </c>
     </row>
-    <row r="7" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="6">
         <v>9595</v>
       </c>
       <c r="D7" s="6">
         <v>9672</v>
       </c>
       <c r="E7" s="6">
         <v>9692</v>
       </c>
       <c r="F7" s="6">
         <v>9746</v>
       </c>
       <c r="G7" s="6">
         <v>9843</v>
       </c>
       <c r="H7" s="6">
         <v>9958</v>
       </c>
       <c r="I7" s="6">
@@ -5287,54 +5304,57 @@
       <c r="DE7" s="6">
         <v>9208</v>
       </c>
       <c r="DF7" s="6">
         <v>9107</v>
       </c>
       <c r="DG7" s="6">
         <v>9105</v>
       </c>
       <c r="DH7" s="6">
         <v>9064</v>
       </c>
       <c r="DI7" s="6">
         <v>9116</v>
       </c>
       <c r="DJ7" s="6">
         <v>9304</v>
       </c>
       <c r="DK7" s="6">
         <v>9509</v>
       </c>
       <c r="DL7" s="6">
         <v>9326</v>
       </c>
       <c r="DM7" s="6">
-        <v>9217</v>
+        <v>9303</v>
+      </c>
+      <c r="DN7" s="6">
+        <v>9263</v>
       </c>
     </row>
-    <row r="8" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A8" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C8" s="5">
         <v>6178</v>
       </c>
       <c r="D8" s="5">
         <v>6151</v>
       </c>
       <c r="E8" s="5">
         <v>6193</v>
       </c>
       <c r="F8" s="5">
         <v>6390</v>
       </c>
       <c r="G8" s="5">
         <v>6486</v>
       </c>
       <c r="H8" s="5">
         <v>6596</v>
       </c>
       <c r="I8" s="5">
@@ -5642,52 +5662,55 @@
       </c>
       <c r="DF8" s="5">
         <v>6485</v>
       </c>
       <c r="DG8" s="5">
         <v>6491</v>
       </c>
       <c r="DH8" s="5">
         <v>6535</v>
       </c>
       <c r="DI8" s="5">
         <v>6681</v>
       </c>
       <c r="DJ8" s="5">
         <v>6726</v>
       </c>
       <c r="DK8" s="5">
         <v>6857</v>
       </c>
       <c r="DL8" s="5">
         <v>6697</v>
       </c>
       <c r="DM8" s="5">
         <v>6652</v>
       </c>
+      <c r="DN8" s="5">
+        <v>6708</v>
+      </c>
     </row>
-    <row r="9" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C9" s="6">
         <v>10437</v>
       </c>
       <c r="D9" s="6">
         <v>10486</v>
       </c>
       <c r="E9" s="6">
         <v>10678</v>
       </c>
       <c r="F9" s="6">
         <v>10682</v>
       </c>
       <c r="G9" s="6">
         <v>10883</v>
       </c>
       <c r="H9" s="6">
         <v>10928</v>
       </c>
       <c r="I9" s="6">
@@ -5993,54 +6016,57 @@
       <c r="DE9" s="6">
         <v>11352</v>
       </c>
       <c r="DF9" s="6">
         <v>11099</v>
       </c>
       <c r="DG9" s="6">
         <v>11296</v>
       </c>
       <c r="DH9" s="6">
         <v>11360</v>
       </c>
       <c r="DI9" s="6">
         <v>11313</v>
       </c>
       <c r="DJ9" s="6">
         <v>11318</v>
       </c>
       <c r="DK9" s="6">
         <v>11141</v>
       </c>
       <c r="DL9" s="6">
         <v>10834</v>
       </c>
       <c r="DM9" s="6">
-        <v>10853</v>
+        <v>11410</v>
+      </c>
+      <c r="DN9" s="6">
+        <v>11690</v>
       </c>
     </row>
-    <row r="10" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A10" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C10" s="5">
         <v>3288</v>
       </c>
       <c r="D10" s="5">
         <v>3248</v>
       </c>
       <c r="E10" s="5">
         <v>3290</v>
       </c>
       <c r="F10" s="5">
         <v>3417</v>
       </c>
       <c r="G10" s="5">
         <v>3431</v>
       </c>
       <c r="H10" s="5">
         <v>3511</v>
       </c>
       <c r="I10" s="5">
@@ -6346,54 +6372,57 @@
       <c r="DE10" s="5">
         <v>3666</v>
       </c>
       <c r="DF10" s="5">
         <v>3553</v>
       </c>
       <c r="DG10" s="5">
         <v>3553</v>
       </c>
       <c r="DH10" s="5">
         <v>3577</v>
       </c>
       <c r="DI10" s="5">
         <v>3634</v>
       </c>
       <c r="DJ10" s="5">
         <v>3673</v>
       </c>
       <c r="DK10" s="5">
         <v>3789</v>
       </c>
       <c r="DL10" s="5">
         <v>3688</v>
       </c>
       <c r="DM10" s="5">
-        <v>3643</v>
+        <v>3736</v>
+      </c>
+      <c r="DN10" s="5">
+        <v>3777</v>
       </c>
     </row>
-    <row r="11" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C11" s="6">
         <v>2845</v>
       </c>
       <c r="D11" s="6">
         <v>2820</v>
       </c>
       <c r="E11" s="6">
         <v>2843</v>
       </c>
       <c r="F11" s="6">
         <v>2911</v>
       </c>
       <c r="G11" s="6">
         <v>2962</v>
       </c>
       <c r="H11" s="6">
         <v>3002</v>
       </c>
       <c r="I11" s="6">
@@ -6699,54 +6728,57 @@
       <c r="DE11" s="6">
         <v>2831</v>
       </c>
       <c r="DF11" s="6">
         <v>2790</v>
       </c>
       <c r="DG11" s="6">
         <v>2785</v>
       </c>
       <c r="DH11" s="6">
         <v>2812</v>
       </c>
       <c r="DI11" s="6">
         <v>2880</v>
       </c>
       <c r="DJ11" s="6">
         <v>2921</v>
       </c>
       <c r="DK11" s="6">
         <v>2973</v>
       </c>
       <c r="DL11" s="6">
         <v>2851</v>
       </c>
       <c r="DM11" s="6">
-        <v>2838</v>
+        <v>2914</v>
+      </c>
+      <c r="DN11" s="6">
+        <v>2926</v>
       </c>
     </row>
-    <row r="12" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C12" s="5">
         <v>11399</v>
       </c>
       <c r="D12" s="5">
         <v>11374</v>
       </c>
       <c r="E12" s="5">
         <v>11502</v>
       </c>
       <c r="F12" s="5">
         <v>11512</v>
       </c>
       <c r="G12" s="5">
         <v>11621</v>
       </c>
       <c r="H12" s="5">
         <v>11906</v>
       </c>
       <c r="I12" s="5">
@@ -7052,54 +7084,57 @@
       <c r="DE12" s="5">
         <v>10907</v>
       </c>
       <c r="DF12" s="5">
         <v>10725</v>
       </c>
       <c r="DG12" s="5">
         <v>10643</v>
       </c>
       <c r="DH12" s="5">
         <v>10742</v>
       </c>
       <c r="DI12" s="5">
         <v>10729</v>
       </c>
       <c r="DJ12" s="5">
         <v>10825</v>
       </c>
       <c r="DK12" s="5">
         <v>10970</v>
       </c>
       <c r="DL12" s="5">
         <v>10864</v>
       </c>
       <c r="DM12" s="5">
-        <v>10844</v>
+        <v>10807</v>
+      </c>
+      <c r="DN12" s="5">
+        <v>10852</v>
       </c>
     </row>
-    <row r="13" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C13" s="6">
         <v>6121</v>
       </c>
       <c r="D13" s="6">
         <v>6124</v>
       </c>
       <c r="E13" s="6">
         <v>6176</v>
       </c>
       <c r="F13" s="6">
         <v>6098</v>
       </c>
       <c r="G13" s="6">
         <v>6175</v>
       </c>
       <c r="H13" s="6">
         <v>6221</v>
       </c>
       <c r="I13" s="6">
@@ -7405,54 +7440,57 @@
       <c r="DE13" s="6">
         <v>5774</v>
       </c>
       <c r="DF13" s="6">
         <v>5651</v>
       </c>
       <c r="DG13" s="6">
         <v>5638</v>
       </c>
       <c r="DH13" s="6">
         <v>5683</v>
       </c>
       <c r="DI13" s="6">
         <v>5807</v>
       </c>
       <c r="DJ13" s="6">
         <v>5890</v>
       </c>
       <c r="DK13" s="6">
         <v>5982</v>
       </c>
       <c r="DL13" s="6">
         <v>5836</v>
       </c>
       <c r="DM13" s="6">
-        <v>5803</v>
+        <v>5841</v>
+      </c>
+      <c r="DN13" s="6">
+        <v>5862</v>
       </c>
     </row>
-    <row r="14" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A14" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B14" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C14" s="5">
         <v>5373</v>
       </c>
       <c r="D14" s="5">
         <v>5341</v>
       </c>
       <c r="E14" s="5">
         <v>5450</v>
       </c>
       <c r="F14" s="5">
         <v>5490</v>
       </c>
       <c r="G14" s="5">
         <v>5543</v>
       </c>
       <c r="H14" s="5">
         <v>5552</v>
       </c>
       <c r="I14" s="5">
@@ -7758,54 +7796,57 @@
       <c r="DE14" s="5">
         <v>5271</v>
       </c>
       <c r="DF14" s="5">
         <v>5175</v>
       </c>
       <c r="DG14" s="5">
         <v>5180</v>
       </c>
       <c r="DH14" s="5">
         <v>5189</v>
       </c>
       <c r="DI14" s="5">
         <v>5228</v>
       </c>
       <c r="DJ14" s="5">
         <v>5290</v>
       </c>
       <c r="DK14" s="5">
         <v>5344</v>
       </c>
       <c r="DL14" s="5">
         <v>5065</v>
       </c>
       <c r="DM14" s="5">
-        <v>5085</v>
+        <v>5236</v>
+      </c>
+      <c r="DN14" s="5">
+        <v>5302</v>
       </c>
     </row>
-    <row r="15" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C15" s="6">
         <v>23969</v>
       </c>
       <c r="D15" s="6">
         <v>23916</v>
       </c>
       <c r="E15" s="6">
         <v>24062</v>
       </c>
       <c r="F15" s="6">
         <v>24555</v>
       </c>
       <c r="G15" s="6">
         <v>24862</v>
       </c>
       <c r="H15" s="6">
         <v>25106</v>
       </c>
       <c r="I15" s="6">
@@ -8111,54 +8152,57 @@
       <c r="DE15" s="6">
         <v>23848</v>
       </c>
       <c r="DF15" s="6">
         <v>23351</v>
       </c>
       <c r="DG15" s="6">
         <v>23395</v>
       </c>
       <c r="DH15" s="6">
         <v>23473</v>
       </c>
       <c r="DI15" s="6">
         <v>23702</v>
       </c>
       <c r="DJ15" s="6">
         <v>23823</v>
       </c>
       <c r="DK15" s="6">
         <v>24051</v>
       </c>
       <c r="DL15" s="6">
         <v>23894</v>
       </c>
       <c r="DM15" s="6">
-        <v>23775</v>
+        <v>23732</v>
+      </c>
+      <c r="DN15" s="6">
+        <v>23887</v>
       </c>
     </row>
-    <row r="16" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A16" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C16" s="5">
         <v>4662</v>
       </c>
       <c r="D16" s="5">
         <v>4592</v>
       </c>
       <c r="E16" s="5">
         <v>4636</v>
       </c>
       <c r="F16" s="5">
         <v>4740</v>
       </c>
       <c r="G16" s="5">
         <v>4829</v>
       </c>
       <c r="H16" s="5">
         <v>4901</v>
       </c>
       <c r="I16" s="5">
@@ -8464,54 +8508,57 @@
       <c r="DE16" s="5">
         <v>4721</v>
       </c>
       <c r="DF16" s="5">
         <v>4651</v>
       </c>
       <c r="DG16" s="5">
         <v>4649</v>
       </c>
       <c r="DH16" s="5">
         <v>4620</v>
       </c>
       <c r="DI16" s="5">
         <v>4641</v>
       </c>
       <c r="DJ16" s="5">
         <v>4681</v>
       </c>
       <c r="DK16" s="5">
         <v>4781</v>
       </c>
       <c r="DL16" s="5">
         <v>4634</v>
       </c>
       <c r="DM16" s="5">
-        <v>4615</v>
+        <v>4607</v>
+      </c>
+      <c r="DN16" s="5">
+        <v>4635</v>
       </c>
     </row>
-    <row r="17" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C17" s="6">
         <v>4443</v>
       </c>
       <c r="D17" s="6">
         <v>4440</v>
       </c>
       <c r="E17" s="6">
         <v>4440</v>
       </c>
       <c r="F17" s="6">
         <v>4630</v>
       </c>
       <c r="G17" s="6">
         <v>4670</v>
       </c>
       <c r="H17" s="6">
         <v>4776</v>
       </c>
       <c r="I17" s="6">
@@ -8817,54 +8864,57 @@
       <c r="DE17" s="6">
         <v>4916</v>
       </c>
       <c r="DF17" s="6">
         <v>4782</v>
       </c>
       <c r="DG17" s="6">
         <v>4801</v>
       </c>
       <c r="DH17" s="6">
         <v>4805</v>
       </c>
       <c r="DI17" s="6">
         <v>4892</v>
       </c>
       <c r="DJ17" s="6">
         <v>4940</v>
       </c>
       <c r="DK17" s="6">
         <v>5036</v>
       </c>
       <c r="DL17" s="6">
         <v>4962</v>
       </c>
       <c r="DM17" s="6">
-        <v>4948</v>
+        <v>4966</v>
+      </c>
+      <c r="DN17" s="6">
+        <v>4989</v>
       </c>
     </row>
-    <row r="18" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A18" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C18" s="5">
         <v>4249</v>
       </c>
       <c r="D18" s="5">
         <v>4297</v>
       </c>
       <c r="E18" s="5">
         <v>4320</v>
       </c>
       <c r="F18" s="5">
         <v>4311</v>
       </c>
       <c r="G18" s="5">
         <v>4296</v>
       </c>
       <c r="H18" s="5">
         <v>4398</v>
       </c>
       <c r="I18" s="5">
@@ -9170,54 +9220,57 @@
       <c r="DE18" s="5">
         <v>4678</v>
       </c>
       <c r="DF18" s="5">
         <v>4591</v>
       </c>
       <c r="DG18" s="5">
         <v>4603</v>
       </c>
       <c r="DH18" s="5">
         <v>4636</v>
       </c>
       <c r="DI18" s="5">
         <v>4679</v>
       </c>
       <c r="DJ18" s="5">
         <v>4688</v>
       </c>
       <c r="DK18" s="5">
         <v>4752</v>
       </c>
       <c r="DL18" s="5">
         <v>4717</v>
       </c>
       <c r="DM18" s="5">
-        <v>4748</v>
+        <v>4746</v>
+      </c>
+      <c r="DN18" s="5">
+        <v>4809</v>
       </c>
     </row>
-    <row r="19" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C19" s="6">
         <v>8451</v>
       </c>
       <c r="D19" s="6">
         <v>8404</v>
       </c>
       <c r="E19" s="6">
         <v>8500</v>
       </c>
       <c r="F19" s="6">
         <v>8544</v>
       </c>
       <c r="G19" s="6">
         <v>8604</v>
       </c>
       <c r="H19" s="6">
         <v>8703</v>
       </c>
       <c r="I19" s="6">
@@ -9523,54 +9576,57 @@
       <c r="DE19" s="6">
         <v>8454</v>
       </c>
       <c r="DF19" s="6">
         <v>8254</v>
       </c>
       <c r="DG19" s="6">
         <v>8251</v>
       </c>
       <c r="DH19" s="6">
         <v>8271</v>
       </c>
       <c r="DI19" s="6">
         <v>8302</v>
       </c>
       <c r="DJ19" s="6">
         <v>8387</v>
       </c>
       <c r="DK19" s="6">
         <v>8511</v>
       </c>
       <c r="DL19" s="6">
         <v>8336</v>
       </c>
       <c r="DM19" s="6">
-        <v>8240</v>
+        <v>8305</v>
+      </c>
+      <c r="DN19" s="6">
+        <v>8341</v>
       </c>
     </row>
-    <row r="20" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A20" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C20" s="5">
         <v>6294</v>
       </c>
       <c r="D20" s="5">
         <v>6293</v>
       </c>
       <c r="E20" s="5">
         <v>6483</v>
       </c>
       <c r="F20" s="5">
         <v>6718</v>
       </c>
       <c r="G20" s="5">
         <v>6822</v>
       </c>
       <c r="H20" s="5">
         <v>6939</v>
       </c>
       <c r="I20" s="5">
@@ -9876,54 +9932,57 @@
       <c r="DE20" s="5">
         <v>6258</v>
       </c>
       <c r="DF20" s="5">
         <v>6058</v>
       </c>
       <c r="DG20" s="5">
         <v>6069</v>
       </c>
       <c r="DH20" s="5">
         <v>6160</v>
       </c>
       <c r="DI20" s="5">
         <v>6291</v>
       </c>
       <c r="DJ20" s="5">
         <v>6379</v>
       </c>
       <c r="DK20" s="5">
         <v>6476</v>
       </c>
       <c r="DL20" s="5">
         <v>6259</v>
       </c>
       <c r="DM20" s="5">
-        <v>6289</v>
+        <v>6352</v>
+      </c>
+      <c r="DN20" s="5">
+        <v>6334</v>
       </c>
     </row>
-    <row r="21" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C21" s="6">
         <v>21377</v>
       </c>
       <c r="D21" s="6">
         <v>21366</v>
       </c>
       <c r="E21" s="6">
         <v>21631</v>
       </c>
       <c r="F21" s="6">
         <v>21934</v>
       </c>
       <c r="G21" s="6">
         <v>21809</v>
       </c>
       <c r="H21" s="6">
         <v>21720</v>
       </c>
       <c r="I21" s="6">
@@ -10229,54 +10288,57 @@
       <c r="DE21" s="6">
         <v>19232</v>
       </c>
       <c r="DF21" s="6">
         <v>18886</v>
       </c>
       <c r="DG21" s="6">
         <v>18899</v>
       </c>
       <c r="DH21" s="6">
         <v>19002</v>
       </c>
       <c r="DI21" s="6">
         <v>19200</v>
       </c>
       <c r="DJ21" s="6">
         <v>19344</v>
       </c>
       <c r="DK21" s="6">
         <v>19603</v>
       </c>
       <c r="DL21" s="6">
         <v>19188</v>
       </c>
       <c r="DM21" s="6">
-        <v>19026</v>
+        <v>19182</v>
+      </c>
+      <c r="DN21" s="6">
+        <v>19247</v>
       </c>
     </row>
-    <row r="22" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A22" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C22" s="5">
         <v>6729</v>
       </c>
       <c r="D22" s="5">
         <v>6695</v>
       </c>
       <c r="E22" s="5">
         <v>6849</v>
       </c>
       <c r="F22" s="5">
         <v>6984</v>
       </c>
       <c r="G22" s="5">
         <v>7044</v>
       </c>
       <c r="H22" s="5">
         <v>7103</v>
       </c>
       <c r="I22" s="5">
@@ -10582,54 +10644,57 @@
       <c r="DE22" s="5">
         <v>6553</v>
       </c>
       <c r="DF22" s="5">
         <v>6452</v>
       </c>
       <c r="DG22" s="5">
         <v>6430</v>
       </c>
       <c r="DH22" s="5">
         <v>6503</v>
       </c>
       <c r="DI22" s="5">
         <v>6626</v>
       </c>
       <c r="DJ22" s="5">
         <v>6669</v>
       </c>
       <c r="DK22" s="5">
         <v>6744</v>
       </c>
       <c r="DL22" s="5">
         <v>6478</v>
       </c>
       <c r="DM22" s="5">
-        <v>6424</v>
+        <v>6533</v>
+      </c>
+      <c r="DN22" s="5">
+        <v>6587</v>
       </c>
     </row>
-    <row r="23" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C23" s="6">
         <v>1900</v>
       </c>
       <c r="D23" s="6">
         <v>1917</v>
       </c>
       <c r="E23" s="6">
         <v>1944</v>
       </c>
       <c r="F23" s="6">
         <v>1991</v>
       </c>
       <c r="G23" s="6">
         <v>1993</v>
       </c>
       <c r="H23" s="6">
         <v>2020</v>
       </c>
       <c r="I23" s="6">
@@ -10935,54 +11000,57 @@
       <c r="DE23" s="6">
         <v>2015</v>
       </c>
       <c r="DF23" s="6">
         <v>1945</v>
       </c>
       <c r="DG23" s="6">
         <v>1939</v>
       </c>
       <c r="DH23" s="6">
         <v>1936</v>
       </c>
       <c r="DI23" s="6">
         <v>1971</v>
       </c>
       <c r="DJ23" s="6">
         <v>1992</v>
       </c>
       <c r="DK23" s="6">
         <v>2031</v>
       </c>
       <c r="DL23" s="6">
         <v>1978</v>
       </c>
       <c r="DM23" s="6">
-        <v>1982</v>
+        <v>1984</v>
+      </c>
+      <c r="DN23" s="6">
+        <v>1976</v>
       </c>
     </row>
-    <row r="24" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A24" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B24" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C24" s="5">
         <v>2680</v>
       </c>
       <c r="D24" s="5">
         <v>2654</v>
       </c>
       <c r="E24" s="5">
         <v>2665</v>
       </c>
       <c r="F24" s="5">
         <v>2813</v>
       </c>
       <c r="G24" s="5">
         <v>2789</v>
       </c>
       <c r="H24" s="5">
         <v>2766</v>
       </c>
       <c r="I24" s="5">
@@ -11288,54 +11356,57 @@
       <c r="DE24" s="5">
         <v>2533</v>
       </c>
       <c r="DF24" s="5">
         <v>2452</v>
       </c>
       <c r="DG24" s="5">
         <v>2522</v>
       </c>
       <c r="DH24" s="5">
         <v>2541</v>
       </c>
       <c r="DI24" s="5">
         <v>2492</v>
       </c>
       <c r="DJ24" s="5">
         <v>2446</v>
       </c>
       <c r="DK24" s="5">
         <v>2286</v>
       </c>
       <c r="DL24" s="5">
         <v>2183</v>
       </c>
       <c r="DM24" s="5">
-        <v>2226</v>
+        <v>2413</v>
+      </c>
+      <c r="DN24" s="5">
+        <v>2531</v>
       </c>
     </row>
-    <row r="25" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C25" s="6">
         <v>6575</v>
       </c>
       <c r="D25" s="6">
         <v>6573</v>
       </c>
       <c r="E25" s="6">
         <v>6646</v>
       </c>
       <c r="F25" s="6">
         <v>6584</v>
       </c>
       <c r="G25" s="6">
         <v>6644</v>
       </c>
       <c r="H25" s="6">
         <v>6886</v>
       </c>
       <c r="I25" s="6">
@@ -11641,54 +11712,57 @@
       <c r="DE25" s="6">
         <v>6634</v>
       </c>
       <c r="DF25" s="6">
         <v>6422</v>
       </c>
       <c r="DG25" s="6">
         <v>6420</v>
       </c>
       <c r="DH25" s="6">
         <v>6500</v>
       </c>
       <c r="DI25" s="6">
         <v>6561</v>
       </c>
       <c r="DJ25" s="6">
         <v>6633</v>
       </c>
       <c r="DK25" s="6">
         <v>6843</v>
       </c>
       <c r="DL25" s="6">
         <v>6760</v>
       </c>
       <c r="DM25" s="6">
-        <v>6625</v>
+        <v>6523</v>
+      </c>
+      <c r="DN25" s="6">
+        <v>6546</v>
       </c>
     </row>
-    <row r="26" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A26" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C26" s="5">
         <v>22220</v>
       </c>
       <c r="D26" s="5">
         <v>22277</v>
       </c>
       <c r="E26" s="5">
         <v>22530</v>
       </c>
       <c r="F26" s="5">
         <v>22506</v>
       </c>
       <c r="G26" s="5">
         <v>22717</v>
       </c>
       <c r="H26" s="5">
         <v>23167</v>
       </c>
       <c r="I26" s="5">
@@ -11994,54 +12068,57 @@
       <c r="DE26" s="5">
         <v>20106</v>
       </c>
       <c r="DF26" s="5">
         <v>19472</v>
       </c>
       <c r="DG26" s="5">
         <v>19691</v>
       </c>
       <c r="DH26" s="5">
         <v>19768</v>
       </c>
       <c r="DI26" s="5">
         <v>20050</v>
       </c>
       <c r="DJ26" s="5">
         <v>20280</v>
       </c>
       <c r="DK26" s="5">
         <v>20445</v>
       </c>
       <c r="DL26" s="5">
         <v>20489</v>
       </c>
       <c r="DM26" s="5">
-        <v>20186</v>
+        <v>20155</v>
+      </c>
+      <c r="DN26" s="5">
+        <v>20210</v>
       </c>
     </row>
-    <row r="27" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C27" s="6">
         <v>8962</v>
       </c>
       <c r="D27" s="6">
         <v>8981</v>
       </c>
       <c r="E27" s="6">
         <v>9049</v>
       </c>
       <c r="F27" s="6">
         <v>9494</v>
       </c>
       <c r="G27" s="6">
         <v>10166</v>
       </c>
       <c r="H27" s="6">
         <v>11265</v>
       </c>
       <c r="I27" s="6">
@@ -12347,54 +12424,57 @@
       <c r="DE27" s="6">
         <v>9536</v>
       </c>
       <c r="DF27" s="6">
         <v>9265</v>
       </c>
       <c r="DG27" s="6">
         <v>9299</v>
       </c>
       <c r="DH27" s="6">
         <v>9424</v>
       </c>
       <c r="DI27" s="6">
         <v>9637</v>
       </c>
       <c r="DJ27" s="6">
         <v>10347</v>
       </c>
       <c r="DK27" s="6">
         <v>11024</v>
       </c>
       <c r="DL27" s="6">
         <v>10884</v>
       </c>
       <c r="DM27" s="6">
-        <v>10561</v>
+        <v>9906</v>
+      </c>
+      <c r="DN27" s="6">
+        <v>9545</v>
       </c>
     </row>
-    <row r="28" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A28" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C28" s="5">
         <v>3877</v>
       </c>
       <c r="D28" s="5">
         <v>3890</v>
       </c>
       <c r="E28" s="5">
         <v>3931</v>
       </c>
       <c r="F28" s="5">
         <v>3980</v>
       </c>
       <c r="G28" s="5">
         <v>3941</v>
       </c>
       <c r="H28" s="5">
         <v>3921</v>
       </c>
       <c r="I28" s="5">
@@ -12700,54 +12780,57 @@
       <c r="DE28" s="5">
         <v>3313</v>
       </c>
       <c r="DF28" s="5">
         <v>3209</v>
       </c>
       <c r="DG28" s="5">
         <v>3217</v>
       </c>
       <c r="DH28" s="5">
         <v>3238</v>
       </c>
       <c r="DI28" s="5">
         <v>3270</v>
       </c>
       <c r="DJ28" s="5">
         <v>3310</v>
       </c>
       <c r="DK28" s="5">
         <v>3330</v>
       </c>
       <c r="DL28" s="5">
         <v>3183</v>
       </c>
       <c r="DM28" s="5">
-        <v>3183</v>
+        <v>3256</v>
+      </c>
+      <c r="DN28" s="5">
+        <v>3280</v>
       </c>
     </row>
-    <row r="29" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C29" s="6">
         <v>7317</v>
       </c>
       <c r="D29" s="6">
         <v>7418</v>
       </c>
       <c r="E29" s="6">
         <v>7467</v>
       </c>
       <c r="F29" s="6">
         <v>7531</v>
       </c>
       <c r="G29" s="6">
         <v>7539</v>
       </c>
       <c r="H29" s="6">
         <v>7303</v>
       </c>
       <c r="I29" s="6">
@@ -13053,54 +13136,57 @@
       <c r="DE29" s="6">
         <v>7385</v>
       </c>
       <c r="DF29" s="6">
         <v>7075</v>
       </c>
       <c r="DG29" s="6">
         <v>7350</v>
       </c>
       <c r="DH29" s="6">
         <v>7405</v>
       </c>
       <c r="DI29" s="6">
         <v>7552</v>
       </c>
       <c r="DJ29" s="6">
         <v>7523</v>
       </c>
       <c r="DK29" s="6">
         <v>7161</v>
       </c>
       <c r="DL29" s="6">
         <v>6942</v>
       </c>
       <c r="DM29" s="6">
-        <v>7115</v>
+        <v>7432</v>
+      </c>
+      <c r="DN29" s="6">
+        <v>7767</v>
       </c>
     </row>
-    <row r="30" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A30" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B30" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C30" s="5">
         <v>5810</v>
       </c>
       <c r="D30" s="5">
         <v>5746</v>
       </c>
       <c r="E30" s="5">
         <v>5807</v>
       </c>
       <c r="F30" s="5">
         <v>5848</v>
       </c>
       <c r="G30" s="5">
         <v>5946</v>
       </c>
       <c r="H30" s="5">
         <v>5987</v>
       </c>
       <c r="I30" s="5">
@@ -13406,54 +13492,57 @@
       <c r="DE30" s="5">
         <v>5788</v>
       </c>
       <c r="DF30" s="5">
         <v>5718</v>
       </c>
       <c r="DG30" s="5">
         <v>5708</v>
       </c>
       <c r="DH30" s="5">
         <v>5696</v>
       </c>
       <c r="DI30" s="5">
         <v>5756</v>
       </c>
       <c r="DJ30" s="5">
         <v>5747</v>
       </c>
       <c r="DK30" s="5">
         <v>5842</v>
       </c>
       <c r="DL30" s="5">
         <v>5774</v>
       </c>
       <c r="DM30" s="5">
-        <v>5777</v>
+        <v>5758</v>
+      </c>
+      <c r="DN30" s="5">
+        <v>5789</v>
       </c>
     </row>
-    <row r="31" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C31" s="6">
         <v>3807</v>
       </c>
       <c r="D31" s="6">
         <v>3779</v>
       </c>
       <c r="E31" s="6">
         <v>3849</v>
       </c>
       <c r="F31" s="6">
         <v>3921</v>
       </c>
       <c r="G31" s="6">
         <v>3972</v>
       </c>
       <c r="H31" s="6">
         <v>4061</v>
       </c>
       <c r="I31" s="6">
@@ -13759,54 +13848,57 @@
       <c r="DE31" s="6">
         <v>3773</v>
       </c>
       <c r="DF31" s="6">
         <v>3699</v>
       </c>
       <c r="DG31" s="6">
         <v>3701</v>
       </c>
       <c r="DH31" s="6">
         <v>3758</v>
       </c>
       <c r="DI31" s="6">
         <v>3818</v>
       </c>
       <c r="DJ31" s="6">
         <v>3811</v>
       </c>
       <c r="DK31" s="6">
         <v>3922</v>
       </c>
       <c r="DL31" s="6">
         <v>3810</v>
       </c>
       <c r="DM31" s="6">
-        <v>3755</v>
+        <v>3788</v>
+      </c>
+      <c r="DN31" s="6">
+        <v>3768</v>
       </c>
     </row>
-    <row r="32" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A32" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B32" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C32" s="5">
         <v>2580</v>
       </c>
       <c r="D32" s="5">
         <v>2619</v>
       </c>
       <c r="E32" s="5">
         <v>2618</v>
       </c>
       <c r="F32" s="5">
         <v>2617</v>
       </c>
       <c r="G32" s="5">
         <v>2534</v>
       </c>
       <c r="H32" s="5">
         <v>2513</v>
       </c>
       <c r="I32" s="5">
@@ -14112,54 +14204,57 @@
       <c r="DE32" s="5">
         <v>2071</v>
       </c>
       <c r="DF32" s="5">
         <v>2053</v>
       </c>
       <c r="DG32" s="5">
         <v>2041</v>
       </c>
       <c r="DH32" s="5">
         <v>2052</v>
       </c>
       <c r="DI32" s="5">
         <v>2080</v>
       </c>
       <c r="DJ32" s="5">
         <v>2092</v>
       </c>
       <c r="DK32" s="5">
         <v>2112</v>
       </c>
       <c r="DL32" s="5">
         <v>2058</v>
       </c>
       <c r="DM32" s="5">
-        <v>2048</v>
+        <v>2020</v>
+      </c>
+      <c r="DN32" s="5">
+        <v>2022</v>
       </c>
     </row>
-    <row r="33" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C33" s="6">
         <v>3501</v>
       </c>
       <c r="D33" s="6">
         <v>3481</v>
       </c>
       <c r="E33" s="6">
         <v>3548</v>
       </c>
       <c r="F33" s="6">
         <v>3506</v>
       </c>
       <c r="G33" s="6">
         <v>3554</v>
       </c>
       <c r="H33" s="6">
         <v>3569</v>
       </c>
       <c r="I33" s="6">
@@ -14465,54 +14560,57 @@
       <c r="DE33" s="6">
         <v>3196</v>
       </c>
       <c r="DF33" s="6">
         <v>3153</v>
       </c>
       <c r="DG33" s="6">
         <v>3162</v>
       </c>
       <c r="DH33" s="6">
         <v>3165</v>
       </c>
       <c r="DI33" s="6">
         <v>3189</v>
       </c>
       <c r="DJ33" s="6">
         <v>3185</v>
       </c>
       <c r="DK33" s="6">
         <v>3197</v>
       </c>
       <c r="DL33" s="6">
         <v>3111</v>
       </c>
       <c r="DM33" s="6">
-        <v>3044</v>
+        <v>3165</v>
+      </c>
+      <c r="DN33" s="6">
+        <v>3182</v>
       </c>
     </row>
-    <row r="34" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A34" s="4" t="s">
         <v>35</v>
       </c>
       <c r="B34" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C34" s="5">
         <v>5375</v>
       </c>
       <c r="D34" s="5">
         <v>5399</v>
       </c>
       <c r="E34" s="5">
         <v>5459</v>
       </c>
       <c r="F34" s="5">
         <v>5525</v>
       </c>
       <c r="G34" s="5">
         <v>5638</v>
       </c>
       <c r="H34" s="5">
         <v>5763</v>
       </c>
       <c r="I34" s="5">
@@ -14818,54 +14916,57 @@
       <c r="DE34" s="5">
         <v>5434</v>
       </c>
       <c r="DF34" s="5">
         <v>5318</v>
       </c>
       <c r="DG34" s="5">
         <v>5320</v>
       </c>
       <c r="DH34" s="5">
         <v>5333</v>
       </c>
       <c r="DI34" s="5">
         <v>5409</v>
       </c>
       <c r="DJ34" s="5">
         <v>5432</v>
       </c>
       <c r="DK34" s="5">
         <v>5556</v>
       </c>
       <c r="DL34" s="5">
         <v>5517</v>
       </c>
       <c r="DM34" s="5">
-        <v>5490</v>
+        <v>5509</v>
+      </c>
+      <c r="DN34" s="5">
+        <v>5530</v>
       </c>
     </row>
-    <row r="35" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C35" s="6">
         <v>6854</v>
       </c>
       <c r="D35" s="6">
         <v>6831</v>
       </c>
       <c r="E35" s="6">
         <v>6969</v>
       </c>
       <c r="F35" s="6">
         <v>6889</v>
       </c>
       <c r="G35" s="6">
         <v>6979</v>
       </c>
       <c r="H35" s="6">
         <v>7068</v>
       </c>
       <c r="I35" s="6">
@@ -15171,54 +15272,57 @@
       <c r="DE35" s="6">
         <v>5820</v>
       </c>
       <c r="DF35" s="6">
         <v>5716</v>
       </c>
       <c r="DG35" s="6">
         <v>5673</v>
       </c>
       <c r="DH35" s="6">
         <v>5689</v>
       </c>
       <c r="DI35" s="6">
         <v>5772</v>
       </c>
       <c r="DJ35" s="6">
         <v>5441</v>
       </c>
       <c r="DK35" s="6">
         <v>5641</v>
       </c>
       <c r="DL35" s="6">
         <v>5584</v>
       </c>
       <c r="DM35" s="6">
-        <v>5510</v>
+        <v>5456</v>
+      </c>
+      <c r="DN35" s="6">
+        <v>5529</v>
       </c>
     </row>
-    <row r="36" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A36" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B36" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C36" s="5">
         <v>6617</v>
       </c>
       <c r="D36" s="5">
         <v>6673</v>
       </c>
       <c r="E36" s="5">
         <v>6787</v>
       </c>
       <c r="F36" s="5">
         <v>6898</v>
       </c>
       <c r="G36" s="5">
         <v>6969</v>
       </c>
       <c r="H36" s="5">
         <v>7073</v>
       </c>
       <c r="I36" s="5">
@@ -15524,54 +15628,57 @@
       <c r="DE36" s="5">
         <v>6292</v>
       </c>
       <c r="DF36" s="5">
         <v>6180</v>
       </c>
       <c r="DG36" s="5">
         <v>6164</v>
       </c>
       <c r="DH36" s="5">
         <v>6186</v>
       </c>
       <c r="DI36" s="5">
         <v>6330</v>
       </c>
       <c r="DJ36" s="5">
         <v>6334</v>
       </c>
       <c r="DK36" s="5">
         <v>6428</v>
       </c>
       <c r="DL36" s="5">
         <v>6258</v>
       </c>
       <c r="DM36" s="5">
-        <v>6231</v>
+        <v>6276</v>
+      </c>
+      <c r="DN36" s="5">
+        <v>6306</v>
       </c>
     </row>
-    <row r="37" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C37" s="6">
         <v>4242</v>
       </c>
       <c r="D37" s="6">
         <v>4303</v>
       </c>
       <c r="E37" s="6">
         <v>4399</v>
       </c>
       <c r="F37" s="6">
         <v>4449</v>
       </c>
       <c r="G37" s="6">
         <v>4459</v>
       </c>
       <c r="H37" s="6">
         <v>4434</v>
       </c>
       <c r="I37" s="6">
@@ -15877,54 +15984,57 @@
       <c r="DE37" s="6">
         <v>4008</v>
       </c>
       <c r="DF37" s="6">
         <v>3962</v>
       </c>
       <c r="DG37" s="6">
         <v>3991</v>
       </c>
       <c r="DH37" s="6">
         <v>4011</v>
       </c>
       <c r="DI37" s="6">
         <v>4068</v>
       </c>
       <c r="DJ37" s="6">
         <v>4079</v>
       </c>
       <c r="DK37" s="6">
         <v>4173</v>
       </c>
       <c r="DL37" s="6">
         <v>4011</v>
       </c>
       <c r="DM37" s="6">
-        <v>3948</v>
+        <v>4011</v>
+      </c>
+      <c r="DN37" s="6">
+        <v>4080</v>
       </c>
     </row>
-    <row r="38" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A38" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B38" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C38" s="5">
         <v>9161</v>
       </c>
       <c r="D38" s="5">
         <v>9249</v>
       </c>
       <c r="E38" s="5">
         <v>9345</v>
       </c>
       <c r="F38" s="5">
         <v>9390</v>
       </c>
       <c r="G38" s="5">
         <v>9361</v>
       </c>
       <c r="H38" s="5">
         <v>9306</v>
       </c>
       <c r="I38" s="5">
@@ -16230,54 +16340,57 @@
       <c r="DE38" s="5">
         <v>8047</v>
       </c>
       <c r="DF38" s="5">
         <v>7833</v>
       </c>
       <c r="DG38" s="5">
         <v>8002</v>
       </c>
       <c r="DH38" s="5">
         <v>8002</v>
       </c>
       <c r="DI38" s="5">
         <v>7942</v>
       </c>
       <c r="DJ38" s="5">
         <v>7913</v>
       </c>
       <c r="DK38" s="5">
         <v>7861</v>
       </c>
       <c r="DL38" s="5">
         <v>7844</v>
       </c>
       <c r="DM38" s="5">
-        <v>7841</v>
+        <v>7962</v>
+      </c>
+      <c r="DN38" s="5">
+        <v>8078</v>
       </c>
     </row>
-    <row r="39" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C39" s="6">
         <v>4002</v>
       </c>
       <c r="D39" s="6">
         <v>3947</v>
       </c>
       <c r="E39" s="6">
         <v>4035</v>
       </c>
       <c r="F39" s="6">
         <v>4082</v>
       </c>
       <c r="G39" s="6">
         <v>4119</v>
       </c>
       <c r="H39" s="6">
         <v>4091</v>
       </c>
       <c r="I39" s="6">
@@ -16583,54 +16696,57 @@
       <c r="DE39" s="6">
         <v>4184</v>
       </c>
       <c r="DF39" s="6">
         <v>4137</v>
       </c>
       <c r="DG39" s="6">
         <v>4092</v>
       </c>
       <c r="DH39" s="6">
         <v>4159</v>
       </c>
       <c r="DI39" s="6">
         <v>4172</v>
       </c>
       <c r="DJ39" s="6">
         <v>4205</v>
       </c>
       <c r="DK39" s="6">
         <v>4255</v>
       </c>
       <c r="DL39" s="6">
         <v>4172</v>
       </c>
       <c r="DM39" s="6">
-        <v>4165</v>
+        <v>4185</v>
+      </c>
+      <c r="DN39" s="6">
+        <v>4230</v>
       </c>
     </row>
-    <row r="40" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A40" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C40" s="5">
         <v>3895</v>
       </c>
       <c r="D40" s="5">
         <v>3865</v>
       </c>
       <c r="E40" s="5">
         <v>3908</v>
       </c>
       <c r="F40" s="5">
         <v>4002</v>
       </c>
       <c r="G40" s="5">
         <v>4073</v>
       </c>
       <c r="H40" s="5">
         <v>4126</v>
       </c>
       <c r="I40" s="5">
@@ -16936,54 +17052,57 @@
       <c r="DE40" s="5">
         <v>3829</v>
       </c>
       <c r="DF40" s="5">
         <v>3790</v>
       </c>
       <c r="DG40" s="5">
         <v>3779</v>
       </c>
       <c r="DH40" s="5">
         <v>3807</v>
       </c>
       <c r="DI40" s="5">
         <v>3854</v>
       </c>
       <c r="DJ40" s="5">
         <v>3873</v>
       </c>
       <c r="DK40" s="5">
         <v>3996</v>
       </c>
       <c r="DL40" s="5">
         <v>3823</v>
       </c>
       <c r="DM40" s="5">
-        <v>3784</v>
+        <v>3838</v>
+      </c>
+      <c r="DN40" s="5">
+        <v>3829</v>
       </c>
     </row>
-    <row r="41" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C41" s="6">
         <v>3507</v>
       </c>
       <c r="D41" s="6">
         <v>3501</v>
       </c>
       <c r="E41" s="6">
         <v>3547</v>
       </c>
       <c r="F41" s="6">
         <v>3561</v>
       </c>
       <c r="G41" s="6">
         <v>3580</v>
       </c>
       <c r="H41" s="6">
         <v>3674</v>
       </c>
       <c r="I41" s="6">
@@ -17289,54 +17408,57 @@
       <c r="DE41" s="6">
         <v>3515</v>
       </c>
       <c r="DF41" s="6">
         <v>3474</v>
       </c>
       <c r="DG41" s="6">
         <v>3452</v>
       </c>
       <c r="DH41" s="6">
         <v>3454</v>
       </c>
       <c r="DI41" s="6">
         <v>3524</v>
       </c>
       <c r="DJ41" s="6">
         <v>3565</v>
       </c>
       <c r="DK41" s="6">
         <v>3652</v>
       </c>
       <c r="DL41" s="6">
         <v>3519</v>
       </c>
       <c r="DM41" s="6">
-        <v>3486</v>
+        <v>3472</v>
+      </c>
+      <c r="DN41" s="6">
+        <v>3485</v>
       </c>
     </row>
-    <row r="42" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A42" s="4" t="s">
         <v>43</v>
       </c>
       <c r="B42" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C42" s="5">
         <v>9531</v>
       </c>
       <c r="D42" s="5">
         <v>9489</v>
       </c>
       <c r="E42" s="5">
         <v>9536</v>
       </c>
       <c r="F42" s="5">
         <v>9681</v>
       </c>
       <c r="G42" s="5">
         <v>9742</v>
       </c>
       <c r="H42" s="5">
         <v>9904</v>
       </c>
       <c r="I42" s="5">
@@ -17642,54 +17764,57 @@
       <c r="DE42" s="5">
         <v>8959</v>
       </c>
       <c r="DF42" s="5">
         <v>8774</v>
       </c>
       <c r="DG42" s="5">
         <v>8708</v>
       </c>
       <c r="DH42" s="5">
         <v>8746</v>
       </c>
       <c r="DI42" s="5">
         <v>8865</v>
       </c>
       <c r="DJ42" s="5">
         <v>8860</v>
       </c>
       <c r="DK42" s="5">
         <v>9026</v>
       </c>
       <c r="DL42" s="5">
         <v>8966</v>
       </c>
       <c r="DM42" s="5">
-        <v>8951</v>
+        <v>8736</v>
+      </c>
+      <c r="DN42" s="5">
+        <v>8798</v>
       </c>
     </row>
-    <row r="43" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C43" s="6">
         <v>6045</v>
       </c>
       <c r="D43" s="6">
         <v>6091</v>
       </c>
       <c r="E43" s="6">
         <v>6156</v>
       </c>
       <c r="F43" s="6">
         <v>6327</v>
       </c>
       <c r="G43" s="6">
         <v>6365</v>
       </c>
       <c r="H43" s="6">
         <v>6457</v>
       </c>
       <c r="I43" s="6">
@@ -17995,54 +18120,57 @@
       <c r="DE43" s="6">
         <v>5811</v>
       </c>
       <c r="DF43" s="6">
         <v>5618</v>
       </c>
       <c r="DG43" s="6">
         <v>5644</v>
       </c>
       <c r="DH43" s="6">
         <v>5698</v>
       </c>
       <c r="DI43" s="6">
         <v>5839</v>
       </c>
       <c r="DJ43" s="6">
         <v>5963</v>
       </c>
       <c r="DK43" s="6">
         <v>6033</v>
       </c>
       <c r="DL43" s="6">
         <v>5929</v>
       </c>
       <c r="DM43" s="6">
-        <v>5849</v>
+        <v>5855</v>
+      </c>
+      <c r="DN43" s="6">
+        <v>5857</v>
       </c>
     </row>
-    <row r="44" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A44" s="4" t="s">
         <v>45</v>
       </c>
       <c r="B44" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C44" s="5">
         <v>10998</v>
       </c>
       <c r="D44" s="5">
         <v>11048</v>
       </c>
       <c r="E44" s="5">
         <v>11162</v>
       </c>
       <c r="F44" s="5">
         <v>11461</v>
       </c>
       <c r="G44" s="5">
         <v>11543</v>
       </c>
       <c r="H44" s="5">
         <v>11874</v>
       </c>
       <c r="I44" s="5">
@@ -18348,54 +18476,57 @@
       <c r="DE44" s="5">
         <v>10575</v>
       </c>
       <c r="DF44" s="5">
         <v>10300</v>
       </c>
       <c r="DG44" s="5">
         <v>10271</v>
       </c>
       <c r="DH44" s="5">
         <v>10320</v>
       </c>
       <c r="DI44" s="5">
         <v>10673</v>
       </c>
       <c r="DJ44" s="5">
         <v>10851</v>
       </c>
       <c r="DK44" s="5">
         <v>11019</v>
       </c>
       <c r="DL44" s="5">
         <v>10653</v>
       </c>
       <c r="DM44" s="5">
-        <v>10451</v>
+        <v>10826</v>
+      </c>
+      <c r="DN44" s="5">
+        <v>10903</v>
       </c>
     </row>
-    <row r="45" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C45" s="6">
         <v>7596</v>
       </c>
       <c r="D45" s="6">
         <v>7598</v>
       </c>
       <c r="E45" s="6">
         <v>7670</v>
       </c>
       <c r="F45" s="6">
         <v>7657</v>
       </c>
       <c r="G45" s="6">
         <v>7592</v>
       </c>
       <c r="H45" s="6">
         <v>7691</v>
       </c>
       <c r="I45" s="6">
@@ -18701,54 +18832,57 @@
       <c r="DE45" s="6">
         <v>8965</v>
       </c>
       <c r="DF45" s="6">
         <v>8443</v>
       </c>
       <c r="DG45" s="6">
         <v>9128</v>
       </c>
       <c r="DH45" s="6">
         <v>9116</v>
       </c>
       <c r="DI45" s="6">
         <v>9374</v>
       </c>
       <c r="DJ45" s="6">
         <v>9201</v>
       </c>
       <c r="DK45" s="6">
         <v>8439</v>
       </c>
       <c r="DL45" s="6">
         <v>8250</v>
       </c>
       <c r="DM45" s="6">
-        <v>8281</v>
+        <v>8822</v>
+      </c>
+      <c r="DN45" s="6">
+        <v>9378</v>
       </c>
     </row>
-    <row r="46" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A46" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B46" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C46" s="5">
         <v>2144</v>
       </c>
       <c r="D46" s="5">
         <v>2142</v>
       </c>
       <c r="E46" s="5">
         <v>2161</v>
       </c>
       <c r="F46" s="5">
         <v>2195</v>
       </c>
       <c r="G46" s="5">
         <v>2197</v>
       </c>
       <c r="H46" s="5">
         <v>2197</v>
       </c>
       <c r="I46" s="5">
@@ -19054,54 +19188,57 @@
       <c r="DE46" s="5">
         <v>2165</v>
       </c>
       <c r="DF46" s="5">
         <v>2104</v>
       </c>
       <c r="DG46" s="5">
         <v>2091</v>
       </c>
       <c r="DH46" s="5">
         <v>2117</v>
       </c>
       <c r="DI46" s="5">
         <v>2173</v>
       </c>
       <c r="DJ46" s="5">
         <v>2182</v>
       </c>
       <c r="DK46" s="5">
         <v>2225</v>
       </c>
       <c r="DL46" s="5">
         <v>2185</v>
       </c>
       <c r="DM46" s="5">
-        <v>2148</v>
+        <v>2092</v>
+      </c>
+      <c r="DN46" s="5">
+        <v>2112</v>
       </c>
     </row>
-    <row r="47" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C47" s="6">
         <v>6622</v>
       </c>
       <c r="D47" s="6">
         <v>6638</v>
       </c>
       <c r="E47" s="6">
         <v>6684</v>
       </c>
       <c r="F47" s="6">
         <v>6821</v>
       </c>
       <c r="G47" s="6">
         <v>6848</v>
       </c>
       <c r="H47" s="6">
         <v>7062</v>
       </c>
       <c r="I47" s="6">
@@ -19407,54 +19544,57 @@
       <c r="DE47" s="6">
         <v>6513</v>
       </c>
       <c r="DF47" s="6">
         <v>6328</v>
       </c>
       <c r="DG47" s="6">
         <v>6335</v>
       </c>
       <c r="DH47" s="6">
         <v>6353</v>
       </c>
       <c r="DI47" s="6">
         <v>6468</v>
       </c>
       <c r="DJ47" s="6">
         <v>6518</v>
       </c>
       <c r="DK47" s="6">
         <v>6675</v>
       </c>
       <c r="DL47" s="6">
         <v>6484</v>
       </c>
       <c r="DM47" s="6">
-        <v>6428</v>
+        <v>6451</v>
+      </c>
+      <c r="DN47" s="6">
+        <v>6520</v>
       </c>
     </row>
-    <row r="48" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A48" s="4" t="s">
         <v>49</v>
       </c>
       <c r="B48" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C48" s="5">
         <v>16884</v>
       </c>
       <c r="D48" s="5">
         <v>17031</v>
       </c>
       <c r="E48" s="5">
         <v>17345</v>
       </c>
       <c r="F48" s="5">
         <v>17040</v>
       </c>
       <c r="G48" s="5">
         <v>16940</v>
       </c>
       <c r="H48" s="5">
         <v>16958</v>
       </c>
       <c r="I48" s="5">
@@ -19760,54 +19900,57 @@
       <c r="DE48" s="5">
         <v>14045</v>
       </c>
       <c r="DF48" s="5">
         <v>13797</v>
       </c>
       <c r="DG48" s="5">
         <v>13861</v>
       </c>
       <c r="DH48" s="5">
         <v>13873</v>
       </c>
       <c r="DI48" s="5">
         <v>14029</v>
       </c>
       <c r="DJ48" s="5">
         <v>14103</v>
       </c>
       <c r="DK48" s="5">
         <v>14136</v>
       </c>
       <c r="DL48" s="5">
         <v>13858</v>
       </c>
       <c r="DM48" s="5">
-        <v>13906</v>
+        <v>13931</v>
+      </c>
+      <c r="DN48" s="5">
+        <v>14004</v>
       </c>
     </row>
-    <row r="49" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C49" s="6">
         <v>3701</v>
       </c>
       <c r="D49" s="6">
         <v>3722</v>
       </c>
       <c r="E49" s="6">
         <v>3721</v>
       </c>
       <c r="F49" s="6">
         <v>3773</v>
       </c>
       <c r="G49" s="6">
         <v>3792</v>
       </c>
       <c r="H49" s="6">
         <v>3812</v>
       </c>
       <c r="I49" s="6">
@@ -20113,54 +20256,57 @@
       <c r="DE49" s="6">
         <v>3841</v>
       </c>
       <c r="DF49" s="6">
         <v>3738</v>
       </c>
       <c r="DG49" s="6">
         <v>3759</v>
       </c>
       <c r="DH49" s="6">
         <v>3795</v>
       </c>
       <c r="DI49" s="6">
         <v>3850</v>
       </c>
       <c r="DJ49" s="6">
         <v>3858</v>
       </c>
       <c r="DK49" s="6">
         <v>3916</v>
       </c>
       <c r="DL49" s="6">
         <v>3862</v>
       </c>
       <c r="DM49" s="6">
-        <v>3833</v>
+        <v>3850</v>
+      </c>
+      <c r="DN49" s="6">
+        <v>3851</v>
       </c>
     </row>
-    <row r="50" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A50" s="4" t="s">
         <v>51</v>
       </c>
       <c r="B50" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C50" s="5">
         <v>3322</v>
       </c>
       <c r="D50" s="5">
         <v>3319</v>
       </c>
       <c r="E50" s="5">
         <v>3318</v>
       </c>
       <c r="F50" s="5">
         <v>3337</v>
       </c>
       <c r="G50" s="5">
         <v>3389</v>
       </c>
       <c r="H50" s="5">
         <v>3467</v>
       </c>
       <c r="I50" s="5">
@@ -20466,54 +20612,57 @@
       <c r="DE50" s="5">
         <v>3342</v>
       </c>
       <c r="DF50" s="5">
         <v>3319</v>
       </c>
       <c r="DG50" s="5">
         <v>3305</v>
       </c>
       <c r="DH50" s="5">
         <v>3301</v>
       </c>
       <c r="DI50" s="5">
         <v>3315</v>
       </c>
       <c r="DJ50" s="5">
         <v>3322</v>
       </c>
       <c r="DK50" s="5">
         <v>3375</v>
       </c>
       <c r="DL50" s="5">
         <v>3294</v>
       </c>
       <c r="DM50" s="5">
-        <v>3262</v>
+        <v>3278</v>
+      </c>
+      <c r="DN50" s="5">
+        <v>3331</v>
       </c>
     </row>
-    <row r="51" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C51" s="6">
         <v>4051</v>
       </c>
       <c r="D51" s="6">
         <v>4040</v>
       </c>
       <c r="E51" s="6">
         <v>4083</v>
       </c>
       <c r="F51" s="6">
         <v>4156</v>
       </c>
       <c r="G51" s="6">
         <v>4269</v>
       </c>
       <c r="H51" s="6">
         <v>4384</v>
       </c>
       <c r="I51" s="6">
@@ -20819,54 +20968,57 @@
       <c r="DE51" s="6">
         <v>4272</v>
       </c>
       <c r="DF51" s="6">
         <v>4126</v>
       </c>
       <c r="DG51" s="6">
         <v>4122</v>
       </c>
       <c r="DH51" s="6">
         <v>4155</v>
       </c>
       <c r="DI51" s="6">
         <v>4218</v>
       </c>
       <c r="DJ51" s="6">
         <v>4345</v>
       </c>
       <c r="DK51" s="6">
         <v>4575</v>
       </c>
       <c r="DL51" s="6">
         <v>4411</v>
       </c>
       <c r="DM51" s="6">
-        <v>4346</v>
+        <v>4316</v>
+      </c>
+      <c r="DN51" s="6">
+        <v>4294</v>
       </c>
     </row>
-    <row r="52" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A52" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B52" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C52" s="5">
         <v>8030</v>
       </c>
       <c r="D52" s="5">
         <v>8081</v>
       </c>
       <c r="E52" s="5">
         <v>8191</v>
       </c>
       <c r="F52" s="5">
         <v>8340</v>
       </c>
       <c r="G52" s="5">
         <v>8373</v>
       </c>
       <c r="H52" s="5">
         <v>8056</v>
       </c>
       <c r="I52" s="5">
@@ -21172,54 +21324,57 @@
       <c r="DE52" s="5">
         <v>8537</v>
       </c>
       <c r="DF52" s="5">
         <v>8212</v>
       </c>
       <c r="DG52" s="5">
         <v>8542</v>
       </c>
       <c r="DH52" s="5">
         <v>8565</v>
       </c>
       <c r="DI52" s="5">
         <v>8700</v>
       </c>
       <c r="DJ52" s="5">
         <v>8613</v>
       </c>
       <c r="DK52" s="5">
         <v>8309</v>
       </c>
       <c r="DL52" s="5">
         <v>8167</v>
       </c>
       <c r="DM52" s="5">
-        <v>8202</v>
+        <v>8530</v>
+      </c>
+      <c r="DN52" s="5">
+        <v>8911</v>
       </c>
     </row>
-    <row r="53" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C53" s="6">
         <v>16735</v>
       </c>
       <c r="D53" s="6">
         <v>17167</v>
       </c>
       <c r="E53" s="6">
         <v>17278</v>
       </c>
       <c r="F53" s="6">
         <v>17919</v>
       </c>
       <c r="G53" s="6">
         <v>18254</v>
       </c>
       <c r="H53" s="6">
         <v>17995</v>
       </c>
       <c r="I53" s="6">
@@ -21525,54 +21680,57 @@
       <c r="DE53" s="6">
         <v>20006</v>
       </c>
       <c r="DF53" s="6">
         <v>19636</v>
       </c>
       <c r="DG53" s="6">
         <v>19849</v>
       </c>
       <c r="DH53" s="6">
         <v>19909</v>
       </c>
       <c r="DI53" s="6">
         <v>19976</v>
       </c>
       <c r="DJ53" s="6">
         <v>20257</v>
       </c>
       <c r="DK53" s="6">
         <v>20823</v>
       </c>
       <c r="DL53" s="6">
         <v>20525</v>
       </c>
       <c r="DM53" s="6">
-        <v>20355</v>
+        <v>20401</v>
+      </c>
+      <c r="DN53" s="6">
+        <v>20381</v>
       </c>
     </row>
-    <row r="54" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A54" s="4" t="s">
         <v>55</v>
       </c>
       <c r="B54" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C54" s="5">
         <v>17476</v>
       </c>
       <c r="D54" s="5">
         <v>17497</v>
       </c>
       <c r="E54" s="5">
         <v>17744</v>
       </c>
       <c r="F54" s="5">
         <v>17825</v>
       </c>
       <c r="G54" s="5">
         <v>17868</v>
       </c>
       <c r="H54" s="5">
         <v>18183</v>
       </c>
       <c r="I54" s="5">
@@ -21878,54 +22036,57 @@
       <c r="DE54" s="5">
         <v>16100</v>
       </c>
       <c r="DF54" s="5">
         <v>15844</v>
       </c>
       <c r="DG54" s="5">
         <v>15905</v>
       </c>
       <c r="DH54" s="5">
         <v>15952</v>
       </c>
       <c r="DI54" s="5">
         <v>16054</v>
       </c>
       <c r="DJ54" s="5">
         <v>16084</v>
       </c>
       <c r="DK54" s="5">
         <v>16334</v>
       </c>
       <c r="DL54" s="5">
         <v>16260</v>
       </c>
       <c r="DM54" s="5">
-        <v>16178</v>
+        <v>16013</v>
+      </c>
+      <c r="DN54" s="5">
+        <v>16081</v>
       </c>
     </row>
-    <row r="55" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C55" s="6">
         <v>3889</v>
       </c>
       <c r="D55" s="6">
         <v>3945</v>
       </c>
       <c r="E55" s="6">
         <v>4010</v>
       </c>
       <c r="F55" s="6">
         <v>4066</v>
       </c>
       <c r="G55" s="6">
         <v>4083</v>
       </c>
       <c r="H55" s="6">
         <v>4066</v>
       </c>
       <c r="I55" s="6">
@@ -22231,54 +22392,57 @@
       <c r="DE55" s="6">
         <v>3351</v>
       </c>
       <c r="DF55" s="6">
         <v>3274</v>
       </c>
       <c r="DG55" s="6">
         <v>3276</v>
       </c>
       <c r="DH55" s="6">
         <v>3274</v>
       </c>
       <c r="DI55" s="6">
         <v>3338</v>
       </c>
       <c r="DJ55" s="6">
         <v>3423</v>
       </c>
       <c r="DK55" s="6">
         <v>3454</v>
       </c>
       <c r="DL55" s="6">
         <v>3375</v>
       </c>
       <c r="DM55" s="6">
-        <v>3315</v>
+        <v>3330</v>
+      </c>
+      <c r="DN55" s="6">
+        <v>3346</v>
       </c>
     </row>
-    <row r="56" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A56" s="4" t="s">
         <v>57</v>
       </c>
       <c r="B56" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C56" s="5">
         <v>3670</v>
       </c>
       <c r="D56" s="5">
         <v>3668</v>
       </c>
       <c r="E56" s="5">
         <v>3761</v>
       </c>
       <c r="F56" s="5">
         <v>3907</v>
       </c>
       <c r="G56" s="5">
         <v>3989</v>
       </c>
       <c r="H56" s="5">
         <v>4051</v>
       </c>
       <c r="I56" s="5">
@@ -22584,54 +22748,57 @@
       <c r="DE56" s="5">
         <v>3815</v>
       </c>
       <c r="DF56" s="5">
         <v>3721</v>
       </c>
       <c r="DG56" s="5">
         <v>3705</v>
       </c>
       <c r="DH56" s="5">
         <v>3685</v>
       </c>
       <c r="DI56" s="5">
         <v>3772</v>
       </c>
       <c r="DJ56" s="5">
         <v>3794</v>
       </c>
       <c r="DK56" s="5">
         <v>3892</v>
       </c>
       <c r="DL56" s="5">
         <v>3754</v>
       </c>
       <c r="DM56" s="5">
-        <v>3755</v>
+        <v>3767</v>
+      </c>
+      <c r="DN56" s="5">
+        <v>3761</v>
       </c>
     </row>
-    <row r="57" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C57" s="6">
         <v>2660</v>
       </c>
       <c r="D57" s="6">
         <v>2675</v>
       </c>
       <c r="E57" s="6">
         <v>2717</v>
       </c>
       <c r="F57" s="6">
         <v>2794</v>
       </c>
       <c r="G57" s="6">
         <v>2818</v>
       </c>
       <c r="H57" s="6">
         <v>2863</v>
       </c>
       <c r="I57" s="6">
@@ -22937,54 +23104,57 @@
       <c r="DE57" s="6">
         <v>2539</v>
       </c>
       <c r="DF57" s="6">
         <v>2457</v>
       </c>
       <c r="DG57" s="6">
         <v>2485</v>
       </c>
       <c r="DH57" s="6">
         <v>2472</v>
       </c>
       <c r="DI57" s="6">
         <v>2528</v>
       </c>
       <c r="DJ57" s="6">
         <v>2544</v>
       </c>
       <c r="DK57" s="6">
         <v>2611</v>
       </c>
       <c r="DL57" s="6">
         <v>2496</v>
       </c>
       <c r="DM57" s="6">
-        <v>2481</v>
+        <v>2493</v>
+      </c>
+      <c r="DN57" s="6">
+        <v>2498</v>
       </c>
     </row>
-    <row r="58" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A58" s="4" t="s">
         <v>59</v>
       </c>
       <c r="B58" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C58" s="5">
         <v>3368</v>
       </c>
       <c r="D58" s="5">
         <v>3371</v>
       </c>
       <c r="E58" s="5">
         <v>3350</v>
       </c>
       <c r="F58" s="5">
         <v>3401</v>
       </c>
       <c r="G58" s="5">
         <v>3425</v>
       </c>
       <c r="H58" s="5">
         <v>3502</v>
       </c>
       <c r="I58" s="5">
@@ -23290,54 +23460,57 @@
       <c r="DE58" s="5">
         <v>3711</v>
       </c>
       <c r="DF58" s="5">
         <v>3699</v>
       </c>
       <c r="DG58" s="5">
         <v>3704</v>
       </c>
       <c r="DH58" s="5">
         <v>3701</v>
       </c>
       <c r="DI58" s="5">
         <v>3792</v>
       </c>
       <c r="DJ58" s="5">
         <v>3761</v>
       </c>
       <c r="DK58" s="5">
         <v>3876</v>
       </c>
       <c r="DL58" s="5">
         <v>3752</v>
       </c>
       <c r="DM58" s="5">
-        <v>3763</v>
+        <v>3771</v>
+      </c>
+      <c r="DN58" s="5">
+        <v>3790</v>
       </c>
     </row>
-    <row r="59" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C59" s="6">
         <v>4065</v>
       </c>
       <c r="D59" s="6">
         <v>4062</v>
       </c>
       <c r="E59" s="6">
         <v>4065</v>
       </c>
       <c r="F59" s="6">
         <v>4093</v>
       </c>
       <c r="G59" s="6">
         <v>4149</v>
       </c>
       <c r="H59" s="6">
         <v>4173</v>
       </c>
       <c r="I59" s="6">
@@ -23643,54 +23816,57 @@
       <c r="DE59" s="6">
         <v>4052</v>
       </c>
       <c r="DF59" s="6">
         <v>3983</v>
       </c>
       <c r="DG59" s="6">
         <v>3975</v>
       </c>
       <c r="DH59" s="6">
         <v>3994</v>
       </c>
       <c r="DI59" s="6">
         <v>4054</v>
       </c>
       <c r="DJ59" s="6">
         <v>4082</v>
       </c>
       <c r="DK59" s="6">
         <v>4147</v>
       </c>
       <c r="DL59" s="6">
         <v>4106</v>
       </c>
       <c r="DM59" s="6">
-        <v>4098</v>
+        <v>4092</v>
+      </c>
+      <c r="DN59" s="6">
+        <v>4057</v>
       </c>
     </row>
-    <row r="60" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A60" s="4" t="s">
         <v>61</v>
       </c>
       <c r="B60" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C60" s="5">
         <v>23375</v>
       </c>
       <c r="D60" s="5">
         <v>23288</v>
       </c>
       <c r="E60" s="5">
         <v>23572</v>
       </c>
       <c r="F60" s="5">
         <v>23796</v>
       </c>
       <c r="G60" s="5">
         <v>23975</v>
       </c>
       <c r="H60" s="5">
         <v>24403</v>
       </c>
       <c r="I60" s="5">
@@ -23996,54 +24172,57 @@
       <c r="DE60" s="5">
         <v>21298</v>
       </c>
       <c r="DF60" s="5">
         <v>20927</v>
       </c>
       <c r="DG60" s="5">
         <v>20978</v>
       </c>
       <c r="DH60" s="5">
         <v>21000</v>
       </c>
       <c r="DI60" s="5">
         <v>21206</v>
       </c>
       <c r="DJ60" s="5">
         <v>21257</v>
       </c>
       <c r="DK60" s="5">
         <v>21696</v>
       </c>
       <c r="DL60" s="5">
         <v>21412</v>
       </c>
       <c r="DM60" s="5">
-        <v>21141</v>
+        <v>21212</v>
+      </c>
+      <c r="DN60" s="5">
+        <v>21266</v>
       </c>
     </row>
-    <row r="61" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C61" s="6">
         <v>6543</v>
       </c>
       <c r="D61" s="6">
         <v>6491</v>
       </c>
       <c r="E61" s="6">
         <v>6543</v>
       </c>
       <c r="F61" s="6">
         <v>6736</v>
       </c>
       <c r="G61" s="6">
         <v>6798</v>
       </c>
       <c r="H61" s="6">
         <v>6915</v>
       </c>
       <c r="I61" s="6">
@@ -24349,54 +24528,57 @@
       <c r="DE61" s="6">
         <v>6463</v>
       </c>
       <c r="DF61" s="6">
         <v>6367</v>
       </c>
       <c r="DG61" s="6">
         <v>6317</v>
       </c>
       <c r="DH61" s="6">
         <v>6382</v>
       </c>
       <c r="DI61" s="6">
         <v>6406</v>
       </c>
       <c r="DJ61" s="6">
         <v>6515</v>
       </c>
       <c r="DK61" s="6">
         <v>6657</v>
       </c>
       <c r="DL61" s="6">
         <v>6490</v>
       </c>
       <c r="DM61" s="6">
-        <v>6335</v>
+        <v>6375</v>
+      </c>
+      <c r="DN61" s="6">
+        <v>6421</v>
       </c>
     </row>
-    <row r="62" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A62" s="4" t="s">
         <v>63</v>
       </c>
       <c r="B62" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C62" s="5">
         <v>1766</v>
       </c>
       <c r="D62" s="5">
         <v>1721</v>
       </c>
       <c r="E62" s="5">
         <v>1798</v>
       </c>
       <c r="F62" s="5">
         <v>1858</v>
       </c>
       <c r="G62" s="5">
         <v>1863</v>
       </c>
       <c r="H62" s="5">
         <v>1893</v>
       </c>
       <c r="I62" s="5">
@@ -24702,54 +24884,57 @@
       <c r="DE62" s="5">
         <v>2036</v>
       </c>
       <c r="DF62" s="5">
         <v>1976</v>
       </c>
       <c r="DG62" s="5">
         <v>1970</v>
       </c>
       <c r="DH62" s="5">
         <v>1985</v>
       </c>
       <c r="DI62" s="5">
         <v>2008</v>
       </c>
       <c r="DJ62" s="5">
         <v>2048</v>
       </c>
       <c r="DK62" s="5">
         <v>2087</v>
       </c>
       <c r="DL62" s="5">
         <v>2006</v>
       </c>
       <c r="DM62" s="5">
-        <v>2005</v>
+        <v>2052</v>
+      </c>
+      <c r="DN62" s="5">
+        <v>2040</v>
       </c>
     </row>
-    <row r="63" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C63" s="6">
         <v>6078</v>
       </c>
       <c r="D63" s="6">
         <v>6079</v>
       </c>
       <c r="E63" s="6">
         <v>6165</v>
       </c>
       <c r="F63" s="6">
         <v>6221</v>
       </c>
       <c r="G63" s="6">
         <v>6259</v>
       </c>
       <c r="H63" s="6">
         <v>6359</v>
       </c>
       <c r="I63" s="6">
@@ -25055,54 +25240,57 @@
       <c r="DE63" s="6">
         <v>6516</v>
       </c>
       <c r="DF63" s="6">
         <v>6459</v>
       </c>
       <c r="DG63" s="6">
         <v>6424</v>
       </c>
       <c r="DH63" s="6">
         <v>6511</v>
       </c>
       <c r="DI63" s="6">
         <v>6560</v>
       </c>
       <c r="DJ63" s="6">
         <v>6614</v>
       </c>
       <c r="DK63" s="6">
         <v>6715</v>
       </c>
       <c r="DL63" s="6">
         <v>6612</v>
       </c>
       <c r="DM63" s="6">
-        <v>6544</v>
+        <v>6539</v>
+      </c>
+      <c r="DN63" s="6">
+        <v>6597</v>
       </c>
     </row>
-    <row r="64" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A64" s="4" t="s">
         <v>65</v>
       </c>
       <c r="B64" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C64" s="5">
         <v>3629</v>
       </c>
       <c r="D64" s="5">
         <v>3642</v>
       </c>
       <c r="E64" s="5">
         <v>3675</v>
       </c>
       <c r="F64" s="5">
         <v>3784</v>
       </c>
       <c r="G64" s="5">
         <v>3860</v>
       </c>
       <c r="H64" s="5">
         <v>3877</v>
       </c>
       <c r="I64" s="5">
@@ -25408,54 +25596,57 @@
       <c r="DE64" s="5">
         <v>3419</v>
       </c>
       <c r="DF64" s="5">
         <v>3321</v>
       </c>
       <c r="DG64" s="5">
         <v>3348</v>
       </c>
       <c r="DH64" s="5">
         <v>3337</v>
       </c>
       <c r="DI64" s="5">
         <v>3414</v>
       </c>
       <c r="DJ64" s="5">
         <v>3429</v>
       </c>
       <c r="DK64" s="5">
         <v>3504</v>
       </c>
       <c r="DL64" s="5">
         <v>3406</v>
       </c>
       <c r="DM64" s="5">
-        <v>3359</v>
+        <v>3416</v>
+      </c>
+      <c r="DN64" s="5">
+        <v>3456</v>
       </c>
     </row>
-    <row r="65" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C65" s="6">
         <v>2670</v>
       </c>
       <c r="D65" s="6">
         <v>2677</v>
       </c>
       <c r="E65" s="6">
         <v>2692</v>
       </c>
       <c r="F65" s="6">
         <v>2796</v>
       </c>
       <c r="G65" s="6">
         <v>2865</v>
       </c>
       <c r="H65" s="6">
         <v>2928</v>
       </c>
       <c r="I65" s="6">
@@ -25761,54 +25952,57 @@
       <c r="DE65" s="6">
         <v>2470</v>
       </c>
       <c r="DF65" s="6">
         <v>2401</v>
       </c>
       <c r="DG65" s="6">
         <v>2416</v>
       </c>
       <c r="DH65" s="6">
         <v>2438</v>
       </c>
       <c r="DI65" s="6">
         <v>2471</v>
       </c>
       <c r="DJ65" s="6">
         <v>2489</v>
       </c>
       <c r="DK65" s="6">
         <v>2546</v>
       </c>
       <c r="DL65" s="6">
         <v>2491</v>
       </c>
       <c r="DM65" s="6">
-        <v>2501</v>
+        <v>2541</v>
+      </c>
+      <c r="DN65" s="6">
+        <v>2531</v>
       </c>
     </row>
-    <row r="66" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A66" s="4" t="s">
         <v>67</v>
       </c>
       <c r="B66" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C66" s="5">
         <v>38131</v>
       </c>
       <c r="D66" s="5">
         <v>38027</v>
       </c>
       <c r="E66" s="5">
         <v>38274</v>
       </c>
       <c r="F66" s="5">
         <v>39123</v>
       </c>
       <c r="G66" s="5">
         <v>39166</v>
       </c>
       <c r="H66" s="5">
         <v>39041</v>
       </c>
       <c r="I66" s="5">
@@ -26114,54 +26308,57 @@
       <c r="DE66" s="5">
         <v>42464</v>
       </c>
       <c r="DF66" s="5">
         <v>42017</v>
       </c>
       <c r="DG66" s="5">
         <v>42304</v>
       </c>
       <c r="DH66" s="5">
         <v>42505</v>
       </c>
       <c r="DI66" s="5">
         <v>43068</v>
       </c>
       <c r="DJ66" s="5">
         <v>43201</v>
       </c>
       <c r="DK66" s="5">
         <v>43236</v>
       </c>
       <c r="DL66" s="5">
         <v>42981</v>
       </c>
       <c r="DM66" s="5">
-        <v>42985</v>
+        <v>43373</v>
+      </c>
+      <c r="DN66" s="5">
+        <v>43836</v>
       </c>
     </row>
-    <row r="67" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C67" s="6">
         <v>9037</v>
       </c>
       <c r="D67" s="6">
         <v>9957</v>
       </c>
       <c r="E67" s="6">
         <v>10150</v>
       </c>
       <c r="F67" s="6">
         <v>10464</v>
       </c>
       <c r="G67" s="6">
         <v>10564</v>
       </c>
       <c r="H67" s="6">
         <v>9818</v>
       </c>
       <c r="I67" s="6">
@@ -26467,54 +26664,57 @@
       <c r="DE67" s="6">
         <v>9876</v>
       </c>
       <c r="DF67" s="6">
         <v>8766</v>
       </c>
       <c r="DG67" s="6">
         <v>9891</v>
       </c>
       <c r="DH67" s="6">
         <v>9524</v>
       </c>
       <c r="DI67" s="6">
         <v>9961</v>
       </c>
       <c r="DJ67" s="6">
         <v>9617</v>
       </c>
       <c r="DK67" s="6">
         <v>8836</v>
       </c>
       <c r="DL67" s="6">
         <v>8763</v>
       </c>
       <c r="DM67" s="6">
-        <v>8841</v>
+        <v>9707</v>
+      </c>
+      <c r="DN67" s="6">
+        <v>9774</v>
       </c>
     </row>
-    <row r="68" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A68" s="4" t="s">
         <v>69</v>
       </c>
       <c r="B68" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C68" s="5">
         <v>1322</v>
       </c>
       <c r="D68" s="5">
         <v>1312</v>
       </c>
       <c r="E68" s="5">
         <v>1333</v>
       </c>
       <c r="F68" s="5">
         <v>1343</v>
       </c>
       <c r="G68" s="5">
         <v>1387</v>
       </c>
       <c r="H68" s="5">
         <v>1398</v>
       </c>
       <c r="I68" s="5">
@@ -26820,54 +27020,57 @@
       <c r="DE68" s="5">
         <v>1311</v>
       </c>
       <c r="DF68" s="5">
         <v>1274</v>
       </c>
       <c r="DG68" s="5">
         <v>1265</v>
       </c>
       <c r="DH68" s="5">
         <v>1273</v>
       </c>
       <c r="DI68" s="5">
         <v>1301</v>
       </c>
       <c r="DJ68" s="5">
         <v>1324</v>
       </c>
       <c r="DK68" s="5">
         <v>1342</v>
       </c>
       <c r="DL68" s="5">
         <v>1305</v>
       </c>
       <c r="DM68" s="5">
-        <v>1288</v>
+        <v>1301</v>
+      </c>
+      <c r="DN68" s="5">
+        <v>1324</v>
       </c>
     </row>
-    <row r="69" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C69" s="6">
         <v>3030</v>
       </c>
       <c r="D69" s="6">
         <v>3052</v>
       </c>
       <c r="E69" s="6">
         <v>3100</v>
       </c>
       <c r="F69" s="6">
         <v>3168</v>
       </c>
       <c r="G69" s="6">
         <v>3215</v>
       </c>
       <c r="H69" s="6">
         <v>3289</v>
       </c>
       <c r="I69" s="6">
@@ -27173,54 +27376,57 @@
       <c r="DE69" s="6">
         <v>2899</v>
       </c>
       <c r="DF69" s="6">
         <v>2806</v>
       </c>
       <c r="DG69" s="6">
         <v>2795</v>
       </c>
       <c r="DH69" s="6">
         <v>2814</v>
       </c>
       <c r="DI69" s="6">
         <v>2894</v>
       </c>
       <c r="DJ69" s="6">
         <v>2943</v>
       </c>
       <c r="DK69" s="6">
         <v>3001</v>
       </c>
       <c r="DL69" s="6">
         <v>2965</v>
       </c>
       <c r="DM69" s="6">
-        <v>2953</v>
+        <v>2901</v>
+      </c>
+      <c r="DN69" s="6">
+        <v>2943</v>
       </c>
     </row>
-    <row r="70" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A70" s="4" t="s">
         <v>71</v>
       </c>
       <c r="B70" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C70" s="5">
         <v>89756</v>
       </c>
       <c r="D70" s="5">
         <v>89457</v>
       </c>
       <c r="E70" s="5">
         <v>90040</v>
       </c>
       <c r="F70" s="5">
         <v>91921</v>
       </c>
       <c r="G70" s="5">
         <v>92577</v>
       </c>
       <c r="H70" s="5">
         <v>92201</v>
       </c>
       <c r="I70" s="5">
@@ -27526,54 +27732,57 @@
       <c r="DE70" s="5">
         <v>93257</v>
       </c>
       <c r="DF70" s="5">
         <v>90544</v>
       </c>
       <c r="DG70" s="5">
         <v>90799</v>
       </c>
       <c r="DH70" s="5">
         <v>91104</v>
       </c>
       <c r="DI70" s="5">
         <v>92022</v>
       </c>
       <c r="DJ70" s="5">
         <v>92619</v>
       </c>
       <c r="DK70" s="5">
         <v>93179</v>
       </c>
       <c r="DL70" s="5">
         <v>92394</v>
       </c>
       <c r="DM70" s="5">
-        <v>92955</v>
+        <v>92788</v>
+      </c>
+      <c r="DN70" s="5">
+        <v>93666</v>
       </c>
     </row>
-    <row r="71" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C71" s="6">
         <v>5792</v>
       </c>
       <c r="D71" s="6">
         <v>5787</v>
       </c>
       <c r="E71" s="6">
         <v>5879</v>
       </c>
       <c r="F71" s="6">
         <v>5832</v>
       </c>
       <c r="G71" s="6">
         <v>5847</v>
       </c>
       <c r="H71" s="6">
         <v>5940</v>
       </c>
       <c r="I71" s="6">
@@ -27879,54 +28088,57 @@
       <c r="DE71" s="6">
         <v>5417</v>
       </c>
       <c r="DF71" s="6">
         <v>5351</v>
       </c>
       <c r="DG71" s="6">
         <v>5348</v>
       </c>
       <c r="DH71" s="6">
         <v>5403</v>
       </c>
       <c r="DI71" s="6">
         <v>5451</v>
       </c>
       <c r="DJ71" s="6">
         <v>5461</v>
       </c>
       <c r="DK71" s="6">
         <v>5583</v>
       </c>
       <c r="DL71" s="6">
         <v>5441</v>
       </c>
       <c r="DM71" s="6">
-        <v>5408</v>
+        <v>5395</v>
+      </c>
+      <c r="DN71" s="6">
+        <v>5418</v>
       </c>
     </row>
-    <row r="72" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A72" s="4" t="s">
         <v>73</v>
       </c>
       <c r="B72" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C72" s="5">
         <v>19952</v>
       </c>
       <c r="D72" s="5">
         <v>19922</v>
       </c>
       <c r="E72" s="5">
         <v>19931</v>
       </c>
       <c r="F72" s="5">
         <v>20458</v>
       </c>
       <c r="G72" s="5">
         <v>19986</v>
       </c>
       <c r="H72" s="5">
         <v>19721</v>
       </c>
       <c r="I72" s="5">
@@ -28232,54 +28444,57 @@
       <c r="DE72" s="5">
         <v>23216</v>
       </c>
       <c r="DF72" s="5">
         <v>22493</v>
       </c>
       <c r="DG72" s="5">
         <v>22966</v>
       </c>
       <c r="DH72" s="5">
         <v>23047</v>
       </c>
       <c r="DI72" s="5">
         <v>23075</v>
       </c>
       <c r="DJ72" s="5">
         <v>23066</v>
       </c>
       <c r="DK72" s="5">
         <v>22659</v>
       </c>
       <c r="DL72" s="5">
         <v>22141</v>
       </c>
       <c r="DM72" s="5">
-        <v>22115</v>
+        <v>22802</v>
+      </c>
+      <c r="DN72" s="5">
+        <v>23564</v>
       </c>
     </row>
-    <row r="73" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C73" s="6">
         <v>5422</v>
       </c>
       <c r="D73" s="6">
         <v>5467</v>
       </c>
       <c r="E73" s="6">
         <v>5476</v>
       </c>
       <c r="F73" s="6">
         <v>5543</v>
       </c>
       <c r="G73" s="6">
         <v>5588</v>
       </c>
       <c r="H73" s="6">
         <v>5650</v>
       </c>
       <c r="I73" s="6">
@@ -28585,54 +28800,57 @@
       <c r="DE73" s="6">
         <v>5285</v>
       </c>
       <c r="DF73" s="6">
         <v>5211</v>
       </c>
       <c r="DG73" s="6">
         <v>5208</v>
       </c>
       <c r="DH73" s="6">
         <v>5230</v>
       </c>
       <c r="DI73" s="6">
         <v>5258</v>
       </c>
       <c r="DJ73" s="6">
         <v>5285</v>
       </c>
       <c r="DK73" s="6">
         <v>5347</v>
       </c>
       <c r="DL73" s="6">
         <v>5313</v>
       </c>
       <c r="DM73" s="6">
-        <v>5228</v>
+        <v>5272</v>
+      </c>
+      <c r="DN73" s="6">
+        <v>5286</v>
       </c>
     </row>
-    <row r="74" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A74" s="4" t="s">
         <v>75</v>
       </c>
       <c r="B74" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C74" s="5">
         <v>1870</v>
       </c>
       <c r="D74" s="5">
         <v>1872</v>
       </c>
       <c r="E74" s="5">
         <v>1856</v>
       </c>
       <c r="F74" s="5">
         <v>1887</v>
       </c>
       <c r="G74" s="5">
         <v>1914</v>
       </c>
       <c r="H74" s="5">
         <v>1892</v>
       </c>
       <c r="I74" s="5">
@@ -28938,54 +29156,57 @@
       <c r="DE74" s="5">
         <v>1957</v>
       </c>
       <c r="DF74" s="5">
         <v>1925</v>
       </c>
       <c r="DG74" s="5">
         <v>1925</v>
       </c>
       <c r="DH74" s="5">
         <v>1907</v>
       </c>
       <c r="DI74" s="5">
         <v>1942</v>
       </c>
       <c r="DJ74" s="5">
         <v>1943</v>
       </c>
       <c r="DK74" s="5">
         <v>1965</v>
       </c>
       <c r="DL74" s="5">
         <v>1964</v>
       </c>
       <c r="DM74" s="5">
-        <v>1947</v>
+        <v>1960</v>
+      </c>
+      <c r="DN74" s="5">
+        <v>1955</v>
       </c>
     </row>
-    <row r="75" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C75" s="6">
         <v>6063</v>
       </c>
       <c r="D75" s="6">
         <v>6083</v>
       </c>
       <c r="E75" s="6">
         <v>6175</v>
       </c>
       <c r="F75" s="6">
         <v>6173</v>
       </c>
       <c r="G75" s="6">
         <v>6167</v>
       </c>
       <c r="H75" s="6">
         <v>6157</v>
       </c>
       <c r="I75" s="6">
@@ -29291,54 +29512,57 @@
       <c r="DE75" s="6">
         <v>5934</v>
       </c>
       <c r="DF75" s="6">
         <v>5788</v>
       </c>
       <c r="DG75" s="6">
         <v>5835</v>
       </c>
       <c r="DH75" s="6">
         <v>5854</v>
       </c>
       <c r="DI75" s="6">
         <v>5902</v>
       </c>
       <c r="DJ75" s="6">
         <v>5949</v>
       </c>
       <c r="DK75" s="6">
         <v>5959</v>
       </c>
       <c r="DL75" s="6">
         <v>5807</v>
       </c>
       <c r="DM75" s="6">
-        <v>5718</v>
+        <v>5846</v>
+      </c>
+      <c r="DN75" s="6">
+        <v>5902</v>
       </c>
     </row>
-    <row r="76" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="76" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A76" s="4" t="s">
         <v>77</v>
       </c>
       <c r="B76" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C76" s="5">
         <v>1972</v>
       </c>
       <c r="D76" s="5">
         <v>1952</v>
       </c>
       <c r="E76" s="5">
         <v>1933</v>
       </c>
       <c r="F76" s="5">
         <v>1979</v>
       </c>
       <c r="G76" s="5">
         <v>1977</v>
       </c>
       <c r="H76" s="5">
         <v>2041</v>
       </c>
       <c r="I76" s="5">
@@ -29644,54 +29868,57 @@
       <c r="DE76" s="5">
         <v>1909</v>
       </c>
       <c r="DF76" s="5">
         <v>1858</v>
       </c>
       <c r="DG76" s="5">
         <v>1859</v>
       </c>
       <c r="DH76" s="5">
         <v>1887</v>
       </c>
       <c r="DI76" s="5">
         <v>1904</v>
       </c>
       <c r="DJ76" s="5">
         <v>1924</v>
       </c>
       <c r="DK76" s="5">
         <v>1961</v>
       </c>
       <c r="DL76" s="5">
         <v>1961</v>
       </c>
       <c r="DM76" s="5">
-        <v>1915</v>
+        <v>1903</v>
+      </c>
+      <c r="DN76" s="5">
+        <v>1924</v>
       </c>
     </row>
-    <row r="77" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="77" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C77" s="6">
         <v>16209</v>
       </c>
       <c r="D77" s="6">
         <v>16286</v>
       </c>
       <c r="E77" s="6">
         <v>16347</v>
       </c>
       <c r="F77" s="6">
         <v>16426</v>
       </c>
       <c r="G77" s="6">
         <v>16436</v>
       </c>
       <c r="H77" s="6">
         <v>16418</v>
       </c>
       <c r="I77" s="6">
@@ -29997,54 +30224,57 @@
       <c r="DE77" s="6">
         <v>16069</v>
       </c>
       <c r="DF77" s="6">
         <v>15797</v>
       </c>
       <c r="DG77" s="6">
         <v>15906</v>
       </c>
       <c r="DH77" s="6">
         <v>15866</v>
       </c>
       <c r="DI77" s="6">
         <v>15996</v>
       </c>
       <c r="DJ77" s="6">
         <v>16037</v>
       </c>
       <c r="DK77" s="6">
         <v>16183</v>
       </c>
       <c r="DL77" s="6">
         <v>16106</v>
       </c>
       <c r="DM77" s="6">
-        <v>15979</v>
+        <v>16103</v>
+      </c>
+      <c r="DN77" s="6">
+        <v>16228</v>
       </c>
     </row>
-    <row r="78" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="78" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A78" s="4" t="s">
         <v>79</v>
       </c>
       <c r="B78" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C78" s="5">
         <v>1869</v>
       </c>
       <c r="D78" s="5">
         <v>1871</v>
       </c>
       <c r="E78" s="5">
         <v>1890</v>
       </c>
       <c r="F78" s="5">
         <v>1913</v>
       </c>
       <c r="G78" s="5">
         <v>1910</v>
       </c>
       <c r="H78" s="5">
         <v>1905</v>
       </c>
       <c r="I78" s="5">
@@ -30350,54 +30580,57 @@
       <c r="DE78" s="5">
         <v>2143</v>
       </c>
       <c r="DF78" s="5">
         <v>2116</v>
       </c>
       <c r="DG78" s="5">
         <v>2106</v>
       </c>
       <c r="DH78" s="5">
         <v>2128</v>
       </c>
       <c r="DI78" s="5">
         <v>2096</v>
       </c>
       <c r="DJ78" s="5">
         <v>2104</v>
       </c>
       <c r="DK78" s="5">
         <v>2093</v>
       </c>
       <c r="DL78" s="5">
         <v>2064</v>
       </c>
       <c r="DM78" s="5">
-        <v>2048</v>
+        <v>2091</v>
+      </c>
+      <c r="DN78" s="5">
+        <v>2124</v>
       </c>
     </row>
-    <row r="79" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="79" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C79" s="6">
         <v>19227</v>
       </c>
       <c r="D79" s="6">
         <v>19173</v>
       </c>
       <c r="E79" s="6">
         <v>19473</v>
       </c>
       <c r="F79" s="6">
         <v>19778</v>
       </c>
       <c r="G79" s="6">
         <v>19896</v>
       </c>
       <c r="H79" s="6">
         <v>19928</v>
       </c>
       <c r="I79" s="6">
@@ -30703,54 +30936,57 @@
       <c r="DE79" s="6">
         <v>17955</v>
       </c>
       <c r="DF79" s="6">
         <v>17472</v>
       </c>
       <c r="DG79" s="6">
         <v>17554</v>
       </c>
       <c r="DH79" s="6">
         <v>17697</v>
       </c>
       <c r="DI79" s="6">
         <v>17853</v>
       </c>
       <c r="DJ79" s="6">
         <v>18016</v>
       </c>
       <c r="DK79" s="6">
         <v>18044</v>
       </c>
       <c r="DL79" s="6">
         <v>17995</v>
       </c>
       <c r="DM79" s="6">
-        <v>17922</v>
+        <v>17867</v>
+      </c>
+      <c r="DN79" s="6">
+        <v>17842</v>
       </c>
     </row>
-    <row r="80" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="80" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A80" s="4" t="s">
         <v>81</v>
       </c>
       <c r="B80" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C80" s="5">
         <v>4034</v>
       </c>
       <c r="D80" s="5">
         <v>4022</v>
       </c>
       <c r="E80" s="5">
         <v>4117</v>
       </c>
       <c r="F80" s="5">
         <v>4183</v>
       </c>
       <c r="G80" s="5">
         <v>4154</v>
       </c>
       <c r="H80" s="5">
         <v>4304</v>
       </c>
       <c r="I80" s="5">
@@ -31056,54 +31292,57 @@
       <c r="DE80" s="5">
         <v>3907</v>
       </c>
       <c r="DF80" s="5">
         <v>3914</v>
       </c>
       <c r="DG80" s="5">
         <v>3975</v>
       </c>
       <c r="DH80" s="5">
         <v>3913</v>
       </c>
       <c r="DI80" s="5">
         <v>3991</v>
       </c>
       <c r="DJ80" s="5">
         <v>3963</v>
       </c>
       <c r="DK80" s="5">
         <v>3987</v>
       </c>
       <c r="DL80" s="5">
         <v>3974</v>
       </c>
       <c r="DM80" s="5">
-        <v>3968</v>
+        <v>3919</v>
+      </c>
+      <c r="DN80" s="5">
+        <v>4010</v>
       </c>
     </row>
-    <row r="81" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="81" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C81" s="6">
         <v>10207</v>
       </c>
       <c r="D81" s="6">
         <v>10889</v>
       </c>
       <c r="E81" s="6">
         <v>11054</v>
       </c>
       <c r="F81" s="6">
         <v>11503</v>
       </c>
       <c r="G81" s="6">
         <v>11578</v>
       </c>
       <c r="H81" s="6">
         <v>10605</v>
       </c>
       <c r="I81" s="6">
@@ -31409,54 +31648,57 @@
       <c r="DE81" s="6">
         <v>10612</v>
       </c>
       <c r="DF81" s="6">
         <v>10134</v>
       </c>
       <c r="DG81" s="6">
         <v>10339</v>
       </c>
       <c r="DH81" s="6">
         <v>10490</v>
       </c>
       <c r="DI81" s="6">
         <v>10850</v>
       </c>
       <c r="DJ81" s="6">
         <v>11059</v>
       </c>
       <c r="DK81" s="6">
         <v>10873</v>
       </c>
       <c r="DL81" s="6">
         <v>10718</v>
       </c>
       <c r="DM81" s="6">
-        <v>10584</v>
+        <v>10958</v>
+      </c>
+      <c r="DN81" s="6">
+        <v>11234</v>
       </c>
     </row>
-    <row r="82" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="82" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A82" s="4" t="s">
         <v>83</v>
       </c>
       <c r="B82" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C82" s="5">
         <v>2269</v>
       </c>
       <c r="D82" s="5">
         <v>2296</v>
       </c>
       <c r="E82" s="5">
         <v>2322</v>
       </c>
       <c r="F82" s="5">
         <v>2393</v>
       </c>
       <c r="G82" s="5">
         <v>2410</v>
       </c>
       <c r="H82" s="5">
         <v>2501</v>
       </c>
       <c r="I82" s="5">
@@ -31762,54 +32004,57 @@
       <c r="DE82" s="5">
         <v>2315</v>
       </c>
       <c r="DF82" s="5">
         <v>2270</v>
       </c>
       <c r="DG82" s="5">
         <v>2274</v>
       </c>
       <c r="DH82" s="5">
         <v>2281</v>
       </c>
       <c r="DI82" s="5">
         <v>2306</v>
       </c>
       <c r="DJ82" s="5">
         <v>2332</v>
       </c>
       <c r="DK82" s="5">
         <v>2427</v>
       </c>
       <c r="DL82" s="5">
         <v>2389</v>
       </c>
       <c r="DM82" s="5">
-        <v>2375</v>
+        <v>2340</v>
+      </c>
+      <c r="DN82" s="5">
+        <v>2347</v>
       </c>
     </row>
-    <row r="83" spans="1:117" x14ac:dyDescent="0.2">
+    <row r="83" spans="1:118" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C83" s="6">
         <v>5202</v>
       </c>
       <c r="D83" s="6">
         <v>5228</v>
       </c>
       <c r="E83" s="6">
         <v>5242</v>
       </c>
       <c r="F83" s="6">
         <v>5311</v>
       </c>
       <c r="G83" s="6">
         <v>5319</v>
       </c>
       <c r="H83" s="6">
         <v>5440</v>
       </c>
       <c r="I83" s="6">
@@ -32115,51 +32360,54 @@
       <c r="DE83" s="6">
         <v>5443</v>
       </c>
       <c r="DF83" s="6">
         <v>5348</v>
       </c>
       <c r="DG83" s="6">
         <v>5342</v>
       </c>
       <c r="DH83" s="6">
         <v>5385</v>
       </c>
       <c r="DI83" s="6">
         <v>5408</v>
       </c>
       <c r="DJ83" s="6">
         <v>5429</v>
       </c>
       <c r="DK83" s="6">
         <v>5490</v>
       </c>
       <c r="DL83" s="6">
         <v>5318</v>
       </c>
       <c r="DM83" s="6">
-        <v>5385</v>
+        <v>5444</v>
+      </c>
+      <c r="DN83" s="6">
+        <v>5470</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="46" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>