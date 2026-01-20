--- v1 (2025-12-13)
+++ v2 (2026-01-20)
@@ -1,56 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\Dennis S\CES News Release\2025\09\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\Dennis S\CES News Release\2025\11\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E067EEA1-FD8D-4E34-BD09-8D355CACE004}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="29235" yWindow="420" windowWidth="24345" windowHeight="14190"/>
+    <workbookView xWindow="29610" yWindow="285" windowWidth="24195" windowHeight="15060" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="RURAL" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">RURAL!#REF!</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="167" uniqueCount="86">
   <si>
     <t xml:space="preserve">Total Nonfarm          </t>
   </si>
   <si>
     <t xml:space="preserve"> INDUSTRY</t>
   </si>
   <si>
     <t>County</t>
   </si>
   <si>
     <t>Adair</t>
   </si>
@@ -276,57 +277,57 @@
   <si>
     <t>Van Buren</t>
   </si>
   <si>
     <t>Wapello</t>
   </si>
   <si>
     <t>Wayne</t>
   </si>
   <si>
     <t>Webster</t>
   </si>
   <si>
     <t>Winnebago</t>
   </si>
   <si>
     <t>Winneshiek</t>
   </si>
   <si>
     <t>Worth</t>
   </si>
   <si>
     <t>Wright</t>
   </si>
   <si>
-    <t>Sep-25p</t>
+    <t>Nov-25p</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
   </numFmts>
   <fonts count="65" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -1708,856 +1709,857 @@
     <xf numFmtId="0" fontId="2" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="63" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="63" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="64" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="64" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="64" fillId="33" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="64" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="63" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="659">
     <cellStyle name="20% - Accent1" xfId="18" builtinId="30" customBuiltin="1"/>
-    <cellStyle name="20% - Accent1 10" xfId="157"/>
-[...42 lines deleted...]
-    <cellStyle name="20% - Accent1 9" xfId="143"/>
+    <cellStyle name="20% - Accent1 10" xfId="157" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="20% - Accent1 11" xfId="171" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="20% - Accent1 12" xfId="185" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
+    <cellStyle name="20% - Accent1 13" xfId="199" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
+    <cellStyle name="20% - Accent1 14" xfId="213" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
+    <cellStyle name="20% - Accent1 15" xfId="227" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
+    <cellStyle name="20% - Accent1 16" xfId="241" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
+    <cellStyle name="20% - Accent1 17" xfId="255" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
+    <cellStyle name="20% - Accent1 18" xfId="269" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
+    <cellStyle name="20% - Accent1 19" xfId="283" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
+    <cellStyle name="20% - Accent1 2" xfId="45" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
+    <cellStyle name="20% - Accent1 20" xfId="297" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
+    <cellStyle name="20% - Accent1 21" xfId="311" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
+    <cellStyle name="20% - Accent1 22" xfId="325" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
+    <cellStyle name="20% - Accent1 23" xfId="339" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
+    <cellStyle name="20% - Accent1 24" xfId="353" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
+    <cellStyle name="20% - Accent1 25" xfId="367" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
+    <cellStyle name="20% - Accent1 26" xfId="381" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
+    <cellStyle name="20% - Accent1 27" xfId="395" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
+    <cellStyle name="20% - Accent1 28" xfId="409" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
+    <cellStyle name="20% - Accent1 29" xfId="423" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
+    <cellStyle name="20% - Accent1 3" xfId="59" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
+    <cellStyle name="20% - Accent1 30" xfId="437" xr:uid="{00000000-0005-0000-0000-000017000000}"/>
+    <cellStyle name="20% - Accent1 31" xfId="451" xr:uid="{00000000-0005-0000-0000-000018000000}"/>
+    <cellStyle name="20% - Accent1 32" xfId="465" xr:uid="{00000000-0005-0000-0000-000019000000}"/>
+    <cellStyle name="20% - Accent1 33" xfId="479" xr:uid="{00000000-0005-0000-0000-00001A000000}"/>
+    <cellStyle name="20% - Accent1 34" xfId="493" xr:uid="{00000000-0005-0000-0000-00001B000000}"/>
+    <cellStyle name="20% - Accent1 35" xfId="507" xr:uid="{00000000-0005-0000-0000-00001C000000}"/>
+    <cellStyle name="20% - Accent1 36" xfId="521" xr:uid="{00000000-0005-0000-0000-00001D000000}"/>
+    <cellStyle name="20% - Accent1 37" xfId="535" xr:uid="{00000000-0005-0000-0000-00001E000000}"/>
+    <cellStyle name="20% - Accent1 38" xfId="549" xr:uid="{00000000-0005-0000-0000-00001F000000}"/>
+    <cellStyle name="20% - Accent1 39" xfId="563" xr:uid="{00000000-0005-0000-0000-000020000000}"/>
+    <cellStyle name="20% - Accent1 4" xfId="73" xr:uid="{00000000-0005-0000-0000-000021000000}"/>
+    <cellStyle name="20% - Accent1 40" xfId="577" xr:uid="{00000000-0005-0000-0000-000022000000}"/>
+    <cellStyle name="20% - Accent1 41" xfId="591" xr:uid="{00000000-0005-0000-0000-000023000000}"/>
+    <cellStyle name="20% - Accent1 42" xfId="605" xr:uid="{00000000-0005-0000-0000-000024000000}"/>
+    <cellStyle name="20% - Accent1 43" xfId="619" xr:uid="{00000000-0005-0000-0000-000025000000}"/>
+    <cellStyle name="20% - Accent1 44" xfId="633" xr:uid="{00000000-0005-0000-0000-000026000000}"/>
+    <cellStyle name="20% - Accent1 45" xfId="647" xr:uid="{00000000-0005-0000-0000-000027000000}"/>
+    <cellStyle name="20% - Accent1 5" xfId="87" xr:uid="{00000000-0005-0000-0000-000028000000}"/>
+    <cellStyle name="20% - Accent1 6" xfId="101" xr:uid="{00000000-0005-0000-0000-000029000000}"/>
+    <cellStyle name="20% - Accent1 7" xfId="115" xr:uid="{00000000-0005-0000-0000-00002A000000}"/>
+    <cellStyle name="20% - Accent1 8" xfId="129" xr:uid="{00000000-0005-0000-0000-00002B000000}"/>
+    <cellStyle name="20% - Accent1 9" xfId="143" xr:uid="{00000000-0005-0000-0000-00002C000000}"/>
     <cellStyle name="20% - Accent2" xfId="22" builtinId="34" customBuiltin="1"/>
-    <cellStyle name="20% - Accent2 10" xfId="159"/>
-[...42 lines deleted...]
-    <cellStyle name="20% - Accent2 9" xfId="145"/>
+    <cellStyle name="20% - Accent2 10" xfId="159" xr:uid="{00000000-0005-0000-0000-00002E000000}"/>
+    <cellStyle name="20% - Accent2 11" xfId="173" xr:uid="{00000000-0005-0000-0000-00002F000000}"/>
+    <cellStyle name="20% - Accent2 12" xfId="187" xr:uid="{00000000-0005-0000-0000-000030000000}"/>
+    <cellStyle name="20% - Accent2 13" xfId="201" xr:uid="{00000000-0005-0000-0000-000031000000}"/>
+    <cellStyle name="20% - Accent2 14" xfId="215" xr:uid="{00000000-0005-0000-0000-000032000000}"/>
+    <cellStyle name="20% - Accent2 15" xfId="229" xr:uid="{00000000-0005-0000-0000-000033000000}"/>
+    <cellStyle name="20% - Accent2 16" xfId="243" xr:uid="{00000000-0005-0000-0000-000034000000}"/>
+    <cellStyle name="20% - Accent2 17" xfId="257" xr:uid="{00000000-0005-0000-0000-000035000000}"/>
+    <cellStyle name="20% - Accent2 18" xfId="271" xr:uid="{00000000-0005-0000-0000-000036000000}"/>
+    <cellStyle name="20% - Accent2 19" xfId="285" xr:uid="{00000000-0005-0000-0000-000037000000}"/>
+    <cellStyle name="20% - Accent2 2" xfId="47" xr:uid="{00000000-0005-0000-0000-000038000000}"/>
+    <cellStyle name="20% - Accent2 20" xfId="299" xr:uid="{00000000-0005-0000-0000-000039000000}"/>
+    <cellStyle name="20% - Accent2 21" xfId="313" xr:uid="{00000000-0005-0000-0000-00003A000000}"/>
+    <cellStyle name="20% - Accent2 22" xfId="327" xr:uid="{00000000-0005-0000-0000-00003B000000}"/>
+    <cellStyle name="20% - Accent2 23" xfId="341" xr:uid="{00000000-0005-0000-0000-00003C000000}"/>
+    <cellStyle name="20% - Accent2 24" xfId="355" xr:uid="{00000000-0005-0000-0000-00003D000000}"/>
+    <cellStyle name="20% - Accent2 25" xfId="369" xr:uid="{00000000-0005-0000-0000-00003E000000}"/>
+    <cellStyle name="20% - Accent2 26" xfId="383" xr:uid="{00000000-0005-0000-0000-00003F000000}"/>
+    <cellStyle name="20% - Accent2 27" xfId="397" xr:uid="{00000000-0005-0000-0000-000040000000}"/>
+    <cellStyle name="20% - Accent2 28" xfId="411" xr:uid="{00000000-0005-0000-0000-000041000000}"/>
+    <cellStyle name="20% - Accent2 29" xfId="425" xr:uid="{00000000-0005-0000-0000-000042000000}"/>
+    <cellStyle name="20% - Accent2 3" xfId="61" xr:uid="{00000000-0005-0000-0000-000043000000}"/>
+    <cellStyle name="20% - Accent2 30" xfId="439" xr:uid="{00000000-0005-0000-0000-000044000000}"/>
+    <cellStyle name="20% - Accent2 31" xfId="453" xr:uid="{00000000-0005-0000-0000-000045000000}"/>
+    <cellStyle name="20% - Accent2 32" xfId="467" xr:uid="{00000000-0005-0000-0000-000046000000}"/>
+    <cellStyle name="20% - Accent2 33" xfId="481" xr:uid="{00000000-0005-0000-0000-000047000000}"/>
+    <cellStyle name="20% - Accent2 34" xfId="495" xr:uid="{00000000-0005-0000-0000-000048000000}"/>
+    <cellStyle name="20% - Accent2 35" xfId="509" xr:uid="{00000000-0005-0000-0000-000049000000}"/>
+    <cellStyle name="20% - Accent2 36" xfId="523" xr:uid="{00000000-0005-0000-0000-00004A000000}"/>
+    <cellStyle name="20% - Accent2 37" xfId="537" xr:uid="{00000000-0005-0000-0000-00004B000000}"/>
+    <cellStyle name="20% - Accent2 38" xfId="551" xr:uid="{00000000-0005-0000-0000-00004C000000}"/>
+    <cellStyle name="20% - Accent2 39" xfId="565" xr:uid="{00000000-0005-0000-0000-00004D000000}"/>
+    <cellStyle name="20% - Accent2 4" xfId="75" xr:uid="{00000000-0005-0000-0000-00004E000000}"/>
+    <cellStyle name="20% - Accent2 40" xfId="579" xr:uid="{00000000-0005-0000-0000-00004F000000}"/>
+    <cellStyle name="20% - Accent2 41" xfId="593" xr:uid="{00000000-0005-0000-0000-000050000000}"/>
+    <cellStyle name="20% - Accent2 42" xfId="607" xr:uid="{00000000-0005-0000-0000-000051000000}"/>
+    <cellStyle name="20% - Accent2 43" xfId="621" xr:uid="{00000000-0005-0000-0000-000052000000}"/>
+    <cellStyle name="20% - Accent2 44" xfId="635" xr:uid="{00000000-0005-0000-0000-000053000000}"/>
+    <cellStyle name="20% - Accent2 45" xfId="649" xr:uid="{00000000-0005-0000-0000-000054000000}"/>
+    <cellStyle name="20% - Accent2 5" xfId="89" xr:uid="{00000000-0005-0000-0000-000055000000}"/>
+    <cellStyle name="20% - Accent2 6" xfId="103" xr:uid="{00000000-0005-0000-0000-000056000000}"/>
+    <cellStyle name="20% - Accent2 7" xfId="117" xr:uid="{00000000-0005-0000-0000-000057000000}"/>
+    <cellStyle name="20% - Accent2 8" xfId="131" xr:uid="{00000000-0005-0000-0000-000058000000}"/>
+    <cellStyle name="20% - Accent2 9" xfId="145" xr:uid="{00000000-0005-0000-0000-000059000000}"/>
     <cellStyle name="20% - Accent3" xfId="26" builtinId="38" customBuiltin="1"/>
-    <cellStyle name="20% - Accent3 10" xfId="161"/>
-[...42 lines deleted...]
-    <cellStyle name="20% - Accent3 9" xfId="147"/>
+    <cellStyle name="20% - Accent3 10" xfId="161" xr:uid="{00000000-0005-0000-0000-00005B000000}"/>
+    <cellStyle name="20% - Accent3 11" xfId="175" xr:uid="{00000000-0005-0000-0000-00005C000000}"/>
+    <cellStyle name="20% - Accent3 12" xfId="189" xr:uid="{00000000-0005-0000-0000-00005D000000}"/>
+    <cellStyle name="20% - Accent3 13" xfId="203" xr:uid="{00000000-0005-0000-0000-00005E000000}"/>
+    <cellStyle name="20% - Accent3 14" xfId="217" xr:uid="{00000000-0005-0000-0000-00005F000000}"/>
+    <cellStyle name="20% - Accent3 15" xfId="231" xr:uid="{00000000-0005-0000-0000-000060000000}"/>
+    <cellStyle name="20% - Accent3 16" xfId="245" xr:uid="{00000000-0005-0000-0000-000061000000}"/>
+    <cellStyle name="20% - Accent3 17" xfId="259" xr:uid="{00000000-0005-0000-0000-000062000000}"/>
+    <cellStyle name="20% - Accent3 18" xfId="273" xr:uid="{00000000-0005-0000-0000-000063000000}"/>
+    <cellStyle name="20% - Accent3 19" xfId="287" xr:uid="{00000000-0005-0000-0000-000064000000}"/>
+    <cellStyle name="20% - Accent3 2" xfId="49" xr:uid="{00000000-0005-0000-0000-000065000000}"/>
+    <cellStyle name="20% - Accent3 20" xfId="301" xr:uid="{00000000-0005-0000-0000-000066000000}"/>
+    <cellStyle name="20% - Accent3 21" xfId="315" xr:uid="{00000000-0005-0000-0000-000067000000}"/>
+    <cellStyle name="20% - Accent3 22" xfId="329" xr:uid="{00000000-0005-0000-0000-000068000000}"/>
+    <cellStyle name="20% - Accent3 23" xfId="343" xr:uid="{00000000-0005-0000-0000-000069000000}"/>
+    <cellStyle name="20% - Accent3 24" xfId="357" xr:uid="{00000000-0005-0000-0000-00006A000000}"/>
+    <cellStyle name="20% - Accent3 25" xfId="371" xr:uid="{00000000-0005-0000-0000-00006B000000}"/>
+    <cellStyle name="20% - Accent3 26" xfId="385" xr:uid="{00000000-0005-0000-0000-00006C000000}"/>
+    <cellStyle name="20% - Accent3 27" xfId="399" xr:uid="{00000000-0005-0000-0000-00006D000000}"/>
+    <cellStyle name="20% - Accent3 28" xfId="413" xr:uid="{00000000-0005-0000-0000-00006E000000}"/>
+    <cellStyle name="20% - Accent3 29" xfId="427" xr:uid="{00000000-0005-0000-0000-00006F000000}"/>
+    <cellStyle name="20% - Accent3 3" xfId="63" xr:uid="{00000000-0005-0000-0000-000070000000}"/>
+    <cellStyle name="20% - Accent3 30" xfId="441" xr:uid="{00000000-0005-0000-0000-000071000000}"/>
+    <cellStyle name="20% - Accent3 31" xfId="455" xr:uid="{00000000-0005-0000-0000-000072000000}"/>
+    <cellStyle name="20% - Accent3 32" xfId="469" xr:uid="{00000000-0005-0000-0000-000073000000}"/>
+    <cellStyle name="20% - Accent3 33" xfId="483" xr:uid="{00000000-0005-0000-0000-000074000000}"/>
+    <cellStyle name="20% - Accent3 34" xfId="497" xr:uid="{00000000-0005-0000-0000-000075000000}"/>
+    <cellStyle name="20% - Accent3 35" xfId="511" xr:uid="{00000000-0005-0000-0000-000076000000}"/>
+    <cellStyle name="20% - Accent3 36" xfId="525" xr:uid="{00000000-0005-0000-0000-000077000000}"/>
+    <cellStyle name="20% - Accent3 37" xfId="539" xr:uid="{00000000-0005-0000-0000-000078000000}"/>
+    <cellStyle name="20% - Accent3 38" xfId="553" xr:uid="{00000000-0005-0000-0000-000079000000}"/>
+    <cellStyle name="20% - Accent3 39" xfId="567" xr:uid="{00000000-0005-0000-0000-00007A000000}"/>
+    <cellStyle name="20% - Accent3 4" xfId="77" xr:uid="{00000000-0005-0000-0000-00007B000000}"/>
+    <cellStyle name="20% - Accent3 40" xfId="581" xr:uid="{00000000-0005-0000-0000-00007C000000}"/>
+    <cellStyle name="20% - Accent3 41" xfId="595" xr:uid="{00000000-0005-0000-0000-00007D000000}"/>
+    <cellStyle name="20% - Accent3 42" xfId="609" xr:uid="{00000000-0005-0000-0000-00007E000000}"/>
+    <cellStyle name="20% - Accent3 43" xfId="623" xr:uid="{00000000-0005-0000-0000-00007F000000}"/>
+    <cellStyle name="20% - Accent3 44" xfId="637" xr:uid="{00000000-0005-0000-0000-000080000000}"/>
+    <cellStyle name="20% - Accent3 45" xfId="651" xr:uid="{00000000-0005-0000-0000-000081000000}"/>
+    <cellStyle name="20% - Accent3 5" xfId="91" xr:uid="{00000000-0005-0000-0000-000082000000}"/>
+    <cellStyle name="20% - Accent3 6" xfId="105" xr:uid="{00000000-0005-0000-0000-000083000000}"/>
+    <cellStyle name="20% - Accent3 7" xfId="119" xr:uid="{00000000-0005-0000-0000-000084000000}"/>
+    <cellStyle name="20% - Accent3 8" xfId="133" xr:uid="{00000000-0005-0000-0000-000085000000}"/>
+    <cellStyle name="20% - Accent3 9" xfId="147" xr:uid="{00000000-0005-0000-0000-000086000000}"/>
     <cellStyle name="20% - Accent4" xfId="30" builtinId="42" customBuiltin="1"/>
-    <cellStyle name="20% - Accent4 10" xfId="163"/>
-[...42 lines deleted...]
-    <cellStyle name="20% - Accent4 9" xfId="149"/>
+    <cellStyle name="20% - Accent4 10" xfId="163" xr:uid="{00000000-0005-0000-0000-000088000000}"/>
+    <cellStyle name="20% - Accent4 11" xfId="177" xr:uid="{00000000-0005-0000-0000-000089000000}"/>
+    <cellStyle name="20% - Accent4 12" xfId="191" xr:uid="{00000000-0005-0000-0000-00008A000000}"/>
+    <cellStyle name="20% - Accent4 13" xfId="205" xr:uid="{00000000-0005-0000-0000-00008B000000}"/>
+    <cellStyle name="20% - Accent4 14" xfId="219" xr:uid="{00000000-0005-0000-0000-00008C000000}"/>
+    <cellStyle name="20% - Accent4 15" xfId="233" xr:uid="{00000000-0005-0000-0000-00008D000000}"/>
+    <cellStyle name="20% - Accent4 16" xfId="247" xr:uid="{00000000-0005-0000-0000-00008E000000}"/>
+    <cellStyle name="20% - Accent4 17" xfId="261" xr:uid="{00000000-0005-0000-0000-00008F000000}"/>
+    <cellStyle name="20% - Accent4 18" xfId="275" xr:uid="{00000000-0005-0000-0000-000090000000}"/>
+    <cellStyle name="20% - Accent4 19" xfId="289" xr:uid="{00000000-0005-0000-0000-000091000000}"/>
+    <cellStyle name="20% - Accent4 2" xfId="51" xr:uid="{00000000-0005-0000-0000-000092000000}"/>
+    <cellStyle name="20% - Accent4 20" xfId="303" xr:uid="{00000000-0005-0000-0000-000093000000}"/>
+    <cellStyle name="20% - Accent4 21" xfId="317" xr:uid="{00000000-0005-0000-0000-000094000000}"/>
+    <cellStyle name="20% - Accent4 22" xfId="331" xr:uid="{00000000-0005-0000-0000-000095000000}"/>
+    <cellStyle name="20% - Accent4 23" xfId="345" xr:uid="{00000000-0005-0000-0000-000096000000}"/>
+    <cellStyle name="20% - Accent4 24" xfId="359" xr:uid="{00000000-0005-0000-0000-000097000000}"/>
+    <cellStyle name="20% - Accent4 25" xfId="373" xr:uid="{00000000-0005-0000-0000-000098000000}"/>
+    <cellStyle name="20% - Accent4 26" xfId="387" xr:uid="{00000000-0005-0000-0000-000099000000}"/>
+    <cellStyle name="20% - Accent4 27" xfId="401" xr:uid="{00000000-0005-0000-0000-00009A000000}"/>
+    <cellStyle name="20% - Accent4 28" xfId="415" xr:uid="{00000000-0005-0000-0000-00009B000000}"/>
+    <cellStyle name="20% - Accent4 29" xfId="429" xr:uid="{00000000-0005-0000-0000-00009C000000}"/>
+    <cellStyle name="20% - Accent4 3" xfId="65" xr:uid="{00000000-0005-0000-0000-00009D000000}"/>
+    <cellStyle name="20% - Accent4 30" xfId="443" xr:uid="{00000000-0005-0000-0000-00009E000000}"/>
+    <cellStyle name="20% - Accent4 31" xfId="457" xr:uid="{00000000-0005-0000-0000-00009F000000}"/>
+    <cellStyle name="20% - Accent4 32" xfId="471" xr:uid="{00000000-0005-0000-0000-0000A0000000}"/>
+    <cellStyle name="20% - Accent4 33" xfId="485" xr:uid="{00000000-0005-0000-0000-0000A1000000}"/>
+    <cellStyle name="20% - Accent4 34" xfId="499" xr:uid="{00000000-0005-0000-0000-0000A2000000}"/>
+    <cellStyle name="20% - Accent4 35" xfId="513" xr:uid="{00000000-0005-0000-0000-0000A3000000}"/>
+    <cellStyle name="20% - Accent4 36" xfId="527" xr:uid="{00000000-0005-0000-0000-0000A4000000}"/>
+    <cellStyle name="20% - Accent4 37" xfId="541" xr:uid="{00000000-0005-0000-0000-0000A5000000}"/>
+    <cellStyle name="20% - Accent4 38" xfId="555" xr:uid="{00000000-0005-0000-0000-0000A6000000}"/>
+    <cellStyle name="20% - Accent4 39" xfId="569" xr:uid="{00000000-0005-0000-0000-0000A7000000}"/>
+    <cellStyle name="20% - Accent4 4" xfId="79" xr:uid="{00000000-0005-0000-0000-0000A8000000}"/>
+    <cellStyle name="20% - Accent4 40" xfId="583" xr:uid="{00000000-0005-0000-0000-0000A9000000}"/>
+    <cellStyle name="20% - Accent4 41" xfId="597" xr:uid="{00000000-0005-0000-0000-0000AA000000}"/>
+    <cellStyle name="20% - Accent4 42" xfId="611" xr:uid="{00000000-0005-0000-0000-0000AB000000}"/>
+    <cellStyle name="20% - Accent4 43" xfId="625" xr:uid="{00000000-0005-0000-0000-0000AC000000}"/>
+    <cellStyle name="20% - Accent4 44" xfId="639" xr:uid="{00000000-0005-0000-0000-0000AD000000}"/>
+    <cellStyle name="20% - Accent4 45" xfId="653" xr:uid="{00000000-0005-0000-0000-0000AE000000}"/>
+    <cellStyle name="20% - Accent4 5" xfId="93" xr:uid="{00000000-0005-0000-0000-0000AF000000}"/>
+    <cellStyle name="20% - Accent4 6" xfId="107" xr:uid="{00000000-0005-0000-0000-0000B0000000}"/>
+    <cellStyle name="20% - Accent4 7" xfId="121" xr:uid="{00000000-0005-0000-0000-0000B1000000}"/>
+    <cellStyle name="20% - Accent4 8" xfId="135" xr:uid="{00000000-0005-0000-0000-0000B2000000}"/>
+    <cellStyle name="20% - Accent4 9" xfId="149" xr:uid="{00000000-0005-0000-0000-0000B3000000}"/>
     <cellStyle name="20% - Accent5" xfId="34" builtinId="46" customBuiltin="1"/>
-    <cellStyle name="20% - Accent5 10" xfId="165"/>
-[...42 lines deleted...]
-    <cellStyle name="20% - Accent5 9" xfId="151"/>
+    <cellStyle name="20% - Accent5 10" xfId="165" xr:uid="{00000000-0005-0000-0000-0000B5000000}"/>
+    <cellStyle name="20% - Accent5 11" xfId="179" xr:uid="{00000000-0005-0000-0000-0000B6000000}"/>
+    <cellStyle name="20% - Accent5 12" xfId="193" xr:uid="{00000000-0005-0000-0000-0000B7000000}"/>
+    <cellStyle name="20% - Accent5 13" xfId="207" xr:uid="{00000000-0005-0000-0000-0000B8000000}"/>
+    <cellStyle name="20% - Accent5 14" xfId="221" xr:uid="{00000000-0005-0000-0000-0000B9000000}"/>
+    <cellStyle name="20% - Accent5 15" xfId="235" xr:uid="{00000000-0005-0000-0000-0000BA000000}"/>
+    <cellStyle name="20% - Accent5 16" xfId="249" xr:uid="{00000000-0005-0000-0000-0000BB000000}"/>
+    <cellStyle name="20% - Accent5 17" xfId="263" xr:uid="{00000000-0005-0000-0000-0000BC000000}"/>
+    <cellStyle name="20% - Accent5 18" xfId="277" xr:uid="{00000000-0005-0000-0000-0000BD000000}"/>
+    <cellStyle name="20% - Accent5 19" xfId="291" xr:uid="{00000000-0005-0000-0000-0000BE000000}"/>
+    <cellStyle name="20% - Accent5 2" xfId="53" xr:uid="{00000000-0005-0000-0000-0000BF000000}"/>
+    <cellStyle name="20% - Accent5 20" xfId="305" xr:uid="{00000000-0005-0000-0000-0000C0000000}"/>
+    <cellStyle name="20% - Accent5 21" xfId="319" xr:uid="{00000000-0005-0000-0000-0000C1000000}"/>
+    <cellStyle name="20% - Accent5 22" xfId="333" xr:uid="{00000000-0005-0000-0000-0000C2000000}"/>
+    <cellStyle name="20% - Accent5 23" xfId="347" xr:uid="{00000000-0005-0000-0000-0000C3000000}"/>
+    <cellStyle name="20% - Accent5 24" xfId="361" xr:uid="{00000000-0005-0000-0000-0000C4000000}"/>
+    <cellStyle name="20% - Accent5 25" xfId="375" xr:uid="{00000000-0005-0000-0000-0000C5000000}"/>
+    <cellStyle name="20% - Accent5 26" xfId="389" xr:uid="{00000000-0005-0000-0000-0000C6000000}"/>
+    <cellStyle name="20% - Accent5 27" xfId="403" xr:uid="{00000000-0005-0000-0000-0000C7000000}"/>
+    <cellStyle name="20% - Accent5 28" xfId="417" xr:uid="{00000000-0005-0000-0000-0000C8000000}"/>
+    <cellStyle name="20% - Accent5 29" xfId="431" xr:uid="{00000000-0005-0000-0000-0000C9000000}"/>
+    <cellStyle name="20% - Accent5 3" xfId="67" xr:uid="{00000000-0005-0000-0000-0000CA000000}"/>
+    <cellStyle name="20% - Accent5 30" xfId="445" xr:uid="{00000000-0005-0000-0000-0000CB000000}"/>
+    <cellStyle name="20% - Accent5 31" xfId="459" xr:uid="{00000000-0005-0000-0000-0000CC000000}"/>
+    <cellStyle name="20% - Accent5 32" xfId="473" xr:uid="{00000000-0005-0000-0000-0000CD000000}"/>
+    <cellStyle name="20% - Accent5 33" xfId="487" xr:uid="{00000000-0005-0000-0000-0000CE000000}"/>
+    <cellStyle name="20% - Accent5 34" xfId="501" xr:uid="{00000000-0005-0000-0000-0000CF000000}"/>
+    <cellStyle name="20% - Accent5 35" xfId="515" xr:uid="{00000000-0005-0000-0000-0000D0000000}"/>
+    <cellStyle name="20% - Accent5 36" xfId="529" xr:uid="{00000000-0005-0000-0000-0000D1000000}"/>
+    <cellStyle name="20% - Accent5 37" xfId="543" xr:uid="{00000000-0005-0000-0000-0000D2000000}"/>
+    <cellStyle name="20% - Accent5 38" xfId="557" xr:uid="{00000000-0005-0000-0000-0000D3000000}"/>
+    <cellStyle name="20% - Accent5 39" xfId="571" xr:uid="{00000000-0005-0000-0000-0000D4000000}"/>
+    <cellStyle name="20% - Accent5 4" xfId="81" xr:uid="{00000000-0005-0000-0000-0000D5000000}"/>
+    <cellStyle name="20% - Accent5 40" xfId="585" xr:uid="{00000000-0005-0000-0000-0000D6000000}"/>
+    <cellStyle name="20% - Accent5 41" xfId="599" xr:uid="{00000000-0005-0000-0000-0000D7000000}"/>
+    <cellStyle name="20% - Accent5 42" xfId="613" xr:uid="{00000000-0005-0000-0000-0000D8000000}"/>
+    <cellStyle name="20% - Accent5 43" xfId="627" xr:uid="{00000000-0005-0000-0000-0000D9000000}"/>
+    <cellStyle name="20% - Accent5 44" xfId="641" xr:uid="{00000000-0005-0000-0000-0000DA000000}"/>
+    <cellStyle name="20% - Accent5 45" xfId="655" xr:uid="{00000000-0005-0000-0000-0000DB000000}"/>
+    <cellStyle name="20% - Accent5 5" xfId="95" xr:uid="{00000000-0005-0000-0000-0000DC000000}"/>
+    <cellStyle name="20% - Accent5 6" xfId="109" xr:uid="{00000000-0005-0000-0000-0000DD000000}"/>
+    <cellStyle name="20% - Accent5 7" xfId="123" xr:uid="{00000000-0005-0000-0000-0000DE000000}"/>
+    <cellStyle name="20% - Accent5 8" xfId="137" xr:uid="{00000000-0005-0000-0000-0000DF000000}"/>
+    <cellStyle name="20% - Accent5 9" xfId="151" xr:uid="{00000000-0005-0000-0000-0000E0000000}"/>
     <cellStyle name="20% - Accent6" xfId="38" builtinId="50" customBuiltin="1"/>
-    <cellStyle name="20% - Accent6 10" xfId="167"/>
-[...42 lines deleted...]
-    <cellStyle name="20% - Accent6 9" xfId="153"/>
+    <cellStyle name="20% - Accent6 10" xfId="167" xr:uid="{00000000-0005-0000-0000-0000E2000000}"/>
+    <cellStyle name="20% - Accent6 11" xfId="181" xr:uid="{00000000-0005-0000-0000-0000E3000000}"/>
+    <cellStyle name="20% - Accent6 12" xfId="195" xr:uid="{00000000-0005-0000-0000-0000E4000000}"/>
+    <cellStyle name="20% - Accent6 13" xfId="209" xr:uid="{00000000-0005-0000-0000-0000E5000000}"/>
+    <cellStyle name="20% - Accent6 14" xfId="223" xr:uid="{00000000-0005-0000-0000-0000E6000000}"/>
+    <cellStyle name="20% - Accent6 15" xfId="237" xr:uid="{00000000-0005-0000-0000-0000E7000000}"/>
+    <cellStyle name="20% - Accent6 16" xfId="251" xr:uid="{00000000-0005-0000-0000-0000E8000000}"/>
+    <cellStyle name="20% - Accent6 17" xfId="265" xr:uid="{00000000-0005-0000-0000-0000E9000000}"/>
+    <cellStyle name="20% - Accent6 18" xfId="279" xr:uid="{00000000-0005-0000-0000-0000EA000000}"/>
+    <cellStyle name="20% - Accent6 19" xfId="293" xr:uid="{00000000-0005-0000-0000-0000EB000000}"/>
+    <cellStyle name="20% - Accent6 2" xfId="55" xr:uid="{00000000-0005-0000-0000-0000EC000000}"/>
+    <cellStyle name="20% - Accent6 20" xfId="307" xr:uid="{00000000-0005-0000-0000-0000ED000000}"/>
+    <cellStyle name="20% - Accent6 21" xfId="321" xr:uid="{00000000-0005-0000-0000-0000EE000000}"/>
+    <cellStyle name="20% - Accent6 22" xfId="335" xr:uid="{00000000-0005-0000-0000-0000EF000000}"/>
+    <cellStyle name="20% - Accent6 23" xfId="349" xr:uid="{00000000-0005-0000-0000-0000F0000000}"/>
+    <cellStyle name="20% - Accent6 24" xfId="363" xr:uid="{00000000-0005-0000-0000-0000F1000000}"/>
+    <cellStyle name="20% - Accent6 25" xfId="377" xr:uid="{00000000-0005-0000-0000-0000F2000000}"/>
+    <cellStyle name="20% - Accent6 26" xfId="391" xr:uid="{00000000-0005-0000-0000-0000F3000000}"/>
+    <cellStyle name="20% - Accent6 27" xfId="405" xr:uid="{00000000-0005-0000-0000-0000F4000000}"/>
+    <cellStyle name="20% - Accent6 28" xfId="419" xr:uid="{00000000-0005-0000-0000-0000F5000000}"/>
+    <cellStyle name="20% - Accent6 29" xfId="433" xr:uid="{00000000-0005-0000-0000-0000F6000000}"/>
+    <cellStyle name="20% - Accent6 3" xfId="69" xr:uid="{00000000-0005-0000-0000-0000F7000000}"/>
+    <cellStyle name="20% - Accent6 30" xfId="447" xr:uid="{00000000-0005-0000-0000-0000F8000000}"/>
+    <cellStyle name="20% - Accent6 31" xfId="461" xr:uid="{00000000-0005-0000-0000-0000F9000000}"/>
+    <cellStyle name="20% - Accent6 32" xfId="475" xr:uid="{00000000-0005-0000-0000-0000FA000000}"/>
+    <cellStyle name="20% - Accent6 33" xfId="489" xr:uid="{00000000-0005-0000-0000-0000FB000000}"/>
+    <cellStyle name="20% - Accent6 34" xfId="503" xr:uid="{00000000-0005-0000-0000-0000FC000000}"/>
+    <cellStyle name="20% - Accent6 35" xfId="517" xr:uid="{00000000-0005-0000-0000-0000FD000000}"/>
+    <cellStyle name="20% - Accent6 36" xfId="531" xr:uid="{00000000-0005-0000-0000-0000FE000000}"/>
+    <cellStyle name="20% - Accent6 37" xfId="545" xr:uid="{00000000-0005-0000-0000-0000FF000000}"/>
+    <cellStyle name="20% - Accent6 38" xfId="559" xr:uid="{00000000-0005-0000-0000-000000010000}"/>
+    <cellStyle name="20% - Accent6 39" xfId="573" xr:uid="{00000000-0005-0000-0000-000001010000}"/>
+    <cellStyle name="20% - Accent6 4" xfId="83" xr:uid="{00000000-0005-0000-0000-000002010000}"/>
+    <cellStyle name="20% - Accent6 40" xfId="587" xr:uid="{00000000-0005-0000-0000-000003010000}"/>
+    <cellStyle name="20% - Accent6 41" xfId="601" xr:uid="{00000000-0005-0000-0000-000004010000}"/>
+    <cellStyle name="20% - Accent6 42" xfId="615" xr:uid="{00000000-0005-0000-0000-000005010000}"/>
+    <cellStyle name="20% - Accent6 43" xfId="629" xr:uid="{00000000-0005-0000-0000-000006010000}"/>
+    <cellStyle name="20% - Accent6 44" xfId="643" xr:uid="{00000000-0005-0000-0000-000007010000}"/>
+    <cellStyle name="20% - Accent6 45" xfId="657" xr:uid="{00000000-0005-0000-0000-000008010000}"/>
+    <cellStyle name="20% - Accent6 5" xfId="97" xr:uid="{00000000-0005-0000-0000-000009010000}"/>
+    <cellStyle name="20% - Accent6 6" xfId="111" xr:uid="{00000000-0005-0000-0000-00000A010000}"/>
+    <cellStyle name="20% - Accent6 7" xfId="125" xr:uid="{00000000-0005-0000-0000-00000B010000}"/>
+    <cellStyle name="20% - Accent6 8" xfId="139" xr:uid="{00000000-0005-0000-0000-00000C010000}"/>
+    <cellStyle name="20% - Accent6 9" xfId="153" xr:uid="{00000000-0005-0000-0000-00000D010000}"/>
     <cellStyle name="40% - Accent1" xfId="19" builtinId="31" customBuiltin="1"/>
-    <cellStyle name="40% - Accent1 10" xfId="158"/>
-[...42 lines deleted...]
-    <cellStyle name="40% - Accent1 9" xfId="144"/>
+    <cellStyle name="40% - Accent1 10" xfId="158" xr:uid="{00000000-0005-0000-0000-00000F010000}"/>
+    <cellStyle name="40% - Accent1 11" xfId="172" xr:uid="{00000000-0005-0000-0000-000010010000}"/>
+    <cellStyle name="40% - Accent1 12" xfId="186" xr:uid="{00000000-0005-0000-0000-000011010000}"/>
+    <cellStyle name="40% - Accent1 13" xfId="200" xr:uid="{00000000-0005-0000-0000-000012010000}"/>
+    <cellStyle name="40% - Accent1 14" xfId="214" xr:uid="{00000000-0005-0000-0000-000013010000}"/>
+    <cellStyle name="40% - Accent1 15" xfId="228" xr:uid="{00000000-0005-0000-0000-000014010000}"/>
+    <cellStyle name="40% - Accent1 16" xfId="242" xr:uid="{00000000-0005-0000-0000-000015010000}"/>
+    <cellStyle name="40% - Accent1 17" xfId="256" xr:uid="{00000000-0005-0000-0000-000016010000}"/>
+    <cellStyle name="40% - Accent1 18" xfId="270" xr:uid="{00000000-0005-0000-0000-000017010000}"/>
+    <cellStyle name="40% - Accent1 19" xfId="284" xr:uid="{00000000-0005-0000-0000-000018010000}"/>
+    <cellStyle name="40% - Accent1 2" xfId="46" xr:uid="{00000000-0005-0000-0000-000019010000}"/>
+    <cellStyle name="40% - Accent1 20" xfId="298" xr:uid="{00000000-0005-0000-0000-00001A010000}"/>
+    <cellStyle name="40% - Accent1 21" xfId="312" xr:uid="{00000000-0005-0000-0000-00001B010000}"/>
+    <cellStyle name="40% - Accent1 22" xfId="326" xr:uid="{00000000-0005-0000-0000-00001C010000}"/>
+    <cellStyle name="40% - Accent1 23" xfId="340" xr:uid="{00000000-0005-0000-0000-00001D010000}"/>
+    <cellStyle name="40% - Accent1 24" xfId="354" xr:uid="{00000000-0005-0000-0000-00001E010000}"/>
+    <cellStyle name="40% - Accent1 25" xfId="368" xr:uid="{00000000-0005-0000-0000-00001F010000}"/>
+    <cellStyle name="40% - Accent1 26" xfId="382" xr:uid="{00000000-0005-0000-0000-000020010000}"/>
+    <cellStyle name="40% - Accent1 27" xfId="396" xr:uid="{00000000-0005-0000-0000-000021010000}"/>
+    <cellStyle name="40% - Accent1 28" xfId="410" xr:uid="{00000000-0005-0000-0000-000022010000}"/>
+    <cellStyle name="40% - Accent1 29" xfId="424" xr:uid="{00000000-0005-0000-0000-000023010000}"/>
+    <cellStyle name="40% - Accent1 3" xfId="60" xr:uid="{00000000-0005-0000-0000-000024010000}"/>
+    <cellStyle name="40% - Accent1 30" xfId="438" xr:uid="{00000000-0005-0000-0000-000025010000}"/>
+    <cellStyle name="40% - Accent1 31" xfId="452" xr:uid="{00000000-0005-0000-0000-000026010000}"/>
+    <cellStyle name="40% - Accent1 32" xfId="466" xr:uid="{00000000-0005-0000-0000-000027010000}"/>
+    <cellStyle name="40% - Accent1 33" xfId="480" xr:uid="{00000000-0005-0000-0000-000028010000}"/>
+    <cellStyle name="40% - Accent1 34" xfId="494" xr:uid="{00000000-0005-0000-0000-000029010000}"/>
+    <cellStyle name="40% - Accent1 35" xfId="508" xr:uid="{00000000-0005-0000-0000-00002A010000}"/>
+    <cellStyle name="40% - Accent1 36" xfId="522" xr:uid="{00000000-0005-0000-0000-00002B010000}"/>
+    <cellStyle name="40% - Accent1 37" xfId="536" xr:uid="{00000000-0005-0000-0000-00002C010000}"/>
+    <cellStyle name="40% - Accent1 38" xfId="550" xr:uid="{00000000-0005-0000-0000-00002D010000}"/>
+    <cellStyle name="40% - Accent1 39" xfId="564" xr:uid="{00000000-0005-0000-0000-00002E010000}"/>
+    <cellStyle name="40% - Accent1 4" xfId="74" xr:uid="{00000000-0005-0000-0000-00002F010000}"/>
+    <cellStyle name="40% - Accent1 40" xfId="578" xr:uid="{00000000-0005-0000-0000-000030010000}"/>
+    <cellStyle name="40% - Accent1 41" xfId="592" xr:uid="{00000000-0005-0000-0000-000031010000}"/>
+    <cellStyle name="40% - Accent1 42" xfId="606" xr:uid="{00000000-0005-0000-0000-000032010000}"/>
+    <cellStyle name="40% - Accent1 43" xfId="620" xr:uid="{00000000-0005-0000-0000-000033010000}"/>
+    <cellStyle name="40% - Accent1 44" xfId="634" xr:uid="{00000000-0005-0000-0000-000034010000}"/>
+    <cellStyle name="40% - Accent1 45" xfId="648" xr:uid="{00000000-0005-0000-0000-000035010000}"/>
+    <cellStyle name="40% - Accent1 5" xfId="88" xr:uid="{00000000-0005-0000-0000-000036010000}"/>
+    <cellStyle name="40% - Accent1 6" xfId="102" xr:uid="{00000000-0005-0000-0000-000037010000}"/>
+    <cellStyle name="40% - Accent1 7" xfId="116" xr:uid="{00000000-0005-0000-0000-000038010000}"/>
+    <cellStyle name="40% - Accent1 8" xfId="130" xr:uid="{00000000-0005-0000-0000-000039010000}"/>
+    <cellStyle name="40% - Accent1 9" xfId="144" xr:uid="{00000000-0005-0000-0000-00003A010000}"/>
     <cellStyle name="40% - Accent2" xfId="23" builtinId="35" customBuiltin="1"/>
-    <cellStyle name="40% - Accent2 10" xfId="160"/>
-[...42 lines deleted...]
-    <cellStyle name="40% - Accent2 9" xfId="146"/>
+    <cellStyle name="40% - Accent2 10" xfId="160" xr:uid="{00000000-0005-0000-0000-00003C010000}"/>
+    <cellStyle name="40% - Accent2 11" xfId="174" xr:uid="{00000000-0005-0000-0000-00003D010000}"/>
+    <cellStyle name="40% - Accent2 12" xfId="188" xr:uid="{00000000-0005-0000-0000-00003E010000}"/>
+    <cellStyle name="40% - Accent2 13" xfId="202" xr:uid="{00000000-0005-0000-0000-00003F010000}"/>
+    <cellStyle name="40% - Accent2 14" xfId="216" xr:uid="{00000000-0005-0000-0000-000040010000}"/>
+    <cellStyle name="40% - Accent2 15" xfId="230" xr:uid="{00000000-0005-0000-0000-000041010000}"/>
+    <cellStyle name="40% - Accent2 16" xfId="244" xr:uid="{00000000-0005-0000-0000-000042010000}"/>
+    <cellStyle name="40% - Accent2 17" xfId="258" xr:uid="{00000000-0005-0000-0000-000043010000}"/>
+    <cellStyle name="40% - Accent2 18" xfId="272" xr:uid="{00000000-0005-0000-0000-000044010000}"/>
+    <cellStyle name="40% - Accent2 19" xfId="286" xr:uid="{00000000-0005-0000-0000-000045010000}"/>
+    <cellStyle name="40% - Accent2 2" xfId="48" xr:uid="{00000000-0005-0000-0000-000046010000}"/>
+    <cellStyle name="40% - Accent2 20" xfId="300" xr:uid="{00000000-0005-0000-0000-000047010000}"/>
+    <cellStyle name="40% - Accent2 21" xfId="314" xr:uid="{00000000-0005-0000-0000-000048010000}"/>
+    <cellStyle name="40% - Accent2 22" xfId="328" xr:uid="{00000000-0005-0000-0000-000049010000}"/>
+    <cellStyle name="40% - Accent2 23" xfId="342" xr:uid="{00000000-0005-0000-0000-00004A010000}"/>
+    <cellStyle name="40% - Accent2 24" xfId="356" xr:uid="{00000000-0005-0000-0000-00004B010000}"/>
+    <cellStyle name="40% - Accent2 25" xfId="370" xr:uid="{00000000-0005-0000-0000-00004C010000}"/>
+    <cellStyle name="40% - Accent2 26" xfId="384" xr:uid="{00000000-0005-0000-0000-00004D010000}"/>
+    <cellStyle name="40% - Accent2 27" xfId="398" xr:uid="{00000000-0005-0000-0000-00004E010000}"/>
+    <cellStyle name="40% - Accent2 28" xfId="412" xr:uid="{00000000-0005-0000-0000-00004F010000}"/>
+    <cellStyle name="40% - Accent2 29" xfId="426" xr:uid="{00000000-0005-0000-0000-000050010000}"/>
+    <cellStyle name="40% - Accent2 3" xfId="62" xr:uid="{00000000-0005-0000-0000-000051010000}"/>
+    <cellStyle name="40% - Accent2 30" xfId="440" xr:uid="{00000000-0005-0000-0000-000052010000}"/>
+    <cellStyle name="40% - Accent2 31" xfId="454" xr:uid="{00000000-0005-0000-0000-000053010000}"/>
+    <cellStyle name="40% - Accent2 32" xfId="468" xr:uid="{00000000-0005-0000-0000-000054010000}"/>
+    <cellStyle name="40% - Accent2 33" xfId="482" xr:uid="{00000000-0005-0000-0000-000055010000}"/>
+    <cellStyle name="40% - Accent2 34" xfId="496" xr:uid="{00000000-0005-0000-0000-000056010000}"/>
+    <cellStyle name="40% - Accent2 35" xfId="510" xr:uid="{00000000-0005-0000-0000-000057010000}"/>
+    <cellStyle name="40% - Accent2 36" xfId="524" xr:uid="{00000000-0005-0000-0000-000058010000}"/>
+    <cellStyle name="40% - Accent2 37" xfId="538" xr:uid="{00000000-0005-0000-0000-000059010000}"/>
+    <cellStyle name="40% - Accent2 38" xfId="552" xr:uid="{00000000-0005-0000-0000-00005A010000}"/>
+    <cellStyle name="40% - Accent2 39" xfId="566" xr:uid="{00000000-0005-0000-0000-00005B010000}"/>
+    <cellStyle name="40% - Accent2 4" xfId="76" xr:uid="{00000000-0005-0000-0000-00005C010000}"/>
+    <cellStyle name="40% - Accent2 40" xfId="580" xr:uid="{00000000-0005-0000-0000-00005D010000}"/>
+    <cellStyle name="40% - Accent2 41" xfId="594" xr:uid="{00000000-0005-0000-0000-00005E010000}"/>
+    <cellStyle name="40% - Accent2 42" xfId="608" xr:uid="{00000000-0005-0000-0000-00005F010000}"/>
+    <cellStyle name="40% - Accent2 43" xfId="622" xr:uid="{00000000-0005-0000-0000-000060010000}"/>
+    <cellStyle name="40% - Accent2 44" xfId="636" xr:uid="{00000000-0005-0000-0000-000061010000}"/>
+    <cellStyle name="40% - Accent2 45" xfId="650" xr:uid="{00000000-0005-0000-0000-000062010000}"/>
+    <cellStyle name="40% - Accent2 5" xfId="90" xr:uid="{00000000-0005-0000-0000-000063010000}"/>
+    <cellStyle name="40% - Accent2 6" xfId="104" xr:uid="{00000000-0005-0000-0000-000064010000}"/>
+    <cellStyle name="40% - Accent2 7" xfId="118" xr:uid="{00000000-0005-0000-0000-000065010000}"/>
+    <cellStyle name="40% - Accent2 8" xfId="132" xr:uid="{00000000-0005-0000-0000-000066010000}"/>
+    <cellStyle name="40% - Accent2 9" xfId="146" xr:uid="{00000000-0005-0000-0000-000067010000}"/>
     <cellStyle name="40% - Accent3" xfId="27" builtinId="39" customBuiltin="1"/>
-    <cellStyle name="40% - Accent3 10" xfId="162"/>
-[...42 lines deleted...]
-    <cellStyle name="40% - Accent3 9" xfId="148"/>
+    <cellStyle name="40% - Accent3 10" xfId="162" xr:uid="{00000000-0005-0000-0000-000069010000}"/>
+    <cellStyle name="40% - Accent3 11" xfId="176" xr:uid="{00000000-0005-0000-0000-00006A010000}"/>
+    <cellStyle name="40% - Accent3 12" xfId="190" xr:uid="{00000000-0005-0000-0000-00006B010000}"/>
+    <cellStyle name="40% - Accent3 13" xfId="204" xr:uid="{00000000-0005-0000-0000-00006C010000}"/>
+    <cellStyle name="40% - Accent3 14" xfId="218" xr:uid="{00000000-0005-0000-0000-00006D010000}"/>
+    <cellStyle name="40% - Accent3 15" xfId="232" xr:uid="{00000000-0005-0000-0000-00006E010000}"/>
+    <cellStyle name="40% - Accent3 16" xfId="246" xr:uid="{00000000-0005-0000-0000-00006F010000}"/>
+    <cellStyle name="40% - Accent3 17" xfId="260" xr:uid="{00000000-0005-0000-0000-000070010000}"/>
+    <cellStyle name="40% - Accent3 18" xfId="274" xr:uid="{00000000-0005-0000-0000-000071010000}"/>
+    <cellStyle name="40% - Accent3 19" xfId="288" xr:uid="{00000000-0005-0000-0000-000072010000}"/>
+    <cellStyle name="40% - Accent3 2" xfId="50" xr:uid="{00000000-0005-0000-0000-000073010000}"/>
+    <cellStyle name="40% - Accent3 20" xfId="302" xr:uid="{00000000-0005-0000-0000-000074010000}"/>
+    <cellStyle name="40% - Accent3 21" xfId="316" xr:uid="{00000000-0005-0000-0000-000075010000}"/>
+    <cellStyle name="40% - Accent3 22" xfId="330" xr:uid="{00000000-0005-0000-0000-000076010000}"/>
+    <cellStyle name="40% - Accent3 23" xfId="344" xr:uid="{00000000-0005-0000-0000-000077010000}"/>
+    <cellStyle name="40% - Accent3 24" xfId="358" xr:uid="{00000000-0005-0000-0000-000078010000}"/>
+    <cellStyle name="40% - Accent3 25" xfId="372" xr:uid="{00000000-0005-0000-0000-000079010000}"/>
+    <cellStyle name="40% - Accent3 26" xfId="386" xr:uid="{00000000-0005-0000-0000-00007A010000}"/>
+    <cellStyle name="40% - Accent3 27" xfId="400" xr:uid="{00000000-0005-0000-0000-00007B010000}"/>
+    <cellStyle name="40% - Accent3 28" xfId="414" xr:uid="{00000000-0005-0000-0000-00007C010000}"/>
+    <cellStyle name="40% - Accent3 29" xfId="428" xr:uid="{00000000-0005-0000-0000-00007D010000}"/>
+    <cellStyle name="40% - Accent3 3" xfId="64" xr:uid="{00000000-0005-0000-0000-00007E010000}"/>
+    <cellStyle name="40% - Accent3 30" xfId="442" xr:uid="{00000000-0005-0000-0000-00007F010000}"/>
+    <cellStyle name="40% - Accent3 31" xfId="456" xr:uid="{00000000-0005-0000-0000-000080010000}"/>
+    <cellStyle name="40% - Accent3 32" xfId="470" xr:uid="{00000000-0005-0000-0000-000081010000}"/>
+    <cellStyle name="40% - Accent3 33" xfId="484" xr:uid="{00000000-0005-0000-0000-000082010000}"/>
+    <cellStyle name="40% - Accent3 34" xfId="498" xr:uid="{00000000-0005-0000-0000-000083010000}"/>
+    <cellStyle name="40% - Accent3 35" xfId="512" xr:uid="{00000000-0005-0000-0000-000084010000}"/>
+    <cellStyle name="40% - Accent3 36" xfId="526" xr:uid="{00000000-0005-0000-0000-000085010000}"/>
+    <cellStyle name="40% - Accent3 37" xfId="540" xr:uid="{00000000-0005-0000-0000-000086010000}"/>
+    <cellStyle name="40% - Accent3 38" xfId="554" xr:uid="{00000000-0005-0000-0000-000087010000}"/>
+    <cellStyle name="40% - Accent3 39" xfId="568" xr:uid="{00000000-0005-0000-0000-000088010000}"/>
+    <cellStyle name="40% - Accent3 4" xfId="78" xr:uid="{00000000-0005-0000-0000-000089010000}"/>
+    <cellStyle name="40% - Accent3 40" xfId="582" xr:uid="{00000000-0005-0000-0000-00008A010000}"/>
+    <cellStyle name="40% - Accent3 41" xfId="596" xr:uid="{00000000-0005-0000-0000-00008B010000}"/>
+    <cellStyle name="40% - Accent3 42" xfId="610" xr:uid="{00000000-0005-0000-0000-00008C010000}"/>
+    <cellStyle name="40% - Accent3 43" xfId="624" xr:uid="{00000000-0005-0000-0000-00008D010000}"/>
+    <cellStyle name="40% - Accent3 44" xfId="638" xr:uid="{00000000-0005-0000-0000-00008E010000}"/>
+    <cellStyle name="40% - Accent3 45" xfId="652" xr:uid="{00000000-0005-0000-0000-00008F010000}"/>
+    <cellStyle name="40% - Accent3 5" xfId="92" xr:uid="{00000000-0005-0000-0000-000090010000}"/>
+    <cellStyle name="40% - Accent3 6" xfId="106" xr:uid="{00000000-0005-0000-0000-000091010000}"/>
+    <cellStyle name="40% - Accent3 7" xfId="120" xr:uid="{00000000-0005-0000-0000-000092010000}"/>
+    <cellStyle name="40% - Accent3 8" xfId="134" xr:uid="{00000000-0005-0000-0000-000093010000}"/>
+    <cellStyle name="40% - Accent3 9" xfId="148" xr:uid="{00000000-0005-0000-0000-000094010000}"/>
     <cellStyle name="40% - Accent4" xfId="31" builtinId="43" customBuiltin="1"/>
-    <cellStyle name="40% - Accent4 10" xfId="164"/>
-[...42 lines deleted...]
-    <cellStyle name="40% - Accent4 9" xfId="150"/>
+    <cellStyle name="40% - Accent4 10" xfId="164" xr:uid="{00000000-0005-0000-0000-000096010000}"/>
+    <cellStyle name="40% - Accent4 11" xfId="178" xr:uid="{00000000-0005-0000-0000-000097010000}"/>
+    <cellStyle name="40% - Accent4 12" xfId="192" xr:uid="{00000000-0005-0000-0000-000098010000}"/>
+    <cellStyle name="40% - Accent4 13" xfId="206" xr:uid="{00000000-0005-0000-0000-000099010000}"/>
+    <cellStyle name="40% - Accent4 14" xfId="220" xr:uid="{00000000-0005-0000-0000-00009A010000}"/>
+    <cellStyle name="40% - Accent4 15" xfId="234" xr:uid="{00000000-0005-0000-0000-00009B010000}"/>
+    <cellStyle name="40% - Accent4 16" xfId="248" xr:uid="{00000000-0005-0000-0000-00009C010000}"/>
+    <cellStyle name="40% - Accent4 17" xfId="262" xr:uid="{00000000-0005-0000-0000-00009D010000}"/>
+    <cellStyle name="40% - Accent4 18" xfId="276" xr:uid="{00000000-0005-0000-0000-00009E010000}"/>
+    <cellStyle name="40% - Accent4 19" xfId="290" xr:uid="{00000000-0005-0000-0000-00009F010000}"/>
+    <cellStyle name="40% - Accent4 2" xfId="52" xr:uid="{00000000-0005-0000-0000-0000A0010000}"/>
+    <cellStyle name="40% - Accent4 20" xfId="304" xr:uid="{00000000-0005-0000-0000-0000A1010000}"/>
+    <cellStyle name="40% - Accent4 21" xfId="318" xr:uid="{00000000-0005-0000-0000-0000A2010000}"/>
+    <cellStyle name="40% - Accent4 22" xfId="332" xr:uid="{00000000-0005-0000-0000-0000A3010000}"/>
+    <cellStyle name="40% - Accent4 23" xfId="346" xr:uid="{00000000-0005-0000-0000-0000A4010000}"/>
+    <cellStyle name="40% - Accent4 24" xfId="360" xr:uid="{00000000-0005-0000-0000-0000A5010000}"/>
+    <cellStyle name="40% - Accent4 25" xfId="374" xr:uid="{00000000-0005-0000-0000-0000A6010000}"/>
+    <cellStyle name="40% - Accent4 26" xfId="388" xr:uid="{00000000-0005-0000-0000-0000A7010000}"/>
+    <cellStyle name="40% - Accent4 27" xfId="402" xr:uid="{00000000-0005-0000-0000-0000A8010000}"/>
+    <cellStyle name="40% - Accent4 28" xfId="416" xr:uid="{00000000-0005-0000-0000-0000A9010000}"/>
+    <cellStyle name="40% - Accent4 29" xfId="430" xr:uid="{00000000-0005-0000-0000-0000AA010000}"/>
+    <cellStyle name="40% - Accent4 3" xfId="66" xr:uid="{00000000-0005-0000-0000-0000AB010000}"/>
+    <cellStyle name="40% - Accent4 30" xfId="444" xr:uid="{00000000-0005-0000-0000-0000AC010000}"/>
+    <cellStyle name="40% - Accent4 31" xfId="458" xr:uid="{00000000-0005-0000-0000-0000AD010000}"/>
+    <cellStyle name="40% - Accent4 32" xfId="472" xr:uid="{00000000-0005-0000-0000-0000AE010000}"/>
+    <cellStyle name="40% - Accent4 33" xfId="486" xr:uid="{00000000-0005-0000-0000-0000AF010000}"/>
+    <cellStyle name="40% - Accent4 34" xfId="500" xr:uid="{00000000-0005-0000-0000-0000B0010000}"/>
+    <cellStyle name="40% - Accent4 35" xfId="514" xr:uid="{00000000-0005-0000-0000-0000B1010000}"/>
+    <cellStyle name="40% - Accent4 36" xfId="528" xr:uid="{00000000-0005-0000-0000-0000B2010000}"/>
+    <cellStyle name="40% - Accent4 37" xfId="542" xr:uid="{00000000-0005-0000-0000-0000B3010000}"/>
+    <cellStyle name="40% - Accent4 38" xfId="556" xr:uid="{00000000-0005-0000-0000-0000B4010000}"/>
+    <cellStyle name="40% - Accent4 39" xfId="570" xr:uid="{00000000-0005-0000-0000-0000B5010000}"/>
+    <cellStyle name="40% - Accent4 4" xfId="80" xr:uid="{00000000-0005-0000-0000-0000B6010000}"/>
+    <cellStyle name="40% - Accent4 40" xfId="584" xr:uid="{00000000-0005-0000-0000-0000B7010000}"/>
+    <cellStyle name="40% - Accent4 41" xfId="598" xr:uid="{00000000-0005-0000-0000-0000B8010000}"/>
+    <cellStyle name="40% - Accent4 42" xfId="612" xr:uid="{00000000-0005-0000-0000-0000B9010000}"/>
+    <cellStyle name="40% - Accent4 43" xfId="626" xr:uid="{00000000-0005-0000-0000-0000BA010000}"/>
+    <cellStyle name="40% - Accent4 44" xfId="640" xr:uid="{00000000-0005-0000-0000-0000BB010000}"/>
+    <cellStyle name="40% - Accent4 45" xfId="654" xr:uid="{00000000-0005-0000-0000-0000BC010000}"/>
+    <cellStyle name="40% - Accent4 5" xfId="94" xr:uid="{00000000-0005-0000-0000-0000BD010000}"/>
+    <cellStyle name="40% - Accent4 6" xfId="108" xr:uid="{00000000-0005-0000-0000-0000BE010000}"/>
+    <cellStyle name="40% - Accent4 7" xfId="122" xr:uid="{00000000-0005-0000-0000-0000BF010000}"/>
+    <cellStyle name="40% - Accent4 8" xfId="136" xr:uid="{00000000-0005-0000-0000-0000C0010000}"/>
+    <cellStyle name="40% - Accent4 9" xfId="150" xr:uid="{00000000-0005-0000-0000-0000C1010000}"/>
     <cellStyle name="40% - Accent5" xfId="35" builtinId="47" customBuiltin="1"/>
-    <cellStyle name="40% - Accent5 10" xfId="166"/>
-[...42 lines deleted...]
-    <cellStyle name="40% - Accent5 9" xfId="152"/>
+    <cellStyle name="40% - Accent5 10" xfId="166" xr:uid="{00000000-0005-0000-0000-0000C3010000}"/>
+    <cellStyle name="40% - Accent5 11" xfId="180" xr:uid="{00000000-0005-0000-0000-0000C4010000}"/>
+    <cellStyle name="40% - Accent5 12" xfId="194" xr:uid="{00000000-0005-0000-0000-0000C5010000}"/>
+    <cellStyle name="40% - Accent5 13" xfId="208" xr:uid="{00000000-0005-0000-0000-0000C6010000}"/>
+    <cellStyle name="40% - Accent5 14" xfId="222" xr:uid="{00000000-0005-0000-0000-0000C7010000}"/>
+    <cellStyle name="40% - Accent5 15" xfId="236" xr:uid="{00000000-0005-0000-0000-0000C8010000}"/>
+    <cellStyle name="40% - Accent5 16" xfId="250" xr:uid="{00000000-0005-0000-0000-0000C9010000}"/>
+    <cellStyle name="40% - Accent5 17" xfId="264" xr:uid="{00000000-0005-0000-0000-0000CA010000}"/>
+    <cellStyle name="40% - Accent5 18" xfId="278" xr:uid="{00000000-0005-0000-0000-0000CB010000}"/>
+    <cellStyle name="40% - Accent5 19" xfId="292" xr:uid="{00000000-0005-0000-0000-0000CC010000}"/>
+    <cellStyle name="40% - Accent5 2" xfId="54" xr:uid="{00000000-0005-0000-0000-0000CD010000}"/>
+    <cellStyle name="40% - Accent5 20" xfId="306" xr:uid="{00000000-0005-0000-0000-0000CE010000}"/>
+    <cellStyle name="40% - Accent5 21" xfId="320" xr:uid="{00000000-0005-0000-0000-0000CF010000}"/>
+    <cellStyle name="40% - Accent5 22" xfId="334" xr:uid="{00000000-0005-0000-0000-0000D0010000}"/>
+    <cellStyle name="40% - Accent5 23" xfId="348" xr:uid="{00000000-0005-0000-0000-0000D1010000}"/>
+    <cellStyle name="40% - Accent5 24" xfId="362" xr:uid="{00000000-0005-0000-0000-0000D2010000}"/>
+    <cellStyle name="40% - Accent5 25" xfId="376" xr:uid="{00000000-0005-0000-0000-0000D3010000}"/>
+    <cellStyle name="40% - Accent5 26" xfId="390" xr:uid="{00000000-0005-0000-0000-0000D4010000}"/>
+    <cellStyle name="40% - Accent5 27" xfId="404" xr:uid="{00000000-0005-0000-0000-0000D5010000}"/>
+    <cellStyle name="40% - Accent5 28" xfId="418" xr:uid="{00000000-0005-0000-0000-0000D6010000}"/>
+    <cellStyle name="40% - Accent5 29" xfId="432" xr:uid="{00000000-0005-0000-0000-0000D7010000}"/>
+    <cellStyle name="40% - Accent5 3" xfId="68" xr:uid="{00000000-0005-0000-0000-0000D8010000}"/>
+    <cellStyle name="40% - Accent5 30" xfId="446" xr:uid="{00000000-0005-0000-0000-0000D9010000}"/>
+    <cellStyle name="40% - Accent5 31" xfId="460" xr:uid="{00000000-0005-0000-0000-0000DA010000}"/>
+    <cellStyle name="40% - Accent5 32" xfId="474" xr:uid="{00000000-0005-0000-0000-0000DB010000}"/>
+    <cellStyle name="40% - Accent5 33" xfId="488" xr:uid="{00000000-0005-0000-0000-0000DC010000}"/>
+    <cellStyle name="40% - Accent5 34" xfId="502" xr:uid="{00000000-0005-0000-0000-0000DD010000}"/>
+    <cellStyle name="40% - Accent5 35" xfId="516" xr:uid="{00000000-0005-0000-0000-0000DE010000}"/>
+    <cellStyle name="40% - Accent5 36" xfId="530" xr:uid="{00000000-0005-0000-0000-0000DF010000}"/>
+    <cellStyle name="40% - Accent5 37" xfId="544" xr:uid="{00000000-0005-0000-0000-0000E0010000}"/>
+    <cellStyle name="40% - Accent5 38" xfId="558" xr:uid="{00000000-0005-0000-0000-0000E1010000}"/>
+    <cellStyle name="40% - Accent5 39" xfId="572" xr:uid="{00000000-0005-0000-0000-0000E2010000}"/>
+    <cellStyle name="40% - Accent5 4" xfId="82" xr:uid="{00000000-0005-0000-0000-0000E3010000}"/>
+    <cellStyle name="40% - Accent5 40" xfId="586" xr:uid="{00000000-0005-0000-0000-0000E4010000}"/>
+    <cellStyle name="40% - Accent5 41" xfId="600" xr:uid="{00000000-0005-0000-0000-0000E5010000}"/>
+    <cellStyle name="40% - Accent5 42" xfId="614" xr:uid="{00000000-0005-0000-0000-0000E6010000}"/>
+    <cellStyle name="40% - Accent5 43" xfId="628" xr:uid="{00000000-0005-0000-0000-0000E7010000}"/>
+    <cellStyle name="40% - Accent5 44" xfId="642" xr:uid="{00000000-0005-0000-0000-0000E8010000}"/>
+    <cellStyle name="40% - Accent5 45" xfId="656" xr:uid="{00000000-0005-0000-0000-0000E9010000}"/>
+    <cellStyle name="40% - Accent5 5" xfId="96" xr:uid="{00000000-0005-0000-0000-0000EA010000}"/>
+    <cellStyle name="40% - Accent5 6" xfId="110" xr:uid="{00000000-0005-0000-0000-0000EB010000}"/>
+    <cellStyle name="40% - Accent5 7" xfId="124" xr:uid="{00000000-0005-0000-0000-0000EC010000}"/>
+    <cellStyle name="40% - Accent5 8" xfId="138" xr:uid="{00000000-0005-0000-0000-0000ED010000}"/>
+    <cellStyle name="40% - Accent5 9" xfId="152" xr:uid="{00000000-0005-0000-0000-0000EE010000}"/>
     <cellStyle name="40% - Accent6" xfId="39" builtinId="51" customBuiltin="1"/>
-    <cellStyle name="40% - Accent6 10" xfId="168"/>
-[...42 lines deleted...]
-    <cellStyle name="40% - Accent6 9" xfId="154"/>
+    <cellStyle name="40% - Accent6 10" xfId="168" xr:uid="{00000000-0005-0000-0000-0000F0010000}"/>
+    <cellStyle name="40% - Accent6 11" xfId="182" xr:uid="{00000000-0005-0000-0000-0000F1010000}"/>
+    <cellStyle name="40% - Accent6 12" xfId="196" xr:uid="{00000000-0005-0000-0000-0000F2010000}"/>
+    <cellStyle name="40% - Accent6 13" xfId="210" xr:uid="{00000000-0005-0000-0000-0000F3010000}"/>
+    <cellStyle name="40% - Accent6 14" xfId="224" xr:uid="{00000000-0005-0000-0000-0000F4010000}"/>
+    <cellStyle name="40% - Accent6 15" xfId="238" xr:uid="{00000000-0005-0000-0000-0000F5010000}"/>
+    <cellStyle name="40% - Accent6 16" xfId="252" xr:uid="{00000000-0005-0000-0000-0000F6010000}"/>
+    <cellStyle name="40% - Accent6 17" xfId="266" xr:uid="{00000000-0005-0000-0000-0000F7010000}"/>
+    <cellStyle name="40% - Accent6 18" xfId="280" xr:uid="{00000000-0005-0000-0000-0000F8010000}"/>
+    <cellStyle name="40% - Accent6 19" xfId="294" xr:uid="{00000000-0005-0000-0000-0000F9010000}"/>
+    <cellStyle name="40% - Accent6 2" xfId="56" xr:uid="{00000000-0005-0000-0000-0000FA010000}"/>
+    <cellStyle name="40% - Accent6 20" xfId="308" xr:uid="{00000000-0005-0000-0000-0000FB010000}"/>
+    <cellStyle name="40% - Accent6 21" xfId="322" xr:uid="{00000000-0005-0000-0000-0000FC010000}"/>
+    <cellStyle name="40% - Accent6 22" xfId="336" xr:uid="{00000000-0005-0000-0000-0000FD010000}"/>
+    <cellStyle name="40% - Accent6 23" xfId="350" xr:uid="{00000000-0005-0000-0000-0000FE010000}"/>
+    <cellStyle name="40% - Accent6 24" xfId="364" xr:uid="{00000000-0005-0000-0000-0000FF010000}"/>
+    <cellStyle name="40% - Accent6 25" xfId="378" xr:uid="{00000000-0005-0000-0000-000000020000}"/>
+    <cellStyle name="40% - Accent6 26" xfId="392" xr:uid="{00000000-0005-0000-0000-000001020000}"/>
+    <cellStyle name="40% - Accent6 27" xfId="406" xr:uid="{00000000-0005-0000-0000-000002020000}"/>
+    <cellStyle name="40% - Accent6 28" xfId="420" xr:uid="{00000000-0005-0000-0000-000003020000}"/>
+    <cellStyle name="40% - Accent6 29" xfId="434" xr:uid="{00000000-0005-0000-0000-000004020000}"/>
+    <cellStyle name="40% - Accent6 3" xfId="70" xr:uid="{00000000-0005-0000-0000-000005020000}"/>
+    <cellStyle name="40% - Accent6 30" xfId="448" xr:uid="{00000000-0005-0000-0000-000006020000}"/>
+    <cellStyle name="40% - Accent6 31" xfId="462" xr:uid="{00000000-0005-0000-0000-000007020000}"/>
+    <cellStyle name="40% - Accent6 32" xfId="476" xr:uid="{00000000-0005-0000-0000-000008020000}"/>
+    <cellStyle name="40% - Accent6 33" xfId="490" xr:uid="{00000000-0005-0000-0000-000009020000}"/>
+    <cellStyle name="40% - Accent6 34" xfId="504" xr:uid="{00000000-0005-0000-0000-00000A020000}"/>
+    <cellStyle name="40% - Accent6 35" xfId="518" xr:uid="{00000000-0005-0000-0000-00000B020000}"/>
+    <cellStyle name="40% - Accent6 36" xfId="532" xr:uid="{00000000-0005-0000-0000-00000C020000}"/>
+    <cellStyle name="40% - Accent6 37" xfId="546" xr:uid="{00000000-0005-0000-0000-00000D020000}"/>
+    <cellStyle name="40% - Accent6 38" xfId="560" xr:uid="{00000000-0005-0000-0000-00000E020000}"/>
+    <cellStyle name="40% - Accent6 39" xfId="574" xr:uid="{00000000-0005-0000-0000-00000F020000}"/>
+    <cellStyle name="40% - Accent6 4" xfId="84" xr:uid="{00000000-0005-0000-0000-000010020000}"/>
+    <cellStyle name="40% - Accent6 40" xfId="588" xr:uid="{00000000-0005-0000-0000-000011020000}"/>
+    <cellStyle name="40% - Accent6 41" xfId="602" xr:uid="{00000000-0005-0000-0000-000012020000}"/>
+    <cellStyle name="40% - Accent6 42" xfId="616" xr:uid="{00000000-0005-0000-0000-000013020000}"/>
+    <cellStyle name="40% - Accent6 43" xfId="630" xr:uid="{00000000-0005-0000-0000-000014020000}"/>
+    <cellStyle name="40% - Accent6 44" xfId="644" xr:uid="{00000000-0005-0000-0000-000015020000}"/>
+    <cellStyle name="40% - Accent6 45" xfId="658" xr:uid="{00000000-0005-0000-0000-000016020000}"/>
+    <cellStyle name="40% - Accent6 5" xfId="98" xr:uid="{00000000-0005-0000-0000-000017020000}"/>
+    <cellStyle name="40% - Accent6 6" xfId="112" xr:uid="{00000000-0005-0000-0000-000018020000}"/>
+    <cellStyle name="40% - Accent6 7" xfId="126" xr:uid="{00000000-0005-0000-0000-000019020000}"/>
+    <cellStyle name="40% - Accent6 8" xfId="140" xr:uid="{00000000-0005-0000-0000-00001A020000}"/>
+    <cellStyle name="40% - Accent6 9" xfId="154" xr:uid="{00000000-0005-0000-0000-00001B020000}"/>
     <cellStyle name="60% - Accent1" xfId="20" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="24" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="28" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="32" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="36" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="40" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="17" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="21" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="25" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="29" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent5" xfId="33" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Accent6" xfId="37" builtinId="49" customBuiltin="1"/>
     <cellStyle name="Bad" xfId="7" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Calculation" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Check Cell" xfId="13" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Explanatory Text" xfId="15" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Good" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Heading 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Heading 2" xfId="3" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Heading 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 10" xfId="141"/>
-[...88 lines deleted...]
-    <cellStyle name="Note 9" xfId="128"/>
+    <cellStyle name="Normal 10" xfId="141" xr:uid="{00000000-0005-0000-0000-000035020000}"/>
+    <cellStyle name="Normal 11" xfId="155" xr:uid="{00000000-0005-0000-0000-000036020000}"/>
+    <cellStyle name="Normal 12" xfId="169" xr:uid="{00000000-0005-0000-0000-000037020000}"/>
+    <cellStyle name="Normal 13" xfId="183" xr:uid="{00000000-0005-0000-0000-000038020000}"/>
+    <cellStyle name="Normal 14" xfId="197" xr:uid="{00000000-0005-0000-0000-000039020000}"/>
+    <cellStyle name="Normal 15" xfId="211" xr:uid="{00000000-0005-0000-0000-00003A020000}"/>
+    <cellStyle name="Normal 16" xfId="225" xr:uid="{00000000-0005-0000-0000-00003B020000}"/>
+    <cellStyle name="Normal 17" xfId="239" xr:uid="{00000000-0005-0000-0000-00003C020000}"/>
+    <cellStyle name="Normal 18" xfId="253" xr:uid="{00000000-0005-0000-0000-00003D020000}"/>
+    <cellStyle name="Normal 19" xfId="267" xr:uid="{00000000-0005-0000-0000-00003E020000}"/>
+    <cellStyle name="Normal 2" xfId="41" xr:uid="{00000000-0005-0000-0000-00003F020000}"/>
+    <cellStyle name="Normal 20" xfId="281" xr:uid="{00000000-0005-0000-0000-000040020000}"/>
+    <cellStyle name="Normal 21" xfId="295" xr:uid="{00000000-0005-0000-0000-000041020000}"/>
+    <cellStyle name="Normal 22" xfId="309" xr:uid="{00000000-0005-0000-0000-000042020000}"/>
+    <cellStyle name="Normal 23" xfId="323" xr:uid="{00000000-0005-0000-0000-000043020000}"/>
+    <cellStyle name="Normal 24" xfId="337" xr:uid="{00000000-0005-0000-0000-000044020000}"/>
+    <cellStyle name="Normal 25" xfId="351" xr:uid="{00000000-0005-0000-0000-000045020000}"/>
+    <cellStyle name="Normal 26" xfId="365" xr:uid="{00000000-0005-0000-0000-000046020000}"/>
+    <cellStyle name="Normal 27" xfId="379" xr:uid="{00000000-0005-0000-0000-000047020000}"/>
+    <cellStyle name="Normal 28" xfId="393" xr:uid="{00000000-0005-0000-0000-000048020000}"/>
+    <cellStyle name="Normal 29" xfId="407" xr:uid="{00000000-0005-0000-0000-000049020000}"/>
+    <cellStyle name="Normal 3" xfId="43" xr:uid="{00000000-0005-0000-0000-00004A020000}"/>
+    <cellStyle name="Normal 30" xfId="421" xr:uid="{00000000-0005-0000-0000-00004B020000}"/>
+    <cellStyle name="Normal 31" xfId="435" xr:uid="{00000000-0005-0000-0000-00004C020000}"/>
+    <cellStyle name="Normal 32" xfId="449" xr:uid="{00000000-0005-0000-0000-00004D020000}"/>
+    <cellStyle name="Normal 33" xfId="463" xr:uid="{00000000-0005-0000-0000-00004E020000}"/>
+    <cellStyle name="Normal 34" xfId="477" xr:uid="{00000000-0005-0000-0000-00004F020000}"/>
+    <cellStyle name="Normal 35" xfId="491" xr:uid="{00000000-0005-0000-0000-000050020000}"/>
+    <cellStyle name="Normal 36" xfId="505" xr:uid="{00000000-0005-0000-0000-000051020000}"/>
+    <cellStyle name="Normal 37" xfId="519" xr:uid="{00000000-0005-0000-0000-000052020000}"/>
+    <cellStyle name="Normal 38" xfId="533" xr:uid="{00000000-0005-0000-0000-000053020000}"/>
+    <cellStyle name="Normal 39" xfId="547" xr:uid="{00000000-0005-0000-0000-000054020000}"/>
+    <cellStyle name="Normal 4" xfId="57" xr:uid="{00000000-0005-0000-0000-000055020000}"/>
+    <cellStyle name="Normal 40" xfId="561" xr:uid="{00000000-0005-0000-0000-000056020000}"/>
+    <cellStyle name="Normal 41" xfId="575" xr:uid="{00000000-0005-0000-0000-000057020000}"/>
+    <cellStyle name="Normal 42" xfId="589" xr:uid="{00000000-0005-0000-0000-000058020000}"/>
+    <cellStyle name="Normal 43" xfId="603" xr:uid="{00000000-0005-0000-0000-000059020000}"/>
+    <cellStyle name="Normal 44" xfId="617" xr:uid="{00000000-0005-0000-0000-00005A020000}"/>
+    <cellStyle name="Normal 45" xfId="631" xr:uid="{00000000-0005-0000-0000-00005B020000}"/>
+    <cellStyle name="Normal 46" xfId="645" xr:uid="{00000000-0005-0000-0000-00005C020000}"/>
+    <cellStyle name="Normal 5" xfId="71" xr:uid="{00000000-0005-0000-0000-00005D020000}"/>
+    <cellStyle name="Normal 6" xfId="85" xr:uid="{00000000-0005-0000-0000-00005E020000}"/>
+    <cellStyle name="Normal 7" xfId="99" xr:uid="{00000000-0005-0000-0000-00005F020000}"/>
+    <cellStyle name="Normal 8" xfId="113" xr:uid="{00000000-0005-0000-0000-000060020000}"/>
+    <cellStyle name="Normal 9" xfId="127" xr:uid="{00000000-0005-0000-0000-000061020000}"/>
+    <cellStyle name="Note 10" xfId="142" xr:uid="{00000000-0005-0000-0000-000062020000}"/>
+    <cellStyle name="Note 11" xfId="156" xr:uid="{00000000-0005-0000-0000-000063020000}"/>
+    <cellStyle name="Note 12" xfId="170" xr:uid="{00000000-0005-0000-0000-000064020000}"/>
+    <cellStyle name="Note 13" xfId="184" xr:uid="{00000000-0005-0000-0000-000065020000}"/>
+    <cellStyle name="Note 14" xfId="198" xr:uid="{00000000-0005-0000-0000-000066020000}"/>
+    <cellStyle name="Note 15" xfId="212" xr:uid="{00000000-0005-0000-0000-000067020000}"/>
+    <cellStyle name="Note 16" xfId="226" xr:uid="{00000000-0005-0000-0000-000068020000}"/>
+    <cellStyle name="Note 17" xfId="240" xr:uid="{00000000-0005-0000-0000-000069020000}"/>
+    <cellStyle name="Note 18" xfId="254" xr:uid="{00000000-0005-0000-0000-00006A020000}"/>
+    <cellStyle name="Note 19" xfId="268" xr:uid="{00000000-0005-0000-0000-00006B020000}"/>
+    <cellStyle name="Note 2" xfId="42" xr:uid="{00000000-0005-0000-0000-00006C020000}"/>
+    <cellStyle name="Note 20" xfId="282" xr:uid="{00000000-0005-0000-0000-00006D020000}"/>
+    <cellStyle name="Note 21" xfId="296" xr:uid="{00000000-0005-0000-0000-00006E020000}"/>
+    <cellStyle name="Note 22" xfId="310" xr:uid="{00000000-0005-0000-0000-00006F020000}"/>
+    <cellStyle name="Note 23" xfId="324" xr:uid="{00000000-0005-0000-0000-000070020000}"/>
+    <cellStyle name="Note 24" xfId="338" xr:uid="{00000000-0005-0000-0000-000071020000}"/>
+    <cellStyle name="Note 25" xfId="352" xr:uid="{00000000-0005-0000-0000-000072020000}"/>
+    <cellStyle name="Note 26" xfId="366" xr:uid="{00000000-0005-0000-0000-000073020000}"/>
+    <cellStyle name="Note 27" xfId="380" xr:uid="{00000000-0005-0000-0000-000074020000}"/>
+    <cellStyle name="Note 28" xfId="394" xr:uid="{00000000-0005-0000-0000-000075020000}"/>
+    <cellStyle name="Note 29" xfId="408" xr:uid="{00000000-0005-0000-0000-000076020000}"/>
+    <cellStyle name="Note 3" xfId="44" xr:uid="{00000000-0005-0000-0000-000077020000}"/>
+    <cellStyle name="Note 30" xfId="422" xr:uid="{00000000-0005-0000-0000-000078020000}"/>
+    <cellStyle name="Note 31" xfId="436" xr:uid="{00000000-0005-0000-0000-000079020000}"/>
+    <cellStyle name="Note 32" xfId="450" xr:uid="{00000000-0005-0000-0000-00007A020000}"/>
+    <cellStyle name="Note 33" xfId="464" xr:uid="{00000000-0005-0000-0000-00007B020000}"/>
+    <cellStyle name="Note 34" xfId="478" xr:uid="{00000000-0005-0000-0000-00007C020000}"/>
+    <cellStyle name="Note 35" xfId="492" xr:uid="{00000000-0005-0000-0000-00007D020000}"/>
+    <cellStyle name="Note 36" xfId="506" xr:uid="{00000000-0005-0000-0000-00007E020000}"/>
+    <cellStyle name="Note 37" xfId="520" xr:uid="{00000000-0005-0000-0000-00007F020000}"/>
+    <cellStyle name="Note 38" xfId="534" xr:uid="{00000000-0005-0000-0000-000080020000}"/>
+    <cellStyle name="Note 39" xfId="548" xr:uid="{00000000-0005-0000-0000-000081020000}"/>
+    <cellStyle name="Note 4" xfId="58" xr:uid="{00000000-0005-0000-0000-000082020000}"/>
+    <cellStyle name="Note 40" xfId="562" xr:uid="{00000000-0005-0000-0000-000083020000}"/>
+    <cellStyle name="Note 41" xfId="576" xr:uid="{00000000-0005-0000-0000-000084020000}"/>
+    <cellStyle name="Note 42" xfId="590" xr:uid="{00000000-0005-0000-0000-000085020000}"/>
+    <cellStyle name="Note 43" xfId="604" xr:uid="{00000000-0005-0000-0000-000086020000}"/>
+    <cellStyle name="Note 44" xfId="618" xr:uid="{00000000-0005-0000-0000-000087020000}"/>
+    <cellStyle name="Note 45" xfId="632" xr:uid="{00000000-0005-0000-0000-000088020000}"/>
+    <cellStyle name="Note 46" xfId="646" xr:uid="{00000000-0005-0000-0000-000089020000}"/>
+    <cellStyle name="Note 5" xfId="72" xr:uid="{00000000-0005-0000-0000-00008A020000}"/>
+    <cellStyle name="Note 6" xfId="86" xr:uid="{00000000-0005-0000-0000-00008B020000}"/>
+    <cellStyle name="Note 7" xfId="100" xr:uid="{00000000-0005-0000-0000-00008C020000}"/>
+    <cellStyle name="Note 8" xfId="114" xr:uid="{00000000-0005-0000-0000-00008D020000}"/>
+    <cellStyle name="Note 9" xfId="128" xr:uid="{00000000-0005-0000-0000-00008E020000}"/>
     <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="16" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -2690,56 +2692,56 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:DN83"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:DP83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" topLeftCell="CV1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="DO7" sqref="DO7"/>
+      <selection pane="topRight" activeCell="DQ82" sqref="DQ82"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="8.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="8.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
@@ -2818,51 +2820,51 @@
     <col min="94" max="94" width="8.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="95" max="95" width="9.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="96" max="97" width="9.140625" style="3"/>
     <col min="98" max="98" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="99" max="99" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="100" max="100" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="101" max="101" width="8.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="102" max="102" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="103" max="103" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="104" max="104" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="105" max="105" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="106" max="106" width="8.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="107" max="107" width="9.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="108" max="109" width="9.140625" style="3"/>
     <col min="110" max="110" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="111" max="111" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="112" max="112" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="113" max="113" width="8.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="114" max="114" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="115" max="115" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="116" max="116" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="117" max="117" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="118" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:118" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:120" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2">
         <v>42385</v>
       </c>
       <c r="D1" s="2">
         <v>42416</v>
       </c>
       <c r="E1" s="2">
         <v>42445</v>
       </c>
       <c r="F1" s="2">
         <v>42476</v>
       </c>
       <c r="G1" s="2">
         <v>42506</v>
       </c>
       <c r="H1" s="2">
         <v>42537</v>
       </c>
       <c r="I1" s="2">
@@ -3170,55 +3172,61 @@
       </c>
       <c r="DF1" s="7">
         <v>45682</v>
       </c>
       <c r="DG1" s="7">
         <v>45713</v>
       </c>
       <c r="DH1" s="7">
         <v>45741</v>
       </c>
       <c r="DI1" s="7">
         <v>45772</v>
       </c>
       <c r="DJ1" s="7">
         <v>45802</v>
       </c>
       <c r="DK1" s="7">
         <v>45833</v>
       </c>
       <c r="DL1" s="7">
         <v>45863</v>
       </c>
       <c r="DM1" s="7">
         <v>45894</v>
       </c>
-      <c r="DN1" s="7" t="s">
+      <c r="DN1" s="7">
+        <v>45925</v>
+      </c>
+      <c r="DO1" s="7">
+        <v>45955</v>
+      </c>
+      <c r="DP1" s="8" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="2" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A2" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="5">
         <v>2592</v>
       </c>
       <c r="D2" s="5">
         <v>2586</v>
       </c>
       <c r="E2" s="5">
         <v>2624</v>
       </c>
       <c r="F2" s="5">
         <v>2653</v>
       </c>
       <c r="G2" s="5">
         <v>2726</v>
       </c>
       <c r="H2" s="5">
         <v>2757</v>
       </c>
       <c r="I2" s="5">
@@ -3527,54 +3535,60 @@
       <c r="DF2" s="5">
         <v>2837</v>
       </c>
       <c r="DG2" s="5">
         <v>2792</v>
       </c>
       <c r="DH2" s="5">
         <v>2864</v>
       </c>
       <c r="DI2" s="5">
         <v>2879</v>
       </c>
       <c r="DJ2" s="5">
         <v>2914</v>
       </c>
       <c r="DK2" s="5">
         <v>2974</v>
       </c>
       <c r="DL2" s="5">
         <v>2938</v>
       </c>
       <c r="DM2" s="5">
         <v>2931</v>
       </c>
       <c r="DN2" s="5">
+        <v>2931</v>
+      </c>
+      <c r="DO2" s="5">
         <v>2991</v>
       </c>
+      <c r="DP2" s="5">
+        <v>2993</v>
+      </c>
     </row>
-    <row r="3" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="6">
         <v>1263</v>
       </c>
       <c r="D3" s="6">
         <v>1237</v>
       </c>
       <c r="E3" s="6">
         <v>1238</v>
       </c>
       <c r="F3" s="6">
         <v>1259</v>
       </c>
       <c r="G3" s="6">
         <v>1259</v>
       </c>
       <c r="H3" s="6">
         <v>1276</v>
       </c>
       <c r="I3" s="6">
@@ -3883,54 +3897,60 @@
       <c r="DF3" s="6">
         <v>1121</v>
       </c>
       <c r="DG3" s="6">
         <v>1117</v>
       </c>
       <c r="DH3" s="6">
         <v>1125</v>
       </c>
       <c r="DI3" s="6">
         <v>1148</v>
       </c>
       <c r="DJ3" s="6">
         <v>1163</v>
       </c>
       <c r="DK3" s="6">
         <v>1189</v>
       </c>
       <c r="DL3" s="6">
         <v>1169</v>
       </c>
       <c r="DM3" s="6">
         <v>1158</v>
       </c>
       <c r="DN3" s="6">
+        <v>1158</v>
+      </c>
+      <c r="DO3" s="6">
         <v>1186</v>
       </c>
+      <c r="DP3" s="6">
+        <v>1169</v>
+      </c>
     </row>
-    <row r="4" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="5">
         <v>4893</v>
       </c>
       <c r="D4" s="5">
         <v>4852</v>
       </c>
       <c r="E4" s="5">
         <v>4934</v>
       </c>
       <c r="F4" s="5">
         <v>5055</v>
       </c>
       <c r="G4" s="5">
         <v>5148</v>
       </c>
       <c r="H4" s="5">
         <v>5217</v>
       </c>
       <c r="I4" s="5">
@@ -4239,54 +4259,60 @@
       <c r="DF4" s="5">
         <v>4490</v>
       </c>
       <c r="DG4" s="5">
         <v>4475</v>
       </c>
       <c r="DH4" s="5">
         <v>4519</v>
       </c>
       <c r="DI4" s="5">
         <v>4620</v>
       </c>
       <c r="DJ4" s="5">
         <v>4668</v>
       </c>
       <c r="DK4" s="5">
         <v>4734</v>
       </c>
       <c r="DL4" s="5">
         <v>4635</v>
       </c>
       <c r="DM4" s="5">
         <v>4622</v>
       </c>
       <c r="DN4" s="5">
+        <v>4622</v>
+      </c>
+      <c r="DO4" s="5">
         <v>4674</v>
       </c>
+      <c r="DP4" s="5">
+        <v>4668</v>
+      </c>
     </row>
-    <row r="5" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="6">
         <v>4566</v>
       </c>
       <c r="D5" s="6">
         <v>4544</v>
       </c>
       <c r="E5" s="6">
         <v>4593</v>
       </c>
       <c r="F5" s="6">
         <v>4677</v>
       </c>
       <c r="G5" s="6">
         <v>4709</v>
       </c>
       <c r="H5" s="6">
         <v>4764</v>
       </c>
       <c r="I5" s="6">
@@ -4595,54 +4621,60 @@
       <c r="DF5" s="6">
         <v>4509</v>
       </c>
       <c r="DG5" s="6">
         <v>4537</v>
       </c>
       <c r="DH5" s="6">
         <v>4528</v>
       </c>
       <c r="DI5" s="6">
         <v>4605</v>
       </c>
       <c r="DJ5" s="6">
         <v>4635</v>
       </c>
       <c r="DK5" s="6">
         <v>4703</v>
       </c>
       <c r="DL5" s="6">
         <v>4625</v>
       </c>
       <c r="DM5" s="6">
         <v>4574</v>
       </c>
       <c r="DN5" s="6">
+        <v>4574</v>
+      </c>
+      <c r="DO5" s="6">
         <v>4609</v>
       </c>
+      <c r="DP5" s="6">
+        <v>4585</v>
+      </c>
     </row>
-    <row r="6" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A6" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C6" s="5">
         <v>1493</v>
       </c>
       <c r="D6" s="5">
         <v>1489</v>
       </c>
       <c r="E6" s="5">
         <v>1532</v>
       </c>
       <c r="F6" s="5">
         <v>1539</v>
       </c>
       <c r="G6" s="5">
         <v>1562</v>
       </c>
       <c r="H6" s="5">
         <v>1586</v>
       </c>
       <c r="I6" s="5">
@@ -4951,54 +4983,60 @@
       <c r="DF6" s="5">
         <v>1572</v>
       </c>
       <c r="DG6" s="5">
         <v>1550</v>
       </c>
       <c r="DH6" s="5">
         <v>1559</v>
       </c>
       <c r="DI6" s="5">
         <v>1594</v>
       </c>
       <c r="DJ6" s="5">
         <v>1607</v>
       </c>
       <c r="DK6" s="5">
         <v>1652</v>
       </c>
       <c r="DL6" s="5">
         <v>1599</v>
       </c>
       <c r="DM6" s="5">
         <v>1587</v>
       </c>
       <c r="DN6" s="5">
+        <v>1587</v>
+      </c>
+      <c r="DO6" s="5">
         <v>1614</v>
       </c>
+      <c r="DP6" s="5">
+        <v>1621</v>
+      </c>
     </row>
-    <row r="7" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="6">
         <v>9595</v>
       </c>
       <c r="D7" s="6">
         <v>9672</v>
       </c>
       <c r="E7" s="6">
         <v>9692</v>
       </c>
       <c r="F7" s="6">
         <v>9746</v>
       </c>
       <c r="G7" s="6">
         <v>9843</v>
       </c>
       <c r="H7" s="6">
         <v>9958</v>
       </c>
       <c r="I7" s="6">
@@ -5307,54 +5345,60 @@
       <c r="DF7" s="6">
         <v>9107</v>
       </c>
       <c r="DG7" s="6">
         <v>9105</v>
       </c>
       <c r="DH7" s="6">
         <v>9064</v>
       </c>
       <c r="DI7" s="6">
         <v>9116</v>
       </c>
       <c r="DJ7" s="6">
         <v>9304</v>
       </c>
       <c r="DK7" s="6">
         <v>9509</v>
       </c>
       <c r="DL7" s="6">
         <v>9326</v>
       </c>
       <c r="DM7" s="6">
         <v>9303</v>
       </c>
       <c r="DN7" s="6">
+        <v>9303</v>
+      </c>
+      <c r="DO7" s="6">
         <v>9263</v>
       </c>
+      <c r="DP7" s="6">
+        <v>9266</v>
+      </c>
     </row>
-    <row r="8" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A8" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C8" s="5">
         <v>6178</v>
       </c>
       <c r="D8" s="5">
         <v>6151</v>
       </c>
       <c r="E8" s="5">
         <v>6193</v>
       </c>
       <c r="F8" s="5">
         <v>6390</v>
       </c>
       <c r="G8" s="5">
         <v>6486</v>
       </c>
       <c r="H8" s="5">
         <v>6596</v>
       </c>
       <c r="I8" s="5">
@@ -5663,54 +5707,60 @@
       <c r="DF8" s="5">
         <v>6485</v>
       </c>
       <c r="DG8" s="5">
         <v>6491</v>
       </c>
       <c r="DH8" s="5">
         <v>6535</v>
       </c>
       <c r="DI8" s="5">
         <v>6681</v>
       </c>
       <c r="DJ8" s="5">
         <v>6726</v>
       </c>
       <c r="DK8" s="5">
         <v>6857</v>
       </c>
       <c r="DL8" s="5">
         <v>6697</v>
       </c>
       <c r="DM8" s="5">
         <v>6652</v>
       </c>
       <c r="DN8" s="5">
+        <v>6652</v>
+      </c>
+      <c r="DO8" s="5">
         <v>6708</v>
       </c>
+      <c r="DP8" s="5">
+        <v>6710</v>
+      </c>
     </row>
-    <row r="9" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C9" s="6">
         <v>10437</v>
       </c>
       <c r="D9" s="6">
         <v>10486</v>
       </c>
       <c r="E9" s="6">
         <v>10678</v>
       </c>
       <c r="F9" s="6">
         <v>10682</v>
       </c>
       <c r="G9" s="6">
         <v>10883</v>
       </c>
       <c r="H9" s="6">
         <v>10928</v>
       </c>
       <c r="I9" s="6">
@@ -6019,54 +6069,60 @@
       <c r="DF9" s="6">
         <v>11099</v>
       </c>
       <c r="DG9" s="6">
         <v>11296</v>
       </c>
       <c r="DH9" s="6">
         <v>11360</v>
       </c>
       <c r="DI9" s="6">
         <v>11313</v>
       </c>
       <c r="DJ9" s="6">
         <v>11318</v>
       </c>
       <c r="DK9" s="6">
         <v>11141</v>
       </c>
       <c r="DL9" s="6">
         <v>10834</v>
       </c>
       <c r="DM9" s="6">
         <v>11410</v>
       </c>
       <c r="DN9" s="6">
+        <v>11410</v>
+      </c>
+      <c r="DO9" s="6">
         <v>11690</v>
       </c>
+      <c r="DP9" s="6">
+        <v>11719</v>
+      </c>
     </row>
-    <row r="10" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A10" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C10" s="5">
         <v>3288</v>
       </c>
       <c r="D10" s="5">
         <v>3248</v>
       </c>
       <c r="E10" s="5">
         <v>3290</v>
       </c>
       <c r="F10" s="5">
         <v>3417</v>
       </c>
       <c r="G10" s="5">
         <v>3431</v>
       </c>
       <c r="H10" s="5">
         <v>3511</v>
       </c>
       <c r="I10" s="5">
@@ -6375,54 +6431,60 @@
       <c r="DF10" s="5">
         <v>3553</v>
       </c>
       <c r="DG10" s="5">
         <v>3553</v>
       </c>
       <c r="DH10" s="5">
         <v>3577</v>
       </c>
       <c r="DI10" s="5">
         <v>3634</v>
       </c>
       <c r="DJ10" s="5">
         <v>3673</v>
       </c>
       <c r="DK10" s="5">
         <v>3789</v>
       </c>
       <c r="DL10" s="5">
         <v>3688</v>
       </c>
       <c r="DM10" s="5">
         <v>3736</v>
       </c>
       <c r="DN10" s="5">
+        <v>3736</v>
+      </c>
+      <c r="DO10" s="5">
         <v>3777</v>
       </c>
+      <c r="DP10" s="5">
+        <v>3674</v>
+      </c>
     </row>
-    <row r="11" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C11" s="6">
         <v>2845</v>
       </c>
       <c r="D11" s="6">
         <v>2820</v>
       </c>
       <c r="E11" s="6">
         <v>2843</v>
       </c>
       <c r="F11" s="6">
         <v>2911</v>
       </c>
       <c r="G11" s="6">
         <v>2962</v>
       </c>
       <c r="H11" s="6">
         <v>3002</v>
       </c>
       <c r="I11" s="6">
@@ -6731,54 +6793,60 @@
       <c r="DF11" s="6">
         <v>2790</v>
       </c>
       <c r="DG11" s="6">
         <v>2785</v>
       </c>
       <c r="DH11" s="6">
         <v>2812</v>
       </c>
       <c r="DI11" s="6">
         <v>2880</v>
       </c>
       <c r="DJ11" s="6">
         <v>2921</v>
       </c>
       <c r="DK11" s="6">
         <v>2973</v>
       </c>
       <c r="DL11" s="6">
         <v>2851</v>
       </c>
       <c r="DM11" s="6">
         <v>2914</v>
       </c>
       <c r="DN11" s="6">
+        <v>2914</v>
+      </c>
+      <c r="DO11" s="6">
         <v>2926</v>
       </c>
+      <c r="DP11" s="6">
+        <v>2908</v>
+      </c>
     </row>
-    <row r="12" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C12" s="5">
         <v>11399</v>
       </c>
       <c r="D12" s="5">
         <v>11374</v>
       </c>
       <c r="E12" s="5">
         <v>11502</v>
       </c>
       <c r="F12" s="5">
         <v>11512</v>
       </c>
       <c r="G12" s="5">
         <v>11621</v>
       </c>
       <c r="H12" s="5">
         <v>11906</v>
       </c>
       <c r="I12" s="5">
@@ -7087,54 +7155,60 @@
       <c r="DF12" s="5">
         <v>10725</v>
       </c>
       <c r="DG12" s="5">
         <v>10643</v>
       </c>
       <c r="DH12" s="5">
         <v>10742</v>
       </c>
       <c r="DI12" s="5">
         <v>10729</v>
       </c>
       <c r="DJ12" s="5">
         <v>10825</v>
       </c>
       <c r="DK12" s="5">
         <v>10970</v>
       </c>
       <c r="DL12" s="5">
         <v>10864</v>
       </c>
       <c r="DM12" s="5">
         <v>10807</v>
       </c>
       <c r="DN12" s="5">
+        <v>10807</v>
+      </c>
+      <c r="DO12" s="5">
         <v>10852</v>
       </c>
+      <c r="DP12" s="5">
+        <v>10773</v>
+      </c>
     </row>
-    <row r="13" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C13" s="6">
         <v>6121</v>
       </c>
       <c r="D13" s="6">
         <v>6124</v>
       </c>
       <c r="E13" s="6">
         <v>6176</v>
       </c>
       <c r="F13" s="6">
         <v>6098</v>
       </c>
       <c r="G13" s="6">
         <v>6175</v>
       </c>
       <c r="H13" s="6">
         <v>6221</v>
       </c>
       <c r="I13" s="6">
@@ -7443,54 +7517,60 @@
       <c r="DF13" s="6">
         <v>5651</v>
       </c>
       <c r="DG13" s="6">
         <v>5638</v>
       </c>
       <c r="DH13" s="6">
         <v>5683</v>
       </c>
       <c r="DI13" s="6">
         <v>5807</v>
       </c>
       <c r="DJ13" s="6">
         <v>5890</v>
       </c>
       <c r="DK13" s="6">
         <v>5982</v>
       </c>
       <c r="DL13" s="6">
         <v>5836</v>
       </c>
       <c r="DM13" s="6">
         <v>5841</v>
       </c>
       <c r="DN13" s="6">
+        <v>5841</v>
+      </c>
+      <c r="DO13" s="6">
         <v>5862</v>
       </c>
+      <c r="DP13" s="6">
+        <v>5860</v>
+      </c>
     </row>
-    <row r="14" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A14" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B14" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C14" s="5">
         <v>5373</v>
       </c>
       <c r="D14" s="5">
         <v>5341</v>
       </c>
       <c r="E14" s="5">
         <v>5450</v>
       </c>
       <c r="F14" s="5">
         <v>5490</v>
       </c>
       <c r="G14" s="5">
         <v>5543</v>
       </c>
       <c r="H14" s="5">
         <v>5552</v>
       </c>
       <c r="I14" s="5">
@@ -7799,54 +7879,60 @@
       <c r="DF14" s="5">
         <v>5175</v>
       </c>
       <c r="DG14" s="5">
         <v>5180</v>
       </c>
       <c r="DH14" s="5">
         <v>5189</v>
       </c>
       <c r="DI14" s="5">
         <v>5228</v>
       </c>
       <c r="DJ14" s="5">
         <v>5290</v>
       </c>
       <c r="DK14" s="5">
         <v>5344</v>
       </c>
       <c r="DL14" s="5">
         <v>5065</v>
       </c>
       <c r="DM14" s="5">
         <v>5236</v>
       </c>
       <c r="DN14" s="5">
+        <v>5236</v>
+      </c>
+      <c r="DO14" s="5">
         <v>5302</v>
       </c>
+      <c r="DP14" s="5">
+        <v>5297</v>
+      </c>
     </row>
-    <row r="15" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C15" s="6">
         <v>23969</v>
       </c>
       <c r="D15" s="6">
         <v>23916</v>
       </c>
       <c r="E15" s="6">
         <v>24062</v>
       </c>
       <c r="F15" s="6">
         <v>24555</v>
       </c>
       <c r="G15" s="6">
         <v>24862</v>
       </c>
       <c r="H15" s="6">
         <v>25106</v>
       </c>
       <c r="I15" s="6">
@@ -8155,54 +8241,60 @@
       <c r="DF15" s="6">
         <v>23351</v>
       </c>
       <c r="DG15" s="6">
         <v>23395</v>
       </c>
       <c r="DH15" s="6">
         <v>23473</v>
       </c>
       <c r="DI15" s="6">
         <v>23702</v>
       </c>
       <c r="DJ15" s="6">
         <v>23823</v>
       </c>
       <c r="DK15" s="6">
         <v>24051</v>
       </c>
       <c r="DL15" s="6">
         <v>23894</v>
       </c>
       <c r="DM15" s="6">
         <v>23732</v>
       </c>
       <c r="DN15" s="6">
+        <v>23732</v>
+      </c>
+      <c r="DO15" s="6">
         <v>23887</v>
       </c>
+      <c r="DP15" s="6">
+        <v>23998</v>
+      </c>
     </row>
-    <row r="16" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A16" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C16" s="5">
         <v>4662</v>
       </c>
       <c r="D16" s="5">
         <v>4592</v>
       </c>
       <c r="E16" s="5">
         <v>4636</v>
       </c>
       <c r="F16" s="5">
         <v>4740</v>
       </c>
       <c r="G16" s="5">
         <v>4829</v>
       </c>
       <c r="H16" s="5">
         <v>4901</v>
       </c>
       <c r="I16" s="5">
@@ -8511,54 +8603,60 @@
       <c r="DF16" s="5">
         <v>4651</v>
       </c>
       <c r="DG16" s="5">
         <v>4649</v>
       </c>
       <c r="DH16" s="5">
         <v>4620</v>
       </c>
       <c r="DI16" s="5">
         <v>4641</v>
       </c>
       <c r="DJ16" s="5">
         <v>4681</v>
       </c>
       <c r="DK16" s="5">
         <v>4781</v>
       </c>
       <c r="DL16" s="5">
         <v>4634</v>
       </c>
       <c r="DM16" s="5">
         <v>4607</v>
       </c>
       <c r="DN16" s="5">
+        <v>4607</v>
+      </c>
+      <c r="DO16" s="5">
         <v>4635</v>
       </c>
+      <c r="DP16" s="5">
+        <v>4634</v>
+      </c>
     </row>
-    <row r="17" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C17" s="6">
         <v>4443</v>
       </c>
       <c r="D17" s="6">
         <v>4440</v>
       </c>
       <c r="E17" s="6">
         <v>4440</v>
       </c>
       <c r="F17" s="6">
         <v>4630</v>
       </c>
       <c r="G17" s="6">
         <v>4670</v>
       </c>
       <c r="H17" s="6">
         <v>4776</v>
       </c>
       <c r="I17" s="6">
@@ -8867,54 +8965,60 @@
       <c r="DF17" s="6">
         <v>4782</v>
       </c>
       <c r="DG17" s="6">
         <v>4801</v>
       </c>
       <c r="DH17" s="6">
         <v>4805</v>
       </c>
       <c r="DI17" s="6">
         <v>4892</v>
       </c>
       <c r="DJ17" s="6">
         <v>4940</v>
       </c>
       <c r="DK17" s="6">
         <v>5036</v>
       </c>
       <c r="DL17" s="6">
         <v>4962</v>
       </c>
       <c r="DM17" s="6">
         <v>4966</v>
       </c>
       <c r="DN17" s="6">
+        <v>4966</v>
+      </c>
+      <c r="DO17" s="6">
         <v>4989</v>
       </c>
+      <c r="DP17" s="6">
+        <v>4982</v>
+      </c>
     </row>
-    <row r="18" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A18" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C18" s="5">
         <v>4249</v>
       </c>
       <c r="D18" s="5">
         <v>4297</v>
       </c>
       <c r="E18" s="5">
         <v>4320</v>
       </c>
       <c r="F18" s="5">
         <v>4311</v>
       </c>
       <c r="G18" s="5">
         <v>4296</v>
       </c>
       <c r="H18" s="5">
         <v>4398</v>
       </c>
       <c r="I18" s="5">
@@ -9223,54 +9327,60 @@
       <c r="DF18" s="5">
         <v>4591</v>
       </c>
       <c r="DG18" s="5">
         <v>4603</v>
       </c>
       <c r="DH18" s="5">
         <v>4636</v>
       </c>
       <c r="DI18" s="5">
         <v>4679</v>
       </c>
       <c r="DJ18" s="5">
         <v>4688</v>
       </c>
       <c r="DK18" s="5">
         <v>4752</v>
       </c>
       <c r="DL18" s="5">
         <v>4717</v>
       </c>
       <c r="DM18" s="5">
         <v>4746</v>
       </c>
       <c r="DN18" s="5">
+        <v>4746</v>
+      </c>
+      <c r="DO18" s="5">
         <v>4809</v>
       </c>
+      <c r="DP18" s="5">
+        <v>4830</v>
+      </c>
     </row>
-    <row r="19" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C19" s="6">
         <v>8451</v>
       </c>
       <c r="D19" s="6">
         <v>8404</v>
       </c>
       <c r="E19" s="6">
         <v>8500</v>
       </c>
       <c r="F19" s="6">
         <v>8544</v>
       </c>
       <c r="G19" s="6">
         <v>8604</v>
       </c>
       <c r="H19" s="6">
         <v>8703</v>
       </c>
       <c r="I19" s="6">
@@ -9579,54 +9689,60 @@
       <c r="DF19" s="6">
         <v>8254</v>
       </c>
       <c r="DG19" s="6">
         <v>8251</v>
       </c>
       <c r="DH19" s="6">
         <v>8271</v>
       </c>
       <c r="DI19" s="6">
         <v>8302</v>
       </c>
       <c r="DJ19" s="6">
         <v>8387</v>
       </c>
       <c r="DK19" s="6">
         <v>8511</v>
       </c>
       <c r="DL19" s="6">
         <v>8336</v>
       </c>
       <c r="DM19" s="6">
         <v>8305</v>
       </c>
       <c r="DN19" s="6">
+        <v>8305</v>
+      </c>
+      <c r="DO19" s="6">
         <v>8341</v>
       </c>
+      <c r="DP19" s="6">
+        <v>8385</v>
+      </c>
     </row>
-    <row r="20" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A20" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C20" s="5">
         <v>6294</v>
       </c>
       <c r="D20" s="5">
         <v>6293</v>
       </c>
       <c r="E20" s="5">
         <v>6483</v>
       </c>
       <c r="F20" s="5">
         <v>6718</v>
       </c>
       <c r="G20" s="5">
         <v>6822</v>
       </c>
       <c r="H20" s="5">
         <v>6939</v>
       </c>
       <c r="I20" s="5">
@@ -9935,54 +10051,60 @@
       <c r="DF20" s="5">
         <v>6058</v>
       </c>
       <c r="DG20" s="5">
         <v>6069</v>
       </c>
       <c r="DH20" s="5">
         <v>6160</v>
       </c>
       <c r="DI20" s="5">
         <v>6291</v>
       </c>
       <c r="DJ20" s="5">
         <v>6379</v>
       </c>
       <c r="DK20" s="5">
         <v>6476</v>
       </c>
       <c r="DL20" s="5">
         <v>6259</v>
       </c>
       <c r="DM20" s="5">
         <v>6352</v>
       </c>
       <c r="DN20" s="5">
+        <v>6352</v>
+      </c>
+      <c r="DO20" s="5">
         <v>6334</v>
       </c>
+      <c r="DP20" s="5">
+        <v>6296</v>
+      </c>
     </row>
-    <row r="21" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C21" s="6">
         <v>21377</v>
       </c>
       <c r="D21" s="6">
         <v>21366</v>
       </c>
       <c r="E21" s="6">
         <v>21631</v>
       </c>
       <c r="F21" s="6">
         <v>21934</v>
       </c>
       <c r="G21" s="6">
         <v>21809</v>
       </c>
       <c r="H21" s="6">
         <v>21720</v>
       </c>
       <c r="I21" s="6">
@@ -10291,54 +10413,60 @@
       <c r="DF21" s="6">
         <v>18886</v>
       </c>
       <c r="DG21" s="6">
         <v>18899</v>
       </c>
       <c r="DH21" s="6">
         <v>19002</v>
       </c>
       <c r="DI21" s="6">
         <v>19200</v>
       </c>
       <c r="DJ21" s="6">
         <v>19344</v>
       </c>
       <c r="DK21" s="6">
         <v>19603</v>
       </c>
       <c r="DL21" s="6">
         <v>19188</v>
       </c>
       <c r="DM21" s="6">
         <v>19182</v>
       </c>
       <c r="DN21" s="6">
+        <v>19182</v>
+      </c>
+      <c r="DO21" s="6">
         <v>19247</v>
       </c>
+      <c r="DP21" s="6">
+        <v>19390</v>
+      </c>
     </row>
-    <row r="22" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A22" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C22" s="5">
         <v>6729</v>
       </c>
       <c r="D22" s="5">
         <v>6695</v>
       </c>
       <c r="E22" s="5">
         <v>6849</v>
       </c>
       <c r="F22" s="5">
         <v>6984</v>
       </c>
       <c r="G22" s="5">
         <v>7044</v>
       </c>
       <c r="H22" s="5">
         <v>7103</v>
       </c>
       <c r="I22" s="5">
@@ -10647,54 +10775,60 @@
       <c r="DF22" s="5">
         <v>6452</v>
       </c>
       <c r="DG22" s="5">
         <v>6430</v>
       </c>
       <c r="DH22" s="5">
         <v>6503</v>
       </c>
       <c r="DI22" s="5">
         <v>6626</v>
       </c>
       <c r="DJ22" s="5">
         <v>6669</v>
       </c>
       <c r="DK22" s="5">
         <v>6744</v>
       </c>
       <c r="DL22" s="5">
         <v>6478</v>
       </c>
       <c r="DM22" s="5">
         <v>6533</v>
       </c>
       <c r="DN22" s="5">
+        <v>6533</v>
+      </c>
+      <c r="DO22" s="5">
         <v>6587</v>
       </c>
+      <c r="DP22" s="5">
+        <v>6634</v>
+      </c>
     </row>
-    <row r="23" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C23" s="6">
         <v>1900</v>
       </c>
       <c r="D23" s="6">
         <v>1917</v>
       </c>
       <c r="E23" s="6">
         <v>1944</v>
       </c>
       <c r="F23" s="6">
         <v>1991</v>
       </c>
       <c r="G23" s="6">
         <v>1993</v>
       </c>
       <c r="H23" s="6">
         <v>2020</v>
       </c>
       <c r="I23" s="6">
@@ -11003,54 +11137,60 @@
       <c r="DF23" s="6">
         <v>1945</v>
       </c>
       <c r="DG23" s="6">
         <v>1939</v>
       </c>
       <c r="DH23" s="6">
         <v>1936</v>
       </c>
       <c r="DI23" s="6">
         <v>1971</v>
       </c>
       <c r="DJ23" s="6">
         <v>1992</v>
       </c>
       <c r="DK23" s="6">
         <v>2031</v>
       </c>
       <c r="DL23" s="6">
         <v>1978</v>
       </c>
       <c r="DM23" s="6">
         <v>1984</v>
       </c>
       <c r="DN23" s="6">
+        <v>1984</v>
+      </c>
+      <c r="DO23" s="6">
         <v>1976</v>
       </c>
+      <c r="DP23" s="6">
+        <v>2007</v>
+      </c>
     </row>
-    <row r="24" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A24" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B24" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C24" s="5">
         <v>2680</v>
       </c>
       <c r="D24" s="5">
         <v>2654</v>
       </c>
       <c r="E24" s="5">
         <v>2665</v>
       </c>
       <c r="F24" s="5">
         <v>2813</v>
       </c>
       <c r="G24" s="5">
         <v>2789</v>
       </c>
       <c r="H24" s="5">
         <v>2766</v>
       </c>
       <c r="I24" s="5">
@@ -11359,54 +11499,60 @@
       <c r="DF24" s="5">
         <v>2452</v>
       </c>
       <c r="DG24" s="5">
         <v>2522</v>
       </c>
       <c r="DH24" s="5">
         <v>2541</v>
       </c>
       <c r="DI24" s="5">
         <v>2492</v>
       </c>
       <c r="DJ24" s="5">
         <v>2446</v>
       </c>
       <c r="DK24" s="5">
         <v>2286</v>
       </c>
       <c r="DL24" s="5">
         <v>2183</v>
       </c>
       <c r="DM24" s="5">
         <v>2413</v>
       </c>
       <c r="DN24" s="5">
+        <v>2413</v>
+      </c>
+      <c r="DO24" s="5">
         <v>2531</v>
       </c>
+      <c r="DP24" s="5">
+        <v>2517</v>
+      </c>
     </row>
-    <row r="25" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C25" s="6">
         <v>6575</v>
       </c>
       <c r="D25" s="6">
         <v>6573</v>
       </c>
       <c r="E25" s="6">
         <v>6646</v>
       </c>
       <c r="F25" s="6">
         <v>6584</v>
       </c>
       <c r="G25" s="6">
         <v>6644</v>
       </c>
       <c r="H25" s="6">
         <v>6886</v>
       </c>
       <c r="I25" s="6">
@@ -11715,54 +11861,60 @@
       <c r="DF25" s="6">
         <v>6422</v>
       </c>
       <c r="DG25" s="6">
         <v>6420</v>
       </c>
       <c r="DH25" s="6">
         <v>6500</v>
       </c>
       <c r="DI25" s="6">
         <v>6561</v>
       </c>
       <c r="DJ25" s="6">
         <v>6633</v>
       </c>
       <c r="DK25" s="6">
         <v>6843</v>
       </c>
       <c r="DL25" s="6">
         <v>6760</v>
       </c>
       <c r="DM25" s="6">
         <v>6523</v>
       </c>
       <c r="DN25" s="6">
+        <v>6523</v>
+      </c>
+      <c r="DO25" s="6">
         <v>6546</v>
       </c>
+      <c r="DP25" s="6">
+        <v>6597</v>
+      </c>
     </row>
-    <row r="26" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A26" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C26" s="5">
         <v>22220</v>
       </c>
       <c r="D26" s="5">
         <v>22277</v>
       </c>
       <c r="E26" s="5">
         <v>22530</v>
       </c>
       <c r="F26" s="5">
         <v>22506</v>
       </c>
       <c r="G26" s="5">
         <v>22717</v>
       </c>
       <c r="H26" s="5">
         <v>23167</v>
       </c>
       <c r="I26" s="5">
@@ -12071,54 +12223,60 @@
       <c r="DF26" s="5">
         <v>19472</v>
       </c>
       <c r="DG26" s="5">
         <v>19691</v>
       </c>
       <c r="DH26" s="5">
         <v>19768</v>
       </c>
       <c r="DI26" s="5">
         <v>20050</v>
       </c>
       <c r="DJ26" s="5">
         <v>20280</v>
       </c>
       <c r="DK26" s="5">
         <v>20445</v>
       </c>
       <c r="DL26" s="5">
         <v>20489</v>
       </c>
       <c r="DM26" s="5">
         <v>20155</v>
       </c>
       <c r="DN26" s="5">
+        <v>20155</v>
+      </c>
+      <c r="DO26" s="5">
         <v>20210</v>
       </c>
+      <c r="DP26" s="5">
+        <v>20215</v>
+      </c>
     </row>
-    <row r="27" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C27" s="6">
         <v>8962</v>
       </c>
       <c r="D27" s="6">
         <v>8981</v>
       </c>
       <c r="E27" s="6">
         <v>9049</v>
       </c>
       <c r="F27" s="6">
         <v>9494</v>
       </c>
       <c r="G27" s="6">
         <v>10166</v>
       </c>
       <c r="H27" s="6">
         <v>11265</v>
       </c>
       <c r="I27" s="6">
@@ -12427,54 +12585,60 @@
       <c r="DF27" s="6">
         <v>9265</v>
       </c>
       <c r="DG27" s="6">
         <v>9299</v>
       </c>
       <c r="DH27" s="6">
         <v>9424</v>
       </c>
       <c r="DI27" s="6">
         <v>9637</v>
       </c>
       <c r="DJ27" s="6">
         <v>10347</v>
       </c>
       <c r="DK27" s="6">
         <v>11024</v>
       </c>
       <c r="DL27" s="6">
         <v>10884</v>
       </c>
       <c r="DM27" s="6">
         <v>9906</v>
       </c>
       <c r="DN27" s="6">
+        <v>9906</v>
+      </c>
+      <c r="DO27" s="6">
         <v>9545</v>
       </c>
+      <c r="DP27" s="6">
+        <v>9398</v>
+      </c>
     </row>
-    <row r="28" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A28" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C28" s="5">
         <v>3877</v>
       </c>
       <c r="D28" s="5">
         <v>3890</v>
       </c>
       <c r="E28" s="5">
         <v>3931</v>
       </c>
       <c r="F28" s="5">
         <v>3980</v>
       </c>
       <c r="G28" s="5">
         <v>3941</v>
       </c>
       <c r="H28" s="5">
         <v>3921</v>
       </c>
       <c r="I28" s="5">
@@ -12783,54 +12947,60 @@
       <c r="DF28" s="5">
         <v>3209</v>
       </c>
       <c r="DG28" s="5">
         <v>3217</v>
       </c>
       <c r="DH28" s="5">
         <v>3238</v>
       </c>
       <c r="DI28" s="5">
         <v>3270</v>
       </c>
       <c r="DJ28" s="5">
         <v>3310</v>
       </c>
       <c r="DK28" s="5">
         <v>3330</v>
       </c>
       <c r="DL28" s="5">
         <v>3183</v>
       </c>
       <c r="DM28" s="5">
         <v>3256</v>
       </c>
       <c r="DN28" s="5">
+        <v>3256</v>
+      </c>
+      <c r="DO28" s="5">
         <v>3280</v>
       </c>
+      <c r="DP28" s="5">
+        <v>3284</v>
+      </c>
     </row>
-    <row r="29" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C29" s="6">
         <v>7317</v>
       </c>
       <c r="D29" s="6">
         <v>7418</v>
       </c>
       <c r="E29" s="6">
         <v>7467</v>
       </c>
       <c r="F29" s="6">
         <v>7531</v>
       </c>
       <c r="G29" s="6">
         <v>7539</v>
       </c>
       <c r="H29" s="6">
         <v>7303</v>
       </c>
       <c r="I29" s="6">
@@ -13139,54 +13309,60 @@
       <c r="DF29" s="6">
         <v>7075</v>
       </c>
       <c r="DG29" s="6">
         <v>7350</v>
       </c>
       <c r="DH29" s="6">
         <v>7405</v>
       </c>
       <c r="DI29" s="6">
         <v>7552</v>
       </c>
       <c r="DJ29" s="6">
         <v>7523</v>
       </c>
       <c r="DK29" s="6">
         <v>7161</v>
       </c>
       <c r="DL29" s="6">
         <v>6942</v>
       </c>
       <c r="DM29" s="6">
         <v>7432</v>
       </c>
       <c r="DN29" s="6">
+        <v>7432</v>
+      </c>
+      <c r="DO29" s="6">
         <v>7767</v>
       </c>
+      <c r="DP29" s="6">
+        <v>7696</v>
+      </c>
     </row>
-    <row r="30" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A30" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B30" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C30" s="5">
         <v>5810</v>
       </c>
       <c r="D30" s="5">
         <v>5746</v>
       </c>
       <c r="E30" s="5">
         <v>5807</v>
       </c>
       <c r="F30" s="5">
         <v>5848</v>
       </c>
       <c r="G30" s="5">
         <v>5946</v>
       </c>
       <c r="H30" s="5">
         <v>5987</v>
       </c>
       <c r="I30" s="5">
@@ -13495,54 +13671,60 @@
       <c r="DF30" s="5">
         <v>5718</v>
       </c>
       <c r="DG30" s="5">
         <v>5708</v>
       </c>
       <c r="DH30" s="5">
         <v>5696</v>
       </c>
       <c r="DI30" s="5">
         <v>5756</v>
       </c>
       <c r="DJ30" s="5">
         <v>5747</v>
       </c>
       <c r="DK30" s="5">
         <v>5842</v>
       </c>
       <c r="DL30" s="5">
         <v>5774</v>
       </c>
       <c r="DM30" s="5">
         <v>5758</v>
       </c>
       <c r="DN30" s="5">
+        <v>5758</v>
+      </c>
+      <c r="DO30" s="5">
         <v>5789</v>
       </c>
+      <c r="DP30" s="5">
+        <v>5851</v>
+      </c>
     </row>
-    <row r="31" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C31" s="6">
         <v>3807</v>
       </c>
       <c r="D31" s="6">
         <v>3779</v>
       </c>
       <c r="E31" s="6">
         <v>3849</v>
       </c>
       <c r="F31" s="6">
         <v>3921</v>
       </c>
       <c r="G31" s="6">
         <v>3972</v>
       </c>
       <c r="H31" s="6">
         <v>4061</v>
       </c>
       <c r="I31" s="6">
@@ -13851,54 +14033,60 @@
       <c r="DF31" s="6">
         <v>3699</v>
       </c>
       <c r="DG31" s="6">
         <v>3701</v>
       </c>
       <c r="DH31" s="6">
         <v>3758</v>
       </c>
       <c r="DI31" s="6">
         <v>3818</v>
       </c>
       <c r="DJ31" s="6">
         <v>3811</v>
       </c>
       <c r="DK31" s="6">
         <v>3922</v>
       </c>
       <c r="DL31" s="6">
         <v>3810</v>
       </c>
       <c r="DM31" s="6">
         <v>3788</v>
       </c>
       <c r="DN31" s="6">
+        <v>3788</v>
+      </c>
+      <c r="DO31" s="6">
         <v>3768</v>
       </c>
+      <c r="DP31" s="6">
+        <v>3786</v>
+      </c>
     </row>
-    <row r="32" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A32" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B32" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C32" s="5">
         <v>2580</v>
       </c>
       <c r="D32" s="5">
         <v>2619</v>
       </c>
       <c r="E32" s="5">
         <v>2618</v>
       </c>
       <c r="F32" s="5">
         <v>2617</v>
       </c>
       <c r="G32" s="5">
         <v>2534</v>
       </c>
       <c r="H32" s="5">
         <v>2513</v>
       </c>
       <c r="I32" s="5">
@@ -14207,54 +14395,60 @@
       <c r="DF32" s="5">
         <v>2053</v>
       </c>
       <c r="DG32" s="5">
         <v>2041</v>
       </c>
       <c r="DH32" s="5">
         <v>2052</v>
       </c>
       <c r="DI32" s="5">
         <v>2080</v>
       </c>
       <c r="DJ32" s="5">
         <v>2092</v>
       </c>
       <c r="DK32" s="5">
         <v>2112</v>
       </c>
       <c r="DL32" s="5">
         <v>2058</v>
       </c>
       <c r="DM32" s="5">
         <v>2020</v>
       </c>
       <c r="DN32" s="5">
+        <v>2020</v>
+      </c>
+      <c r="DO32" s="5">
         <v>2022</v>
       </c>
+      <c r="DP32" s="5">
+        <v>2017</v>
+      </c>
     </row>
-    <row r="33" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C33" s="6">
         <v>3501</v>
       </c>
       <c r="D33" s="6">
         <v>3481</v>
       </c>
       <c r="E33" s="6">
         <v>3548</v>
       </c>
       <c r="F33" s="6">
         <v>3506</v>
       </c>
       <c r="G33" s="6">
         <v>3554</v>
       </c>
       <c r="H33" s="6">
         <v>3569</v>
       </c>
       <c r="I33" s="6">
@@ -14563,54 +14757,60 @@
       <c r="DF33" s="6">
         <v>3153</v>
       </c>
       <c r="DG33" s="6">
         <v>3162</v>
       </c>
       <c r="DH33" s="6">
         <v>3165</v>
       </c>
       <c r="DI33" s="6">
         <v>3189</v>
       </c>
       <c r="DJ33" s="6">
         <v>3185</v>
       </c>
       <c r="DK33" s="6">
         <v>3197</v>
       </c>
       <c r="DL33" s="6">
         <v>3111</v>
       </c>
       <c r="DM33" s="6">
         <v>3165</v>
       </c>
       <c r="DN33" s="6">
+        <v>3165</v>
+      </c>
+      <c r="DO33" s="6">
         <v>3182</v>
       </c>
+      <c r="DP33" s="6">
+        <v>3165</v>
+      </c>
     </row>
-    <row r="34" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A34" s="4" t="s">
         <v>35</v>
       </c>
       <c r="B34" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C34" s="5">
         <v>5375</v>
       </c>
       <c r="D34" s="5">
         <v>5399</v>
       </c>
       <c r="E34" s="5">
         <v>5459</v>
       </c>
       <c r="F34" s="5">
         <v>5525</v>
       </c>
       <c r="G34" s="5">
         <v>5638</v>
       </c>
       <c r="H34" s="5">
         <v>5763</v>
       </c>
       <c r="I34" s="5">
@@ -14919,54 +15119,60 @@
       <c r="DF34" s="5">
         <v>5318</v>
       </c>
       <c r="DG34" s="5">
         <v>5320</v>
       </c>
       <c r="DH34" s="5">
         <v>5333</v>
       </c>
       <c r="DI34" s="5">
         <v>5409</v>
       </c>
       <c r="DJ34" s="5">
         <v>5432</v>
       </c>
       <c r="DK34" s="5">
         <v>5556</v>
       </c>
       <c r="DL34" s="5">
         <v>5517</v>
       </c>
       <c r="DM34" s="5">
         <v>5509</v>
       </c>
       <c r="DN34" s="5">
+        <v>5509</v>
+      </c>
+      <c r="DO34" s="5">
         <v>5530</v>
       </c>
+      <c r="DP34" s="5">
+        <v>5492</v>
+      </c>
     </row>
-    <row r="35" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C35" s="6">
         <v>6854</v>
       </c>
       <c r="D35" s="6">
         <v>6831</v>
       </c>
       <c r="E35" s="6">
         <v>6969</v>
       </c>
       <c r="F35" s="6">
         <v>6889</v>
       </c>
       <c r="G35" s="6">
         <v>6979</v>
       </c>
       <c r="H35" s="6">
         <v>7068</v>
       </c>
       <c r="I35" s="6">
@@ -15275,54 +15481,60 @@
       <c r="DF35" s="6">
         <v>5716</v>
       </c>
       <c r="DG35" s="6">
         <v>5673</v>
       </c>
       <c r="DH35" s="6">
         <v>5689</v>
       </c>
       <c r="DI35" s="6">
         <v>5772</v>
       </c>
       <c r="DJ35" s="6">
         <v>5441</v>
       </c>
       <c r="DK35" s="6">
         <v>5641</v>
       </c>
       <c r="DL35" s="6">
         <v>5584</v>
       </c>
       <c r="DM35" s="6">
         <v>5456</v>
       </c>
       <c r="DN35" s="6">
+        <v>5456</v>
+      </c>
+      <c r="DO35" s="6">
         <v>5529</v>
       </c>
+      <c r="DP35" s="6">
+        <v>5521</v>
+      </c>
     </row>
-    <row r="36" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A36" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B36" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C36" s="5">
         <v>6617</v>
       </c>
       <c r="D36" s="5">
         <v>6673</v>
       </c>
       <c r="E36" s="5">
         <v>6787</v>
       </c>
       <c r="F36" s="5">
         <v>6898</v>
       </c>
       <c r="G36" s="5">
         <v>6969</v>
       </c>
       <c r="H36" s="5">
         <v>7073</v>
       </c>
       <c r="I36" s="5">
@@ -15631,54 +15843,60 @@
       <c r="DF36" s="5">
         <v>6180</v>
       </c>
       <c r="DG36" s="5">
         <v>6164</v>
       </c>
       <c r="DH36" s="5">
         <v>6186</v>
       </c>
       <c r="DI36" s="5">
         <v>6330</v>
       </c>
       <c r="DJ36" s="5">
         <v>6334</v>
       </c>
       <c r="DK36" s="5">
         <v>6428</v>
       </c>
       <c r="DL36" s="5">
         <v>6258</v>
       </c>
       <c r="DM36" s="5">
         <v>6276</v>
       </c>
       <c r="DN36" s="5">
+        <v>6276</v>
+      </c>
+      <c r="DO36" s="5">
         <v>6306</v>
       </c>
+      <c r="DP36" s="5">
+        <v>6349</v>
+      </c>
     </row>
-    <row r="37" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C37" s="6">
         <v>4242</v>
       </c>
       <c r="D37" s="6">
         <v>4303</v>
       </c>
       <c r="E37" s="6">
         <v>4399</v>
       </c>
       <c r="F37" s="6">
         <v>4449</v>
       </c>
       <c r="G37" s="6">
         <v>4459</v>
       </c>
       <c r="H37" s="6">
         <v>4434</v>
       </c>
       <c r="I37" s="6">
@@ -15987,54 +16205,60 @@
       <c r="DF37" s="6">
         <v>3962</v>
       </c>
       <c r="DG37" s="6">
         <v>3991</v>
       </c>
       <c r="DH37" s="6">
         <v>4011</v>
       </c>
       <c r="DI37" s="6">
         <v>4068</v>
       </c>
       <c r="DJ37" s="6">
         <v>4079</v>
       </c>
       <c r="DK37" s="6">
         <v>4173</v>
       </c>
       <c r="DL37" s="6">
         <v>4011</v>
       </c>
       <c r="DM37" s="6">
         <v>4011</v>
       </c>
       <c r="DN37" s="6">
+        <v>4011</v>
+      </c>
+      <c r="DO37" s="6">
         <v>4080</v>
       </c>
+      <c r="DP37" s="6">
+        <v>4097</v>
+      </c>
     </row>
-    <row r="38" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A38" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B38" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C38" s="5">
         <v>9161</v>
       </c>
       <c r="D38" s="5">
         <v>9249</v>
       </c>
       <c r="E38" s="5">
         <v>9345</v>
       </c>
       <c r="F38" s="5">
         <v>9390</v>
       </c>
       <c r="G38" s="5">
         <v>9361</v>
       </c>
       <c r="H38" s="5">
         <v>9306</v>
       </c>
       <c r="I38" s="5">
@@ -16343,54 +16567,60 @@
       <c r="DF38" s="5">
         <v>7833</v>
       </c>
       <c r="DG38" s="5">
         <v>8002</v>
       </c>
       <c r="DH38" s="5">
         <v>8002</v>
       </c>
       <c r="DI38" s="5">
         <v>7942</v>
       </c>
       <c r="DJ38" s="5">
         <v>7913</v>
       </c>
       <c r="DK38" s="5">
         <v>7861</v>
       </c>
       <c r="DL38" s="5">
         <v>7844</v>
       </c>
       <c r="DM38" s="5">
         <v>7962</v>
       </c>
       <c r="DN38" s="5">
+        <v>7962</v>
+      </c>
+      <c r="DO38" s="5">
         <v>8078</v>
       </c>
+      <c r="DP38" s="5">
+        <v>8044</v>
+      </c>
     </row>
-    <row r="39" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C39" s="6">
         <v>4002</v>
       </c>
       <c r="D39" s="6">
         <v>3947</v>
       </c>
       <c r="E39" s="6">
         <v>4035</v>
       </c>
       <c r="F39" s="6">
         <v>4082</v>
       </c>
       <c r="G39" s="6">
         <v>4119</v>
       </c>
       <c r="H39" s="6">
         <v>4091</v>
       </c>
       <c r="I39" s="6">
@@ -16699,54 +16929,60 @@
       <c r="DF39" s="6">
         <v>4137</v>
       </c>
       <c r="DG39" s="6">
         <v>4092</v>
       </c>
       <c r="DH39" s="6">
         <v>4159</v>
       </c>
       <c r="DI39" s="6">
         <v>4172</v>
       </c>
       <c r="DJ39" s="6">
         <v>4205</v>
       </c>
       <c r="DK39" s="6">
         <v>4255</v>
       </c>
       <c r="DL39" s="6">
         <v>4172</v>
       </c>
       <c r="DM39" s="6">
         <v>4185</v>
       </c>
       <c r="DN39" s="6">
+        <v>4185</v>
+      </c>
+      <c r="DO39" s="6">
         <v>4230</v>
       </c>
+      <c r="DP39" s="6">
+        <v>4217</v>
+      </c>
     </row>
-    <row r="40" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A40" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C40" s="5">
         <v>3895</v>
       </c>
       <c r="D40" s="5">
         <v>3865</v>
       </c>
       <c r="E40" s="5">
         <v>3908</v>
       </c>
       <c r="F40" s="5">
         <v>4002</v>
       </c>
       <c r="G40" s="5">
         <v>4073</v>
       </c>
       <c r="H40" s="5">
         <v>4126</v>
       </c>
       <c r="I40" s="5">
@@ -17055,54 +17291,60 @@
       <c r="DF40" s="5">
         <v>3790</v>
       </c>
       <c r="DG40" s="5">
         <v>3779</v>
       </c>
       <c r="DH40" s="5">
         <v>3807</v>
       </c>
       <c r="DI40" s="5">
         <v>3854</v>
       </c>
       <c r="DJ40" s="5">
         <v>3873</v>
       </c>
       <c r="DK40" s="5">
         <v>3996</v>
       </c>
       <c r="DL40" s="5">
         <v>3823</v>
       </c>
       <c r="DM40" s="5">
         <v>3838</v>
       </c>
       <c r="DN40" s="5">
+        <v>3838</v>
+      </c>
+      <c r="DO40" s="5">
         <v>3829</v>
       </c>
+      <c r="DP40" s="5">
+        <v>3838</v>
+      </c>
     </row>
-    <row r="41" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C41" s="6">
         <v>3507</v>
       </c>
       <c r="D41" s="6">
         <v>3501</v>
       </c>
       <c r="E41" s="6">
         <v>3547</v>
       </c>
       <c r="F41" s="6">
         <v>3561</v>
       </c>
       <c r="G41" s="6">
         <v>3580</v>
       </c>
       <c r="H41" s="6">
         <v>3674</v>
       </c>
       <c r="I41" s="6">
@@ -17411,54 +17653,60 @@
       <c r="DF41" s="6">
         <v>3474</v>
       </c>
       <c r="DG41" s="6">
         <v>3452</v>
       </c>
       <c r="DH41" s="6">
         <v>3454</v>
       </c>
       <c r="DI41" s="6">
         <v>3524</v>
       </c>
       <c r="DJ41" s="6">
         <v>3565</v>
       </c>
       <c r="DK41" s="6">
         <v>3652</v>
       </c>
       <c r="DL41" s="6">
         <v>3519</v>
       </c>
       <c r="DM41" s="6">
         <v>3472</v>
       </c>
       <c r="DN41" s="6">
+        <v>3472</v>
+      </c>
+      <c r="DO41" s="6">
         <v>3485</v>
       </c>
+      <c r="DP41" s="6">
+        <v>3470</v>
+      </c>
     </row>
-    <row r="42" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A42" s="4" t="s">
         <v>43</v>
       </c>
       <c r="B42" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C42" s="5">
         <v>9531</v>
       </c>
       <c r="D42" s="5">
         <v>9489</v>
       </c>
       <c r="E42" s="5">
         <v>9536</v>
       </c>
       <c r="F42" s="5">
         <v>9681</v>
       </c>
       <c r="G42" s="5">
         <v>9742</v>
       </c>
       <c r="H42" s="5">
         <v>9904</v>
       </c>
       <c r="I42" s="5">
@@ -17767,54 +18015,60 @@
       <c r="DF42" s="5">
         <v>8774</v>
       </c>
       <c r="DG42" s="5">
         <v>8708</v>
       </c>
       <c r="DH42" s="5">
         <v>8746</v>
       </c>
       <c r="DI42" s="5">
         <v>8865</v>
       </c>
       <c r="DJ42" s="5">
         <v>8860</v>
       </c>
       <c r="DK42" s="5">
         <v>9026</v>
       </c>
       <c r="DL42" s="5">
         <v>8966</v>
       </c>
       <c r="DM42" s="5">
         <v>8736</v>
       </c>
       <c r="DN42" s="5">
+        <v>8736</v>
+      </c>
+      <c r="DO42" s="5">
         <v>8798</v>
       </c>
+      <c r="DP42" s="5">
+        <v>8714</v>
+      </c>
     </row>
-    <row r="43" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C43" s="6">
         <v>6045</v>
       </c>
       <c r="D43" s="6">
         <v>6091</v>
       </c>
       <c r="E43" s="6">
         <v>6156</v>
       </c>
       <c r="F43" s="6">
         <v>6327</v>
       </c>
       <c r="G43" s="6">
         <v>6365</v>
       </c>
       <c r="H43" s="6">
         <v>6457</v>
       </c>
       <c r="I43" s="6">
@@ -18123,54 +18377,60 @@
       <c r="DF43" s="6">
         <v>5618</v>
       </c>
       <c r="DG43" s="6">
         <v>5644</v>
       </c>
       <c r="DH43" s="6">
         <v>5698</v>
       </c>
       <c r="DI43" s="6">
         <v>5839</v>
       </c>
       <c r="DJ43" s="6">
         <v>5963</v>
       </c>
       <c r="DK43" s="6">
         <v>6033</v>
       </c>
       <c r="DL43" s="6">
         <v>5929</v>
       </c>
       <c r="DM43" s="6">
         <v>5855</v>
       </c>
       <c r="DN43" s="6">
+        <v>5855</v>
+      </c>
+      <c r="DO43" s="6">
         <v>5857</v>
       </c>
+      <c r="DP43" s="6">
+        <v>5871</v>
+      </c>
     </row>
-    <row r="44" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A44" s="4" t="s">
         <v>45</v>
       </c>
       <c r="B44" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C44" s="5">
         <v>10998</v>
       </c>
       <c r="D44" s="5">
         <v>11048</v>
       </c>
       <c r="E44" s="5">
         <v>11162</v>
       </c>
       <c r="F44" s="5">
         <v>11461</v>
       </c>
       <c r="G44" s="5">
         <v>11543</v>
       </c>
       <c r="H44" s="5">
         <v>11874</v>
       </c>
       <c r="I44" s="5">
@@ -18479,54 +18739,60 @@
       <c r="DF44" s="5">
         <v>10300</v>
       </c>
       <c r="DG44" s="5">
         <v>10271</v>
       </c>
       <c r="DH44" s="5">
         <v>10320</v>
       </c>
       <c r="DI44" s="5">
         <v>10673</v>
       </c>
       <c r="DJ44" s="5">
         <v>10851</v>
       </c>
       <c r="DK44" s="5">
         <v>11019</v>
       </c>
       <c r="DL44" s="5">
         <v>10653</v>
       </c>
       <c r="DM44" s="5">
         <v>10826</v>
       </c>
       <c r="DN44" s="5">
+        <v>10826</v>
+      </c>
+      <c r="DO44" s="5">
         <v>10903</v>
       </c>
+      <c r="DP44" s="5">
+        <v>10856</v>
+      </c>
     </row>
-    <row r="45" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C45" s="6">
         <v>7596</v>
       </c>
       <c r="D45" s="6">
         <v>7598</v>
       </c>
       <c r="E45" s="6">
         <v>7670</v>
       </c>
       <c r="F45" s="6">
         <v>7657</v>
       </c>
       <c r="G45" s="6">
         <v>7592</v>
       </c>
       <c r="H45" s="6">
         <v>7691</v>
       </c>
       <c r="I45" s="6">
@@ -18835,54 +19101,60 @@
       <c r="DF45" s="6">
         <v>8443</v>
       </c>
       <c r="DG45" s="6">
         <v>9128</v>
       </c>
       <c r="DH45" s="6">
         <v>9116</v>
       </c>
       <c r="DI45" s="6">
         <v>9374</v>
       </c>
       <c r="DJ45" s="6">
         <v>9201</v>
       </c>
       <c r="DK45" s="6">
         <v>8439</v>
       </c>
       <c r="DL45" s="6">
         <v>8250</v>
       </c>
       <c r="DM45" s="6">
         <v>8822</v>
       </c>
       <c r="DN45" s="6">
+        <v>8822</v>
+      </c>
+      <c r="DO45" s="6">
         <v>9378</v>
       </c>
+      <c r="DP45" s="6">
+        <v>9440</v>
+      </c>
     </row>
-    <row r="46" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A46" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B46" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C46" s="5">
         <v>2144</v>
       </c>
       <c r="D46" s="5">
         <v>2142</v>
       </c>
       <c r="E46" s="5">
         <v>2161</v>
       </c>
       <c r="F46" s="5">
         <v>2195</v>
       </c>
       <c r="G46" s="5">
         <v>2197</v>
       </c>
       <c r="H46" s="5">
         <v>2197</v>
       </c>
       <c r="I46" s="5">
@@ -19191,54 +19463,60 @@
       <c r="DF46" s="5">
         <v>2104</v>
       </c>
       <c r="DG46" s="5">
         <v>2091</v>
       </c>
       <c r="DH46" s="5">
         <v>2117</v>
       </c>
       <c r="DI46" s="5">
         <v>2173</v>
       </c>
       <c r="DJ46" s="5">
         <v>2182</v>
       </c>
       <c r="DK46" s="5">
         <v>2225</v>
       </c>
       <c r="DL46" s="5">
         <v>2185</v>
       </c>
       <c r="DM46" s="5">
         <v>2092</v>
       </c>
       <c r="DN46" s="5">
+        <v>2092</v>
+      </c>
+      <c r="DO46" s="5">
         <v>2112</v>
       </c>
+      <c r="DP46" s="5">
+        <v>2132</v>
+      </c>
     </row>
-    <row r="47" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C47" s="6">
         <v>6622</v>
       </c>
       <c r="D47" s="6">
         <v>6638</v>
       </c>
       <c r="E47" s="6">
         <v>6684</v>
       </c>
       <c r="F47" s="6">
         <v>6821</v>
       </c>
       <c r="G47" s="6">
         <v>6848</v>
       </c>
       <c r="H47" s="6">
         <v>7062</v>
       </c>
       <c r="I47" s="6">
@@ -19547,54 +19825,60 @@
       <c r="DF47" s="6">
         <v>6328</v>
       </c>
       <c r="DG47" s="6">
         <v>6335</v>
       </c>
       <c r="DH47" s="6">
         <v>6353</v>
       </c>
       <c r="DI47" s="6">
         <v>6468</v>
       </c>
       <c r="DJ47" s="6">
         <v>6518</v>
       </c>
       <c r="DK47" s="6">
         <v>6675</v>
       </c>
       <c r="DL47" s="6">
         <v>6484</v>
       </c>
       <c r="DM47" s="6">
         <v>6451</v>
       </c>
       <c r="DN47" s="6">
+        <v>6451</v>
+      </c>
+      <c r="DO47" s="6">
         <v>6520</v>
       </c>
+      <c r="DP47" s="6">
+        <v>6553</v>
+      </c>
     </row>
-    <row r="48" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A48" s="4" t="s">
         <v>49</v>
       </c>
       <c r="B48" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C48" s="5">
         <v>16884</v>
       </c>
       <c r="D48" s="5">
         <v>17031</v>
       </c>
       <c r="E48" s="5">
         <v>17345</v>
       </c>
       <c r="F48" s="5">
         <v>17040</v>
       </c>
       <c r="G48" s="5">
         <v>16940</v>
       </c>
       <c r="H48" s="5">
         <v>16958</v>
       </c>
       <c r="I48" s="5">
@@ -19903,54 +20187,60 @@
       <c r="DF48" s="5">
         <v>13797</v>
       </c>
       <c r="DG48" s="5">
         <v>13861</v>
       </c>
       <c r="DH48" s="5">
         <v>13873</v>
       </c>
       <c r="DI48" s="5">
         <v>14029</v>
       </c>
       <c r="DJ48" s="5">
         <v>14103</v>
       </c>
       <c r="DK48" s="5">
         <v>14136</v>
       </c>
       <c r="DL48" s="5">
         <v>13858</v>
       </c>
       <c r="DM48" s="5">
         <v>13931</v>
       </c>
       <c r="DN48" s="5">
+        <v>13931</v>
+      </c>
+      <c r="DO48" s="5">
         <v>14004</v>
       </c>
+      <c r="DP48" s="5">
+        <v>14077</v>
+      </c>
     </row>
-    <row r="49" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C49" s="6">
         <v>3701</v>
       </c>
       <c r="D49" s="6">
         <v>3722</v>
       </c>
       <c r="E49" s="6">
         <v>3721</v>
       </c>
       <c r="F49" s="6">
         <v>3773</v>
       </c>
       <c r="G49" s="6">
         <v>3792</v>
       </c>
       <c r="H49" s="6">
         <v>3812</v>
       </c>
       <c r="I49" s="6">
@@ -20259,54 +20549,60 @@
       <c r="DF49" s="6">
         <v>3738</v>
       </c>
       <c r="DG49" s="6">
         <v>3759</v>
       </c>
       <c r="DH49" s="6">
         <v>3795</v>
       </c>
       <c r="DI49" s="6">
         <v>3850</v>
       </c>
       <c r="DJ49" s="6">
         <v>3858</v>
       </c>
       <c r="DK49" s="6">
         <v>3916</v>
       </c>
       <c r="DL49" s="6">
         <v>3862</v>
       </c>
       <c r="DM49" s="6">
         <v>3850</v>
       </c>
       <c r="DN49" s="6">
+        <v>3850</v>
+      </c>
+      <c r="DO49" s="6">
         <v>3851</v>
       </c>
+      <c r="DP49" s="6">
+        <v>3825</v>
+      </c>
     </row>
-    <row r="50" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A50" s="4" t="s">
         <v>51</v>
       </c>
       <c r="B50" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C50" s="5">
         <v>3322</v>
       </c>
       <c r="D50" s="5">
         <v>3319</v>
       </c>
       <c r="E50" s="5">
         <v>3318</v>
       </c>
       <c r="F50" s="5">
         <v>3337</v>
       </c>
       <c r="G50" s="5">
         <v>3389</v>
       </c>
       <c r="H50" s="5">
         <v>3467</v>
       </c>
       <c r="I50" s="5">
@@ -20615,54 +20911,60 @@
       <c r="DF50" s="5">
         <v>3319</v>
       </c>
       <c r="DG50" s="5">
         <v>3305</v>
       </c>
       <c r="DH50" s="5">
         <v>3301</v>
       </c>
       <c r="DI50" s="5">
         <v>3315</v>
       </c>
       <c r="DJ50" s="5">
         <v>3322</v>
       </c>
       <c r="DK50" s="5">
         <v>3375</v>
       </c>
       <c r="DL50" s="5">
         <v>3294</v>
       </c>
       <c r="DM50" s="5">
         <v>3278</v>
       </c>
       <c r="DN50" s="5">
+        <v>3278</v>
+      </c>
+      <c r="DO50" s="5">
         <v>3331</v>
       </c>
+      <c r="DP50" s="5">
+        <v>3325</v>
+      </c>
     </row>
-    <row r="51" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C51" s="6">
         <v>4051</v>
       </c>
       <c r="D51" s="6">
         <v>4040</v>
       </c>
       <c r="E51" s="6">
         <v>4083</v>
       </c>
       <c r="F51" s="6">
         <v>4156</v>
       </c>
       <c r="G51" s="6">
         <v>4269</v>
       </c>
       <c r="H51" s="6">
         <v>4384</v>
       </c>
       <c r="I51" s="6">
@@ -20971,54 +21273,60 @@
       <c r="DF51" s="6">
         <v>4126</v>
       </c>
       <c r="DG51" s="6">
         <v>4122</v>
       </c>
       <c r="DH51" s="6">
         <v>4155</v>
       </c>
       <c r="DI51" s="6">
         <v>4218</v>
       </c>
       <c r="DJ51" s="6">
         <v>4345</v>
       </c>
       <c r="DK51" s="6">
         <v>4575</v>
       </c>
       <c r="DL51" s="6">
         <v>4411</v>
       </c>
       <c r="DM51" s="6">
         <v>4316</v>
       </c>
       <c r="DN51" s="6">
+        <v>4316</v>
+      </c>
+      <c r="DO51" s="6">
         <v>4294</v>
       </c>
+      <c r="DP51" s="6">
+        <v>4295</v>
+      </c>
     </row>
-    <row r="52" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A52" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B52" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C52" s="5">
         <v>8030</v>
       </c>
       <c r="D52" s="5">
         <v>8081</v>
       </c>
       <c r="E52" s="5">
         <v>8191</v>
       </c>
       <c r="F52" s="5">
         <v>8340</v>
       </c>
       <c r="G52" s="5">
         <v>8373</v>
       </c>
       <c r="H52" s="5">
         <v>8056</v>
       </c>
       <c r="I52" s="5">
@@ -21327,54 +21635,60 @@
       <c r="DF52" s="5">
         <v>8212</v>
       </c>
       <c r="DG52" s="5">
         <v>8542</v>
       </c>
       <c r="DH52" s="5">
         <v>8565</v>
       </c>
       <c r="DI52" s="5">
         <v>8700</v>
       </c>
       <c r="DJ52" s="5">
         <v>8613</v>
       </c>
       <c r="DK52" s="5">
         <v>8309</v>
       </c>
       <c r="DL52" s="5">
         <v>8167</v>
       </c>
       <c r="DM52" s="5">
         <v>8530</v>
       </c>
       <c r="DN52" s="5">
+        <v>8530</v>
+      </c>
+      <c r="DO52" s="5">
         <v>8911</v>
       </c>
+      <c r="DP52" s="5">
+        <v>9018</v>
+      </c>
     </row>
-    <row r="53" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C53" s="6">
         <v>16735</v>
       </c>
       <c r="D53" s="6">
         <v>17167</v>
       </c>
       <c r="E53" s="6">
         <v>17278</v>
       </c>
       <c r="F53" s="6">
         <v>17919</v>
       </c>
       <c r="G53" s="6">
         <v>18254</v>
       </c>
       <c r="H53" s="6">
         <v>17995</v>
       </c>
       <c r="I53" s="6">
@@ -21683,54 +21997,60 @@
       <c r="DF53" s="6">
         <v>19636</v>
       </c>
       <c r="DG53" s="6">
         <v>19849</v>
       </c>
       <c r="DH53" s="6">
         <v>19909</v>
       </c>
       <c r="DI53" s="6">
         <v>19976</v>
       </c>
       <c r="DJ53" s="6">
         <v>20257</v>
       </c>
       <c r="DK53" s="6">
         <v>20823</v>
       </c>
       <c r="DL53" s="6">
         <v>20525</v>
       </c>
       <c r="DM53" s="6">
         <v>20401</v>
       </c>
       <c r="DN53" s="6">
+        <v>20401</v>
+      </c>
+      <c r="DO53" s="6">
         <v>20381</v>
       </c>
+      <c r="DP53" s="6">
+        <v>20377</v>
+      </c>
     </row>
-    <row r="54" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A54" s="4" t="s">
         <v>55</v>
       </c>
       <c r="B54" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C54" s="5">
         <v>17476</v>
       </c>
       <c r="D54" s="5">
         <v>17497</v>
       </c>
       <c r="E54" s="5">
         <v>17744</v>
       </c>
       <c r="F54" s="5">
         <v>17825</v>
       </c>
       <c r="G54" s="5">
         <v>17868</v>
       </c>
       <c r="H54" s="5">
         <v>18183</v>
       </c>
       <c r="I54" s="5">
@@ -22039,54 +22359,60 @@
       <c r="DF54" s="5">
         <v>15844</v>
       </c>
       <c r="DG54" s="5">
         <v>15905</v>
       </c>
       <c r="DH54" s="5">
         <v>15952</v>
       </c>
       <c r="DI54" s="5">
         <v>16054</v>
       </c>
       <c r="DJ54" s="5">
         <v>16084</v>
       </c>
       <c r="DK54" s="5">
         <v>16334</v>
       </c>
       <c r="DL54" s="5">
         <v>16260</v>
       </c>
       <c r="DM54" s="5">
         <v>16013</v>
       </c>
       <c r="DN54" s="5">
+        <v>16013</v>
+      </c>
+      <c r="DO54" s="5">
         <v>16081</v>
       </c>
+      <c r="DP54" s="5">
+        <v>16191</v>
+      </c>
     </row>
-    <row r="55" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C55" s="6">
         <v>3889</v>
       </c>
       <c r="D55" s="6">
         <v>3945</v>
       </c>
       <c r="E55" s="6">
         <v>4010</v>
       </c>
       <c r="F55" s="6">
         <v>4066</v>
       </c>
       <c r="G55" s="6">
         <v>4083</v>
       </c>
       <c r="H55" s="6">
         <v>4066</v>
       </c>
       <c r="I55" s="6">
@@ -22395,54 +22721,60 @@
       <c r="DF55" s="6">
         <v>3274</v>
       </c>
       <c r="DG55" s="6">
         <v>3276</v>
       </c>
       <c r="DH55" s="6">
         <v>3274</v>
       </c>
       <c r="DI55" s="6">
         <v>3338</v>
       </c>
       <c r="DJ55" s="6">
         <v>3423</v>
       </c>
       <c r="DK55" s="6">
         <v>3454</v>
       </c>
       <c r="DL55" s="6">
         <v>3375</v>
       </c>
       <c r="DM55" s="6">
         <v>3330</v>
       </c>
       <c r="DN55" s="6">
+        <v>3330</v>
+      </c>
+      <c r="DO55" s="6">
         <v>3346</v>
       </c>
+      <c r="DP55" s="6">
+        <v>3324</v>
+      </c>
     </row>
-    <row r="56" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A56" s="4" t="s">
         <v>57</v>
       </c>
       <c r="B56" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C56" s="5">
         <v>3670</v>
       </c>
       <c r="D56" s="5">
         <v>3668</v>
       </c>
       <c r="E56" s="5">
         <v>3761</v>
       </c>
       <c r="F56" s="5">
         <v>3907</v>
       </c>
       <c r="G56" s="5">
         <v>3989</v>
       </c>
       <c r="H56" s="5">
         <v>4051</v>
       </c>
       <c r="I56" s="5">
@@ -22751,54 +23083,60 @@
       <c r="DF56" s="5">
         <v>3721</v>
       </c>
       <c r="DG56" s="5">
         <v>3705</v>
       </c>
       <c r="DH56" s="5">
         <v>3685</v>
       </c>
       <c r="DI56" s="5">
         <v>3772</v>
       </c>
       <c r="DJ56" s="5">
         <v>3794</v>
       </c>
       <c r="DK56" s="5">
         <v>3892</v>
       </c>
       <c r="DL56" s="5">
         <v>3754</v>
       </c>
       <c r="DM56" s="5">
         <v>3767</v>
       </c>
       <c r="DN56" s="5">
+        <v>3767</v>
+      </c>
+      <c r="DO56" s="5">
         <v>3761</v>
       </c>
+      <c r="DP56" s="5">
+        <v>3762</v>
+      </c>
     </row>
-    <row r="57" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C57" s="6">
         <v>2660</v>
       </c>
       <c r="D57" s="6">
         <v>2675</v>
       </c>
       <c r="E57" s="6">
         <v>2717</v>
       </c>
       <c r="F57" s="6">
         <v>2794</v>
       </c>
       <c r="G57" s="6">
         <v>2818</v>
       </c>
       <c r="H57" s="6">
         <v>2863</v>
       </c>
       <c r="I57" s="6">
@@ -23107,54 +23445,60 @@
       <c r="DF57" s="6">
         <v>2457</v>
       </c>
       <c r="DG57" s="6">
         <v>2485</v>
       </c>
       <c r="DH57" s="6">
         <v>2472</v>
       </c>
       <c r="DI57" s="6">
         <v>2528</v>
       </c>
       <c r="DJ57" s="6">
         <v>2544</v>
       </c>
       <c r="DK57" s="6">
         <v>2611</v>
       </c>
       <c r="DL57" s="6">
         <v>2496</v>
       </c>
       <c r="DM57" s="6">
         <v>2493</v>
       </c>
       <c r="DN57" s="6">
+        <v>2493</v>
+      </c>
+      <c r="DO57" s="6">
         <v>2498</v>
       </c>
+      <c r="DP57" s="6">
+        <v>2511</v>
+      </c>
     </row>
-    <row r="58" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A58" s="4" t="s">
         <v>59</v>
       </c>
       <c r="B58" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C58" s="5">
         <v>3368</v>
       </c>
       <c r="D58" s="5">
         <v>3371</v>
       </c>
       <c r="E58" s="5">
         <v>3350</v>
       </c>
       <c r="F58" s="5">
         <v>3401</v>
       </c>
       <c r="G58" s="5">
         <v>3425</v>
       </c>
       <c r="H58" s="5">
         <v>3502</v>
       </c>
       <c r="I58" s="5">
@@ -23463,54 +23807,60 @@
       <c r="DF58" s="5">
         <v>3699</v>
       </c>
       <c r="DG58" s="5">
         <v>3704</v>
       </c>
       <c r="DH58" s="5">
         <v>3701</v>
       </c>
       <c r="DI58" s="5">
         <v>3792</v>
       </c>
       <c r="DJ58" s="5">
         <v>3761</v>
       </c>
       <c r="DK58" s="5">
         <v>3876</v>
       </c>
       <c r="DL58" s="5">
         <v>3752</v>
       </c>
       <c r="DM58" s="5">
         <v>3771</v>
       </c>
       <c r="DN58" s="5">
+        <v>3771</v>
+      </c>
+      <c r="DO58" s="5">
         <v>3790</v>
       </c>
+      <c r="DP58" s="5">
+        <v>3779</v>
+      </c>
     </row>
-    <row r="59" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C59" s="6">
         <v>4065</v>
       </c>
       <c r="D59" s="6">
         <v>4062</v>
       </c>
       <c r="E59" s="6">
         <v>4065</v>
       </c>
       <c r="F59" s="6">
         <v>4093</v>
       </c>
       <c r="G59" s="6">
         <v>4149</v>
       </c>
       <c r="H59" s="6">
         <v>4173</v>
       </c>
       <c r="I59" s="6">
@@ -23819,54 +24169,60 @@
       <c r="DF59" s="6">
         <v>3983</v>
       </c>
       <c r="DG59" s="6">
         <v>3975</v>
       </c>
       <c r="DH59" s="6">
         <v>3994</v>
       </c>
       <c r="DI59" s="6">
         <v>4054</v>
       </c>
       <c r="DJ59" s="6">
         <v>4082</v>
       </c>
       <c r="DK59" s="6">
         <v>4147</v>
       </c>
       <c r="DL59" s="6">
         <v>4106</v>
       </c>
       <c r="DM59" s="6">
         <v>4092</v>
       </c>
       <c r="DN59" s="6">
+        <v>4092</v>
+      </c>
+      <c r="DO59" s="6">
         <v>4057</v>
       </c>
+      <c r="DP59" s="6">
+        <v>4055</v>
+      </c>
     </row>
-    <row r="60" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A60" s="4" t="s">
         <v>61</v>
       </c>
       <c r="B60" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C60" s="5">
         <v>23375</v>
       </c>
       <c r="D60" s="5">
         <v>23288</v>
       </c>
       <c r="E60" s="5">
         <v>23572</v>
       </c>
       <c r="F60" s="5">
         <v>23796</v>
       </c>
       <c r="G60" s="5">
         <v>23975</v>
       </c>
       <c r="H60" s="5">
         <v>24403</v>
       </c>
       <c r="I60" s="5">
@@ -24175,54 +24531,60 @@
       <c r="DF60" s="5">
         <v>20927</v>
       </c>
       <c r="DG60" s="5">
         <v>20978</v>
       </c>
       <c r="DH60" s="5">
         <v>21000</v>
       </c>
       <c r="DI60" s="5">
         <v>21206</v>
       </c>
       <c r="DJ60" s="5">
         <v>21257</v>
       </c>
       <c r="DK60" s="5">
         <v>21696</v>
       </c>
       <c r="DL60" s="5">
         <v>21412</v>
       </c>
       <c r="DM60" s="5">
         <v>21212</v>
       </c>
       <c r="DN60" s="5">
+        <v>21212</v>
+      </c>
+      <c r="DO60" s="5">
         <v>21266</v>
       </c>
+      <c r="DP60" s="5">
+        <v>21325</v>
+      </c>
     </row>
-    <row r="61" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C61" s="6">
         <v>6543</v>
       </c>
       <c r="D61" s="6">
         <v>6491</v>
       </c>
       <c r="E61" s="6">
         <v>6543</v>
       </c>
       <c r="F61" s="6">
         <v>6736</v>
       </c>
       <c r="G61" s="6">
         <v>6798</v>
       </c>
       <c r="H61" s="6">
         <v>6915</v>
       </c>
       <c r="I61" s="6">
@@ -24531,54 +24893,60 @@
       <c r="DF61" s="6">
         <v>6367</v>
       </c>
       <c r="DG61" s="6">
         <v>6317</v>
       </c>
       <c r="DH61" s="6">
         <v>6382</v>
       </c>
       <c r="DI61" s="6">
         <v>6406</v>
       </c>
       <c r="DJ61" s="6">
         <v>6515</v>
       </c>
       <c r="DK61" s="6">
         <v>6657</v>
       </c>
       <c r="DL61" s="6">
         <v>6490</v>
       </c>
       <c r="DM61" s="6">
         <v>6375</v>
       </c>
       <c r="DN61" s="6">
+        <v>6375</v>
+      </c>
+      <c r="DO61" s="6">
         <v>6421</v>
       </c>
+      <c r="DP61" s="6">
+        <v>6445</v>
+      </c>
     </row>
-    <row r="62" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A62" s="4" t="s">
         <v>63</v>
       </c>
       <c r="B62" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C62" s="5">
         <v>1766</v>
       </c>
       <c r="D62" s="5">
         <v>1721</v>
       </c>
       <c r="E62" s="5">
         <v>1798</v>
       </c>
       <c r="F62" s="5">
         <v>1858</v>
       </c>
       <c r="G62" s="5">
         <v>1863</v>
       </c>
       <c r="H62" s="5">
         <v>1893</v>
       </c>
       <c r="I62" s="5">
@@ -24887,54 +25255,60 @@
       <c r="DF62" s="5">
         <v>1976</v>
       </c>
       <c r="DG62" s="5">
         <v>1970</v>
       </c>
       <c r="DH62" s="5">
         <v>1985</v>
       </c>
       <c r="DI62" s="5">
         <v>2008</v>
       </c>
       <c r="DJ62" s="5">
         <v>2048</v>
       </c>
       <c r="DK62" s="5">
         <v>2087</v>
       </c>
       <c r="DL62" s="5">
         <v>2006</v>
       </c>
       <c r="DM62" s="5">
         <v>2052</v>
       </c>
       <c r="DN62" s="5">
+        <v>2052</v>
+      </c>
+      <c r="DO62" s="5">
         <v>2040</v>
       </c>
+      <c r="DP62" s="5">
+        <v>2056</v>
+      </c>
     </row>
-    <row r="63" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C63" s="6">
         <v>6078</v>
       </c>
       <c r="D63" s="6">
         <v>6079</v>
       </c>
       <c r="E63" s="6">
         <v>6165</v>
       </c>
       <c r="F63" s="6">
         <v>6221</v>
       </c>
       <c r="G63" s="6">
         <v>6259</v>
       </c>
       <c r="H63" s="6">
         <v>6359</v>
       </c>
       <c r="I63" s="6">
@@ -25243,54 +25617,60 @@
       <c r="DF63" s="6">
         <v>6459</v>
       </c>
       <c r="DG63" s="6">
         <v>6424</v>
       </c>
       <c r="DH63" s="6">
         <v>6511</v>
       </c>
       <c r="DI63" s="6">
         <v>6560</v>
       </c>
       <c r="DJ63" s="6">
         <v>6614</v>
       </c>
       <c r="DK63" s="6">
         <v>6715</v>
       </c>
       <c r="DL63" s="6">
         <v>6612</v>
       </c>
       <c r="DM63" s="6">
         <v>6539</v>
       </c>
       <c r="DN63" s="6">
+        <v>6539</v>
+      </c>
+      <c r="DO63" s="6">
         <v>6597</v>
       </c>
+      <c r="DP63" s="6">
+        <v>6668</v>
+      </c>
     </row>
-    <row r="64" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A64" s="4" t="s">
         <v>65</v>
       </c>
       <c r="B64" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C64" s="5">
         <v>3629</v>
       </c>
       <c r="D64" s="5">
         <v>3642</v>
       </c>
       <c r="E64" s="5">
         <v>3675</v>
       </c>
       <c r="F64" s="5">
         <v>3784</v>
       </c>
       <c r="G64" s="5">
         <v>3860</v>
       </c>
       <c r="H64" s="5">
         <v>3877</v>
       </c>
       <c r="I64" s="5">
@@ -25599,54 +25979,60 @@
       <c r="DF64" s="5">
         <v>3321</v>
       </c>
       <c r="DG64" s="5">
         <v>3348</v>
       </c>
       <c r="DH64" s="5">
         <v>3337</v>
       </c>
       <c r="DI64" s="5">
         <v>3414</v>
       </c>
       <c r="DJ64" s="5">
         <v>3429</v>
       </c>
       <c r="DK64" s="5">
         <v>3504</v>
       </c>
       <c r="DL64" s="5">
         <v>3406</v>
       </c>
       <c r="DM64" s="5">
         <v>3416</v>
       </c>
       <c r="DN64" s="5">
+        <v>3416</v>
+      </c>
+      <c r="DO64" s="5">
         <v>3456</v>
       </c>
+      <c r="DP64" s="5">
+        <v>3448</v>
+      </c>
     </row>
-    <row r="65" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C65" s="6">
         <v>2670</v>
       </c>
       <c r="D65" s="6">
         <v>2677</v>
       </c>
       <c r="E65" s="6">
         <v>2692</v>
       </c>
       <c r="F65" s="6">
         <v>2796</v>
       </c>
       <c r="G65" s="6">
         <v>2865</v>
       </c>
       <c r="H65" s="6">
         <v>2928</v>
       </c>
       <c r="I65" s="6">
@@ -25955,54 +26341,60 @@
       <c r="DF65" s="6">
         <v>2401</v>
       </c>
       <c r="DG65" s="6">
         <v>2416</v>
       </c>
       <c r="DH65" s="6">
         <v>2438</v>
       </c>
       <c r="DI65" s="6">
         <v>2471</v>
       </c>
       <c r="DJ65" s="6">
         <v>2489</v>
       </c>
       <c r="DK65" s="6">
         <v>2546</v>
       </c>
       <c r="DL65" s="6">
         <v>2491</v>
       </c>
       <c r="DM65" s="6">
         <v>2541</v>
       </c>
       <c r="DN65" s="6">
+        <v>2541</v>
+      </c>
+      <c r="DO65" s="6">
         <v>2531</v>
       </c>
+      <c r="DP65" s="6">
+        <v>2503</v>
+      </c>
     </row>
-    <row r="66" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A66" s="4" t="s">
         <v>67</v>
       </c>
       <c r="B66" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C66" s="5">
         <v>38131</v>
       </c>
       <c r="D66" s="5">
         <v>38027</v>
       </c>
       <c r="E66" s="5">
         <v>38274</v>
       </c>
       <c r="F66" s="5">
         <v>39123</v>
       </c>
       <c r="G66" s="5">
         <v>39166</v>
       </c>
       <c r="H66" s="5">
         <v>39041</v>
       </c>
       <c r="I66" s="5">
@@ -26311,54 +26703,60 @@
       <c r="DF66" s="5">
         <v>42017</v>
       </c>
       <c r="DG66" s="5">
         <v>42304</v>
       </c>
       <c r="DH66" s="5">
         <v>42505</v>
       </c>
       <c r="DI66" s="5">
         <v>43068</v>
       </c>
       <c r="DJ66" s="5">
         <v>43201</v>
       </c>
       <c r="DK66" s="5">
         <v>43236</v>
       </c>
       <c r="DL66" s="5">
         <v>42981</v>
       </c>
       <c r="DM66" s="5">
         <v>43373</v>
       </c>
       <c r="DN66" s="5">
+        <v>43373</v>
+      </c>
+      <c r="DO66" s="5">
         <v>43836</v>
       </c>
+      <c r="DP66" s="5">
+        <v>43930</v>
+      </c>
     </row>
-    <row r="67" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C67" s="6">
         <v>9037</v>
       </c>
       <c r="D67" s="6">
         <v>9957</v>
       </c>
       <c r="E67" s="6">
         <v>10150</v>
       </c>
       <c r="F67" s="6">
         <v>10464</v>
       </c>
       <c r="G67" s="6">
         <v>10564</v>
       </c>
       <c r="H67" s="6">
         <v>9818</v>
       </c>
       <c r="I67" s="6">
@@ -26667,54 +27065,60 @@
       <c r="DF67" s="6">
         <v>8766</v>
       </c>
       <c r="DG67" s="6">
         <v>9891</v>
       </c>
       <c r="DH67" s="6">
         <v>9524</v>
       </c>
       <c r="DI67" s="6">
         <v>9961</v>
       </c>
       <c r="DJ67" s="6">
         <v>9617</v>
       </c>
       <c r="DK67" s="6">
         <v>8836</v>
       </c>
       <c r="DL67" s="6">
         <v>8763</v>
       </c>
       <c r="DM67" s="6">
         <v>9707</v>
       </c>
       <c r="DN67" s="6">
+        <v>9707</v>
+      </c>
+      <c r="DO67" s="6">
         <v>9774</v>
       </c>
+      <c r="DP67" s="6">
+        <v>9866</v>
+      </c>
     </row>
-    <row r="68" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A68" s="4" t="s">
         <v>69</v>
       </c>
       <c r="B68" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C68" s="5">
         <v>1322</v>
       </c>
       <c r="D68" s="5">
         <v>1312</v>
       </c>
       <c r="E68" s="5">
         <v>1333</v>
       </c>
       <c r="F68" s="5">
         <v>1343</v>
       </c>
       <c r="G68" s="5">
         <v>1387</v>
       </c>
       <c r="H68" s="5">
         <v>1398</v>
       </c>
       <c r="I68" s="5">
@@ -27023,54 +27427,60 @@
       <c r="DF68" s="5">
         <v>1274</v>
       </c>
       <c r="DG68" s="5">
         <v>1265</v>
       </c>
       <c r="DH68" s="5">
         <v>1273</v>
       </c>
       <c r="DI68" s="5">
         <v>1301</v>
       </c>
       <c r="DJ68" s="5">
         <v>1324</v>
       </c>
       <c r="DK68" s="5">
         <v>1342</v>
       </c>
       <c r="DL68" s="5">
         <v>1305</v>
       </c>
       <c r="DM68" s="5">
         <v>1301</v>
       </c>
       <c r="DN68" s="5">
+        <v>1301</v>
+      </c>
+      <c r="DO68" s="5">
         <v>1324</v>
       </c>
+      <c r="DP68" s="5">
+        <v>1317</v>
+      </c>
     </row>
-    <row r="69" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C69" s="6">
         <v>3030</v>
       </c>
       <c r="D69" s="6">
         <v>3052</v>
       </c>
       <c r="E69" s="6">
         <v>3100</v>
       </c>
       <c r="F69" s="6">
         <v>3168</v>
       </c>
       <c r="G69" s="6">
         <v>3215</v>
       </c>
       <c r="H69" s="6">
         <v>3289</v>
       </c>
       <c r="I69" s="6">
@@ -27379,54 +27789,60 @@
       <c r="DF69" s="6">
         <v>2806</v>
       </c>
       <c r="DG69" s="6">
         <v>2795</v>
       </c>
       <c r="DH69" s="6">
         <v>2814</v>
       </c>
       <c r="DI69" s="6">
         <v>2894</v>
       </c>
       <c r="DJ69" s="6">
         <v>2943</v>
       </c>
       <c r="DK69" s="6">
         <v>3001</v>
       </c>
       <c r="DL69" s="6">
         <v>2965</v>
       </c>
       <c r="DM69" s="6">
         <v>2901</v>
       </c>
       <c r="DN69" s="6">
+        <v>2901</v>
+      </c>
+      <c r="DO69" s="6">
         <v>2943</v>
       </c>
+      <c r="DP69" s="6">
+        <v>2946</v>
+      </c>
     </row>
-    <row r="70" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A70" s="4" t="s">
         <v>71</v>
       </c>
       <c r="B70" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C70" s="5">
         <v>89756</v>
       </c>
       <c r="D70" s="5">
         <v>89457</v>
       </c>
       <c r="E70" s="5">
         <v>90040</v>
       </c>
       <c r="F70" s="5">
         <v>91921</v>
       </c>
       <c r="G70" s="5">
         <v>92577</v>
       </c>
       <c r="H70" s="5">
         <v>92201</v>
       </c>
       <c r="I70" s="5">
@@ -27735,54 +28151,60 @@
       <c r="DF70" s="5">
         <v>90544</v>
       </c>
       <c r="DG70" s="5">
         <v>90799</v>
       </c>
       <c r="DH70" s="5">
         <v>91104</v>
       </c>
       <c r="DI70" s="5">
         <v>92022</v>
       </c>
       <c r="DJ70" s="5">
         <v>92619</v>
       </c>
       <c r="DK70" s="5">
         <v>93179</v>
       </c>
       <c r="DL70" s="5">
         <v>92394</v>
       </c>
       <c r="DM70" s="5">
         <v>92788</v>
       </c>
       <c r="DN70" s="5">
+        <v>92788</v>
+      </c>
+      <c r="DO70" s="5">
         <v>93666</v>
       </c>
+      <c r="DP70" s="5">
+        <v>94236</v>
+      </c>
     </row>
-    <row r="71" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C71" s="6">
         <v>5792</v>
       </c>
       <c r="D71" s="6">
         <v>5787</v>
       </c>
       <c r="E71" s="6">
         <v>5879</v>
       </c>
       <c r="F71" s="6">
         <v>5832</v>
       </c>
       <c r="G71" s="6">
         <v>5847</v>
       </c>
       <c r="H71" s="6">
         <v>5940</v>
       </c>
       <c r="I71" s="6">
@@ -28091,54 +28513,60 @@
       <c r="DF71" s="6">
         <v>5351</v>
       </c>
       <c r="DG71" s="6">
         <v>5348</v>
       </c>
       <c r="DH71" s="6">
         <v>5403</v>
       </c>
       <c r="DI71" s="6">
         <v>5451</v>
       </c>
       <c r="DJ71" s="6">
         <v>5461</v>
       </c>
       <c r="DK71" s="6">
         <v>5583</v>
       </c>
       <c r="DL71" s="6">
         <v>5441</v>
       </c>
       <c r="DM71" s="6">
         <v>5395</v>
       </c>
       <c r="DN71" s="6">
+        <v>5395</v>
+      </c>
+      <c r="DO71" s="6">
         <v>5418</v>
       </c>
+      <c r="DP71" s="6">
+        <v>5454</v>
+      </c>
     </row>
-    <row r="72" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A72" s="4" t="s">
         <v>73</v>
       </c>
       <c r="B72" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C72" s="5">
         <v>19952</v>
       </c>
       <c r="D72" s="5">
         <v>19922</v>
       </c>
       <c r="E72" s="5">
         <v>19931</v>
       </c>
       <c r="F72" s="5">
         <v>20458</v>
       </c>
       <c r="G72" s="5">
         <v>19986</v>
       </c>
       <c r="H72" s="5">
         <v>19721</v>
       </c>
       <c r="I72" s="5">
@@ -28447,54 +28875,60 @@
       <c r="DF72" s="5">
         <v>22493</v>
       </c>
       <c r="DG72" s="5">
         <v>22966</v>
       </c>
       <c r="DH72" s="5">
         <v>23047</v>
       </c>
       <c r="DI72" s="5">
         <v>23075</v>
       </c>
       <c r="DJ72" s="5">
         <v>23066</v>
       </c>
       <c r="DK72" s="5">
         <v>22659</v>
       </c>
       <c r="DL72" s="5">
         <v>22141</v>
       </c>
       <c r="DM72" s="5">
         <v>22802</v>
       </c>
       <c r="DN72" s="5">
+        <v>22802</v>
+      </c>
+      <c r="DO72" s="5">
         <v>23564</v>
       </c>
+      <c r="DP72" s="5">
+        <v>23450</v>
+      </c>
     </row>
-    <row r="73" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C73" s="6">
         <v>5422</v>
       </c>
       <c r="D73" s="6">
         <v>5467</v>
       </c>
       <c r="E73" s="6">
         <v>5476</v>
       </c>
       <c r="F73" s="6">
         <v>5543</v>
       </c>
       <c r="G73" s="6">
         <v>5588</v>
       </c>
       <c r="H73" s="6">
         <v>5650</v>
       </c>
       <c r="I73" s="6">
@@ -28803,54 +29237,60 @@
       <c r="DF73" s="6">
         <v>5211</v>
       </c>
       <c r="DG73" s="6">
         <v>5208</v>
       </c>
       <c r="DH73" s="6">
         <v>5230</v>
       </c>
       <c r="DI73" s="6">
         <v>5258</v>
       </c>
       <c r="DJ73" s="6">
         <v>5285</v>
       </c>
       <c r="DK73" s="6">
         <v>5347</v>
       </c>
       <c r="DL73" s="6">
         <v>5313</v>
       </c>
       <c r="DM73" s="6">
         <v>5272</v>
       </c>
       <c r="DN73" s="6">
+        <v>5272</v>
+      </c>
+      <c r="DO73" s="6">
         <v>5286</v>
       </c>
+      <c r="DP73" s="6">
+        <v>5265</v>
+      </c>
     </row>
-    <row r="74" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A74" s="4" t="s">
         <v>75</v>
       </c>
       <c r="B74" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C74" s="5">
         <v>1870</v>
       </c>
       <c r="D74" s="5">
         <v>1872</v>
       </c>
       <c r="E74" s="5">
         <v>1856</v>
       </c>
       <c r="F74" s="5">
         <v>1887</v>
       </c>
       <c r="G74" s="5">
         <v>1914</v>
       </c>
       <c r="H74" s="5">
         <v>1892</v>
       </c>
       <c r="I74" s="5">
@@ -29159,54 +29599,60 @@
       <c r="DF74" s="5">
         <v>1925</v>
       </c>
       <c r="DG74" s="5">
         <v>1925</v>
       </c>
       <c r="DH74" s="5">
         <v>1907</v>
       </c>
       <c r="DI74" s="5">
         <v>1942</v>
       </c>
       <c r="DJ74" s="5">
         <v>1943</v>
       </c>
       <c r="DK74" s="5">
         <v>1965</v>
       </c>
       <c r="DL74" s="5">
         <v>1964</v>
       </c>
       <c r="DM74" s="5">
         <v>1960</v>
       </c>
       <c r="DN74" s="5">
+        <v>1960</v>
+      </c>
+      <c r="DO74" s="5">
         <v>1955</v>
       </c>
+      <c r="DP74" s="5">
+        <v>1959</v>
+      </c>
     </row>
-    <row r="75" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C75" s="6">
         <v>6063</v>
       </c>
       <c r="D75" s="6">
         <v>6083</v>
       </c>
       <c r="E75" s="6">
         <v>6175</v>
       </c>
       <c r="F75" s="6">
         <v>6173</v>
       </c>
       <c r="G75" s="6">
         <v>6167</v>
       </c>
       <c r="H75" s="6">
         <v>6157</v>
       </c>
       <c r="I75" s="6">
@@ -29515,54 +29961,60 @@
       <c r="DF75" s="6">
         <v>5788</v>
       </c>
       <c r="DG75" s="6">
         <v>5835</v>
       </c>
       <c r="DH75" s="6">
         <v>5854</v>
       </c>
       <c r="DI75" s="6">
         <v>5902</v>
       </c>
       <c r="DJ75" s="6">
         <v>5949</v>
       </c>
       <c r="DK75" s="6">
         <v>5959</v>
       </c>
       <c r="DL75" s="6">
         <v>5807</v>
       </c>
       <c r="DM75" s="6">
         <v>5846</v>
       </c>
       <c r="DN75" s="6">
+        <v>5846</v>
+      </c>
+      <c r="DO75" s="6">
         <v>5902</v>
       </c>
+      <c r="DP75" s="6">
+        <v>5913</v>
+      </c>
     </row>
-    <row r="76" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="76" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A76" s="4" t="s">
         <v>77</v>
       </c>
       <c r="B76" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C76" s="5">
         <v>1972</v>
       </c>
       <c r="D76" s="5">
         <v>1952</v>
       </c>
       <c r="E76" s="5">
         <v>1933</v>
       </c>
       <c r="F76" s="5">
         <v>1979</v>
       </c>
       <c r="G76" s="5">
         <v>1977</v>
       </c>
       <c r="H76" s="5">
         <v>2041</v>
       </c>
       <c r="I76" s="5">
@@ -29871,54 +30323,60 @@
       <c r="DF76" s="5">
         <v>1858</v>
       </c>
       <c r="DG76" s="5">
         <v>1859</v>
       </c>
       <c r="DH76" s="5">
         <v>1887</v>
       </c>
       <c r="DI76" s="5">
         <v>1904</v>
       </c>
       <c r="DJ76" s="5">
         <v>1924</v>
       </c>
       <c r="DK76" s="5">
         <v>1961</v>
       </c>
       <c r="DL76" s="5">
         <v>1961</v>
       </c>
       <c r="DM76" s="5">
         <v>1903</v>
       </c>
       <c r="DN76" s="5">
+        <v>1903</v>
+      </c>
+      <c r="DO76" s="5">
         <v>1924</v>
       </c>
+      <c r="DP76" s="5">
+        <v>1898</v>
+      </c>
     </row>
-    <row r="77" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="77" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C77" s="6">
         <v>16209</v>
       </c>
       <c r="D77" s="6">
         <v>16286</v>
       </c>
       <c r="E77" s="6">
         <v>16347</v>
       </c>
       <c r="F77" s="6">
         <v>16426</v>
       </c>
       <c r="G77" s="6">
         <v>16436</v>
       </c>
       <c r="H77" s="6">
         <v>16418</v>
       </c>
       <c r="I77" s="6">
@@ -30227,54 +30685,60 @@
       <c r="DF77" s="6">
         <v>15797</v>
       </c>
       <c r="DG77" s="6">
         <v>15906</v>
       </c>
       <c r="DH77" s="6">
         <v>15866</v>
       </c>
       <c r="DI77" s="6">
         <v>15996</v>
       </c>
       <c r="DJ77" s="6">
         <v>16037</v>
       </c>
       <c r="DK77" s="6">
         <v>16183</v>
       </c>
       <c r="DL77" s="6">
         <v>16106</v>
       </c>
       <c r="DM77" s="6">
         <v>16103</v>
       </c>
       <c r="DN77" s="6">
+        <v>16103</v>
+      </c>
+      <c r="DO77" s="6">
         <v>16228</v>
       </c>
+      <c r="DP77" s="6">
+        <v>16154</v>
+      </c>
     </row>
-    <row r="78" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="78" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A78" s="4" t="s">
         <v>79</v>
       </c>
       <c r="B78" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C78" s="5">
         <v>1869</v>
       </c>
       <c r="D78" s="5">
         <v>1871</v>
       </c>
       <c r="E78" s="5">
         <v>1890</v>
       </c>
       <c r="F78" s="5">
         <v>1913</v>
       </c>
       <c r="G78" s="5">
         <v>1910</v>
       </c>
       <c r="H78" s="5">
         <v>1905</v>
       </c>
       <c r="I78" s="5">
@@ -30583,54 +31047,60 @@
       <c r="DF78" s="5">
         <v>2116</v>
       </c>
       <c r="DG78" s="5">
         <v>2106</v>
       </c>
       <c r="DH78" s="5">
         <v>2128</v>
       </c>
       <c r="DI78" s="5">
         <v>2096</v>
       </c>
       <c r="DJ78" s="5">
         <v>2104</v>
       </c>
       <c r="DK78" s="5">
         <v>2093</v>
       </c>
       <c r="DL78" s="5">
         <v>2064</v>
       </c>
       <c r="DM78" s="5">
         <v>2091</v>
       </c>
       <c r="DN78" s="5">
+        <v>2091</v>
+      </c>
+      <c r="DO78" s="5">
         <v>2124</v>
       </c>
+      <c r="DP78" s="5">
+        <v>2147</v>
+      </c>
     </row>
-    <row r="79" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="79" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C79" s="6">
         <v>19227</v>
       </c>
       <c r="D79" s="6">
         <v>19173</v>
       </c>
       <c r="E79" s="6">
         <v>19473</v>
       </c>
       <c r="F79" s="6">
         <v>19778</v>
       </c>
       <c r="G79" s="6">
         <v>19896</v>
       </c>
       <c r="H79" s="6">
         <v>19928</v>
       </c>
       <c r="I79" s="6">
@@ -30939,54 +31409,60 @@
       <c r="DF79" s="6">
         <v>17472</v>
       </c>
       <c r="DG79" s="6">
         <v>17554</v>
       </c>
       <c r="DH79" s="6">
         <v>17697</v>
       </c>
       <c r="DI79" s="6">
         <v>17853</v>
       </c>
       <c r="DJ79" s="6">
         <v>18016</v>
       </c>
       <c r="DK79" s="6">
         <v>18044</v>
       </c>
       <c r="DL79" s="6">
         <v>17995</v>
       </c>
       <c r="DM79" s="6">
         <v>17867</v>
       </c>
       <c r="DN79" s="6">
+        <v>17867</v>
+      </c>
+      <c r="DO79" s="6">
         <v>17842</v>
       </c>
+      <c r="DP79" s="6">
+        <v>17887</v>
+      </c>
     </row>
-    <row r="80" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="80" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A80" s="4" t="s">
         <v>81</v>
       </c>
       <c r="B80" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C80" s="5">
         <v>4034</v>
       </c>
       <c r="D80" s="5">
         <v>4022</v>
       </c>
       <c r="E80" s="5">
         <v>4117</v>
       </c>
       <c r="F80" s="5">
         <v>4183</v>
       </c>
       <c r="G80" s="5">
         <v>4154</v>
       </c>
       <c r="H80" s="5">
         <v>4304</v>
       </c>
       <c r="I80" s="5">
@@ -31295,54 +31771,60 @@
       <c r="DF80" s="5">
         <v>3914</v>
       </c>
       <c r="DG80" s="5">
         <v>3975</v>
       </c>
       <c r="DH80" s="5">
         <v>3913</v>
       </c>
       <c r="DI80" s="5">
         <v>3991</v>
       </c>
       <c r="DJ80" s="5">
         <v>3963</v>
       </c>
       <c r="DK80" s="5">
         <v>3987</v>
       </c>
       <c r="DL80" s="5">
         <v>3974</v>
       </c>
       <c r="DM80" s="5">
         <v>3919</v>
       </c>
       <c r="DN80" s="5">
+        <v>3919</v>
+      </c>
+      <c r="DO80" s="5">
         <v>4010</v>
       </c>
+      <c r="DP80" s="5">
+        <v>3990</v>
+      </c>
     </row>
-    <row r="81" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="81" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C81" s="6">
         <v>10207</v>
       </c>
       <c r="D81" s="6">
         <v>10889</v>
       </c>
       <c r="E81" s="6">
         <v>11054</v>
       </c>
       <c r="F81" s="6">
         <v>11503</v>
       </c>
       <c r="G81" s="6">
         <v>11578</v>
       </c>
       <c r="H81" s="6">
         <v>10605</v>
       </c>
       <c r="I81" s="6">
@@ -31651,54 +32133,60 @@
       <c r="DF81" s="6">
         <v>10134</v>
       </c>
       <c r="DG81" s="6">
         <v>10339</v>
       </c>
       <c r="DH81" s="6">
         <v>10490</v>
       </c>
       <c r="DI81" s="6">
         <v>10850</v>
       </c>
       <c r="DJ81" s="6">
         <v>11059</v>
       </c>
       <c r="DK81" s="6">
         <v>10873</v>
       </c>
       <c r="DL81" s="6">
         <v>10718</v>
       </c>
       <c r="DM81" s="6">
         <v>10958</v>
       </c>
       <c r="DN81" s="6">
+        <v>10958</v>
+      </c>
+      <c r="DO81" s="6">
         <v>11234</v>
       </c>
+      <c r="DP81" s="6">
+        <v>11148</v>
+      </c>
     </row>
-    <row r="82" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="82" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A82" s="4" t="s">
         <v>83</v>
       </c>
       <c r="B82" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C82" s="5">
         <v>2269</v>
       </c>
       <c r="D82" s="5">
         <v>2296</v>
       </c>
       <c r="E82" s="5">
         <v>2322</v>
       </c>
       <c r="F82" s="5">
         <v>2393</v>
       </c>
       <c r="G82" s="5">
         <v>2410</v>
       </c>
       <c r="H82" s="5">
         <v>2501</v>
       </c>
       <c r="I82" s="5">
@@ -32007,54 +32495,60 @@
       <c r="DF82" s="5">
         <v>2270</v>
       </c>
       <c r="DG82" s="5">
         <v>2274</v>
       </c>
       <c r="DH82" s="5">
         <v>2281</v>
       </c>
       <c r="DI82" s="5">
         <v>2306</v>
       </c>
       <c r="DJ82" s="5">
         <v>2332</v>
       </c>
       <c r="DK82" s="5">
         <v>2427</v>
       </c>
       <c r="DL82" s="5">
         <v>2389</v>
       </c>
       <c r="DM82" s="5">
         <v>2340</v>
       </c>
       <c r="DN82" s="5">
+        <v>2340</v>
+      </c>
+      <c r="DO82" s="5">
         <v>2347</v>
       </c>
+      <c r="DP82" s="5">
+        <v>2330</v>
+      </c>
     </row>
-    <row r="83" spans="1:118" x14ac:dyDescent="0.2">
+    <row r="83" spans="1:120" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C83" s="6">
         <v>5202</v>
       </c>
       <c r="D83" s="6">
         <v>5228</v>
       </c>
       <c r="E83" s="6">
         <v>5242</v>
       </c>
       <c r="F83" s="6">
         <v>5311</v>
       </c>
       <c r="G83" s="6">
         <v>5319</v>
       </c>
       <c r="H83" s="6">
         <v>5440</v>
       </c>
       <c r="I83" s="6">
@@ -32363,51 +32857,57 @@
       <c r="DF83" s="6">
         <v>5348</v>
       </c>
       <c r="DG83" s="6">
         <v>5342</v>
       </c>
       <c r="DH83" s="6">
         <v>5385</v>
       </c>
       <c r="DI83" s="6">
         <v>5408</v>
       </c>
       <c r="DJ83" s="6">
         <v>5429</v>
       </c>
       <c r="DK83" s="6">
         <v>5490</v>
       </c>
       <c r="DL83" s="6">
         <v>5318</v>
       </c>
       <c r="DM83" s="6">
         <v>5444</v>
       </c>
       <c r="DN83" s="6">
+        <v>5444</v>
+      </c>
+      <c r="DO83" s="6">
         <v>5470</v>
+      </c>
+      <c r="DP83" s="6">
+        <v>5530</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="46" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>