--- v2 (2026-01-20)
+++ v3 (2026-02-08)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\Dennis S\CES News Release\2025\11\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\Dennis S\CES News Release\2025\12\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{E067EEA1-FD8D-4E34-BD09-8D355CACE004}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{230277EF-520C-44C9-856D-E6174015530B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="29610" yWindow="285" windowWidth="24195" windowHeight="15060" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="29430" yWindow="255" windowWidth="24195" windowHeight="15060" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="RURAL" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">RURAL!#REF!</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="167" uniqueCount="86">
   <si>
     <t xml:space="preserve">Total Nonfarm          </t>
   </si>
   <si>
     <t xml:space="preserve"> INDUSTRY</t>
   </si>
   <si>
     <t>County</t>
   </si>
   <si>
     <t>Adair</t>
   </si>
@@ -277,51 +277,51 @@
   <si>
     <t>Van Buren</t>
   </si>
   <si>
     <t>Wapello</t>
   </si>
   <si>
     <t>Wayne</t>
   </si>
   <si>
     <t>Webster</t>
   </si>
   <si>
     <t>Winnebago</t>
   </si>
   <si>
     <t>Winneshiek</t>
   </si>
   <si>
     <t>Worth</t>
   </si>
   <si>
     <t>Wright</t>
   </si>
   <si>
-    <t>Nov-25p</t>
+    <t>Dec-25p</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
   </numFmts>
   <fonts count="65" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -2693,55 +2693,55 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:DP83"/>
+  <dimension ref="A1:DQ83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" topLeftCell="CV1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="DQ82" sqref="DQ82"/>
+      <selection pane="topRight" activeCell="DP2" sqref="DP2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="8.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="8.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
@@ -2817,54 +2817,58 @@
     <col min="91" max="91" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="92" max="92" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="93" max="93" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="94" max="94" width="8.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="95" max="95" width="9.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="96" max="97" width="9.140625" style="3"/>
     <col min="98" max="98" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="99" max="99" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="100" max="100" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="101" max="101" width="8.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="102" max="102" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="103" max="103" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="104" max="104" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="105" max="105" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="106" max="106" width="8.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="107" max="107" width="9.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="108" max="109" width="9.140625" style="3"/>
     <col min="110" max="110" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="111" max="111" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="112" max="112" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="113" max="113" width="8.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="114" max="114" width="9" style="3" bestFit="1" customWidth="1"/>
     <col min="115" max="115" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="116" max="116" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="117" max="117" width="9" style="3" bestFit="1" customWidth="1"/>
-    <col min="118" max="16384" width="9.140625" style="3"/>
+    <col min="118" max="118" width="9.140625" style="3"/>
+    <col min="119" max="119" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
+    <col min="120" max="120" width="9" style="3" bestFit="1" customWidth="1"/>
+    <col min="121" max="121" width="10.28515625" style="3" bestFit="1" customWidth="1"/>
+    <col min="122" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:120" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:121" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2">
         <v>42385</v>
       </c>
       <c r="D1" s="2">
         <v>42416</v>
       </c>
       <c r="E1" s="2">
         <v>42445</v>
       </c>
       <c r="F1" s="2">
         <v>42476</v>
       </c>
       <c r="G1" s="2">
         <v>42506</v>
       </c>
       <c r="H1" s="2">
         <v>42537</v>
       </c>
       <c r="I1" s="2">
@@ -3178,55 +3182,58 @@
       </c>
       <c r="DH1" s="7">
         <v>45741</v>
       </c>
       <c r="DI1" s="7">
         <v>45772</v>
       </c>
       <c r="DJ1" s="7">
         <v>45802</v>
       </c>
       <c r="DK1" s="7">
         <v>45833</v>
       </c>
       <c r="DL1" s="7">
         <v>45863</v>
       </c>
       <c r="DM1" s="7">
         <v>45894</v>
       </c>
       <c r="DN1" s="7">
         <v>45925</v>
       </c>
       <c r="DO1" s="7">
         <v>45955</v>
       </c>
-      <c r="DP1" s="8" t="s">
+      <c r="DP1" s="7">
+        <v>45986</v>
+      </c>
+      <c r="DQ1" s="8" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="2" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A2" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="5">
         <v>2592</v>
       </c>
       <c r="D2" s="5">
         <v>2586</v>
       </c>
       <c r="E2" s="5">
         <v>2624</v>
       </c>
       <c r="F2" s="5">
         <v>2653</v>
       </c>
       <c r="G2" s="5">
         <v>2726</v>
       </c>
       <c r="H2" s="5">
         <v>2757</v>
       </c>
       <c r="I2" s="5">
@@ -3543,52 +3550,55 @@
       </c>
       <c r="DI2" s="5">
         <v>2879</v>
       </c>
       <c r="DJ2" s="5">
         <v>2914</v>
       </c>
       <c r="DK2" s="5">
         <v>2974</v>
       </c>
       <c r="DL2" s="5">
         <v>2938</v>
       </c>
       <c r="DM2" s="5">
         <v>2931</v>
       </c>
       <c r="DN2" s="5">
         <v>2931</v>
       </c>
       <c r="DO2" s="5">
         <v>2991</v>
       </c>
       <c r="DP2" s="5">
         <v>2993</v>
       </c>
+      <c r="DQ2" s="5">
+        <v>2936</v>
+      </c>
     </row>
-    <row r="3" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="6">
         <v>1263</v>
       </c>
       <c r="D3" s="6">
         <v>1237</v>
       </c>
       <c r="E3" s="6">
         <v>1238</v>
       </c>
       <c r="F3" s="6">
         <v>1259</v>
       </c>
       <c r="G3" s="6">
         <v>1259</v>
       </c>
       <c r="H3" s="6">
         <v>1276</v>
       </c>
       <c r="I3" s="6">
@@ -3905,52 +3915,55 @@
       </c>
       <c r="DI3" s="6">
         <v>1148</v>
       </c>
       <c r="DJ3" s="6">
         <v>1163</v>
       </c>
       <c r="DK3" s="6">
         <v>1189</v>
       </c>
       <c r="DL3" s="6">
         <v>1169</v>
       </c>
       <c r="DM3" s="6">
         <v>1158</v>
       </c>
       <c r="DN3" s="6">
         <v>1158</v>
       </c>
       <c r="DO3" s="6">
         <v>1186</v>
       </c>
       <c r="DP3" s="6">
         <v>1169</v>
       </c>
+      <c r="DQ3" s="6">
+        <v>1167</v>
+      </c>
     </row>
-    <row r="4" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="5">
         <v>4893</v>
       </c>
       <c r="D4" s="5">
         <v>4852</v>
       </c>
       <c r="E4" s="5">
         <v>4934</v>
       </c>
       <c r="F4" s="5">
         <v>5055</v>
       </c>
       <c r="G4" s="5">
         <v>5148</v>
       </c>
       <c r="H4" s="5">
         <v>5217</v>
       </c>
       <c r="I4" s="5">
@@ -4267,52 +4280,55 @@
       </c>
       <c r="DI4" s="5">
         <v>4620</v>
       </c>
       <c r="DJ4" s="5">
         <v>4668</v>
       </c>
       <c r="DK4" s="5">
         <v>4734</v>
       </c>
       <c r="DL4" s="5">
         <v>4635</v>
       </c>
       <c r="DM4" s="5">
         <v>4622</v>
       </c>
       <c r="DN4" s="5">
         <v>4622</v>
       </c>
       <c r="DO4" s="5">
         <v>4674</v>
       </c>
       <c r="DP4" s="5">
         <v>4668</v>
       </c>
+      <c r="DQ4" s="5">
+        <v>4616</v>
+      </c>
     </row>
-    <row r="5" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="6">
         <v>4566</v>
       </c>
       <c r="D5" s="6">
         <v>4544</v>
       </c>
       <c r="E5" s="6">
         <v>4593</v>
       </c>
       <c r="F5" s="6">
         <v>4677</v>
       </c>
       <c r="G5" s="6">
         <v>4709</v>
       </c>
       <c r="H5" s="6">
         <v>4764</v>
       </c>
       <c r="I5" s="6">
@@ -4629,52 +4645,55 @@
       </c>
       <c r="DI5" s="6">
         <v>4605</v>
       </c>
       <c r="DJ5" s="6">
         <v>4635</v>
       </c>
       <c r="DK5" s="6">
         <v>4703</v>
       </c>
       <c r="DL5" s="6">
         <v>4625</v>
       </c>
       <c r="DM5" s="6">
         <v>4574</v>
       </c>
       <c r="DN5" s="6">
         <v>4574</v>
       </c>
       <c r="DO5" s="6">
         <v>4609</v>
       </c>
       <c r="DP5" s="6">
         <v>4585</v>
       </c>
+      <c r="DQ5" s="6">
+        <v>4543</v>
+      </c>
     </row>
-    <row r="6" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A6" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C6" s="5">
         <v>1493</v>
       </c>
       <c r="D6" s="5">
         <v>1489</v>
       </c>
       <c r="E6" s="5">
         <v>1532</v>
       </c>
       <c r="F6" s="5">
         <v>1539</v>
       </c>
       <c r="G6" s="5">
         <v>1562</v>
       </c>
       <c r="H6" s="5">
         <v>1586</v>
       </c>
       <c r="I6" s="5">
@@ -4991,52 +5010,55 @@
       </c>
       <c r="DI6" s="5">
         <v>1594</v>
       </c>
       <c r="DJ6" s="5">
         <v>1607</v>
       </c>
       <c r="DK6" s="5">
         <v>1652</v>
       </c>
       <c r="DL6" s="5">
         <v>1599</v>
       </c>
       <c r="DM6" s="5">
         <v>1587</v>
       </c>
       <c r="DN6" s="5">
         <v>1587</v>
       </c>
       <c r="DO6" s="5">
         <v>1614</v>
       </c>
       <c r="DP6" s="5">
         <v>1621</v>
       </c>
+      <c r="DQ6" s="5">
+        <v>1627</v>
+      </c>
     </row>
-    <row r="7" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="6">
         <v>9595</v>
       </c>
       <c r="D7" s="6">
         <v>9672</v>
       </c>
       <c r="E7" s="6">
         <v>9692</v>
       </c>
       <c r="F7" s="6">
         <v>9746</v>
       </c>
       <c r="G7" s="6">
         <v>9843</v>
       </c>
       <c r="H7" s="6">
         <v>9958</v>
       </c>
       <c r="I7" s="6">
@@ -5353,52 +5375,55 @@
       </c>
       <c r="DI7" s="6">
         <v>9116</v>
       </c>
       <c r="DJ7" s="6">
         <v>9304</v>
       </c>
       <c r="DK7" s="6">
         <v>9509</v>
       </c>
       <c r="DL7" s="6">
         <v>9326</v>
       </c>
       <c r="DM7" s="6">
         <v>9303</v>
       </c>
       <c r="DN7" s="6">
         <v>9303</v>
       </c>
       <c r="DO7" s="6">
         <v>9263</v>
       </c>
       <c r="DP7" s="6">
         <v>9266</v>
       </c>
+      <c r="DQ7" s="6">
+        <v>9263</v>
+      </c>
     </row>
-    <row r="8" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A8" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C8" s="5">
         <v>6178</v>
       </c>
       <c r="D8" s="5">
         <v>6151</v>
       </c>
       <c r="E8" s="5">
         <v>6193</v>
       </c>
       <c r="F8" s="5">
         <v>6390</v>
       </c>
       <c r="G8" s="5">
         <v>6486</v>
       </c>
       <c r="H8" s="5">
         <v>6596</v>
       </c>
       <c r="I8" s="5">
@@ -5715,52 +5740,55 @@
       </c>
       <c r="DI8" s="5">
         <v>6681</v>
       </c>
       <c r="DJ8" s="5">
         <v>6726</v>
       </c>
       <c r="DK8" s="5">
         <v>6857</v>
       </c>
       <c r="DL8" s="5">
         <v>6697</v>
       </c>
       <c r="DM8" s="5">
         <v>6652</v>
       </c>
       <c r="DN8" s="5">
         <v>6652</v>
       </c>
       <c r="DO8" s="5">
         <v>6708</v>
       </c>
       <c r="DP8" s="5">
         <v>6710</v>
       </c>
+      <c r="DQ8" s="5">
+        <v>6682</v>
+      </c>
     </row>
-    <row r="9" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C9" s="6">
         <v>10437</v>
       </c>
       <c r="D9" s="6">
         <v>10486</v>
       </c>
       <c r="E9" s="6">
         <v>10678</v>
       </c>
       <c r="F9" s="6">
         <v>10682</v>
       </c>
       <c r="G9" s="6">
         <v>10883</v>
       </c>
       <c r="H9" s="6">
         <v>10928</v>
       </c>
       <c r="I9" s="6">
@@ -6077,52 +6105,55 @@
       </c>
       <c r="DI9" s="6">
         <v>11313</v>
       </c>
       <c r="DJ9" s="6">
         <v>11318</v>
       </c>
       <c r="DK9" s="6">
         <v>11141</v>
       </c>
       <c r="DL9" s="6">
         <v>10834</v>
       </c>
       <c r="DM9" s="6">
         <v>11410</v>
       </c>
       <c r="DN9" s="6">
         <v>11410</v>
       </c>
       <c r="DO9" s="6">
         <v>11690</v>
       </c>
       <c r="DP9" s="6">
         <v>11719</v>
       </c>
+      <c r="DQ9" s="6">
+        <v>11497</v>
+      </c>
     </row>
-    <row r="10" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A10" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C10" s="5">
         <v>3288</v>
       </c>
       <c r="D10" s="5">
         <v>3248</v>
       </c>
       <c r="E10" s="5">
         <v>3290</v>
       </c>
       <c r="F10" s="5">
         <v>3417</v>
       </c>
       <c r="G10" s="5">
         <v>3431</v>
       </c>
       <c r="H10" s="5">
         <v>3511</v>
       </c>
       <c r="I10" s="5">
@@ -6439,52 +6470,55 @@
       </c>
       <c r="DI10" s="5">
         <v>3634</v>
       </c>
       <c r="DJ10" s="5">
         <v>3673</v>
       </c>
       <c r="DK10" s="5">
         <v>3789</v>
       </c>
       <c r="DL10" s="5">
         <v>3688</v>
       </c>
       <c r="DM10" s="5">
         <v>3736</v>
       </c>
       <c r="DN10" s="5">
         <v>3736</v>
       </c>
       <c r="DO10" s="5">
         <v>3777</v>
       </c>
       <c r="DP10" s="5">
         <v>3674</v>
       </c>
+      <c r="DQ10" s="5">
+        <v>3673</v>
+      </c>
     </row>
-    <row r="11" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C11" s="6">
         <v>2845</v>
       </c>
       <c r="D11" s="6">
         <v>2820</v>
       </c>
       <c r="E11" s="6">
         <v>2843</v>
       </c>
       <c r="F11" s="6">
         <v>2911</v>
       </c>
       <c r="G11" s="6">
         <v>2962</v>
       </c>
       <c r="H11" s="6">
         <v>3002</v>
       </c>
       <c r="I11" s="6">
@@ -6801,52 +6835,55 @@
       </c>
       <c r="DI11" s="6">
         <v>2880</v>
       </c>
       <c r="DJ11" s="6">
         <v>2921</v>
       </c>
       <c r="DK11" s="6">
         <v>2973</v>
       </c>
       <c r="DL11" s="6">
         <v>2851</v>
       </c>
       <c r="DM11" s="6">
         <v>2914</v>
       </c>
       <c r="DN11" s="6">
         <v>2914</v>
       </c>
       <c r="DO11" s="6">
         <v>2926</v>
       </c>
       <c r="DP11" s="6">
         <v>2908</v>
       </c>
+      <c r="DQ11" s="6">
+        <v>2886</v>
+      </c>
     </row>
-    <row r="12" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C12" s="5">
         <v>11399</v>
       </c>
       <c r="D12" s="5">
         <v>11374</v>
       </c>
       <c r="E12" s="5">
         <v>11502</v>
       </c>
       <c r="F12" s="5">
         <v>11512</v>
       </c>
       <c r="G12" s="5">
         <v>11621</v>
       </c>
       <c r="H12" s="5">
         <v>11906</v>
       </c>
       <c r="I12" s="5">
@@ -7163,52 +7200,55 @@
       </c>
       <c r="DI12" s="5">
         <v>10729</v>
       </c>
       <c r="DJ12" s="5">
         <v>10825</v>
       </c>
       <c r="DK12" s="5">
         <v>10970</v>
       </c>
       <c r="DL12" s="5">
         <v>10864</v>
       </c>
       <c r="DM12" s="5">
         <v>10807</v>
       </c>
       <c r="DN12" s="5">
         <v>10807</v>
       </c>
       <c r="DO12" s="5">
         <v>10852</v>
       </c>
       <c r="DP12" s="5">
         <v>10773</v>
       </c>
+      <c r="DQ12" s="5">
+        <v>10809</v>
+      </c>
     </row>
-    <row r="13" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C13" s="6">
         <v>6121</v>
       </c>
       <c r="D13" s="6">
         <v>6124</v>
       </c>
       <c r="E13" s="6">
         <v>6176</v>
       </c>
       <c r="F13" s="6">
         <v>6098</v>
       </c>
       <c r="G13" s="6">
         <v>6175</v>
       </c>
       <c r="H13" s="6">
         <v>6221</v>
       </c>
       <c r="I13" s="6">
@@ -7525,52 +7565,55 @@
       </c>
       <c r="DI13" s="6">
         <v>5807</v>
       </c>
       <c r="DJ13" s="6">
         <v>5890</v>
       </c>
       <c r="DK13" s="6">
         <v>5982</v>
       </c>
       <c r="DL13" s="6">
         <v>5836</v>
       </c>
       <c r="DM13" s="6">
         <v>5841</v>
       </c>
       <c r="DN13" s="6">
         <v>5841</v>
       </c>
       <c r="DO13" s="6">
         <v>5862</v>
       </c>
       <c r="DP13" s="6">
         <v>5860</v>
       </c>
+      <c r="DQ13" s="6">
+        <v>5799</v>
+      </c>
     </row>
-    <row r="14" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A14" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B14" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C14" s="5">
         <v>5373</v>
       </c>
       <c r="D14" s="5">
         <v>5341</v>
       </c>
       <c r="E14" s="5">
         <v>5450</v>
       </c>
       <c r="F14" s="5">
         <v>5490</v>
       </c>
       <c r="G14" s="5">
         <v>5543</v>
       </c>
       <c r="H14" s="5">
         <v>5552</v>
       </c>
       <c r="I14" s="5">
@@ -7887,52 +7930,55 @@
       </c>
       <c r="DI14" s="5">
         <v>5228</v>
       </c>
       <c r="DJ14" s="5">
         <v>5290</v>
       </c>
       <c r="DK14" s="5">
         <v>5344</v>
       </c>
       <c r="DL14" s="5">
         <v>5065</v>
       </c>
       <c r="DM14" s="5">
         <v>5236</v>
       </c>
       <c r="DN14" s="5">
         <v>5236</v>
       </c>
       <c r="DO14" s="5">
         <v>5302</v>
       </c>
       <c r="DP14" s="5">
         <v>5297</v>
       </c>
+      <c r="DQ14" s="5">
+        <v>5274</v>
+      </c>
     </row>
-    <row r="15" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C15" s="6">
         <v>23969</v>
       </c>
       <c r="D15" s="6">
         <v>23916</v>
       </c>
       <c r="E15" s="6">
         <v>24062</v>
       </c>
       <c r="F15" s="6">
         <v>24555</v>
       </c>
       <c r="G15" s="6">
         <v>24862</v>
       </c>
       <c r="H15" s="6">
         <v>25106</v>
       </c>
       <c r="I15" s="6">
@@ -8249,52 +8295,55 @@
       </c>
       <c r="DI15" s="6">
         <v>23702</v>
       </c>
       <c r="DJ15" s="6">
         <v>23823</v>
       </c>
       <c r="DK15" s="6">
         <v>24051</v>
       </c>
       <c r="DL15" s="6">
         <v>23894</v>
       </c>
       <c r="DM15" s="6">
         <v>23732</v>
       </c>
       <c r="DN15" s="6">
         <v>23732</v>
       </c>
       <c r="DO15" s="6">
         <v>23887</v>
       </c>
       <c r="DP15" s="6">
         <v>23998</v>
       </c>
+      <c r="DQ15" s="6">
+        <v>24008</v>
+      </c>
     </row>
-    <row r="16" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A16" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C16" s="5">
         <v>4662</v>
       </c>
       <c r="D16" s="5">
         <v>4592</v>
       </c>
       <c r="E16" s="5">
         <v>4636</v>
       </c>
       <c r="F16" s="5">
         <v>4740</v>
       </c>
       <c r="G16" s="5">
         <v>4829</v>
       </c>
       <c r="H16" s="5">
         <v>4901</v>
       </c>
       <c r="I16" s="5">
@@ -8611,52 +8660,55 @@
       </c>
       <c r="DI16" s="5">
         <v>4641</v>
       </c>
       <c r="DJ16" s="5">
         <v>4681</v>
       </c>
       <c r="DK16" s="5">
         <v>4781</v>
       </c>
       <c r="DL16" s="5">
         <v>4634</v>
       </c>
       <c r="DM16" s="5">
         <v>4607</v>
       </c>
       <c r="DN16" s="5">
         <v>4607</v>
       </c>
       <c r="DO16" s="5">
         <v>4635</v>
       </c>
       <c r="DP16" s="5">
         <v>4634</v>
       </c>
+      <c r="DQ16" s="5">
+        <v>4619</v>
+      </c>
     </row>
-    <row r="17" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C17" s="6">
         <v>4443</v>
       </c>
       <c r="D17" s="6">
         <v>4440</v>
       </c>
       <c r="E17" s="6">
         <v>4440</v>
       </c>
       <c r="F17" s="6">
         <v>4630</v>
       </c>
       <c r="G17" s="6">
         <v>4670</v>
       </c>
       <c r="H17" s="6">
         <v>4776</v>
       </c>
       <c r="I17" s="6">
@@ -8973,52 +9025,55 @@
       </c>
       <c r="DI17" s="6">
         <v>4892</v>
       </c>
       <c r="DJ17" s="6">
         <v>4940</v>
       </c>
       <c r="DK17" s="6">
         <v>5036</v>
       </c>
       <c r="DL17" s="6">
         <v>4962</v>
       </c>
       <c r="DM17" s="6">
         <v>4966</v>
       </c>
       <c r="DN17" s="6">
         <v>4966</v>
       </c>
       <c r="DO17" s="6">
         <v>4989</v>
       </c>
       <c r="DP17" s="6">
         <v>4982</v>
       </c>
+      <c r="DQ17" s="6">
+        <v>4970</v>
+      </c>
     </row>
-    <row r="18" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A18" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C18" s="5">
         <v>4249</v>
       </c>
       <c r="D18" s="5">
         <v>4297</v>
       </c>
       <c r="E18" s="5">
         <v>4320</v>
       </c>
       <c r="F18" s="5">
         <v>4311</v>
       </c>
       <c r="G18" s="5">
         <v>4296</v>
       </c>
       <c r="H18" s="5">
         <v>4398</v>
       </c>
       <c r="I18" s="5">
@@ -9335,52 +9390,55 @@
       </c>
       <c r="DI18" s="5">
         <v>4679</v>
       </c>
       <c r="DJ18" s="5">
         <v>4688</v>
       </c>
       <c r="DK18" s="5">
         <v>4752</v>
       </c>
       <c r="DL18" s="5">
         <v>4717</v>
       </c>
       <c r="DM18" s="5">
         <v>4746</v>
       </c>
       <c r="DN18" s="5">
         <v>4746</v>
       </c>
       <c r="DO18" s="5">
         <v>4809</v>
       </c>
       <c r="DP18" s="5">
         <v>4830</v>
       </c>
+      <c r="DQ18" s="5">
+        <v>4819</v>
+      </c>
     </row>
-    <row r="19" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C19" s="6">
         <v>8451</v>
       </c>
       <c r="D19" s="6">
         <v>8404</v>
       </c>
       <c r="E19" s="6">
         <v>8500</v>
       </c>
       <c r="F19" s="6">
         <v>8544</v>
       </c>
       <c r="G19" s="6">
         <v>8604</v>
       </c>
       <c r="H19" s="6">
         <v>8703</v>
       </c>
       <c r="I19" s="6">
@@ -9697,52 +9755,55 @@
       </c>
       <c r="DI19" s="6">
         <v>8302</v>
       </c>
       <c r="DJ19" s="6">
         <v>8387</v>
       </c>
       <c r="DK19" s="6">
         <v>8511</v>
       </c>
       <c r="DL19" s="6">
         <v>8336</v>
       </c>
       <c r="DM19" s="6">
         <v>8305</v>
       </c>
       <c r="DN19" s="6">
         <v>8305</v>
       </c>
       <c r="DO19" s="6">
         <v>8341</v>
       </c>
       <c r="DP19" s="6">
         <v>8385</v>
       </c>
+      <c r="DQ19" s="6">
+        <v>8396</v>
+      </c>
     </row>
-    <row r="20" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A20" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C20" s="5">
         <v>6294</v>
       </c>
       <c r="D20" s="5">
         <v>6293</v>
       </c>
       <c r="E20" s="5">
         <v>6483</v>
       </c>
       <c r="F20" s="5">
         <v>6718</v>
       </c>
       <c r="G20" s="5">
         <v>6822</v>
       </c>
       <c r="H20" s="5">
         <v>6939</v>
       </c>
       <c r="I20" s="5">
@@ -10059,52 +10120,55 @@
       </c>
       <c r="DI20" s="5">
         <v>6291</v>
       </c>
       <c r="DJ20" s="5">
         <v>6379</v>
       </c>
       <c r="DK20" s="5">
         <v>6476</v>
       </c>
       <c r="DL20" s="5">
         <v>6259</v>
       </c>
       <c r="DM20" s="5">
         <v>6352</v>
       </c>
       <c r="DN20" s="5">
         <v>6352</v>
       </c>
       <c r="DO20" s="5">
         <v>6334</v>
       </c>
       <c r="DP20" s="5">
         <v>6296</v>
       </c>
+      <c r="DQ20" s="5">
+        <v>6264</v>
+      </c>
     </row>
-    <row r="21" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C21" s="6">
         <v>21377</v>
       </c>
       <c r="D21" s="6">
         <v>21366</v>
       </c>
       <c r="E21" s="6">
         <v>21631</v>
       </c>
       <c r="F21" s="6">
         <v>21934</v>
       </c>
       <c r="G21" s="6">
         <v>21809</v>
       </c>
       <c r="H21" s="6">
         <v>21720</v>
       </c>
       <c r="I21" s="6">
@@ -10421,52 +10485,55 @@
       </c>
       <c r="DI21" s="6">
         <v>19200</v>
       </c>
       <c r="DJ21" s="6">
         <v>19344</v>
       </c>
       <c r="DK21" s="6">
         <v>19603</v>
       </c>
       <c r="DL21" s="6">
         <v>19188</v>
       </c>
       <c r="DM21" s="6">
         <v>19182</v>
       </c>
       <c r="DN21" s="6">
         <v>19182</v>
       </c>
       <c r="DO21" s="6">
         <v>19247</v>
       </c>
       <c r="DP21" s="6">
         <v>19390</v>
       </c>
+      <c r="DQ21" s="6">
+        <v>19239</v>
+      </c>
     </row>
-    <row r="22" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A22" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C22" s="5">
         <v>6729</v>
       </c>
       <c r="D22" s="5">
         <v>6695</v>
       </c>
       <c r="E22" s="5">
         <v>6849</v>
       </c>
       <c r="F22" s="5">
         <v>6984</v>
       </c>
       <c r="G22" s="5">
         <v>7044</v>
       </c>
       <c r="H22" s="5">
         <v>7103</v>
       </c>
       <c r="I22" s="5">
@@ -10783,52 +10850,55 @@
       </c>
       <c r="DI22" s="5">
         <v>6626</v>
       </c>
       <c r="DJ22" s="5">
         <v>6669</v>
       </c>
       <c r="DK22" s="5">
         <v>6744</v>
       </c>
       <c r="DL22" s="5">
         <v>6478</v>
       </c>
       <c r="DM22" s="5">
         <v>6533</v>
       </c>
       <c r="DN22" s="5">
         <v>6533</v>
       </c>
       <c r="DO22" s="5">
         <v>6587</v>
       </c>
       <c r="DP22" s="5">
         <v>6634</v>
       </c>
+      <c r="DQ22" s="5">
+        <v>6579</v>
+      </c>
     </row>
-    <row r="23" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C23" s="6">
         <v>1900</v>
       </c>
       <c r="D23" s="6">
         <v>1917</v>
       </c>
       <c r="E23" s="6">
         <v>1944</v>
       </c>
       <c r="F23" s="6">
         <v>1991</v>
       </c>
       <c r="G23" s="6">
         <v>1993</v>
       </c>
       <c r="H23" s="6">
         <v>2020</v>
       </c>
       <c r="I23" s="6">
@@ -11145,52 +11215,55 @@
       </c>
       <c r="DI23" s="6">
         <v>1971</v>
       </c>
       <c r="DJ23" s="6">
         <v>1992</v>
       </c>
       <c r="DK23" s="6">
         <v>2031</v>
       </c>
       <c r="DL23" s="6">
         <v>1978</v>
       </c>
       <c r="DM23" s="6">
         <v>1984</v>
       </c>
       <c r="DN23" s="6">
         <v>1984</v>
       </c>
       <c r="DO23" s="6">
         <v>1976</v>
       </c>
       <c r="DP23" s="6">
         <v>2007</v>
       </c>
+      <c r="DQ23" s="6">
+        <v>2011</v>
+      </c>
     </row>
-    <row r="24" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A24" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B24" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C24" s="5">
         <v>2680</v>
       </c>
       <c r="D24" s="5">
         <v>2654</v>
       </c>
       <c r="E24" s="5">
         <v>2665</v>
       </c>
       <c r="F24" s="5">
         <v>2813</v>
       </c>
       <c r="G24" s="5">
         <v>2789</v>
       </c>
       <c r="H24" s="5">
         <v>2766</v>
       </c>
       <c r="I24" s="5">
@@ -11507,52 +11580,55 @@
       </c>
       <c r="DI24" s="5">
         <v>2492</v>
       </c>
       <c r="DJ24" s="5">
         <v>2446</v>
       </c>
       <c r="DK24" s="5">
         <v>2286</v>
       </c>
       <c r="DL24" s="5">
         <v>2183</v>
       </c>
       <c r="DM24" s="5">
         <v>2413</v>
       </c>
       <c r="DN24" s="5">
         <v>2413</v>
       </c>
       <c r="DO24" s="5">
         <v>2531</v>
       </c>
       <c r="DP24" s="5">
         <v>2517</v>
       </c>
+      <c r="DQ24" s="5">
+        <v>2466</v>
+      </c>
     </row>
-    <row r="25" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C25" s="6">
         <v>6575</v>
       </c>
       <c r="D25" s="6">
         <v>6573</v>
       </c>
       <c r="E25" s="6">
         <v>6646</v>
       </c>
       <c r="F25" s="6">
         <v>6584</v>
       </c>
       <c r="G25" s="6">
         <v>6644</v>
       </c>
       <c r="H25" s="6">
         <v>6886</v>
       </c>
       <c r="I25" s="6">
@@ -11869,52 +11945,55 @@
       </c>
       <c r="DI25" s="6">
         <v>6561</v>
       </c>
       <c r="DJ25" s="6">
         <v>6633</v>
       </c>
       <c r="DK25" s="6">
         <v>6843</v>
       </c>
       <c r="DL25" s="6">
         <v>6760</v>
       </c>
       <c r="DM25" s="6">
         <v>6523</v>
       </c>
       <c r="DN25" s="6">
         <v>6523</v>
       </c>
       <c r="DO25" s="6">
         <v>6546</v>
       </c>
       <c r="DP25" s="6">
         <v>6597</v>
       </c>
+      <c r="DQ25" s="6">
+        <v>6542</v>
+      </c>
     </row>
-    <row r="26" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A26" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C26" s="5">
         <v>22220</v>
       </c>
       <c r="D26" s="5">
         <v>22277</v>
       </c>
       <c r="E26" s="5">
         <v>22530</v>
       </c>
       <c r="F26" s="5">
         <v>22506</v>
       </c>
       <c r="G26" s="5">
         <v>22717</v>
       </c>
       <c r="H26" s="5">
         <v>23167</v>
       </c>
       <c r="I26" s="5">
@@ -12231,52 +12310,55 @@
       </c>
       <c r="DI26" s="5">
         <v>20050</v>
       </c>
       <c r="DJ26" s="5">
         <v>20280</v>
       </c>
       <c r="DK26" s="5">
         <v>20445</v>
       </c>
       <c r="DL26" s="5">
         <v>20489</v>
       </c>
       <c r="DM26" s="5">
         <v>20155</v>
       </c>
       <c r="DN26" s="5">
         <v>20155</v>
       </c>
       <c r="DO26" s="5">
         <v>20210</v>
       </c>
       <c r="DP26" s="5">
         <v>20215</v>
       </c>
+      <c r="DQ26" s="5">
+        <v>20194</v>
+      </c>
     </row>
-    <row r="27" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C27" s="6">
         <v>8962</v>
       </c>
       <c r="D27" s="6">
         <v>8981</v>
       </c>
       <c r="E27" s="6">
         <v>9049</v>
       </c>
       <c r="F27" s="6">
         <v>9494</v>
       </c>
       <c r="G27" s="6">
         <v>10166</v>
       </c>
       <c r="H27" s="6">
         <v>11265</v>
       </c>
       <c r="I27" s="6">
@@ -12593,52 +12675,55 @@
       </c>
       <c r="DI27" s="6">
         <v>9637</v>
       </c>
       <c r="DJ27" s="6">
         <v>10347</v>
       </c>
       <c r="DK27" s="6">
         <v>11024</v>
       </c>
       <c r="DL27" s="6">
         <v>10884</v>
       </c>
       <c r="DM27" s="6">
         <v>9906</v>
       </c>
       <c r="DN27" s="6">
         <v>9906</v>
       </c>
       <c r="DO27" s="6">
         <v>9545</v>
       </c>
       <c r="DP27" s="6">
         <v>9398</v>
       </c>
+      <c r="DQ27" s="6">
+        <v>9321</v>
+      </c>
     </row>
-    <row r="28" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A28" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C28" s="5">
         <v>3877</v>
       </c>
       <c r="D28" s="5">
         <v>3890</v>
       </c>
       <c r="E28" s="5">
         <v>3931</v>
       </c>
       <c r="F28" s="5">
         <v>3980</v>
       </c>
       <c r="G28" s="5">
         <v>3941</v>
       </c>
       <c r="H28" s="5">
         <v>3921</v>
       </c>
       <c r="I28" s="5">
@@ -12955,52 +13040,55 @@
       </c>
       <c r="DI28" s="5">
         <v>3270</v>
       </c>
       <c r="DJ28" s="5">
         <v>3310</v>
       </c>
       <c r="DK28" s="5">
         <v>3330</v>
       </c>
       <c r="DL28" s="5">
         <v>3183</v>
       </c>
       <c r="DM28" s="5">
         <v>3256</v>
       </c>
       <c r="DN28" s="5">
         <v>3256</v>
       </c>
       <c r="DO28" s="5">
         <v>3280</v>
       </c>
       <c r="DP28" s="5">
         <v>3284</v>
       </c>
+      <c r="DQ28" s="5">
+        <v>3292</v>
+      </c>
     </row>
-    <row r="29" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C29" s="6">
         <v>7317</v>
       </c>
       <c r="D29" s="6">
         <v>7418</v>
       </c>
       <c r="E29" s="6">
         <v>7467</v>
       </c>
       <c r="F29" s="6">
         <v>7531</v>
       </c>
       <c r="G29" s="6">
         <v>7539</v>
       </c>
       <c r="H29" s="6">
         <v>7303</v>
       </c>
       <c r="I29" s="6">
@@ -13317,52 +13405,55 @@
       </c>
       <c r="DI29" s="6">
         <v>7552</v>
       </c>
       <c r="DJ29" s="6">
         <v>7523</v>
       </c>
       <c r="DK29" s="6">
         <v>7161</v>
       </c>
       <c r="DL29" s="6">
         <v>6942</v>
       </c>
       <c r="DM29" s="6">
         <v>7432</v>
       </c>
       <c r="DN29" s="6">
         <v>7432</v>
       </c>
       <c r="DO29" s="6">
         <v>7767</v>
       </c>
       <c r="DP29" s="6">
         <v>7696</v>
       </c>
+      <c r="DQ29" s="6">
+        <v>7549</v>
+      </c>
     </row>
-    <row r="30" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A30" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B30" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C30" s="5">
         <v>5810</v>
       </c>
       <c r="D30" s="5">
         <v>5746</v>
       </c>
       <c r="E30" s="5">
         <v>5807</v>
       </c>
       <c r="F30" s="5">
         <v>5848</v>
       </c>
       <c r="G30" s="5">
         <v>5946</v>
       </c>
       <c r="H30" s="5">
         <v>5987</v>
       </c>
       <c r="I30" s="5">
@@ -13679,52 +13770,55 @@
       </c>
       <c r="DI30" s="5">
         <v>5756</v>
       </c>
       <c r="DJ30" s="5">
         <v>5747</v>
       </c>
       <c r="DK30" s="5">
         <v>5842</v>
       </c>
       <c r="DL30" s="5">
         <v>5774</v>
       </c>
       <c r="DM30" s="5">
         <v>5758</v>
       </c>
       <c r="DN30" s="5">
         <v>5758</v>
       </c>
       <c r="DO30" s="5">
         <v>5789</v>
       </c>
       <c r="DP30" s="5">
         <v>5851</v>
       </c>
+      <c r="DQ30" s="5">
+        <v>5824</v>
+      </c>
     </row>
-    <row r="31" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C31" s="6">
         <v>3807</v>
       </c>
       <c r="D31" s="6">
         <v>3779</v>
       </c>
       <c r="E31" s="6">
         <v>3849</v>
       </c>
       <c r="F31" s="6">
         <v>3921</v>
       </c>
       <c r="G31" s="6">
         <v>3972</v>
       </c>
       <c r="H31" s="6">
         <v>4061</v>
       </c>
       <c r="I31" s="6">
@@ -14041,52 +14135,55 @@
       </c>
       <c r="DI31" s="6">
         <v>3818</v>
       </c>
       <c r="DJ31" s="6">
         <v>3811</v>
       </c>
       <c r="DK31" s="6">
         <v>3922</v>
       </c>
       <c r="DL31" s="6">
         <v>3810</v>
       </c>
       <c r="DM31" s="6">
         <v>3788</v>
       </c>
       <c r="DN31" s="6">
         <v>3788</v>
       </c>
       <c r="DO31" s="6">
         <v>3768</v>
       </c>
       <c r="DP31" s="6">
         <v>3786</v>
       </c>
+      <c r="DQ31" s="6">
+        <v>3749</v>
+      </c>
     </row>
-    <row r="32" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A32" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B32" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C32" s="5">
         <v>2580</v>
       </c>
       <c r="D32" s="5">
         <v>2619</v>
       </c>
       <c r="E32" s="5">
         <v>2618</v>
       </c>
       <c r="F32" s="5">
         <v>2617</v>
       </c>
       <c r="G32" s="5">
         <v>2534</v>
       </c>
       <c r="H32" s="5">
         <v>2513</v>
       </c>
       <c r="I32" s="5">
@@ -14403,52 +14500,55 @@
       </c>
       <c r="DI32" s="5">
         <v>2080</v>
       </c>
       <c r="DJ32" s="5">
         <v>2092</v>
       </c>
       <c r="DK32" s="5">
         <v>2112</v>
       </c>
       <c r="DL32" s="5">
         <v>2058</v>
       </c>
       <c r="DM32" s="5">
         <v>2020</v>
       </c>
       <c r="DN32" s="5">
         <v>2020</v>
       </c>
       <c r="DO32" s="5">
         <v>2022</v>
       </c>
       <c r="DP32" s="5">
         <v>2017</v>
       </c>
+      <c r="DQ32" s="5">
+        <v>1991</v>
+      </c>
     </row>
-    <row r="33" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C33" s="6">
         <v>3501</v>
       </c>
       <c r="D33" s="6">
         <v>3481</v>
       </c>
       <c r="E33" s="6">
         <v>3548</v>
       </c>
       <c r="F33" s="6">
         <v>3506</v>
       </c>
       <c r="G33" s="6">
         <v>3554</v>
       </c>
       <c r="H33" s="6">
         <v>3569</v>
       </c>
       <c r="I33" s="6">
@@ -14765,52 +14865,55 @@
       </c>
       <c r="DI33" s="6">
         <v>3189</v>
       </c>
       <c r="DJ33" s="6">
         <v>3185</v>
       </c>
       <c r="DK33" s="6">
         <v>3197</v>
       </c>
       <c r="DL33" s="6">
         <v>3111</v>
       </c>
       <c r="DM33" s="6">
         <v>3165</v>
       </c>
       <c r="DN33" s="6">
         <v>3165</v>
       </c>
       <c r="DO33" s="6">
         <v>3182</v>
       </c>
       <c r="DP33" s="6">
         <v>3165</v>
       </c>
+      <c r="DQ33" s="6">
+        <v>3170</v>
+      </c>
     </row>
-    <row r="34" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A34" s="4" t="s">
         <v>35</v>
       </c>
       <c r="B34" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C34" s="5">
         <v>5375</v>
       </c>
       <c r="D34" s="5">
         <v>5399</v>
       </c>
       <c r="E34" s="5">
         <v>5459</v>
       </c>
       <c r="F34" s="5">
         <v>5525</v>
       </c>
       <c r="G34" s="5">
         <v>5638</v>
       </c>
       <c r="H34" s="5">
         <v>5763</v>
       </c>
       <c r="I34" s="5">
@@ -15127,52 +15230,55 @@
       </c>
       <c r="DI34" s="5">
         <v>5409</v>
       </c>
       <c r="DJ34" s="5">
         <v>5432</v>
       </c>
       <c r="DK34" s="5">
         <v>5556</v>
       </c>
       <c r="DL34" s="5">
         <v>5517</v>
       </c>
       <c r="DM34" s="5">
         <v>5509</v>
       </c>
       <c r="DN34" s="5">
         <v>5509</v>
       </c>
       <c r="DO34" s="5">
         <v>5530</v>
       </c>
       <c r="DP34" s="5">
         <v>5492</v>
       </c>
+      <c r="DQ34" s="5">
+        <v>5487</v>
+      </c>
     </row>
-    <row r="35" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C35" s="6">
         <v>6854</v>
       </c>
       <c r="D35" s="6">
         <v>6831</v>
       </c>
       <c r="E35" s="6">
         <v>6969</v>
       </c>
       <c r="F35" s="6">
         <v>6889</v>
       </c>
       <c r="G35" s="6">
         <v>6979</v>
       </c>
       <c r="H35" s="6">
         <v>7068</v>
       </c>
       <c r="I35" s="6">
@@ -15489,52 +15595,55 @@
       </c>
       <c r="DI35" s="6">
         <v>5772</v>
       </c>
       <c r="DJ35" s="6">
         <v>5441</v>
       </c>
       <c r="DK35" s="6">
         <v>5641</v>
       </c>
       <c r="DL35" s="6">
         <v>5584</v>
       </c>
       <c r="DM35" s="6">
         <v>5456</v>
       </c>
       <c r="DN35" s="6">
         <v>5456</v>
       </c>
       <c r="DO35" s="6">
         <v>5529</v>
       </c>
       <c r="DP35" s="6">
         <v>5521</v>
       </c>
+      <c r="DQ35" s="6">
+        <v>5523</v>
+      </c>
     </row>
-    <row r="36" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A36" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B36" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C36" s="5">
         <v>6617</v>
       </c>
       <c r="D36" s="5">
         <v>6673</v>
       </c>
       <c r="E36" s="5">
         <v>6787</v>
       </c>
       <c r="F36" s="5">
         <v>6898</v>
       </c>
       <c r="G36" s="5">
         <v>6969</v>
       </c>
       <c r="H36" s="5">
         <v>7073</v>
       </c>
       <c r="I36" s="5">
@@ -15851,52 +15960,55 @@
       </c>
       <c r="DI36" s="5">
         <v>6330</v>
       </c>
       <c r="DJ36" s="5">
         <v>6334</v>
       </c>
       <c r="DK36" s="5">
         <v>6428</v>
       </c>
       <c r="DL36" s="5">
         <v>6258</v>
       </c>
       <c r="DM36" s="5">
         <v>6276</v>
       </c>
       <c r="DN36" s="5">
         <v>6276</v>
       </c>
       <c r="DO36" s="5">
         <v>6306</v>
       </c>
       <c r="DP36" s="5">
         <v>6349</v>
       </c>
+      <c r="DQ36" s="5">
+        <v>6264</v>
+      </c>
     </row>
-    <row r="37" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C37" s="6">
         <v>4242</v>
       </c>
       <c r="D37" s="6">
         <v>4303</v>
       </c>
       <c r="E37" s="6">
         <v>4399</v>
       </c>
       <c r="F37" s="6">
         <v>4449</v>
       </c>
       <c r="G37" s="6">
         <v>4459</v>
       </c>
       <c r="H37" s="6">
         <v>4434</v>
       </c>
       <c r="I37" s="6">
@@ -16213,52 +16325,55 @@
       </c>
       <c r="DI37" s="6">
         <v>4068</v>
       </c>
       <c r="DJ37" s="6">
         <v>4079</v>
       </c>
       <c r="DK37" s="6">
         <v>4173</v>
       </c>
       <c r="DL37" s="6">
         <v>4011</v>
       </c>
       <c r="DM37" s="6">
         <v>4011</v>
       </c>
       <c r="DN37" s="6">
         <v>4011</v>
       </c>
       <c r="DO37" s="6">
         <v>4080</v>
       </c>
       <c r="DP37" s="6">
         <v>4097</v>
       </c>
+      <c r="DQ37" s="6">
+        <v>4053</v>
+      </c>
     </row>
-    <row r="38" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A38" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B38" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C38" s="5">
         <v>9161</v>
       </c>
       <c r="D38" s="5">
         <v>9249</v>
       </c>
       <c r="E38" s="5">
         <v>9345</v>
       </c>
       <c r="F38" s="5">
         <v>9390</v>
       </c>
       <c r="G38" s="5">
         <v>9361</v>
       </c>
       <c r="H38" s="5">
         <v>9306</v>
       </c>
       <c r="I38" s="5">
@@ -16575,52 +16690,55 @@
       </c>
       <c r="DI38" s="5">
         <v>7942</v>
       </c>
       <c r="DJ38" s="5">
         <v>7913</v>
       </c>
       <c r="DK38" s="5">
         <v>7861</v>
       </c>
       <c r="DL38" s="5">
         <v>7844</v>
       </c>
       <c r="DM38" s="5">
         <v>7962</v>
       </c>
       <c r="DN38" s="5">
         <v>7962</v>
       </c>
       <c r="DO38" s="5">
         <v>8078</v>
       </c>
       <c r="DP38" s="5">
         <v>8044</v>
       </c>
+      <c r="DQ38" s="5">
+        <v>7989</v>
+      </c>
     </row>
-    <row r="39" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C39" s="6">
         <v>4002</v>
       </c>
       <c r="D39" s="6">
         <v>3947</v>
       </c>
       <c r="E39" s="6">
         <v>4035</v>
       </c>
       <c r="F39" s="6">
         <v>4082</v>
       </c>
       <c r="G39" s="6">
         <v>4119</v>
       </c>
       <c r="H39" s="6">
         <v>4091</v>
       </c>
       <c r="I39" s="6">
@@ -16937,52 +17055,55 @@
       </c>
       <c r="DI39" s="6">
         <v>4172</v>
       </c>
       <c r="DJ39" s="6">
         <v>4205</v>
       </c>
       <c r="DK39" s="6">
         <v>4255</v>
       </c>
       <c r="DL39" s="6">
         <v>4172</v>
       </c>
       <c r="DM39" s="6">
         <v>4185</v>
       </c>
       <c r="DN39" s="6">
         <v>4185</v>
       </c>
       <c r="DO39" s="6">
         <v>4230</v>
       </c>
       <c r="DP39" s="6">
         <v>4217</v>
       </c>
+      <c r="DQ39" s="6">
+        <v>4225</v>
+      </c>
     </row>
-    <row r="40" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A40" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C40" s="5">
         <v>3895</v>
       </c>
       <c r="D40" s="5">
         <v>3865</v>
       </c>
       <c r="E40" s="5">
         <v>3908</v>
       </c>
       <c r="F40" s="5">
         <v>4002</v>
       </c>
       <c r="G40" s="5">
         <v>4073</v>
       </c>
       <c r="H40" s="5">
         <v>4126</v>
       </c>
       <c r="I40" s="5">
@@ -17299,52 +17420,55 @@
       </c>
       <c r="DI40" s="5">
         <v>3854</v>
       </c>
       <c r="DJ40" s="5">
         <v>3873</v>
       </c>
       <c r="DK40" s="5">
         <v>3996</v>
       </c>
       <c r="DL40" s="5">
         <v>3823</v>
       </c>
       <c r="DM40" s="5">
         <v>3838</v>
       </c>
       <c r="DN40" s="5">
         <v>3838</v>
       </c>
       <c r="DO40" s="5">
         <v>3829</v>
       </c>
       <c r="DP40" s="5">
         <v>3838</v>
       </c>
+      <c r="DQ40" s="5">
+        <v>3840</v>
+      </c>
     </row>
-    <row r="41" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C41" s="6">
         <v>3507</v>
       </c>
       <c r="D41" s="6">
         <v>3501</v>
       </c>
       <c r="E41" s="6">
         <v>3547</v>
       </c>
       <c r="F41" s="6">
         <v>3561</v>
       </c>
       <c r="G41" s="6">
         <v>3580</v>
       </c>
       <c r="H41" s="6">
         <v>3674</v>
       </c>
       <c r="I41" s="6">
@@ -17661,52 +17785,55 @@
       </c>
       <c r="DI41" s="6">
         <v>3524</v>
       </c>
       <c r="DJ41" s="6">
         <v>3565</v>
       </c>
       <c r="DK41" s="6">
         <v>3652</v>
       </c>
       <c r="DL41" s="6">
         <v>3519</v>
       </c>
       <c r="DM41" s="6">
         <v>3472</v>
       </c>
       <c r="DN41" s="6">
         <v>3472</v>
       </c>
       <c r="DO41" s="6">
         <v>3485</v>
       </c>
       <c r="DP41" s="6">
         <v>3470</v>
       </c>
+      <c r="DQ41" s="6">
+        <v>3481</v>
+      </c>
     </row>
-    <row r="42" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A42" s="4" t="s">
         <v>43</v>
       </c>
       <c r="B42" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C42" s="5">
         <v>9531</v>
       </c>
       <c r="D42" s="5">
         <v>9489</v>
       </c>
       <c r="E42" s="5">
         <v>9536</v>
       </c>
       <c r="F42" s="5">
         <v>9681</v>
       </c>
       <c r="G42" s="5">
         <v>9742</v>
       </c>
       <c r="H42" s="5">
         <v>9904</v>
       </c>
       <c r="I42" s="5">
@@ -18023,52 +18150,55 @@
       </c>
       <c r="DI42" s="5">
         <v>8865</v>
       </c>
       <c r="DJ42" s="5">
         <v>8860</v>
       </c>
       <c r="DK42" s="5">
         <v>9026</v>
       </c>
       <c r="DL42" s="5">
         <v>8966</v>
       </c>
       <c r="DM42" s="5">
         <v>8736</v>
       </c>
       <c r="DN42" s="5">
         <v>8736</v>
       </c>
       <c r="DO42" s="5">
         <v>8798</v>
       </c>
       <c r="DP42" s="5">
         <v>8714</v>
       </c>
+      <c r="DQ42" s="5">
+        <v>8634</v>
+      </c>
     </row>
-    <row r="43" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C43" s="6">
         <v>6045</v>
       </c>
       <c r="D43" s="6">
         <v>6091</v>
       </c>
       <c r="E43" s="6">
         <v>6156</v>
       </c>
       <c r="F43" s="6">
         <v>6327</v>
       </c>
       <c r="G43" s="6">
         <v>6365</v>
       </c>
       <c r="H43" s="6">
         <v>6457</v>
       </c>
       <c r="I43" s="6">
@@ -18385,52 +18515,55 @@
       </c>
       <c r="DI43" s="6">
         <v>5839</v>
       </c>
       <c r="DJ43" s="6">
         <v>5963</v>
       </c>
       <c r="DK43" s="6">
         <v>6033</v>
       </c>
       <c r="DL43" s="6">
         <v>5929</v>
       </c>
       <c r="DM43" s="6">
         <v>5855</v>
       </c>
       <c r="DN43" s="6">
         <v>5855</v>
       </c>
       <c r="DO43" s="6">
         <v>5857</v>
       </c>
       <c r="DP43" s="6">
         <v>5871</v>
       </c>
+      <c r="DQ43" s="6">
+        <v>5826</v>
+      </c>
     </row>
-    <row r="44" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A44" s="4" t="s">
         <v>45</v>
       </c>
       <c r="B44" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C44" s="5">
         <v>10998</v>
       </c>
       <c r="D44" s="5">
         <v>11048</v>
       </c>
       <c r="E44" s="5">
         <v>11162</v>
       </c>
       <c r="F44" s="5">
         <v>11461</v>
       </c>
       <c r="G44" s="5">
         <v>11543</v>
       </c>
       <c r="H44" s="5">
         <v>11874</v>
       </c>
       <c r="I44" s="5">
@@ -18747,52 +18880,55 @@
       </c>
       <c r="DI44" s="5">
         <v>10673</v>
       </c>
       <c r="DJ44" s="5">
         <v>10851</v>
       </c>
       <c r="DK44" s="5">
         <v>11019</v>
       </c>
       <c r="DL44" s="5">
         <v>10653</v>
       </c>
       <c r="DM44" s="5">
         <v>10826</v>
       </c>
       <c r="DN44" s="5">
         <v>10826</v>
       </c>
       <c r="DO44" s="5">
         <v>10903</v>
       </c>
       <c r="DP44" s="5">
         <v>10856</v>
       </c>
+      <c r="DQ44" s="5">
+        <v>10745</v>
+      </c>
     </row>
-    <row r="45" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C45" s="6">
         <v>7596</v>
       </c>
       <c r="D45" s="6">
         <v>7598</v>
       </c>
       <c r="E45" s="6">
         <v>7670</v>
       </c>
       <c r="F45" s="6">
         <v>7657</v>
       </c>
       <c r="G45" s="6">
         <v>7592</v>
       </c>
       <c r="H45" s="6">
         <v>7691</v>
       </c>
       <c r="I45" s="6">
@@ -19109,52 +19245,55 @@
       </c>
       <c r="DI45" s="6">
         <v>9374</v>
       </c>
       <c r="DJ45" s="6">
         <v>9201</v>
       </c>
       <c r="DK45" s="6">
         <v>8439</v>
       </c>
       <c r="DL45" s="6">
         <v>8250</v>
       </c>
       <c r="DM45" s="6">
         <v>8822</v>
       </c>
       <c r="DN45" s="6">
         <v>8822</v>
       </c>
       <c r="DO45" s="6">
         <v>9378</v>
       </c>
       <c r="DP45" s="6">
         <v>9440</v>
       </c>
+      <c r="DQ45" s="6">
+        <v>9343</v>
+      </c>
     </row>
-    <row r="46" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A46" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B46" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C46" s="5">
         <v>2144</v>
       </c>
       <c r="D46" s="5">
         <v>2142</v>
       </c>
       <c r="E46" s="5">
         <v>2161</v>
       </c>
       <c r="F46" s="5">
         <v>2195</v>
       </c>
       <c r="G46" s="5">
         <v>2197</v>
       </c>
       <c r="H46" s="5">
         <v>2197</v>
       </c>
       <c r="I46" s="5">
@@ -19471,52 +19610,55 @@
       </c>
       <c r="DI46" s="5">
         <v>2173</v>
       </c>
       <c r="DJ46" s="5">
         <v>2182</v>
       </c>
       <c r="DK46" s="5">
         <v>2225</v>
       </c>
       <c r="DL46" s="5">
         <v>2185</v>
       </c>
       <c r="DM46" s="5">
         <v>2092</v>
       </c>
       <c r="DN46" s="5">
         <v>2092</v>
       </c>
       <c r="DO46" s="5">
         <v>2112</v>
       </c>
       <c r="DP46" s="5">
         <v>2132</v>
       </c>
+      <c r="DQ46" s="5">
+        <v>2119</v>
+      </c>
     </row>
-    <row r="47" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C47" s="6">
         <v>6622</v>
       </c>
       <c r="D47" s="6">
         <v>6638</v>
       </c>
       <c r="E47" s="6">
         <v>6684</v>
       </c>
       <c r="F47" s="6">
         <v>6821</v>
       </c>
       <c r="G47" s="6">
         <v>6848</v>
       </c>
       <c r="H47" s="6">
         <v>7062</v>
       </c>
       <c r="I47" s="6">
@@ -19833,52 +19975,55 @@
       </c>
       <c r="DI47" s="6">
         <v>6468</v>
       </c>
       <c r="DJ47" s="6">
         <v>6518</v>
       </c>
       <c r="DK47" s="6">
         <v>6675</v>
       </c>
       <c r="DL47" s="6">
         <v>6484</v>
       </c>
       <c r="DM47" s="6">
         <v>6451</v>
       </c>
       <c r="DN47" s="6">
         <v>6451</v>
       </c>
       <c r="DO47" s="6">
         <v>6520</v>
       </c>
       <c r="DP47" s="6">
         <v>6553</v>
       </c>
+      <c r="DQ47" s="6">
+        <v>6588</v>
+      </c>
     </row>
-    <row r="48" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A48" s="4" t="s">
         <v>49</v>
       </c>
       <c r="B48" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C48" s="5">
         <v>16884</v>
       </c>
       <c r="D48" s="5">
         <v>17031</v>
       </c>
       <c r="E48" s="5">
         <v>17345</v>
       </c>
       <c r="F48" s="5">
         <v>17040</v>
       </c>
       <c r="G48" s="5">
         <v>16940</v>
       </c>
       <c r="H48" s="5">
         <v>16958</v>
       </c>
       <c r="I48" s="5">
@@ -20195,52 +20340,55 @@
       </c>
       <c r="DI48" s="5">
         <v>14029</v>
       </c>
       <c r="DJ48" s="5">
         <v>14103</v>
       </c>
       <c r="DK48" s="5">
         <v>14136</v>
       </c>
       <c r="DL48" s="5">
         <v>13858</v>
       </c>
       <c r="DM48" s="5">
         <v>13931</v>
       </c>
       <c r="DN48" s="5">
         <v>13931</v>
       </c>
       <c r="DO48" s="5">
         <v>14004</v>
       </c>
       <c r="DP48" s="5">
         <v>14077</v>
       </c>
+      <c r="DQ48" s="5">
+        <v>13999</v>
+      </c>
     </row>
-    <row r="49" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C49" s="6">
         <v>3701</v>
       </c>
       <c r="D49" s="6">
         <v>3722</v>
       </c>
       <c r="E49" s="6">
         <v>3721</v>
       </c>
       <c r="F49" s="6">
         <v>3773</v>
       </c>
       <c r="G49" s="6">
         <v>3792</v>
       </c>
       <c r="H49" s="6">
         <v>3812</v>
       </c>
       <c r="I49" s="6">
@@ -20557,52 +20705,55 @@
       </c>
       <c r="DI49" s="6">
         <v>3850</v>
       </c>
       <c r="DJ49" s="6">
         <v>3858</v>
       </c>
       <c r="DK49" s="6">
         <v>3916</v>
       </c>
       <c r="DL49" s="6">
         <v>3862</v>
       </c>
       <c r="DM49" s="6">
         <v>3850</v>
       </c>
       <c r="DN49" s="6">
         <v>3850</v>
       </c>
       <c r="DO49" s="6">
         <v>3851</v>
       </c>
       <c r="DP49" s="6">
         <v>3825</v>
       </c>
+      <c r="DQ49" s="6">
+        <v>3815</v>
+      </c>
     </row>
-    <row r="50" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A50" s="4" t="s">
         <v>51</v>
       </c>
       <c r="B50" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C50" s="5">
         <v>3322</v>
       </c>
       <c r="D50" s="5">
         <v>3319</v>
       </c>
       <c r="E50" s="5">
         <v>3318</v>
       </c>
       <c r="F50" s="5">
         <v>3337</v>
       </c>
       <c r="G50" s="5">
         <v>3389</v>
       </c>
       <c r="H50" s="5">
         <v>3467</v>
       </c>
       <c r="I50" s="5">
@@ -20919,52 +21070,55 @@
       </c>
       <c r="DI50" s="5">
         <v>3315</v>
       </c>
       <c r="DJ50" s="5">
         <v>3322</v>
       </c>
       <c r="DK50" s="5">
         <v>3375</v>
       </c>
       <c r="DL50" s="5">
         <v>3294</v>
       </c>
       <c r="DM50" s="5">
         <v>3278</v>
       </c>
       <c r="DN50" s="5">
         <v>3278</v>
       </c>
       <c r="DO50" s="5">
         <v>3331</v>
       </c>
       <c r="DP50" s="5">
         <v>3325</v>
       </c>
+      <c r="DQ50" s="5">
+        <v>3318</v>
+      </c>
     </row>
-    <row r="51" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C51" s="6">
         <v>4051</v>
       </c>
       <c r="D51" s="6">
         <v>4040</v>
       </c>
       <c r="E51" s="6">
         <v>4083</v>
       </c>
       <c r="F51" s="6">
         <v>4156</v>
       </c>
       <c r="G51" s="6">
         <v>4269</v>
       </c>
       <c r="H51" s="6">
         <v>4384</v>
       </c>
       <c r="I51" s="6">
@@ -21281,52 +21435,55 @@
       </c>
       <c r="DI51" s="6">
         <v>4218</v>
       </c>
       <c r="DJ51" s="6">
         <v>4345</v>
       </c>
       <c r="DK51" s="6">
         <v>4575</v>
       </c>
       <c r="DL51" s="6">
         <v>4411</v>
       </c>
       <c r="DM51" s="6">
         <v>4316</v>
       </c>
       <c r="DN51" s="6">
         <v>4316</v>
       </c>
       <c r="DO51" s="6">
         <v>4294</v>
       </c>
       <c r="DP51" s="6">
         <v>4295</v>
       </c>
+      <c r="DQ51" s="6">
+        <v>4313</v>
+      </c>
     </row>
-    <row r="52" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A52" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B52" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C52" s="5">
         <v>8030</v>
       </c>
       <c r="D52" s="5">
         <v>8081</v>
       </c>
       <c r="E52" s="5">
         <v>8191</v>
       </c>
       <c r="F52" s="5">
         <v>8340</v>
       </c>
       <c r="G52" s="5">
         <v>8373</v>
       </c>
       <c r="H52" s="5">
         <v>8056</v>
       </c>
       <c r="I52" s="5">
@@ -21643,52 +21800,55 @@
       </c>
       <c r="DI52" s="5">
         <v>8700</v>
       </c>
       <c r="DJ52" s="5">
         <v>8613</v>
       </c>
       <c r="DK52" s="5">
         <v>8309</v>
       </c>
       <c r="DL52" s="5">
         <v>8167</v>
       </c>
       <c r="DM52" s="5">
         <v>8530</v>
       </c>
       <c r="DN52" s="5">
         <v>8530</v>
       </c>
       <c r="DO52" s="5">
         <v>8911</v>
       </c>
       <c r="DP52" s="5">
         <v>9018</v>
       </c>
+      <c r="DQ52" s="5">
+        <v>8818</v>
+      </c>
     </row>
-    <row r="53" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C53" s="6">
         <v>16735</v>
       </c>
       <c r="D53" s="6">
         <v>17167</v>
       </c>
       <c r="E53" s="6">
         <v>17278</v>
       </c>
       <c r="F53" s="6">
         <v>17919</v>
       </c>
       <c r="G53" s="6">
         <v>18254</v>
       </c>
       <c r="H53" s="6">
         <v>17995</v>
       </c>
       <c r="I53" s="6">
@@ -22005,52 +22165,55 @@
       </c>
       <c r="DI53" s="6">
         <v>19976</v>
       </c>
       <c r="DJ53" s="6">
         <v>20257</v>
       </c>
       <c r="DK53" s="6">
         <v>20823</v>
       </c>
       <c r="DL53" s="6">
         <v>20525</v>
       </c>
       <c r="DM53" s="6">
         <v>20401</v>
       </c>
       <c r="DN53" s="6">
         <v>20401</v>
       </c>
       <c r="DO53" s="6">
         <v>20381</v>
       </c>
       <c r="DP53" s="6">
         <v>20377</v>
       </c>
+      <c r="DQ53" s="6">
+        <v>20334</v>
+      </c>
     </row>
-    <row r="54" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A54" s="4" t="s">
         <v>55</v>
       </c>
       <c r="B54" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C54" s="5">
         <v>17476</v>
       </c>
       <c r="D54" s="5">
         <v>17497</v>
       </c>
       <c r="E54" s="5">
         <v>17744</v>
       </c>
       <c r="F54" s="5">
         <v>17825</v>
       </c>
       <c r="G54" s="5">
         <v>17868</v>
       </c>
       <c r="H54" s="5">
         <v>18183</v>
       </c>
       <c r="I54" s="5">
@@ -22367,52 +22530,55 @@
       </c>
       <c r="DI54" s="5">
         <v>16054</v>
       </c>
       <c r="DJ54" s="5">
         <v>16084</v>
       </c>
       <c r="DK54" s="5">
         <v>16334</v>
       </c>
       <c r="DL54" s="5">
         <v>16260</v>
       </c>
       <c r="DM54" s="5">
         <v>16013</v>
       </c>
       <c r="DN54" s="5">
         <v>16013</v>
       </c>
       <c r="DO54" s="5">
         <v>16081</v>
       </c>
       <c r="DP54" s="5">
         <v>16191</v>
       </c>
+      <c r="DQ54" s="5">
+        <v>16025</v>
+      </c>
     </row>
-    <row r="55" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C55" s="6">
         <v>3889</v>
       </c>
       <c r="D55" s="6">
         <v>3945</v>
       </c>
       <c r="E55" s="6">
         <v>4010</v>
       </c>
       <c r="F55" s="6">
         <v>4066</v>
       </c>
       <c r="G55" s="6">
         <v>4083</v>
       </c>
       <c r="H55" s="6">
         <v>4066</v>
       </c>
       <c r="I55" s="6">
@@ -22729,52 +22895,55 @@
       </c>
       <c r="DI55" s="6">
         <v>3338</v>
       </c>
       <c r="DJ55" s="6">
         <v>3423</v>
       </c>
       <c r="DK55" s="6">
         <v>3454</v>
       </c>
       <c r="DL55" s="6">
         <v>3375</v>
       </c>
       <c r="DM55" s="6">
         <v>3330</v>
       </c>
       <c r="DN55" s="6">
         <v>3330</v>
       </c>
       <c r="DO55" s="6">
         <v>3346</v>
       </c>
       <c r="DP55" s="6">
         <v>3324</v>
       </c>
+      <c r="DQ55" s="6">
+        <v>3339</v>
+      </c>
     </row>
-    <row r="56" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A56" s="4" t="s">
         <v>57</v>
       </c>
       <c r="B56" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C56" s="5">
         <v>3670</v>
       </c>
       <c r="D56" s="5">
         <v>3668</v>
       </c>
       <c r="E56" s="5">
         <v>3761</v>
       </c>
       <c r="F56" s="5">
         <v>3907</v>
       </c>
       <c r="G56" s="5">
         <v>3989</v>
       </c>
       <c r="H56" s="5">
         <v>4051</v>
       </c>
       <c r="I56" s="5">
@@ -23091,52 +23260,55 @@
       </c>
       <c r="DI56" s="5">
         <v>3772</v>
       </c>
       <c r="DJ56" s="5">
         <v>3794</v>
       </c>
       <c r="DK56" s="5">
         <v>3892</v>
       </c>
       <c r="DL56" s="5">
         <v>3754</v>
       </c>
       <c r="DM56" s="5">
         <v>3767</v>
       </c>
       <c r="DN56" s="5">
         <v>3767</v>
       </c>
       <c r="DO56" s="5">
         <v>3761</v>
       </c>
       <c r="DP56" s="5">
         <v>3762</v>
       </c>
+      <c r="DQ56" s="5">
+        <v>3701</v>
+      </c>
     </row>
-    <row r="57" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C57" s="6">
         <v>2660</v>
       </c>
       <c r="D57" s="6">
         <v>2675</v>
       </c>
       <c r="E57" s="6">
         <v>2717</v>
       </c>
       <c r="F57" s="6">
         <v>2794</v>
       </c>
       <c r="G57" s="6">
         <v>2818</v>
       </c>
       <c r="H57" s="6">
         <v>2863</v>
       </c>
       <c r="I57" s="6">
@@ -23453,52 +23625,55 @@
       </c>
       <c r="DI57" s="6">
         <v>2528</v>
       </c>
       <c r="DJ57" s="6">
         <v>2544</v>
       </c>
       <c r="DK57" s="6">
         <v>2611</v>
       </c>
       <c r="DL57" s="6">
         <v>2496</v>
       </c>
       <c r="DM57" s="6">
         <v>2493</v>
       </c>
       <c r="DN57" s="6">
         <v>2493</v>
       </c>
       <c r="DO57" s="6">
         <v>2498</v>
       </c>
       <c r="DP57" s="6">
         <v>2511</v>
       </c>
+      <c r="DQ57" s="6">
+        <v>2479</v>
+      </c>
     </row>
-    <row r="58" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A58" s="4" t="s">
         <v>59</v>
       </c>
       <c r="B58" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C58" s="5">
         <v>3368</v>
       </c>
       <c r="D58" s="5">
         <v>3371</v>
       </c>
       <c r="E58" s="5">
         <v>3350</v>
       </c>
       <c r="F58" s="5">
         <v>3401</v>
       </c>
       <c r="G58" s="5">
         <v>3425</v>
       </c>
       <c r="H58" s="5">
         <v>3502</v>
       </c>
       <c r="I58" s="5">
@@ -23815,52 +23990,55 @@
       </c>
       <c r="DI58" s="5">
         <v>3792</v>
       </c>
       <c r="DJ58" s="5">
         <v>3761</v>
       </c>
       <c r="DK58" s="5">
         <v>3876</v>
       </c>
       <c r="DL58" s="5">
         <v>3752</v>
       </c>
       <c r="DM58" s="5">
         <v>3771</v>
       </c>
       <c r="DN58" s="5">
         <v>3771</v>
       </c>
       <c r="DO58" s="5">
         <v>3790</v>
       </c>
       <c r="DP58" s="5">
         <v>3779</v>
       </c>
+      <c r="DQ58" s="5">
+        <v>3802</v>
+      </c>
     </row>
-    <row r="59" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C59" s="6">
         <v>4065</v>
       </c>
       <c r="D59" s="6">
         <v>4062</v>
       </c>
       <c r="E59" s="6">
         <v>4065</v>
       </c>
       <c r="F59" s="6">
         <v>4093</v>
       </c>
       <c r="G59" s="6">
         <v>4149</v>
       </c>
       <c r="H59" s="6">
         <v>4173</v>
       </c>
       <c r="I59" s="6">
@@ -24177,52 +24355,55 @@
       </c>
       <c r="DI59" s="6">
         <v>4054</v>
       </c>
       <c r="DJ59" s="6">
         <v>4082</v>
       </c>
       <c r="DK59" s="6">
         <v>4147</v>
       </c>
       <c r="DL59" s="6">
         <v>4106</v>
       </c>
       <c r="DM59" s="6">
         <v>4092</v>
       </c>
       <c r="DN59" s="6">
         <v>4092</v>
       </c>
       <c r="DO59" s="6">
         <v>4057</v>
       </c>
       <c r="DP59" s="6">
         <v>4055</v>
       </c>
+      <c r="DQ59" s="6">
+        <v>4057</v>
+      </c>
     </row>
-    <row r="60" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A60" s="4" t="s">
         <v>61</v>
       </c>
       <c r="B60" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C60" s="5">
         <v>23375</v>
       </c>
       <c r="D60" s="5">
         <v>23288</v>
       </c>
       <c r="E60" s="5">
         <v>23572</v>
       </c>
       <c r="F60" s="5">
         <v>23796</v>
       </c>
       <c r="G60" s="5">
         <v>23975</v>
       </c>
       <c r="H60" s="5">
         <v>24403</v>
       </c>
       <c r="I60" s="5">
@@ -24539,52 +24720,55 @@
       </c>
       <c r="DI60" s="5">
         <v>21206</v>
       </c>
       <c r="DJ60" s="5">
         <v>21257</v>
       </c>
       <c r="DK60" s="5">
         <v>21696</v>
       </c>
       <c r="DL60" s="5">
         <v>21412</v>
       </c>
       <c r="DM60" s="5">
         <v>21212</v>
       </c>
       <c r="DN60" s="5">
         <v>21212</v>
       </c>
       <c r="DO60" s="5">
         <v>21266</v>
       </c>
       <c r="DP60" s="5">
         <v>21325</v>
       </c>
+      <c r="DQ60" s="5">
+        <v>21278</v>
+      </c>
     </row>
-    <row r="61" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C61" s="6">
         <v>6543</v>
       </c>
       <c r="D61" s="6">
         <v>6491</v>
       </c>
       <c r="E61" s="6">
         <v>6543</v>
       </c>
       <c r="F61" s="6">
         <v>6736</v>
       </c>
       <c r="G61" s="6">
         <v>6798</v>
       </c>
       <c r="H61" s="6">
         <v>6915</v>
       </c>
       <c r="I61" s="6">
@@ -24901,52 +25085,55 @@
       </c>
       <c r="DI61" s="6">
         <v>6406</v>
       </c>
       <c r="DJ61" s="6">
         <v>6515</v>
       </c>
       <c r="DK61" s="6">
         <v>6657</v>
       </c>
       <c r="DL61" s="6">
         <v>6490</v>
       </c>
       <c r="DM61" s="6">
         <v>6375</v>
       </c>
       <c r="DN61" s="6">
         <v>6375</v>
       </c>
       <c r="DO61" s="6">
         <v>6421</v>
       </c>
       <c r="DP61" s="6">
         <v>6445</v>
       </c>
+      <c r="DQ61" s="6">
+        <v>6450</v>
+      </c>
     </row>
-    <row r="62" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A62" s="4" t="s">
         <v>63</v>
       </c>
       <c r="B62" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C62" s="5">
         <v>1766</v>
       </c>
       <c r="D62" s="5">
         <v>1721</v>
       </c>
       <c r="E62" s="5">
         <v>1798</v>
       </c>
       <c r="F62" s="5">
         <v>1858</v>
       </c>
       <c r="G62" s="5">
         <v>1863</v>
       </c>
       <c r="H62" s="5">
         <v>1893</v>
       </c>
       <c r="I62" s="5">
@@ -25263,52 +25450,55 @@
       </c>
       <c r="DI62" s="5">
         <v>2008</v>
       </c>
       <c r="DJ62" s="5">
         <v>2048</v>
       </c>
       <c r="DK62" s="5">
         <v>2087</v>
       </c>
       <c r="DL62" s="5">
         <v>2006</v>
       </c>
       <c r="DM62" s="5">
         <v>2052</v>
       </c>
       <c r="DN62" s="5">
         <v>2052</v>
       </c>
       <c r="DO62" s="5">
         <v>2040</v>
       </c>
       <c r="DP62" s="5">
         <v>2056</v>
       </c>
+      <c r="DQ62" s="5">
+        <v>2081</v>
+      </c>
     </row>
-    <row r="63" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C63" s="6">
         <v>6078</v>
       </c>
       <c r="D63" s="6">
         <v>6079</v>
       </c>
       <c r="E63" s="6">
         <v>6165</v>
       </c>
       <c r="F63" s="6">
         <v>6221</v>
       </c>
       <c r="G63" s="6">
         <v>6259</v>
       </c>
       <c r="H63" s="6">
         <v>6359</v>
       </c>
       <c r="I63" s="6">
@@ -25625,52 +25815,55 @@
       </c>
       <c r="DI63" s="6">
         <v>6560</v>
       </c>
       <c r="DJ63" s="6">
         <v>6614</v>
       </c>
       <c r="DK63" s="6">
         <v>6715</v>
       </c>
       <c r="DL63" s="6">
         <v>6612</v>
       </c>
       <c r="DM63" s="6">
         <v>6539</v>
       </c>
       <c r="DN63" s="6">
         <v>6539</v>
       </c>
       <c r="DO63" s="6">
         <v>6597</v>
       </c>
       <c r="DP63" s="6">
         <v>6668</v>
       </c>
+      <c r="DQ63" s="6">
+        <v>6657</v>
+      </c>
     </row>
-    <row r="64" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A64" s="4" t="s">
         <v>65</v>
       </c>
       <c r="B64" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C64" s="5">
         <v>3629</v>
       </c>
       <c r="D64" s="5">
         <v>3642</v>
       </c>
       <c r="E64" s="5">
         <v>3675</v>
       </c>
       <c r="F64" s="5">
         <v>3784</v>
       </c>
       <c r="G64" s="5">
         <v>3860</v>
       </c>
       <c r="H64" s="5">
         <v>3877</v>
       </c>
       <c r="I64" s="5">
@@ -25987,52 +26180,55 @@
       </c>
       <c r="DI64" s="5">
         <v>3414</v>
       </c>
       <c r="DJ64" s="5">
         <v>3429</v>
       </c>
       <c r="DK64" s="5">
         <v>3504</v>
       </c>
       <c r="DL64" s="5">
         <v>3406</v>
       </c>
       <c r="DM64" s="5">
         <v>3416</v>
       </c>
       <c r="DN64" s="5">
         <v>3416</v>
       </c>
       <c r="DO64" s="5">
         <v>3456</v>
       </c>
       <c r="DP64" s="5">
         <v>3448</v>
       </c>
+      <c r="DQ64" s="5">
+        <v>3447</v>
+      </c>
     </row>
-    <row r="65" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C65" s="6">
         <v>2670</v>
       </c>
       <c r="D65" s="6">
         <v>2677</v>
       </c>
       <c r="E65" s="6">
         <v>2692</v>
       </c>
       <c r="F65" s="6">
         <v>2796</v>
       </c>
       <c r="G65" s="6">
         <v>2865</v>
       </c>
       <c r="H65" s="6">
         <v>2928</v>
       </c>
       <c r="I65" s="6">
@@ -26349,52 +26545,55 @@
       </c>
       <c r="DI65" s="6">
         <v>2471</v>
       </c>
       <c r="DJ65" s="6">
         <v>2489</v>
       </c>
       <c r="DK65" s="6">
         <v>2546</v>
       </c>
       <c r="DL65" s="6">
         <v>2491</v>
       </c>
       <c r="DM65" s="6">
         <v>2541</v>
       </c>
       <c r="DN65" s="6">
         <v>2541</v>
       </c>
       <c r="DO65" s="6">
         <v>2531</v>
       </c>
       <c r="DP65" s="6">
         <v>2503</v>
       </c>
+      <c r="DQ65" s="6">
+        <v>2469</v>
+      </c>
     </row>
-    <row r="66" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A66" s="4" t="s">
         <v>67</v>
       </c>
       <c r="B66" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C66" s="5">
         <v>38131</v>
       </c>
       <c r="D66" s="5">
         <v>38027</v>
       </c>
       <c r="E66" s="5">
         <v>38274</v>
       </c>
       <c r="F66" s="5">
         <v>39123</v>
       </c>
       <c r="G66" s="5">
         <v>39166</v>
       </c>
       <c r="H66" s="5">
         <v>39041</v>
       </c>
       <c r="I66" s="5">
@@ -26711,52 +26910,55 @@
       </c>
       <c r="DI66" s="5">
         <v>43068</v>
       </c>
       <c r="DJ66" s="5">
         <v>43201</v>
       </c>
       <c r="DK66" s="5">
         <v>43236</v>
       </c>
       <c r="DL66" s="5">
         <v>42981</v>
       </c>
       <c r="DM66" s="5">
         <v>43373</v>
       </c>
       <c r="DN66" s="5">
         <v>43373</v>
       </c>
       <c r="DO66" s="5">
         <v>43836</v>
       </c>
       <c r="DP66" s="5">
         <v>43930</v>
       </c>
+      <c r="DQ66" s="5">
+        <v>43523</v>
+      </c>
     </row>
-    <row r="67" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C67" s="6">
         <v>9037</v>
       </c>
       <c r="D67" s="6">
         <v>9957</v>
       </c>
       <c r="E67" s="6">
         <v>10150</v>
       </c>
       <c r="F67" s="6">
         <v>10464</v>
       </c>
       <c r="G67" s="6">
         <v>10564</v>
       </c>
       <c r="H67" s="6">
         <v>9818</v>
       </c>
       <c r="I67" s="6">
@@ -27073,52 +27275,55 @@
       </c>
       <c r="DI67" s="6">
         <v>9961</v>
       </c>
       <c r="DJ67" s="6">
         <v>9617</v>
       </c>
       <c r="DK67" s="6">
         <v>8836</v>
       </c>
       <c r="DL67" s="6">
         <v>8763</v>
       </c>
       <c r="DM67" s="6">
         <v>9707</v>
       </c>
       <c r="DN67" s="6">
         <v>9707</v>
       </c>
       <c r="DO67" s="6">
         <v>9774</v>
       </c>
       <c r="DP67" s="6">
         <v>9866</v>
       </c>
+      <c r="DQ67" s="6">
+        <v>9638</v>
+      </c>
     </row>
-    <row r="68" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A68" s="4" t="s">
         <v>69</v>
       </c>
       <c r="B68" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C68" s="5">
         <v>1322</v>
       </c>
       <c r="D68" s="5">
         <v>1312</v>
       </c>
       <c r="E68" s="5">
         <v>1333</v>
       </c>
       <c r="F68" s="5">
         <v>1343</v>
       </c>
       <c r="G68" s="5">
         <v>1387</v>
       </c>
       <c r="H68" s="5">
         <v>1398</v>
       </c>
       <c r="I68" s="5">
@@ -27435,52 +27640,55 @@
       </c>
       <c r="DI68" s="5">
         <v>1301</v>
       </c>
       <c r="DJ68" s="5">
         <v>1324</v>
       </c>
       <c r="DK68" s="5">
         <v>1342</v>
       </c>
       <c r="DL68" s="5">
         <v>1305</v>
       </c>
       <c r="DM68" s="5">
         <v>1301</v>
       </c>
       <c r="DN68" s="5">
         <v>1301</v>
       </c>
       <c r="DO68" s="5">
         <v>1324</v>
       </c>
       <c r="DP68" s="5">
         <v>1317</v>
       </c>
+      <c r="DQ68" s="5">
+        <v>1324</v>
+      </c>
     </row>
-    <row r="69" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C69" s="6">
         <v>3030</v>
       </c>
       <c r="D69" s="6">
         <v>3052</v>
       </c>
       <c r="E69" s="6">
         <v>3100</v>
       </c>
       <c r="F69" s="6">
         <v>3168</v>
       </c>
       <c r="G69" s="6">
         <v>3215</v>
       </c>
       <c r="H69" s="6">
         <v>3289</v>
       </c>
       <c r="I69" s="6">
@@ -27797,52 +28005,55 @@
       </c>
       <c r="DI69" s="6">
         <v>2894</v>
       </c>
       <c r="DJ69" s="6">
         <v>2943</v>
       </c>
       <c r="DK69" s="6">
         <v>3001</v>
       </c>
       <c r="DL69" s="6">
         <v>2965</v>
       </c>
       <c r="DM69" s="6">
         <v>2901</v>
       </c>
       <c r="DN69" s="6">
         <v>2901</v>
       </c>
       <c r="DO69" s="6">
         <v>2943</v>
       </c>
       <c r="DP69" s="6">
         <v>2946</v>
       </c>
+      <c r="DQ69" s="6">
+        <v>2942</v>
+      </c>
     </row>
-    <row r="70" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A70" s="4" t="s">
         <v>71</v>
       </c>
       <c r="B70" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C70" s="5">
         <v>89756</v>
       </c>
       <c r="D70" s="5">
         <v>89457</v>
       </c>
       <c r="E70" s="5">
         <v>90040</v>
       </c>
       <c r="F70" s="5">
         <v>91921</v>
       </c>
       <c r="G70" s="5">
         <v>92577</v>
       </c>
       <c r="H70" s="5">
         <v>92201</v>
       </c>
       <c r="I70" s="5">
@@ -28159,52 +28370,55 @@
       </c>
       <c r="DI70" s="5">
         <v>92022</v>
       </c>
       <c r="DJ70" s="5">
         <v>92619</v>
       </c>
       <c r="DK70" s="5">
         <v>93179</v>
       </c>
       <c r="DL70" s="5">
         <v>92394</v>
       </c>
       <c r="DM70" s="5">
         <v>92788</v>
       </c>
       <c r="DN70" s="5">
         <v>92788</v>
       </c>
       <c r="DO70" s="5">
         <v>93666</v>
       </c>
       <c r="DP70" s="5">
         <v>94236</v>
       </c>
+      <c r="DQ70" s="5">
+        <v>94069</v>
+      </c>
     </row>
-    <row r="71" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C71" s="6">
         <v>5792</v>
       </c>
       <c r="D71" s="6">
         <v>5787</v>
       </c>
       <c r="E71" s="6">
         <v>5879</v>
       </c>
       <c r="F71" s="6">
         <v>5832</v>
       </c>
       <c r="G71" s="6">
         <v>5847</v>
       </c>
       <c r="H71" s="6">
         <v>5940</v>
       </c>
       <c r="I71" s="6">
@@ -28521,52 +28735,55 @@
       </c>
       <c r="DI71" s="6">
         <v>5451</v>
       </c>
       <c r="DJ71" s="6">
         <v>5461</v>
       </c>
       <c r="DK71" s="6">
         <v>5583</v>
       </c>
       <c r="DL71" s="6">
         <v>5441</v>
       </c>
       <c r="DM71" s="6">
         <v>5395</v>
       </c>
       <c r="DN71" s="6">
         <v>5395</v>
       </c>
       <c r="DO71" s="6">
         <v>5418</v>
       </c>
       <c r="DP71" s="6">
         <v>5454</v>
       </c>
+      <c r="DQ71" s="6">
+        <v>5446</v>
+      </c>
     </row>
-    <row r="72" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A72" s="4" t="s">
         <v>73</v>
       </c>
       <c r="B72" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C72" s="5">
         <v>19952</v>
       </c>
       <c r="D72" s="5">
         <v>19922</v>
       </c>
       <c r="E72" s="5">
         <v>19931</v>
       </c>
       <c r="F72" s="5">
         <v>20458</v>
       </c>
       <c r="G72" s="5">
         <v>19986</v>
       </c>
       <c r="H72" s="5">
         <v>19721</v>
       </c>
       <c r="I72" s="5">
@@ -28883,52 +29100,55 @@
       </c>
       <c r="DI72" s="5">
         <v>23075</v>
       </c>
       <c r="DJ72" s="5">
         <v>23066</v>
       </c>
       <c r="DK72" s="5">
         <v>22659</v>
       </c>
       <c r="DL72" s="5">
         <v>22141</v>
       </c>
       <c r="DM72" s="5">
         <v>22802</v>
       </c>
       <c r="DN72" s="5">
         <v>22802</v>
       </c>
       <c r="DO72" s="5">
         <v>23564</v>
       </c>
       <c r="DP72" s="5">
         <v>23450</v>
       </c>
+      <c r="DQ72" s="5">
+        <v>23282</v>
+      </c>
     </row>
-    <row r="73" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C73" s="6">
         <v>5422</v>
       </c>
       <c r="D73" s="6">
         <v>5467</v>
       </c>
       <c r="E73" s="6">
         <v>5476</v>
       </c>
       <c r="F73" s="6">
         <v>5543</v>
       </c>
       <c r="G73" s="6">
         <v>5588</v>
       </c>
       <c r="H73" s="6">
         <v>5650</v>
       </c>
       <c r="I73" s="6">
@@ -29245,52 +29465,55 @@
       </c>
       <c r="DI73" s="6">
         <v>5258</v>
       </c>
       <c r="DJ73" s="6">
         <v>5285</v>
       </c>
       <c r="DK73" s="6">
         <v>5347</v>
       </c>
       <c r="DL73" s="6">
         <v>5313</v>
       </c>
       <c r="DM73" s="6">
         <v>5272</v>
       </c>
       <c r="DN73" s="6">
         <v>5272</v>
       </c>
       <c r="DO73" s="6">
         <v>5286</v>
       </c>
       <c r="DP73" s="6">
         <v>5265</v>
       </c>
+      <c r="DQ73" s="6">
+        <v>5296</v>
+      </c>
     </row>
-    <row r="74" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A74" s="4" t="s">
         <v>75</v>
       </c>
       <c r="B74" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C74" s="5">
         <v>1870</v>
       </c>
       <c r="D74" s="5">
         <v>1872</v>
       </c>
       <c r="E74" s="5">
         <v>1856</v>
       </c>
       <c r="F74" s="5">
         <v>1887</v>
       </c>
       <c r="G74" s="5">
         <v>1914</v>
       </c>
       <c r="H74" s="5">
         <v>1892</v>
       </c>
       <c r="I74" s="5">
@@ -29607,52 +29830,55 @@
       </c>
       <c r="DI74" s="5">
         <v>1942</v>
       </c>
       <c r="DJ74" s="5">
         <v>1943</v>
       </c>
       <c r="DK74" s="5">
         <v>1965</v>
       </c>
       <c r="DL74" s="5">
         <v>1964</v>
       </c>
       <c r="DM74" s="5">
         <v>1960</v>
       </c>
       <c r="DN74" s="5">
         <v>1960</v>
       </c>
       <c r="DO74" s="5">
         <v>1955</v>
       </c>
       <c r="DP74" s="5">
         <v>1959</v>
       </c>
+      <c r="DQ74" s="5">
+        <v>1986</v>
+      </c>
     </row>
-    <row r="75" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C75" s="6">
         <v>6063</v>
       </c>
       <c r="D75" s="6">
         <v>6083</v>
       </c>
       <c r="E75" s="6">
         <v>6175</v>
       </c>
       <c r="F75" s="6">
         <v>6173</v>
       </c>
       <c r="G75" s="6">
         <v>6167</v>
       </c>
       <c r="H75" s="6">
         <v>6157</v>
       </c>
       <c r="I75" s="6">
@@ -29969,52 +30195,55 @@
       </c>
       <c r="DI75" s="6">
         <v>5902</v>
       </c>
       <c r="DJ75" s="6">
         <v>5949</v>
       </c>
       <c r="DK75" s="6">
         <v>5959</v>
       </c>
       <c r="DL75" s="6">
         <v>5807</v>
       </c>
       <c r="DM75" s="6">
         <v>5846</v>
       </c>
       <c r="DN75" s="6">
         <v>5846</v>
       </c>
       <c r="DO75" s="6">
         <v>5902</v>
       </c>
       <c r="DP75" s="6">
         <v>5913</v>
       </c>
+      <c r="DQ75" s="6">
+        <v>5933</v>
+      </c>
     </row>
-    <row r="76" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="76" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A76" s="4" t="s">
         <v>77</v>
       </c>
       <c r="B76" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C76" s="5">
         <v>1972</v>
       </c>
       <c r="D76" s="5">
         <v>1952</v>
       </c>
       <c r="E76" s="5">
         <v>1933</v>
       </c>
       <c r="F76" s="5">
         <v>1979</v>
       </c>
       <c r="G76" s="5">
         <v>1977</v>
       </c>
       <c r="H76" s="5">
         <v>2041</v>
       </c>
       <c r="I76" s="5">
@@ -30331,52 +30560,55 @@
       </c>
       <c r="DI76" s="5">
         <v>1904</v>
       </c>
       <c r="DJ76" s="5">
         <v>1924</v>
       </c>
       <c r="DK76" s="5">
         <v>1961</v>
       </c>
       <c r="DL76" s="5">
         <v>1961</v>
       </c>
       <c r="DM76" s="5">
         <v>1903</v>
       </c>
       <c r="DN76" s="5">
         <v>1903</v>
       </c>
       <c r="DO76" s="5">
         <v>1924</v>
       </c>
       <c r="DP76" s="5">
         <v>1898</v>
       </c>
+      <c r="DQ76" s="5">
+        <v>1920</v>
+      </c>
     </row>
-    <row r="77" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="77" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C77" s="6">
         <v>16209</v>
       </c>
       <c r="D77" s="6">
         <v>16286</v>
       </c>
       <c r="E77" s="6">
         <v>16347</v>
       </c>
       <c r="F77" s="6">
         <v>16426</v>
       </c>
       <c r="G77" s="6">
         <v>16436</v>
       </c>
       <c r="H77" s="6">
         <v>16418</v>
       </c>
       <c r="I77" s="6">
@@ -30693,52 +30925,55 @@
       </c>
       <c r="DI77" s="6">
         <v>15996</v>
       </c>
       <c r="DJ77" s="6">
         <v>16037</v>
       </c>
       <c r="DK77" s="6">
         <v>16183</v>
       </c>
       <c r="DL77" s="6">
         <v>16106</v>
       </c>
       <c r="DM77" s="6">
         <v>16103</v>
       </c>
       <c r="DN77" s="6">
         <v>16103</v>
       </c>
       <c r="DO77" s="6">
         <v>16228</v>
       </c>
       <c r="DP77" s="6">
         <v>16154</v>
       </c>
+      <c r="DQ77" s="6">
+        <v>16254</v>
+      </c>
     </row>
-    <row r="78" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="78" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A78" s="4" t="s">
         <v>79</v>
       </c>
       <c r="B78" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C78" s="5">
         <v>1869</v>
       </c>
       <c r="D78" s="5">
         <v>1871</v>
       </c>
       <c r="E78" s="5">
         <v>1890</v>
       </c>
       <c r="F78" s="5">
         <v>1913</v>
       </c>
       <c r="G78" s="5">
         <v>1910</v>
       </c>
       <c r="H78" s="5">
         <v>1905</v>
       </c>
       <c r="I78" s="5">
@@ -31055,52 +31290,55 @@
       </c>
       <c r="DI78" s="5">
         <v>2096</v>
       </c>
       <c r="DJ78" s="5">
         <v>2104</v>
       </c>
       <c r="DK78" s="5">
         <v>2093</v>
       </c>
       <c r="DL78" s="5">
         <v>2064</v>
       </c>
       <c r="DM78" s="5">
         <v>2091</v>
       </c>
       <c r="DN78" s="5">
         <v>2091</v>
       </c>
       <c r="DO78" s="5">
         <v>2124</v>
       </c>
       <c r="DP78" s="5">
         <v>2147</v>
       </c>
+      <c r="DQ78" s="5">
+        <v>2173</v>
+      </c>
     </row>
-    <row r="79" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="79" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C79" s="6">
         <v>19227</v>
       </c>
       <c r="D79" s="6">
         <v>19173</v>
       </c>
       <c r="E79" s="6">
         <v>19473</v>
       </c>
       <c r="F79" s="6">
         <v>19778</v>
       </c>
       <c r="G79" s="6">
         <v>19896</v>
       </c>
       <c r="H79" s="6">
         <v>19928</v>
       </c>
       <c r="I79" s="6">
@@ -31417,52 +31655,55 @@
       </c>
       <c r="DI79" s="6">
         <v>17853</v>
       </c>
       <c r="DJ79" s="6">
         <v>18016</v>
       </c>
       <c r="DK79" s="6">
         <v>18044</v>
       </c>
       <c r="DL79" s="6">
         <v>17995</v>
       </c>
       <c r="DM79" s="6">
         <v>17867</v>
       </c>
       <c r="DN79" s="6">
         <v>17867</v>
       </c>
       <c r="DO79" s="6">
         <v>17842</v>
       </c>
       <c r="DP79" s="6">
         <v>17887</v>
       </c>
+      <c r="DQ79" s="6">
+        <v>17858</v>
+      </c>
     </row>
-    <row r="80" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="80" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A80" s="4" t="s">
         <v>81</v>
       </c>
       <c r="B80" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C80" s="5">
         <v>4034</v>
       </c>
       <c r="D80" s="5">
         <v>4022</v>
       </c>
       <c r="E80" s="5">
         <v>4117</v>
       </c>
       <c r="F80" s="5">
         <v>4183</v>
       </c>
       <c r="G80" s="5">
         <v>4154</v>
       </c>
       <c r="H80" s="5">
         <v>4304</v>
       </c>
       <c r="I80" s="5">
@@ -31779,52 +32020,55 @@
       </c>
       <c r="DI80" s="5">
         <v>3991</v>
       </c>
       <c r="DJ80" s="5">
         <v>3963</v>
       </c>
       <c r="DK80" s="5">
         <v>3987</v>
       </c>
       <c r="DL80" s="5">
         <v>3974</v>
       </c>
       <c r="DM80" s="5">
         <v>3919</v>
       </c>
       <c r="DN80" s="5">
         <v>3919</v>
       </c>
       <c r="DO80" s="5">
         <v>4010</v>
       </c>
       <c r="DP80" s="5">
         <v>3990</v>
       </c>
+      <c r="DQ80" s="5">
+        <v>3889</v>
+      </c>
     </row>
-    <row r="81" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="81" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C81" s="6">
         <v>10207</v>
       </c>
       <c r="D81" s="6">
         <v>10889</v>
       </c>
       <c r="E81" s="6">
         <v>11054</v>
       </c>
       <c r="F81" s="6">
         <v>11503</v>
       </c>
       <c r="G81" s="6">
         <v>11578</v>
       </c>
       <c r="H81" s="6">
         <v>10605</v>
       </c>
       <c r="I81" s="6">
@@ -32141,52 +32385,55 @@
       </c>
       <c r="DI81" s="6">
         <v>10850</v>
       </c>
       <c r="DJ81" s="6">
         <v>11059</v>
       </c>
       <c r="DK81" s="6">
         <v>10873</v>
       </c>
       <c r="DL81" s="6">
         <v>10718</v>
       </c>
       <c r="DM81" s="6">
         <v>10958</v>
       </c>
       <c r="DN81" s="6">
         <v>10958</v>
       </c>
       <c r="DO81" s="6">
         <v>11234</v>
       </c>
       <c r="DP81" s="6">
         <v>11148</v>
       </c>
+      <c r="DQ81" s="6">
+        <v>10977</v>
+      </c>
     </row>
-    <row r="82" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="82" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A82" s="4" t="s">
         <v>83</v>
       </c>
       <c r="B82" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C82" s="5">
         <v>2269</v>
       </c>
       <c r="D82" s="5">
         <v>2296</v>
       </c>
       <c r="E82" s="5">
         <v>2322</v>
       </c>
       <c r="F82" s="5">
         <v>2393</v>
       </c>
       <c r="G82" s="5">
         <v>2410</v>
       </c>
       <c r="H82" s="5">
         <v>2501</v>
       </c>
       <c r="I82" s="5">
@@ -32503,52 +32750,55 @@
       </c>
       <c r="DI82" s="5">
         <v>2306</v>
       </c>
       <c r="DJ82" s="5">
         <v>2332</v>
       </c>
       <c r="DK82" s="5">
         <v>2427</v>
       </c>
       <c r="DL82" s="5">
         <v>2389</v>
       </c>
       <c r="DM82" s="5">
         <v>2340</v>
       </c>
       <c r="DN82" s="5">
         <v>2340</v>
       </c>
       <c r="DO82" s="5">
         <v>2347</v>
       </c>
       <c r="DP82" s="5">
         <v>2330</v>
       </c>
+      <c r="DQ82" s="5">
+        <v>2320</v>
+      </c>
     </row>
-    <row r="83" spans="1:120" x14ac:dyDescent="0.2">
+    <row r="83" spans="1:121" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C83" s="6">
         <v>5202</v>
       </c>
       <c r="D83" s="6">
         <v>5228</v>
       </c>
       <c r="E83" s="6">
         <v>5242</v>
       </c>
       <c r="F83" s="6">
         <v>5311</v>
       </c>
       <c r="G83" s="6">
         <v>5319</v>
       </c>
       <c r="H83" s="6">
         <v>5440</v>
       </c>
       <c r="I83" s="6">
@@ -32864,50 +33114,53 @@
         <v>5385</v>
       </c>
       <c r="DI83" s="6">
         <v>5408</v>
       </c>
       <c r="DJ83" s="6">
         <v>5429</v>
       </c>
       <c r="DK83" s="6">
         <v>5490</v>
       </c>
       <c r="DL83" s="6">
         <v>5318</v>
       </c>
       <c r="DM83" s="6">
         <v>5444</v>
       </c>
       <c r="DN83" s="6">
         <v>5444</v>
       </c>
       <c r="DO83" s="6">
         <v>5470</v>
       </c>
       <c r="DP83" s="6">
         <v>5530</v>
+      </c>
+      <c r="DQ83" s="6">
+        <v>5561</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="46" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>