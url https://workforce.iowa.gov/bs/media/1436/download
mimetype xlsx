--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\IWD Printable Publications\LMI Publications\Occupational Projections\2024\12-2024\Hot Jobs\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\Projections and Resources\Projections\Long Term Occ Projs\2022-2032 Occ Projs\2022-2032 Occ Projs Work\LWDA\LWDA 1-NE\LWDA 1-NE\2022-2032 LWDA 1-NE Hot Jobs\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9B256E1E-077E-4671-9B02-764A2FFEFFFD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{71D93F61-6B01-468B-B937-340969285DFE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="405" yWindow="420" windowWidth="24345" windowHeight="14430" tabRatio="924" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="29310" yWindow="-3075" windowWidth="26085" windowHeight="14775" tabRatio="839" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hot Jobs" sheetId="54" r:id="rId1"/>
     <sheet name="Notes" sheetId="55" r:id="rId2"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="975" uniqueCount="231">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2976" uniqueCount="498">
   <si>
     <t>Annual Growth Rate (%)</t>
   </si>
   <si>
     <t>N.A.</t>
   </si>
   <si>
     <t>11-9111</t>
   </si>
   <si>
     <t>*</t>
   </si>
   <si>
     <t>13-2072</t>
   </si>
   <si>
     <t>Loan Officers</t>
   </si>
   <si>
     <t>AS</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
@@ -253,606 +253,1401 @@
   <si>
     <t>13-2052</t>
   </si>
   <si>
     <t>Personal Financial Advisors</t>
   </si>
   <si>
     <t>T6</t>
   </si>
   <si>
     <t>B8</t>
   </si>
   <si>
     <t>DP</t>
   </si>
   <si>
     <t>25-1011</t>
   </si>
   <si>
     <t>Business Teachers, Postsecondary</t>
   </si>
   <si>
     <t>25-1121</t>
   </si>
   <si>
-    <t>Art, Drama, &amp; Music Teachers, Postsecondary</t>
-[...1 lines deleted...]
-  <si>
     <t>29-1123</t>
   </si>
   <si>
     <t>Physical Therapists</t>
   </si>
   <si>
     <t>29-1171</t>
   </si>
   <si>
     <t>Nurse Practitioners</t>
   </si>
   <si>
     <t>25-1071</t>
   </si>
   <si>
     <t>Health Specialties Teachers, Postsecondary</t>
   </si>
   <si>
     <t>Hot Jobs</t>
   </si>
   <si>
     <t>29-1071</t>
   </si>
   <si>
     <t>Physician Assistants</t>
   </si>
   <si>
     <t>23-1011</t>
   </si>
   <si>
     <t>Lawyers</t>
   </si>
   <si>
     <t>15-1212</t>
   </si>
   <si>
     <t>Information Security Analysts</t>
   </si>
   <si>
     <t>11-9032</t>
   </si>
   <si>
     <t>29-1131</t>
   </si>
   <si>
     <t>Veterinarians</t>
   </si>
   <si>
-    <t>17-2051</t>
-[...4 lines deleted...]
-  <si>
     <t>Education Administrators, Postsecondary</t>
   </si>
   <si>
     <t>29-1122</t>
   </si>
   <si>
     <t>Occupational Therapists</t>
   </si>
   <si>
     <t>13-2020</t>
   </si>
   <si>
-    <t>Property Appraisers &amp; Assessors</t>
-[...7 lines deleted...]
-  <si>
     <t>13-1081</t>
   </si>
   <si>
     <t>Logisticians</t>
   </si>
   <si>
     <t>29-1292</t>
   </si>
   <si>
     <t>Dental Hygienists</t>
   </si>
   <si>
     <t>29-2032</t>
   </si>
   <si>
     <t>Diagnostic Medical Sonographers</t>
   </si>
   <si>
     <t>29-1127</t>
   </si>
   <si>
     <t>Speech-Language Pathologists</t>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
-    <t>2022-2032 NORTHEAST IOWA LWDA OCCUPATIONAL PROJECTIONS</t>
+    <t>SOC</t>
+  </si>
+  <si>
+    <t>Occupational Group/Title</t>
+  </si>
+  <si>
+    <t>Career Cluster</t>
+  </si>
+  <si>
+    <t>Career Pathway</t>
+  </si>
+  <si>
+    <t>Bright Outlook</t>
+  </si>
+  <si>
+    <t>STEM</t>
+  </si>
+  <si>
+    <t>2022 Estimated</t>
+  </si>
+  <si>
+    <t>2032 Projected</t>
+  </si>
+  <si>
+    <t>Top Skills</t>
+  </si>
+  <si>
+    <t>29-1215</t>
+  </si>
+  <si>
+    <t>Family Medicine Physicians</t>
+  </si>
+  <si>
+    <t>Health Science</t>
+  </si>
+  <si>
+    <t>Therapeutic Services</t>
+  </si>
+  <si>
+    <t>11-2021</t>
+  </si>
+  <si>
+    <t>Marketing Managers</t>
+  </si>
+  <si>
+    <t>Marketing</t>
+  </si>
+  <si>
+    <t>Marketing Management</t>
+  </si>
+  <si>
+    <t>Rapid Growth</t>
+  </si>
+  <si>
+    <t>Business Management &amp; Administration</t>
+  </si>
+  <si>
+    <t>Business Information Management</t>
+  </si>
+  <si>
+    <t>29-1051</t>
+  </si>
+  <si>
+    <t>Pharmacists</t>
+  </si>
+  <si>
+    <t>Finance</t>
+  </si>
+  <si>
+    <t>Securities &amp; Investments</t>
+  </si>
+  <si>
+    <t>Financial Managers</t>
+  </si>
+  <si>
+    <t>Business Finance</t>
+  </si>
+  <si>
+    <t>Human Resources Managers</t>
+  </si>
+  <si>
+    <t>Human Resources Management</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>Network Systems</t>
+  </si>
+  <si>
+    <t>11-3051</t>
+  </si>
+  <si>
+    <t>Industrial Production Managers</t>
+  </si>
+  <si>
+    <t>Operations Management</t>
+  </si>
+  <si>
+    <t>Law, Public Safety, Corrections &amp; Security</t>
+  </si>
+  <si>
+    <t>Legal Services</t>
+  </si>
+  <si>
+    <t>15-1252</t>
+  </si>
+  <si>
+    <t>Software Developers</t>
+  </si>
+  <si>
+    <t>Rapid Growth; Numerous Job Openings</t>
+  </si>
+  <si>
+    <t>Education &amp; Training</t>
+  </si>
+  <si>
+    <t>Teaching/Training</t>
+  </si>
+  <si>
+    <t>Support Services</t>
+  </si>
+  <si>
+    <t>Education Administrators, Kindergarten through Secondary</t>
+  </si>
+  <si>
+    <t>11-2032</t>
+  </si>
+  <si>
+    <t>Public Relations Managers</t>
+  </si>
+  <si>
+    <t>Science, Technology, Engineering &amp; Mathematics</t>
+  </si>
+  <si>
+    <t>11-3071</t>
+  </si>
+  <si>
+    <t>Transportation, Distribution &amp; Logistics</t>
+  </si>
+  <si>
+    <t>HS</t>
+  </si>
+  <si>
+    <t>11-3013</t>
+  </si>
+  <si>
+    <t>Facilities Managers</t>
+  </si>
+  <si>
+    <t>Government &amp; Public Administration</t>
+  </si>
+  <si>
+    <t>11-1021</t>
+  </si>
+  <si>
+    <t>General Management</t>
+  </si>
+  <si>
+    <t>Numerous Job Openings</t>
+  </si>
+  <si>
+    <t>Construction Managers</t>
+  </si>
+  <si>
+    <t>Architecture &amp; Construction</t>
+  </si>
+  <si>
+    <t>Construction</t>
+  </si>
+  <si>
+    <t>15-2051</t>
+  </si>
+  <si>
+    <t>Data Scientists</t>
+  </si>
+  <si>
+    <t>Law Enforcement Services</t>
+  </si>
+  <si>
+    <t>13-1082</t>
+  </si>
+  <si>
+    <t>Project Management Specialists</t>
+  </si>
+  <si>
+    <t>Business Management &amp; Administration; Business Management &amp; Administration; Information Technology</t>
+  </si>
+  <si>
+    <t>Design/Pre-Construction</t>
+  </si>
+  <si>
+    <t>15-1211</t>
+  </si>
+  <si>
+    <t>Computer Systems Analysts</t>
+  </si>
+  <si>
+    <t>19-5011</t>
+  </si>
+  <si>
+    <t>Regulation</t>
+  </si>
+  <si>
+    <t>15-1253</t>
+  </si>
+  <si>
+    <t>Information Technology; Information Technology</t>
+  </si>
+  <si>
+    <t>T8</t>
+  </si>
+  <si>
+    <t>13-2051</t>
+  </si>
+  <si>
+    <t>Finance; Finance</t>
+  </si>
+  <si>
+    <t>Securities &amp; Investments; Business Finance</t>
+  </si>
+  <si>
+    <t>15-1254</t>
+  </si>
+  <si>
+    <t>Web Developers</t>
+  </si>
+  <si>
+    <t>Diagnostic Services</t>
+  </si>
+  <si>
+    <t>Finance; Human Services</t>
+  </si>
+  <si>
+    <t>Banking Services; Consumer Services</t>
+  </si>
+  <si>
+    <t>41-3031</t>
+  </si>
+  <si>
+    <t>Finance; Marketing</t>
+  </si>
+  <si>
+    <t>Securities &amp; Investments; Professional Sales</t>
+  </si>
+  <si>
+    <t>13-2061</t>
+  </si>
+  <si>
+    <t>Financial Examiners</t>
+  </si>
+  <si>
+    <t>Governance</t>
+  </si>
+  <si>
+    <t>Computer and Information Systems Managers</t>
+  </si>
+  <si>
+    <t>Medical and Health Services Managers</t>
+  </si>
+  <si>
+    <t>Property Appraisers and Assessors</t>
+  </si>
+  <si>
+    <t>Transportation, Storage, and Distribution Managers</t>
+  </si>
+  <si>
+    <t>General and Operations Managers</t>
+  </si>
+  <si>
+    <t>Software Quality Assurance Analysts and Testers</t>
+  </si>
+  <si>
+    <t>Financial and Investment Analysts</t>
+  </si>
+  <si>
+    <t>Securities, Commodities, and Financial Services Sales Agents</t>
+  </si>
+  <si>
+    <t>Occupational Health and Safety Specialists</t>
+  </si>
+  <si>
+    <t>13-2011</t>
+  </si>
+  <si>
+    <t>Accountants and Auditors</t>
+  </si>
+  <si>
+    <t>Art, Drama, and Music Teachers, Postsecondary</t>
+  </si>
+  <si>
+    <t>Programming and Software Development</t>
+  </si>
+  <si>
+    <t>Administration and Administrative Support</t>
+  </si>
+  <si>
+    <t>Engineering and Technology</t>
+  </si>
+  <si>
+    <t>Revenue and Taxation</t>
+  </si>
+  <si>
+    <t>Logistics Planning and Management Services</t>
+  </si>
+  <si>
+    <t>General Management; Operations Management; Information Support and Services</t>
+  </si>
+  <si>
+    <t>Information Support and Services; Programming and Software Development</t>
+  </si>
+  <si>
+    <t>Science and Mathematics</t>
+  </si>
+  <si>
+    <t>Accounting</t>
+  </si>
+  <si>
+    <t>Web and Digital Communications</t>
+  </si>
+  <si>
+    <t>2022-2032 CENTRAL IOWA LWDA OCCUPATIONAL PROJECTIONS</t>
   </si>
   <si>
     <r>
       <t>Occupation</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
-        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>[1]</t>
     </r>
   </si>
   <si>
     <r>
       <t>Career Orientation</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
-        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>[2]</t>
     </r>
   </si>
   <si>
     <r>
       <t>Occupational Employment</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
-        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>[3]</t>
     </r>
   </si>
   <si>
     <r>
       <t>Annual Job Separations/Openings</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
-        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>[4]</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>2025 Occupational Wage &amp; Salary ($)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>[5]</t>
     </r>
   </si>
   <si>
     <r>
       <t>Career Preparation</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
-        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>[6]</t>
     </r>
   </si>
   <si>
-    <t>SOC</t>
-[...128 lines deleted...]
-    <t>Teaching/Training</t>
+    <t>29-1021</t>
+  </si>
+  <si>
+    <t>Dentists, General</t>
+  </si>
+  <si>
+    <t>11-9041</t>
+  </si>
+  <si>
+    <t>Architectural and Engineering Managers</t>
+  </si>
+  <si>
+    <t>11-9121</t>
+  </si>
+  <si>
+    <t>Natural Sciences Managers</t>
+  </si>
+  <si>
+    <t>Agriculture, Food &amp; Natural Resources</t>
+  </si>
+  <si>
+    <t>Natural Resources Systems</t>
+  </si>
+  <si>
+    <t>41-9021</t>
+  </si>
+  <si>
+    <t>Real Estate Brokers</t>
+  </si>
+  <si>
+    <t>Professional Sales</t>
+  </si>
+  <si>
+    <t>15-2011</t>
+  </si>
+  <si>
+    <t>Actuaries</t>
+  </si>
+  <si>
+    <t>Insurance</t>
+  </si>
+  <si>
+    <t>29-1041</t>
+  </si>
+  <si>
+    <t>Optometrists</t>
+  </si>
+  <si>
+    <t>11-3061</t>
+  </si>
+  <si>
+    <t>Purchasing Managers</t>
+  </si>
+  <si>
+    <t>15-1243</t>
+  </si>
+  <si>
+    <t>Database Architects</t>
+  </si>
+  <si>
+    <t>Network Systems; Information Support and Services</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> B2</t>
+  </si>
+  <si>
+    <t>11-3131</t>
+  </si>
+  <si>
+    <t>Training and Development Managers</t>
+  </si>
+  <si>
+    <t>11-3012</t>
+  </si>
+  <si>
+    <t>Administrative Services Managers</t>
+  </si>
+  <si>
+    <t>15-1242</t>
+  </si>
+  <si>
+    <t>Database Administrators</t>
+  </si>
+  <si>
+    <t>25-1032</t>
+  </si>
+  <si>
+    <t>Engineering Teachers, Postsecondary</t>
+  </si>
+  <si>
+    <t>25-1041</t>
+  </si>
+  <si>
+    <t>Agricultural Sciences Teachers, Postsecondary</t>
+  </si>
+  <si>
+    <t>11-2011</t>
+  </si>
+  <si>
+    <t>Advertising and Promotions Managers</t>
+  </si>
+  <si>
+    <t>11-2033</t>
+  </si>
+  <si>
+    <t>Fundraising Managers</t>
+  </si>
+  <si>
+    <t>13-2054</t>
+  </si>
+  <si>
+    <t>Financial Risk Specialists</t>
+  </si>
+  <si>
+    <t>19-3033</t>
+  </si>
+  <si>
+    <t>Clinical and Counseling Psychologists</t>
+  </si>
+  <si>
+    <t>Human Services</t>
+  </si>
+  <si>
+    <t>Counseling &amp; Mental Health Services</t>
+  </si>
+  <si>
+    <t>17-1011</t>
+  </si>
+  <si>
+    <t>Architects, Except Landscape and Naval</t>
+  </si>
+  <si>
+    <t>25-1021</t>
+  </si>
+  <si>
+    <t>Computer Science Teachers, Postsecondary</t>
+  </si>
+  <si>
+    <t>19-1011</t>
+  </si>
+  <si>
+    <t>Animal Scientists</t>
+  </si>
+  <si>
+    <t>Animal Systems</t>
+  </si>
+  <si>
+    <t>25-1054</t>
+  </si>
+  <si>
+    <t>Physics Teachers, Postsecondary</t>
+  </si>
+  <si>
+    <t>15-2031</t>
+  </si>
+  <si>
+    <t>Operations Research Analysts</t>
+  </si>
+  <si>
+    <t>17-2081</t>
+  </si>
+  <si>
+    <t>Environmental Engineers</t>
+  </si>
+  <si>
+    <t>Environmental Service Systems</t>
+  </si>
+  <si>
+    <t>27-3092</t>
+  </si>
+  <si>
+    <t>Court Reporters and Simultaneous Captioners</t>
+  </si>
+  <si>
+    <t>PS</t>
+  </si>
+  <si>
+    <t>S</t>
+  </si>
+  <si>
+    <t>25-1042</t>
+  </si>
+  <si>
+    <t>Biological Science Teachers, Postsecondary</t>
+  </si>
+  <si>
+    <t>19-2031</t>
+  </si>
+  <si>
+    <t>Chemists</t>
+  </si>
+  <si>
+    <t>25-1022</t>
+  </si>
+  <si>
+    <t>Mathematical Science Teachers, Postsecondary</t>
+  </si>
+  <si>
+    <t>19-1023</t>
+  </si>
+  <si>
+    <t>Zoologists and Wildlife Biologists</t>
+  </si>
+  <si>
+    <t>25-1052</t>
+  </si>
+  <si>
+    <t>Chemistry Teachers, Postsecondary</t>
+  </si>
+  <si>
+    <t>15-2041</t>
+  </si>
+  <si>
+    <t>Statisticians</t>
+  </si>
+  <si>
+    <t>13-2031</t>
+  </si>
+  <si>
+    <t>Budget Analysts</t>
+  </si>
+  <si>
+    <t>R1</t>
+  </si>
+  <si>
+    <t>17-2072</t>
+  </si>
+  <si>
+    <t>Electronics Engineers, Except Computer</t>
+  </si>
+  <si>
+    <t>19-1013</t>
+  </si>
+  <si>
+    <t>Soil and Plant Scientists</t>
+  </si>
+  <si>
+    <t>Plant Systems</t>
+  </si>
+  <si>
+    <t>41-3021</t>
+  </si>
+  <si>
+    <t>Insurance Sales Agents</t>
+  </si>
+  <si>
+    <t>13-1161</t>
+  </si>
+  <si>
+    <t>Market Research Analysts and Marketing Specialists</t>
+  </si>
+  <si>
+    <t>Marketing Research; Information Support and Services</t>
+  </si>
+  <si>
+    <t>13-1041</t>
+  </si>
+  <si>
+    <t>Compliance Officers</t>
+  </si>
+  <si>
+    <t>25-1192</t>
+  </si>
+  <si>
+    <t>Family and Consumer Sciences Teachers, Postsecondary</t>
+  </si>
+  <si>
+    <t>25-1125</t>
+  </si>
+  <si>
+    <t>History Teachers, Postsecondary</t>
+  </si>
+  <si>
+    <t>29-1141</t>
+  </si>
+  <si>
+    <t>Registered Nurses</t>
+  </si>
+  <si>
+    <t>15-1255</t>
+  </si>
+  <si>
+    <t>Web and Digital Interface Designers</t>
+  </si>
+  <si>
+    <t>Information Support and Services; Web and Digital Communications</t>
+  </si>
+  <si>
+    <t>19-2041</t>
+  </si>
+  <si>
+    <t>Environmental Scientists and Specialists, Including Health</t>
+  </si>
+  <si>
+    <t>29-1011</t>
+  </si>
+  <si>
+    <t>Chiropractors</t>
+  </si>
+  <si>
+    <t>25-1067</t>
+  </si>
+  <si>
+    <t>Sociology Teachers, Postsecondary</t>
+  </si>
+  <si>
+    <t>13-1151</t>
+  </si>
+  <si>
+    <t>Training and Development Specialists</t>
+  </si>
+  <si>
+    <t>27-2042</t>
+  </si>
+  <si>
+    <t>Musicians and Singers</t>
+  </si>
+  <si>
+    <t>Arts, Audio/Video Technology &amp; Communications</t>
+  </si>
+  <si>
+    <t>Performing Arts</t>
+  </si>
+  <si>
+    <t>NE</t>
+  </si>
+  <si>
+    <t>25-1122</t>
+  </si>
+  <si>
+    <t>Communications Teachers, Postsecondary</t>
+  </si>
+  <si>
+    <t>13-1071</t>
+  </si>
+  <si>
+    <t>Human Resources Specialists</t>
+  </si>
+  <si>
+    <t>25-9031</t>
+  </si>
+  <si>
+    <t>Instructional Coordinators</t>
+  </si>
+  <si>
+    <t>Professional Support Services</t>
+  </si>
+  <si>
+    <t>11-9072</t>
+  </si>
+  <si>
+    <t>Entertainment And Recreation Managers, Except Gambling</t>
+  </si>
+  <si>
+    <t>29-1126</t>
+  </si>
+  <si>
+    <t>Respiratory Therapists</t>
+  </si>
+  <si>
+    <t>27-1025</t>
+  </si>
+  <si>
+    <t>Interior Designers</t>
+  </si>
+  <si>
+    <t>41-3091</t>
+  </si>
+  <si>
+    <t>Sales Representatives of Services, Except Advertising, Insurance, Financial Services, and Travel</t>
+  </si>
+  <si>
+    <t>25-1066</t>
+  </si>
+  <si>
+    <t>Psychology Teachers, Postsecondary</t>
+  </si>
+  <si>
+    <t>19-3034</t>
+  </si>
+  <si>
+    <t>School Psychologists</t>
+  </si>
+  <si>
+    <t>19-4092</t>
+  </si>
+  <si>
+    <t>Forensic Science Technicians</t>
+  </si>
+  <si>
+    <t>13-1131</t>
+  </si>
+  <si>
+    <t>Fundraisers</t>
+  </si>
+  <si>
+    <t>21-1013</t>
+  </si>
+  <si>
+    <t>Marriage and Family Therapists</t>
+  </si>
+  <si>
+    <t>13-1141</t>
+  </si>
+  <si>
+    <t>Compensation, Benefits, and Job Analysis Specialists</t>
+  </si>
+  <si>
+    <t>45-1011</t>
+  </si>
+  <si>
+    <t>First-Line Supervisors of Farming, Fishing, and Forestry Workers</t>
+  </si>
+  <si>
+    <t>Food Products and Processing Systems</t>
+  </si>
+  <si>
+    <t>T5</t>
+  </si>
+  <si>
+    <t>27-3031</t>
+  </si>
+  <si>
+    <t>Public Relations Specialists</t>
+  </si>
+  <si>
+    <t>Marketing Communications</t>
+  </si>
+  <si>
+    <t>25-1124</t>
+  </si>
+  <si>
+    <t>Foreign Language and Literature Teachers, Postsecondary</t>
+  </si>
+  <si>
+    <t>21-1018</t>
+  </si>
+  <si>
+    <t>Substance Abuse, Behavioral Disorder, and Mental Health Counselors</t>
+  </si>
+  <si>
+    <t>11-9151</t>
+  </si>
+  <si>
+    <t>Social and Community Service Managers</t>
+  </si>
+  <si>
+    <t>Family &amp; Community Services</t>
+  </si>
+  <si>
+    <t>49-9062</t>
+  </si>
+  <si>
+    <t>Medical Equipment Repairers</t>
+  </si>
+  <si>
+    <t>Manufacturing</t>
+  </si>
+  <si>
+    <t>Maintenance, Installation &amp; Repair</t>
+  </si>
+  <si>
+    <t>T9</t>
+  </si>
+  <si>
+    <t>T1</t>
+  </si>
+  <si>
+    <t>T11</t>
+  </si>
+  <si>
+    <t>29-1031</t>
+  </si>
+  <si>
+    <t>Dietitians and Nutritionists</t>
+  </si>
+  <si>
+    <t>21-1091</t>
+  </si>
+  <si>
+    <t>Health Education Specialists</t>
+  </si>
+  <si>
+    <t>49-3011</t>
+  </si>
+  <si>
+    <t>Aircraft Mechanics and Service Technicians</t>
+  </si>
+  <si>
+    <t>Facility and Mobile Equipment Maintenance</t>
+  </si>
+  <si>
+    <t>T4</t>
+  </si>
+  <si>
+    <t>15-1231</t>
+  </si>
+  <si>
+    <t>Computer Network Support Specialists</t>
+  </si>
+  <si>
+    <t>27-3042</t>
+  </si>
+  <si>
+    <t>Technical Writers</t>
+  </si>
+  <si>
+    <t>Journalism and Broadcasting</t>
+  </si>
+  <si>
+    <t>19-1031</t>
+  </si>
+  <si>
+    <t>Conservation Scientists</t>
+  </si>
+  <si>
+    <t>29-9021</t>
+  </si>
+  <si>
+    <t>Health Information Technologists and Medical Registrars</t>
+  </si>
+  <si>
+    <t>Health Science; Health Science</t>
+  </si>
+  <si>
+    <t>Therapeutic Services; Health Informatics</t>
+  </si>
+  <si>
+    <t>11-9141</t>
+  </si>
+  <si>
+    <t>Property, Real Estate, and Community Association Managers</t>
+  </si>
+  <si>
+    <t>51-8021</t>
+  </si>
+  <si>
+    <t>Stationary Engineers and Boiler Operators</t>
+  </si>
+  <si>
+    <t>Maintenance/Operations</t>
+  </si>
+  <si>
+    <t xml:space="preserve">T5 </t>
+  </si>
+  <si>
+    <t>29-2034</t>
+  </si>
+  <si>
+    <t>Radiologic Technologists and Technicians</t>
+  </si>
+  <si>
+    <t>49-9041</t>
+  </si>
+  <si>
+    <t>Industrial Machinery Mechanics</t>
+  </si>
+  <si>
+    <t>25-1072</t>
+  </si>
+  <si>
+    <t>Nursing Instructors and Teachers, Postsecondary</t>
+  </si>
+  <si>
+    <t>47-2111</t>
+  </si>
+  <si>
+    <t>Electricians</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>T3</t>
+  </si>
+  <si>
+    <t>25-1123</t>
+  </si>
+  <si>
+    <t>English Language and Literature Teachers, Postsecondary</t>
+  </si>
+  <si>
+    <t>31-9011</t>
+  </si>
+  <si>
+    <t>Massage Therapists</t>
+  </si>
+  <si>
+    <t>Personal Care Services</t>
+  </si>
+  <si>
+    <t>49-9043</t>
+  </si>
+  <si>
+    <t>Maintenance Workers, Machinery</t>
+  </si>
+  <si>
+    <t>49-2094</t>
+  </si>
+  <si>
+    <t>Electrical and Electronics Repairers, Commercial and Industrial Equipment</t>
+  </si>
+  <si>
+    <t>T2</t>
+  </si>
+  <si>
+    <t>21-1022</t>
+  </si>
+  <si>
+    <t>Healthcare Social Workers</t>
+  </si>
+  <si>
+    <t>25-4022</t>
+  </si>
+  <si>
+    <t>Librarians and Media Collections Specialists</t>
+  </si>
+  <si>
+    <t>25-1126</t>
+  </si>
+  <si>
+    <t>Philosophy and Religion Teachers, Postsecondary</t>
+  </si>
+  <si>
+    <t>17-3026</t>
+  </si>
+  <si>
+    <t>Industrial Engineering Technologists and Technicians</t>
+  </si>
+  <si>
+    <t>Manufacturing Production Process Development</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> R4</t>
+  </si>
+  <si>
+    <t>31-2021</t>
+  </si>
+  <si>
+    <t>Physical Therapist Assistants</t>
+  </si>
+  <si>
+    <t>25-1193</t>
+  </si>
+  <si>
+    <t>Recreation and Fitness Studies Teachers, Postsecondary</t>
+  </si>
+  <si>
+    <t>31-2011</t>
+  </si>
+  <si>
+    <t>Occupational Therapy Assistants</t>
+  </si>
+  <si>
+    <t>25-1194</t>
+  </si>
+  <si>
+    <t>Career/Technical Education Teachers, Postsecondary</t>
+  </si>
+  <si>
+    <t>11-9081</t>
+  </si>
+  <si>
+    <t>Lodging Managers</t>
+  </si>
+  <si>
+    <t>Hospitality &amp; Tourism</t>
+  </si>
+  <si>
+    <t>Lodging</t>
+  </si>
+  <si>
+    <t>53-1047</t>
+  </si>
+  <si>
+    <t>FirstLine Supervisors of Transportation &amp; Material Moving Workers, Exc Aircraft Cargo Handling Supervisor</t>
+  </si>
+  <si>
+    <t>Transportation Operations</t>
+  </si>
+  <si>
+    <t>29-2061</t>
+  </si>
+  <si>
+    <t>Licensed Practical and Licensed Vocational Nurses</t>
+  </si>
+  <si>
+    <t>21-2011</t>
+  </si>
+  <si>
+    <t>Clergy</t>
+  </si>
+  <si>
+    <t>49-2022</t>
+  </si>
+  <si>
+    <t>Telecommunications Equipment Installers and Repairers, Except Line Installers</t>
+  </si>
+  <si>
+    <t>Telecommunications</t>
+  </si>
+  <si>
+    <t>49-9052</t>
+  </si>
+  <si>
+    <t>Telecommunications Line Installers and Repairers</t>
+  </si>
+  <si>
+    <t>49-9021</t>
+  </si>
+  <si>
+    <t>Heating, Air Conditioning, and Refrigeration Mechanics and Installers</t>
+  </si>
+  <si>
+    <t>29-2031</t>
+  </si>
+  <si>
+    <t>Cardiovascular Technologists and Technicians</t>
+  </si>
+  <si>
+    <t>27-2012</t>
+  </si>
+  <si>
+    <t>Producers and Directors</t>
+  </si>
+  <si>
+    <t>19-4042</t>
+  </si>
+  <si>
+    <t>Environmental Science and Protection Technicians, Including Health</t>
+  </si>
+  <si>
+    <t>15-1232</t>
+  </si>
+  <si>
+    <t>Computer User Support Specialists</t>
+  </si>
+  <si>
+    <t>Information Support and Services</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
-    <t>Medical &amp; Health Services Managers</t>
-[...214 lines deleted...]
-    </r>
+    <t>49-3031</t>
+  </si>
+  <si>
+    <t>Bus and Truck Mechanics and Diesel Engine Specialists</t>
+  </si>
+  <si>
+    <t>43-5061</t>
+  </si>
+  <si>
+    <t>Production, Planning, and Expediting Clerks</t>
+  </si>
+  <si>
+    <t>Quality Assurance</t>
+  </si>
+  <si>
+    <t>25-2032</t>
+  </si>
+  <si>
+    <t>Career/Technical Education Teachers, Secondary School</t>
+  </si>
+  <si>
+    <t>51-9162</t>
+  </si>
+  <si>
+    <t>Computer Numerically Controlled Tool Programmers</t>
+  </si>
+  <si>
+    <t>Production</t>
+  </si>
+  <si>
+    <t>25-2031</t>
+  </si>
+  <si>
+    <t>Secondary School Teachers, Except Special and Career/Technical Education</t>
+  </si>
+  <si>
+    <t>21-1023</t>
+  </si>
+  <si>
+    <t>Mental Health and Substance Abuse Social Workers</t>
+  </si>
+  <si>
+    <t>49-3041</t>
+  </si>
+  <si>
+    <t>Farm Equipment Mechanics and Service Technicians</t>
+  </si>
+  <si>
+    <t>Power, Structural &amp; Technical Systems</t>
+  </si>
+  <si>
+    <t>C3</t>
+  </si>
+  <si>
+    <t>53-3032</t>
+  </si>
+  <si>
+    <t>Heavy and Tractor-Trailer Truck Drivers</t>
+  </si>
+  <si>
+    <t>27-3091</t>
+  </si>
+  <si>
+    <t>Interpreters and Translators</t>
+  </si>
+  <si>
+    <t>21-1012</t>
+  </si>
+  <si>
+    <t>Educational, Guidance, and Career Counselors and Advisors</t>
+  </si>
+  <si>
+    <t>25-2058</t>
+  </si>
+  <si>
+    <t>Special Education Teachers, Secondary School</t>
+  </si>
+  <si>
+    <t>47-4051</t>
+  </si>
+  <si>
+    <t>Highway Maintenance Workers</t>
+  </si>
+  <si>
+    <t>21-1021</t>
+  </si>
+  <si>
+    <t>Child, Family, and School Social Workers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0"/>
   </numFmts>
-  <fonts count="24" x14ac:knownFonts="1">
+  <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Cambria"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
@@ -958,76 +1753,67 @@
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...15 lines deleted...]
-    <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <vertAlign val="superscript"/>
+      <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="36">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
@@ -1502,300 +2288,277 @@
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="91">
+  <cellXfs count="84">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...29 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="3" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="2" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="165" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="165" fontId="20" fillId="34" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="165" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="166" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="35" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="35" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="35" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="18" fillId="35" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="165" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="18" fillId="35" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="18" fillId="34" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="18" fillId="34" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="18" fillId="34" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="166" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="166" fontId="20" fillId="34" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="2" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="3" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="2" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="35" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="35" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="35" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="35" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="35" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="35" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="18" fillId="35" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="20" fillId="35" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="18" fillId="35" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="20" fillId="35" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="18" fillId="35" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="20" fillId="35" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="33" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="33" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="33" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="35" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="35" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="35" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="35" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="35" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="18" fillId="35" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="18" fillId="35" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="18" fillId="35" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="35" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="35" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="35" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="18" fillId="33" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="33" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="18" fillId="33" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="18" fillId="33" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="18" fillId="35" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="33" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="18" fillId="35" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="33" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="35" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="35" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="35" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="35" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="35" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="35" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="35" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="35" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="35" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="18" fillId="35" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="35" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="18" fillId="35" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="35" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="18" fillId="35" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="3" fontId="20" fillId="35" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="18" fillId="35" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="3" fontId="20" fillId="35" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="18" fillId="35" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="3" fontId="20" fillId="35" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="18" fillId="35" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="165" fontId="20" fillId="35" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="164" fontId="20" fillId="33" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="33" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="20" fillId="33" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="33" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="20" fillId="33" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="33" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="20" fillId="35" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="35" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="18" fillId="35" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="35" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="18" fillId="35" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="35" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...62 lines deleted...]
-    <xf numFmtId="3" fontId="20" fillId="35" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="18" fillId="35" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="42">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
@@ -1828,117 +2591,124 @@
       <color rgb="FFFFCCCC"/>
       <color rgb="FFE6CCCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>2</xdr:row>
-      <xdr:rowOff>323849</xdr:rowOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>22</xdr:col>
       <xdr:colOff>345441</xdr:colOff>
-      <xdr:row>59</xdr:row>
-      <xdr:rowOff>161924</xdr:rowOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="3" name="TextBox 2">
+        <xdr:cNvPr id="4" name="TextBox 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2FADC0AB-BAD1-40C9-B519-C7DEF5D1619E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000019000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="590550" y="971549"/>
-          <a:ext cx="12746991" cy="9229725"/>
+          <a:off x="590550" y="971550"/>
+          <a:ext cx="12746991" cy="9239250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="38100" cmpd="sng">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="l"/>
+          <a:pPr rtl="0"/>
           <a:r>
-            <a:rPr lang="en-US" sz="1000" b="1" i="0" u="none" strike="noStrike">
+            <a:rPr lang="en-US" sz="1000" b="1" i="0" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Notes: </a:t>
           </a:r>
+          <a:endParaRPr lang="en-US" sz="1000">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+            <a:effectLst/>
+          </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPts val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
             <a:buClrTx/>
             <a:buSzTx/>
             <a:buFontTx/>
             <a:buNone/>
             <a:tabLst/>
             <a:defRPr/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
@@ -1948,51 +2718,51 @@
             </a:rPr>
             <a:t>Occupations were selected based on their annual growth rate and mean annual salary (residual or undefined occupations were not included). To be considered a high demand, high salary occupation required that occupations meet and/or achieve a higher annual growth rate than this Local Workforce Development Area’s .7% mean midpoint average </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>and</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t> also meet and/or achieve a higher salary than the mean midpoint of $51,455. From this process, the top occupations became the </a:t>
+            <a:t> also meet and/or achieve a higher salary than the mean midpoint of $54,163. From this process, the top occupations became the </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="1" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Hot Jobs</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>.</a:t>
           </a:r>
@@ -4194,75 +4964,75 @@
             <a:tabLst/>
             <a:defRPr/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>Wages: </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>2024 Iowa Wage Survey (estimates based on 2023 2</a:t>
+            <a:t>2025 Iowa Wage Survey (estimates based on 2024 2</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" baseline="30000">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>nd</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t> quarter occupational wage data updated to 2024 2</a:t>
+            <a:t> quarter occupational wage data updated to 2025 2</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" baseline="30000">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>nd</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t> quarter using Employment Cost Index), Labor Market and Workforce Information Division, Iowa Workforce Development. </a:t>
           </a:r>
@@ -4336,51 +5106,51 @@
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>Inquiries may be directed</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t> to Brent Paulson at 515.281.3439 or Brent.Paulson@iwd.iowa.gov. </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>Visit www.iowaworkforcedevelopment.gov to obtain the latest workforce data and trends including this document. Published 10/2024.</a:t>
+            <a:t>Visit www.iowaworkforcedevelopment.gov to obtain the latest workforce data and trends including this document. Published 10/2025.</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -4654,6187 +5424,17605 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFCCCC"/>
   </sheetPr>
-  <dimension ref="A1:AI60"/>
+  <dimension ref="A1:AJ173"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="10" topLeftCell="A11" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="P6" sqref="P6:P9"/>
+      <selection pane="bottomLeft" activeCell="J6" sqref="J6:J9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="8.85546875" style="18"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="6.28515625" style="20" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="9.140625" style="6"/>
+    <col min="2" max="3" width="36.7109375" style="6" customWidth="1"/>
+    <col min="4" max="4" width="28.7109375" style="6" customWidth="1"/>
+    <col min="5" max="5" width="22.7109375" style="6" customWidth="1"/>
+    <col min="6" max="6" width="6.28515625" style="32" bestFit="1" customWidth="1"/>
     <col min="7" max="9" width="9.28515625" style="2" bestFit="1" customWidth="1"/>
-    <col min="10" max="10" width="9.28515625" style="6" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="9.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="11" max="14" width="9.28515625" style="2" bestFit="1" customWidth="1"/>
-    <col min="15" max="15" width="9.42578125" style="31" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="23" max="25" width="8.85546875" style="3"/>
+    <col min="15" max="15" width="9.140625" style="35"/>
+    <col min="16" max="16" width="9.140625" style="36"/>
+    <col min="17" max="17" width="9.140625" style="35"/>
+    <col min="18" max="18" width="9.140625" style="2"/>
+    <col min="19" max="19" width="9.140625" style="35"/>
+    <col min="20" max="20" width="9.140625" style="2"/>
+    <col min="21" max="21" width="9.140625" style="35"/>
+    <col min="22" max="22" width="9.140625" style="2"/>
+    <col min="23" max="25" width="9.140625" style="3"/>
     <col min="26" max="35" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="36" max="257" width="8.85546875" style="1"/>
+    <col min="36" max="257" width="9.140625" style="1"/>
     <col min="258" max="259" width="36.7109375" style="1" customWidth="1"/>
     <col min="260" max="260" width="28.7109375" style="1" customWidth="1"/>
     <col min="261" max="261" width="22.7109375" style="1" customWidth="1"/>
     <col min="262" max="262" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="263" max="278" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="279" max="281" width="8.85546875" style="1"/>
+    <col min="263" max="270" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="271" max="281" width="9.140625" style="1"/>
     <col min="282" max="291" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="292" max="513" width="8.85546875" style="1"/>
+    <col min="292" max="513" width="9.140625" style="1"/>
     <col min="514" max="515" width="36.7109375" style="1" customWidth="1"/>
     <col min="516" max="516" width="28.7109375" style="1" customWidth="1"/>
     <col min="517" max="517" width="22.7109375" style="1" customWidth="1"/>
     <col min="518" max="518" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="519" max="534" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="535" max="537" width="8.85546875" style="1"/>
+    <col min="519" max="526" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="527" max="537" width="9.140625" style="1"/>
     <col min="538" max="547" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="548" max="769" width="8.85546875" style="1"/>
+    <col min="548" max="769" width="9.140625" style="1"/>
     <col min="770" max="771" width="36.7109375" style="1" customWidth="1"/>
     <col min="772" max="772" width="28.7109375" style="1" customWidth="1"/>
     <col min="773" max="773" width="22.7109375" style="1" customWidth="1"/>
     <col min="774" max="774" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="775" max="790" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="791" max="793" width="8.85546875" style="1"/>
+    <col min="775" max="782" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="783" max="793" width="9.140625" style="1"/>
     <col min="794" max="803" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="804" max="1025" width="8.85546875" style="1"/>
+    <col min="804" max="1025" width="9.140625" style="1"/>
     <col min="1026" max="1027" width="36.7109375" style="1" customWidth="1"/>
     <col min="1028" max="1028" width="28.7109375" style="1" customWidth="1"/>
     <col min="1029" max="1029" width="22.7109375" style="1" customWidth="1"/>
     <col min="1030" max="1030" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="1031" max="1046" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="1047" max="1049" width="8.85546875" style="1"/>
+    <col min="1031" max="1038" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1039" max="1049" width="9.140625" style="1"/>
     <col min="1050" max="1059" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="1060" max="1281" width="8.85546875" style="1"/>
+    <col min="1060" max="1281" width="9.140625" style="1"/>
     <col min="1282" max="1283" width="36.7109375" style="1" customWidth="1"/>
     <col min="1284" max="1284" width="28.7109375" style="1" customWidth="1"/>
     <col min="1285" max="1285" width="22.7109375" style="1" customWidth="1"/>
     <col min="1286" max="1286" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="1287" max="1302" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="1303" max="1305" width="8.85546875" style="1"/>
+    <col min="1287" max="1294" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1295" max="1305" width="9.140625" style="1"/>
     <col min="1306" max="1315" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="1316" max="1537" width="8.85546875" style="1"/>
+    <col min="1316" max="1537" width="9.140625" style="1"/>
     <col min="1538" max="1539" width="36.7109375" style="1" customWidth="1"/>
     <col min="1540" max="1540" width="28.7109375" style="1" customWidth="1"/>
     <col min="1541" max="1541" width="22.7109375" style="1" customWidth="1"/>
     <col min="1542" max="1542" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="1543" max="1558" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="1559" max="1561" width="8.85546875" style="1"/>
+    <col min="1543" max="1550" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1551" max="1561" width="9.140625" style="1"/>
     <col min="1562" max="1571" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="1572" max="1793" width="8.85546875" style="1"/>
+    <col min="1572" max="1793" width="9.140625" style="1"/>
     <col min="1794" max="1795" width="36.7109375" style="1" customWidth="1"/>
     <col min="1796" max="1796" width="28.7109375" style="1" customWidth="1"/>
     <col min="1797" max="1797" width="22.7109375" style="1" customWidth="1"/>
     <col min="1798" max="1798" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="1799" max="1814" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="1815" max="1817" width="8.85546875" style="1"/>
+    <col min="1799" max="1806" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1807" max="1817" width="9.140625" style="1"/>
     <col min="1818" max="1827" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="1828" max="2049" width="8.85546875" style="1"/>
+    <col min="1828" max="2049" width="9.140625" style="1"/>
     <col min="2050" max="2051" width="36.7109375" style="1" customWidth="1"/>
     <col min="2052" max="2052" width="28.7109375" style="1" customWidth="1"/>
     <col min="2053" max="2053" width="22.7109375" style="1" customWidth="1"/>
     <col min="2054" max="2054" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="2055" max="2070" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="2071" max="2073" width="8.85546875" style="1"/>
+    <col min="2055" max="2062" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2063" max="2073" width="9.140625" style="1"/>
     <col min="2074" max="2083" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="2084" max="2305" width="8.85546875" style="1"/>
+    <col min="2084" max="2305" width="9.140625" style="1"/>
     <col min="2306" max="2307" width="36.7109375" style="1" customWidth="1"/>
     <col min="2308" max="2308" width="28.7109375" style="1" customWidth="1"/>
     <col min="2309" max="2309" width="22.7109375" style="1" customWidth="1"/>
     <col min="2310" max="2310" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="2311" max="2326" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="2327" max="2329" width="8.85546875" style="1"/>
+    <col min="2311" max="2318" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2319" max="2329" width="9.140625" style="1"/>
     <col min="2330" max="2339" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="2340" max="2561" width="8.85546875" style="1"/>
+    <col min="2340" max="2561" width="9.140625" style="1"/>
     <col min="2562" max="2563" width="36.7109375" style="1" customWidth="1"/>
     <col min="2564" max="2564" width="28.7109375" style="1" customWidth="1"/>
     <col min="2565" max="2565" width="22.7109375" style="1" customWidth="1"/>
     <col min="2566" max="2566" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="2567" max="2582" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="2583" max="2585" width="8.85546875" style="1"/>
+    <col min="2567" max="2574" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2575" max="2585" width="9.140625" style="1"/>
     <col min="2586" max="2595" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="2596" max="2817" width="8.85546875" style="1"/>
+    <col min="2596" max="2817" width="9.140625" style="1"/>
     <col min="2818" max="2819" width="36.7109375" style="1" customWidth="1"/>
     <col min="2820" max="2820" width="28.7109375" style="1" customWidth="1"/>
     <col min="2821" max="2821" width="22.7109375" style="1" customWidth="1"/>
     <col min="2822" max="2822" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="2823" max="2838" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="2839" max="2841" width="8.85546875" style="1"/>
+    <col min="2823" max="2830" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2831" max="2841" width="9.140625" style="1"/>
     <col min="2842" max="2851" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="2852" max="3073" width="8.85546875" style="1"/>
+    <col min="2852" max="3073" width="9.140625" style="1"/>
     <col min="3074" max="3075" width="36.7109375" style="1" customWidth="1"/>
     <col min="3076" max="3076" width="28.7109375" style="1" customWidth="1"/>
     <col min="3077" max="3077" width="22.7109375" style="1" customWidth="1"/>
     <col min="3078" max="3078" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="3079" max="3094" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="3095" max="3097" width="8.85546875" style="1"/>
+    <col min="3079" max="3086" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3087" max="3097" width="9.140625" style="1"/>
     <col min="3098" max="3107" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="3108" max="3329" width="8.85546875" style="1"/>
+    <col min="3108" max="3329" width="9.140625" style="1"/>
     <col min="3330" max="3331" width="36.7109375" style="1" customWidth="1"/>
     <col min="3332" max="3332" width="28.7109375" style="1" customWidth="1"/>
     <col min="3333" max="3333" width="22.7109375" style="1" customWidth="1"/>
     <col min="3334" max="3334" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="3335" max="3350" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="3351" max="3353" width="8.85546875" style="1"/>
+    <col min="3335" max="3342" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3343" max="3353" width="9.140625" style="1"/>
     <col min="3354" max="3363" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="3364" max="3585" width="8.85546875" style="1"/>
+    <col min="3364" max="3585" width="9.140625" style="1"/>
     <col min="3586" max="3587" width="36.7109375" style="1" customWidth="1"/>
     <col min="3588" max="3588" width="28.7109375" style="1" customWidth="1"/>
     <col min="3589" max="3589" width="22.7109375" style="1" customWidth="1"/>
     <col min="3590" max="3590" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="3591" max="3606" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="3607" max="3609" width="8.85546875" style="1"/>
+    <col min="3591" max="3598" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3599" max="3609" width="9.140625" style="1"/>
     <col min="3610" max="3619" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="3620" max="3841" width="8.85546875" style="1"/>
+    <col min="3620" max="3841" width="9.140625" style="1"/>
     <col min="3842" max="3843" width="36.7109375" style="1" customWidth="1"/>
     <col min="3844" max="3844" width="28.7109375" style="1" customWidth="1"/>
     <col min="3845" max="3845" width="22.7109375" style="1" customWidth="1"/>
     <col min="3846" max="3846" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="3847" max="3862" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="3863" max="3865" width="8.85546875" style="1"/>
+    <col min="3847" max="3854" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3855" max="3865" width="9.140625" style="1"/>
     <col min="3866" max="3875" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="3876" max="4097" width="8.85546875" style="1"/>
+    <col min="3876" max="4097" width="9.140625" style="1"/>
     <col min="4098" max="4099" width="36.7109375" style="1" customWidth="1"/>
     <col min="4100" max="4100" width="28.7109375" style="1" customWidth="1"/>
     <col min="4101" max="4101" width="22.7109375" style="1" customWidth="1"/>
     <col min="4102" max="4102" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="4103" max="4118" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="4119" max="4121" width="8.85546875" style="1"/>
+    <col min="4103" max="4110" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4111" max="4121" width="9.140625" style="1"/>
     <col min="4122" max="4131" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="4132" max="4353" width="8.85546875" style="1"/>
+    <col min="4132" max="4353" width="9.140625" style="1"/>
     <col min="4354" max="4355" width="36.7109375" style="1" customWidth="1"/>
     <col min="4356" max="4356" width="28.7109375" style="1" customWidth="1"/>
     <col min="4357" max="4357" width="22.7109375" style="1" customWidth="1"/>
     <col min="4358" max="4358" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="4359" max="4374" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="4375" max="4377" width="8.85546875" style="1"/>
+    <col min="4359" max="4366" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4367" max="4377" width="9.140625" style="1"/>
     <col min="4378" max="4387" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="4388" max="4609" width="8.85546875" style="1"/>
+    <col min="4388" max="4609" width="9.140625" style="1"/>
     <col min="4610" max="4611" width="36.7109375" style="1" customWidth="1"/>
     <col min="4612" max="4612" width="28.7109375" style="1" customWidth="1"/>
     <col min="4613" max="4613" width="22.7109375" style="1" customWidth="1"/>
     <col min="4614" max="4614" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="4615" max="4630" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="4631" max="4633" width="8.85546875" style="1"/>
+    <col min="4615" max="4622" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4623" max="4633" width="9.140625" style="1"/>
     <col min="4634" max="4643" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="4644" max="4865" width="8.85546875" style="1"/>
+    <col min="4644" max="4865" width="9.140625" style="1"/>
     <col min="4866" max="4867" width="36.7109375" style="1" customWidth="1"/>
     <col min="4868" max="4868" width="28.7109375" style="1" customWidth="1"/>
     <col min="4869" max="4869" width="22.7109375" style="1" customWidth="1"/>
     <col min="4870" max="4870" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="4871" max="4886" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="4887" max="4889" width="8.85546875" style="1"/>
+    <col min="4871" max="4878" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4879" max="4889" width="9.140625" style="1"/>
     <col min="4890" max="4899" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="4900" max="5121" width="8.85546875" style="1"/>
+    <col min="4900" max="5121" width="9.140625" style="1"/>
     <col min="5122" max="5123" width="36.7109375" style="1" customWidth="1"/>
     <col min="5124" max="5124" width="28.7109375" style="1" customWidth="1"/>
     <col min="5125" max="5125" width="22.7109375" style="1" customWidth="1"/>
     <col min="5126" max="5126" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="5127" max="5142" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="5143" max="5145" width="8.85546875" style="1"/>
+    <col min="5127" max="5134" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5135" max="5145" width="9.140625" style="1"/>
     <col min="5146" max="5155" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="5156" max="5377" width="8.85546875" style="1"/>
+    <col min="5156" max="5377" width="9.140625" style="1"/>
     <col min="5378" max="5379" width="36.7109375" style="1" customWidth="1"/>
     <col min="5380" max="5380" width="28.7109375" style="1" customWidth="1"/>
     <col min="5381" max="5381" width="22.7109375" style="1" customWidth="1"/>
     <col min="5382" max="5382" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="5383" max="5398" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="5399" max="5401" width="8.85546875" style="1"/>
+    <col min="5383" max="5390" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5391" max="5401" width="9.140625" style="1"/>
     <col min="5402" max="5411" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="5412" max="5633" width="8.85546875" style="1"/>
+    <col min="5412" max="5633" width="9.140625" style="1"/>
     <col min="5634" max="5635" width="36.7109375" style="1" customWidth="1"/>
     <col min="5636" max="5636" width="28.7109375" style="1" customWidth="1"/>
     <col min="5637" max="5637" width="22.7109375" style="1" customWidth="1"/>
     <col min="5638" max="5638" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="5639" max="5654" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="5655" max="5657" width="8.85546875" style="1"/>
+    <col min="5639" max="5646" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5647" max="5657" width="9.140625" style="1"/>
     <col min="5658" max="5667" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="5668" max="5889" width="8.85546875" style="1"/>
+    <col min="5668" max="5889" width="9.140625" style="1"/>
     <col min="5890" max="5891" width="36.7109375" style="1" customWidth="1"/>
     <col min="5892" max="5892" width="28.7109375" style="1" customWidth="1"/>
     <col min="5893" max="5893" width="22.7109375" style="1" customWidth="1"/>
     <col min="5894" max="5894" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="5895" max="5910" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="5911" max="5913" width="8.85546875" style="1"/>
+    <col min="5895" max="5902" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5903" max="5913" width="9.140625" style="1"/>
     <col min="5914" max="5923" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="5924" max="6145" width="8.85546875" style="1"/>
+    <col min="5924" max="6145" width="9.140625" style="1"/>
     <col min="6146" max="6147" width="36.7109375" style="1" customWidth="1"/>
     <col min="6148" max="6148" width="28.7109375" style="1" customWidth="1"/>
     <col min="6149" max="6149" width="22.7109375" style="1" customWidth="1"/>
     <col min="6150" max="6150" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="6151" max="6166" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="6167" max="6169" width="8.85546875" style="1"/>
+    <col min="6151" max="6158" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6159" max="6169" width="9.140625" style="1"/>
     <col min="6170" max="6179" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="6180" max="6401" width="8.85546875" style="1"/>
+    <col min="6180" max="6401" width="9.140625" style="1"/>
     <col min="6402" max="6403" width="36.7109375" style="1" customWidth="1"/>
     <col min="6404" max="6404" width="28.7109375" style="1" customWidth="1"/>
     <col min="6405" max="6405" width="22.7109375" style="1" customWidth="1"/>
     <col min="6406" max="6406" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="6407" max="6422" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="6423" max="6425" width="8.85546875" style="1"/>
+    <col min="6407" max="6414" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6415" max="6425" width="9.140625" style="1"/>
     <col min="6426" max="6435" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="6436" max="6657" width="8.85546875" style="1"/>
+    <col min="6436" max="6657" width="9.140625" style="1"/>
     <col min="6658" max="6659" width="36.7109375" style="1" customWidth="1"/>
     <col min="6660" max="6660" width="28.7109375" style="1" customWidth="1"/>
     <col min="6661" max="6661" width="22.7109375" style="1" customWidth="1"/>
     <col min="6662" max="6662" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="6663" max="6678" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="6679" max="6681" width="8.85546875" style="1"/>
+    <col min="6663" max="6670" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6671" max="6681" width="9.140625" style="1"/>
     <col min="6682" max="6691" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="6692" max="6913" width="8.85546875" style="1"/>
+    <col min="6692" max="6913" width="9.140625" style="1"/>
     <col min="6914" max="6915" width="36.7109375" style="1" customWidth="1"/>
     <col min="6916" max="6916" width="28.7109375" style="1" customWidth="1"/>
     <col min="6917" max="6917" width="22.7109375" style="1" customWidth="1"/>
     <col min="6918" max="6918" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="6919" max="6934" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="6935" max="6937" width="8.85546875" style="1"/>
+    <col min="6919" max="6926" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6927" max="6937" width="9.140625" style="1"/>
     <col min="6938" max="6947" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="6948" max="7169" width="8.85546875" style="1"/>
+    <col min="6948" max="7169" width="9.140625" style="1"/>
     <col min="7170" max="7171" width="36.7109375" style="1" customWidth="1"/>
     <col min="7172" max="7172" width="28.7109375" style="1" customWidth="1"/>
     <col min="7173" max="7173" width="22.7109375" style="1" customWidth="1"/>
     <col min="7174" max="7174" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="7175" max="7190" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="7191" max="7193" width="8.85546875" style="1"/>
+    <col min="7175" max="7182" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7183" max="7193" width="9.140625" style="1"/>
     <col min="7194" max="7203" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="7204" max="7425" width="8.85546875" style="1"/>
+    <col min="7204" max="7425" width="9.140625" style="1"/>
     <col min="7426" max="7427" width="36.7109375" style="1" customWidth="1"/>
     <col min="7428" max="7428" width="28.7109375" style="1" customWidth="1"/>
     <col min="7429" max="7429" width="22.7109375" style="1" customWidth="1"/>
     <col min="7430" max="7430" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="7431" max="7446" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="7447" max="7449" width="8.85546875" style="1"/>
+    <col min="7431" max="7438" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7439" max="7449" width="9.140625" style="1"/>
     <col min="7450" max="7459" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="7460" max="7681" width="8.85546875" style="1"/>
+    <col min="7460" max="7681" width="9.140625" style="1"/>
     <col min="7682" max="7683" width="36.7109375" style="1" customWidth="1"/>
     <col min="7684" max="7684" width="28.7109375" style="1" customWidth="1"/>
     <col min="7685" max="7685" width="22.7109375" style="1" customWidth="1"/>
     <col min="7686" max="7686" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="7687" max="7702" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="7703" max="7705" width="8.85546875" style="1"/>
+    <col min="7687" max="7694" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7695" max="7705" width="9.140625" style="1"/>
     <col min="7706" max="7715" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="7716" max="7937" width="8.85546875" style="1"/>
+    <col min="7716" max="7937" width="9.140625" style="1"/>
     <col min="7938" max="7939" width="36.7109375" style="1" customWidth="1"/>
     <col min="7940" max="7940" width="28.7109375" style="1" customWidth="1"/>
     <col min="7941" max="7941" width="22.7109375" style="1" customWidth="1"/>
     <col min="7942" max="7942" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="7943" max="7958" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="7959" max="7961" width="8.85546875" style="1"/>
+    <col min="7943" max="7950" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7951" max="7961" width="9.140625" style="1"/>
     <col min="7962" max="7971" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="7972" max="8193" width="8.85546875" style="1"/>
+    <col min="7972" max="8193" width="9.140625" style="1"/>
     <col min="8194" max="8195" width="36.7109375" style="1" customWidth="1"/>
     <col min="8196" max="8196" width="28.7109375" style="1" customWidth="1"/>
     <col min="8197" max="8197" width="22.7109375" style="1" customWidth="1"/>
     <col min="8198" max="8198" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="8199" max="8214" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="8215" max="8217" width="8.85546875" style="1"/>
+    <col min="8199" max="8206" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8207" max="8217" width="9.140625" style="1"/>
     <col min="8218" max="8227" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="8228" max="8449" width="8.85546875" style="1"/>
+    <col min="8228" max="8449" width="9.140625" style="1"/>
     <col min="8450" max="8451" width="36.7109375" style="1" customWidth="1"/>
     <col min="8452" max="8452" width="28.7109375" style="1" customWidth="1"/>
     <col min="8453" max="8453" width="22.7109375" style="1" customWidth="1"/>
     <col min="8454" max="8454" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="8455" max="8470" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="8471" max="8473" width="8.85546875" style="1"/>
+    <col min="8455" max="8462" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8463" max="8473" width="9.140625" style="1"/>
     <col min="8474" max="8483" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="8484" max="8705" width="8.85546875" style="1"/>
+    <col min="8484" max="8705" width="9.140625" style="1"/>
     <col min="8706" max="8707" width="36.7109375" style="1" customWidth="1"/>
     <col min="8708" max="8708" width="28.7109375" style="1" customWidth="1"/>
     <col min="8709" max="8709" width="22.7109375" style="1" customWidth="1"/>
     <col min="8710" max="8710" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="8711" max="8726" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="8727" max="8729" width="8.85546875" style="1"/>
+    <col min="8711" max="8718" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8719" max="8729" width="9.140625" style="1"/>
     <col min="8730" max="8739" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="8740" max="8961" width="8.85546875" style="1"/>
+    <col min="8740" max="8961" width="9.140625" style="1"/>
     <col min="8962" max="8963" width="36.7109375" style="1" customWidth="1"/>
     <col min="8964" max="8964" width="28.7109375" style="1" customWidth="1"/>
     <col min="8965" max="8965" width="22.7109375" style="1" customWidth="1"/>
     <col min="8966" max="8966" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="8967" max="8982" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="8983" max="8985" width="8.85546875" style="1"/>
+    <col min="8967" max="8974" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8975" max="8985" width="9.140625" style="1"/>
     <col min="8986" max="8995" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="8996" max="9217" width="8.85546875" style="1"/>
+    <col min="8996" max="9217" width="9.140625" style="1"/>
     <col min="9218" max="9219" width="36.7109375" style="1" customWidth="1"/>
     <col min="9220" max="9220" width="28.7109375" style="1" customWidth="1"/>
     <col min="9221" max="9221" width="22.7109375" style="1" customWidth="1"/>
     <col min="9222" max="9222" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="9223" max="9238" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="9239" max="9241" width="8.85546875" style="1"/>
+    <col min="9223" max="9230" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9231" max="9241" width="9.140625" style="1"/>
     <col min="9242" max="9251" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="9252" max="9473" width="8.85546875" style="1"/>
+    <col min="9252" max="9473" width="9.140625" style="1"/>
     <col min="9474" max="9475" width="36.7109375" style="1" customWidth="1"/>
     <col min="9476" max="9476" width="28.7109375" style="1" customWidth="1"/>
     <col min="9477" max="9477" width="22.7109375" style="1" customWidth="1"/>
     <col min="9478" max="9478" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="9479" max="9494" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="9495" max="9497" width="8.85546875" style="1"/>
+    <col min="9479" max="9486" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9487" max="9497" width="9.140625" style="1"/>
     <col min="9498" max="9507" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="9508" max="9729" width="8.85546875" style="1"/>
+    <col min="9508" max="9729" width="9.140625" style="1"/>
     <col min="9730" max="9731" width="36.7109375" style="1" customWidth="1"/>
     <col min="9732" max="9732" width="28.7109375" style="1" customWidth="1"/>
     <col min="9733" max="9733" width="22.7109375" style="1" customWidth="1"/>
     <col min="9734" max="9734" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="9735" max="9750" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="9751" max="9753" width="8.85546875" style="1"/>
+    <col min="9735" max="9742" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9743" max="9753" width="9.140625" style="1"/>
     <col min="9754" max="9763" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="9764" max="9985" width="8.85546875" style="1"/>
+    <col min="9764" max="9985" width="9.140625" style="1"/>
     <col min="9986" max="9987" width="36.7109375" style="1" customWidth="1"/>
     <col min="9988" max="9988" width="28.7109375" style="1" customWidth="1"/>
     <col min="9989" max="9989" width="22.7109375" style="1" customWidth="1"/>
     <col min="9990" max="9990" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="9991" max="10006" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="10007" max="10009" width="8.85546875" style="1"/>
+    <col min="9991" max="9998" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9999" max="10009" width="9.140625" style="1"/>
     <col min="10010" max="10019" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="10020" max="10241" width="8.85546875" style="1"/>
+    <col min="10020" max="10241" width="9.140625" style="1"/>
     <col min="10242" max="10243" width="36.7109375" style="1" customWidth="1"/>
     <col min="10244" max="10244" width="28.7109375" style="1" customWidth="1"/>
     <col min="10245" max="10245" width="22.7109375" style="1" customWidth="1"/>
     <col min="10246" max="10246" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="10247" max="10262" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="10263" max="10265" width="8.85546875" style="1"/>
+    <col min="10247" max="10254" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10255" max="10265" width="9.140625" style="1"/>
     <col min="10266" max="10275" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="10276" max="10497" width="8.85546875" style="1"/>
+    <col min="10276" max="10497" width="9.140625" style="1"/>
     <col min="10498" max="10499" width="36.7109375" style="1" customWidth="1"/>
     <col min="10500" max="10500" width="28.7109375" style="1" customWidth="1"/>
     <col min="10501" max="10501" width="22.7109375" style="1" customWidth="1"/>
     <col min="10502" max="10502" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="10503" max="10518" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="10519" max="10521" width="8.85546875" style="1"/>
+    <col min="10503" max="10510" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10511" max="10521" width="9.140625" style="1"/>
     <col min="10522" max="10531" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="10532" max="10753" width="8.85546875" style="1"/>
+    <col min="10532" max="10753" width="9.140625" style="1"/>
     <col min="10754" max="10755" width="36.7109375" style="1" customWidth="1"/>
     <col min="10756" max="10756" width="28.7109375" style="1" customWidth="1"/>
     <col min="10757" max="10757" width="22.7109375" style="1" customWidth="1"/>
     <col min="10758" max="10758" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="10759" max="10774" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="10775" max="10777" width="8.85546875" style="1"/>
+    <col min="10759" max="10766" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10767" max="10777" width="9.140625" style="1"/>
     <col min="10778" max="10787" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="10788" max="11009" width="8.85546875" style="1"/>
+    <col min="10788" max="11009" width="9.140625" style="1"/>
     <col min="11010" max="11011" width="36.7109375" style="1" customWidth="1"/>
     <col min="11012" max="11012" width="28.7109375" style="1" customWidth="1"/>
     <col min="11013" max="11013" width="22.7109375" style="1" customWidth="1"/>
     <col min="11014" max="11014" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="11015" max="11030" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="11031" max="11033" width="8.85546875" style="1"/>
+    <col min="11015" max="11022" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11023" max="11033" width="9.140625" style="1"/>
     <col min="11034" max="11043" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="11044" max="11265" width="8.85546875" style="1"/>
+    <col min="11044" max="11265" width="9.140625" style="1"/>
     <col min="11266" max="11267" width="36.7109375" style="1" customWidth="1"/>
     <col min="11268" max="11268" width="28.7109375" style="1" customWidth="1"/>
     <col min="11269" max="11269" width="22.7109375" style="1" customWidth="1"/>
     <col min="11270" max="11270" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="11271" max="11286" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="11287" max="11289" width="8.85546875" style="1"/>
+    <col min="11271" max="11278" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11279" max="11289" width="9.140625" style="1"/>
     <col min="11290" max="11299" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="11300" max="11521" width="8.85546875" style="1"/>
+    <col min="11300" max="11521" width="9.140625" style="1"/>
     <col min="11522" max="11523" width="36.7109375" style="1" customWidth="1"/>
     <col min="11524" max="11524" width="28.7109375" style="1" customWidth="1"/>
     <col min="11525" max="11525" width="22.7109375" style="1" customWidth="1"/>
     <col min="11526" max="11526" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="11527" max="11542" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="11543" max="11545" width="8.85546875" style="1"/>
+    <col min="11527" max="11534" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11535" max="11545" width="9.140625" style="1"/>
     <col min="11546" max="11555" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="11556" max="11777" width="8.85546875" style="1"/>
+    <col min="11556" max="11777" width="9.140625" style="1"/>
     <col min="11778" max="11779" width="36.7109375" style="1" customWidth="1"/>
     <col min="11780" max="11780" width="28.7109375" style="1" customWidth="1"/>
     <col min="11781" max="11781" width="22.7109375" style="1" customWidth="1"/>
     <col min="11782" max="11782" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="11783" max="11798" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="11799" max="11801" width="8.85546875" style="1"/>
+    <col min="11783" max="11790" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11791" max="11801" width="9.140625" style="1"/>
     <col min="11802" max="11811" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="11812" max="12033" width="8.85546875" style="1"/>
+    <col min="11812" max="12033" width="9.140625" style="1"/>
     <col min="12034" max="12035" width="36.7109375" style="1" customWidth="1"/>
     <col min="12036" max="12036" width="28.7109375" style="1" customWidth="1"/>
     <col min="12037" max="12037" width="22.7109375" style="1" customWidth="1"/>
     <col min="12038" max="12038" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="12039" max="12054" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="12055" max="12057" width="8.85546875" style="1"/>
+    <col min="12039" max="12046" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12047" max="12057" width="9.140625" style="1"/>
     <col min="12058" max="12067" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="12068" max="12289" width="8.85546875" style="1"/>
+    <col min="12068" max="12289" width="9.140625" style="1"/>
     <col min="12290" max="12291" width="36.7109375" style="1" customWidth="1"/>
     <col min="12292" max="12292" width="28.7109375" style="1" customWidth="1"/>
     <col min="12293" max="12293" width="22.7109375" style="1" customWidth="1"/>
     <col min="12294" max="12294" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="12295" max="12310" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="12311" max="12313" width="8.85546875" style="1"/>
+    <col min="12295" max="12302" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12303" max="12313" width="9.140625" style="1"/>
     <col min="12314" max="12323" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="12324" max="12545" width="8.85546875" style="1"/>
+    <col min="12324" max="12545" width="9.140625" style="1"/>
     <col min="12546" max="12547" width="36.7109375" style="1" customWidth="1"/>
     <col min="12548" max="12548" width="28.7109375" style="1" customWidth="1"/>
     <col min="12549" max="12549" width="22.7109375" style="1" customWidth="1"/>
     <col min="12550" max="12550" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="12551" max="12566" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="12567" max="12569" width="8.85546875" style="1"/>
+    <col min="12551" max="12558" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12559" max="12569" width="9.140625" style="1"/>
     <col min="12570" max="12579" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="12580" max="12801" width="8.85546875" style="1"/>
+    <col min="12580" max="12801" width="9.140625" style="1"/>
     <col min="12802" max="12803" width="36.7109375" style="1" customWidth="1"/>
     <col min="12804" max="12804" width="28.7109375" style="1" customWidth="1"/>
     <col min="12805" max="12805" width="22.7109375" style="1" customWidth="1"/>
     <col min="12806" max="12806" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="12807" max="12822" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="12823" max="12825" width="8.85546875" style="1"/>
+    <col min="12807" max="12814" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12815" max="12825" width="9.140625" style="1"/>
     <col min="12826" max="12835" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="12836" max="13057" width="8.85546875" style="1"/>
+    <col min="12836" max="13057" width="9.140625" style="1"/>
     <col min="13058" max="13059" width="36.7109375" style="1" customWidth="1"/>
     <col min="13060" max="13060" width="28.7109375" style="1" customWidth="1"/>
     <col min="13061" max="13061" width="22.7109375" style="1" customWidth="1"/>
     <col min="13062" max="13062" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="13063" max="13078" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="13079" max="13081" width="8.85546875" style="1"/>
+    <col min="13063" max="13070" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13071" max="13081" width="9.140625" style="1"/>
     <col min="13082" max="13091" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="13092" max="13313" width="8.85546875" style="1"/>
+    <col min="13092" max="13313" width="9.140625" style="1"/>
     <col min="13314" max="13315" width="36.7109375" style="1" customWidth="1"/>
     <col min="13316" max="13316" width="28.7109375" style="1" customWidth="1"/>
     <col min="13317" max="13317" width="22.7109375" style="1" customWidth="1"/>
     <col min="13318" max="13318" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="13319" max="13334" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="13335" max="13337" width="8.85546875" style="1"/>
+    <col min="13319" max="13326" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13327" max="13337" width="9.140625" style="1"/>
     <col min="13338" max="13347" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="13348" max="13569" width="8.85546875" style="1"/>
+    <col min="13348" max="13569" width="9.140625" style="1"/>
     <col min="13570" max="13571" width="36.7109375" style="1" customWidth="1"/>
     <col min="13572" max="13572" width="28.7109375" style="1" customWidth="1"/>
     <col min="13573" max="13573" width="22.7109375" style="1" customWidth="1"/>
     <col min="13574" max="13574" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="13575" max="13590" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="13591" max="13593" width="8.85546875" style="1"/>
+    <col min="13575" max="13582" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13583" max="13593" width="9.140625" style="1"/>
     <col min="13594" max="13603" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="13604" max="13825" width="8.85546875" style="1"/>
+    <col min="13604" max="13825" width="9.140625" style="1"/>
     <col min="13826" max="13827" width="36.7109375" style="1" customWidth="1"/>
     <col min="13828" max="13828" width="28.7109375" style="1" customWidth="1"/>
     <col min="13829" max="13829" width="22.7109375" style="1" customWidth="1"/>
     <col min="13830" max="13830" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="13831" max="13846" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="13847" max="13849" width="8.85546875" style="1"/>
+    <col min="13831" max="13838" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13839" max="13849" width="9.140625" style="1"/>
     <col min="13850" max="13859" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="13860" max="14081" width="8.85546875" style="1"/>
+    <col min="13860" max="14081" width="9.140625" style="1"/>
     <col min="14082" max="14083" width="36.7109375" style="1" customWidth="1"/>
     <col min="14084" max="14084" width="28.7109375" style="1" customWidth="1"/>
     <col min="14085" max="14085" width="22.7109375" style="1" customWidth="1"/>
     <col min="14086" max="14086" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="14087" max="14102" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="14103" max="14105" width="8.85546875" style="1"/>
+    <col min="14087" max="14094" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14095" max="14105" width="9.140625" style="1"/>
     <col min="14106" max="14115" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="14116" max="14337" width="8.85546875" style="1"/>
+    <col min="14116" max="14337" width="9.140625" style="1"/>
     <col min="14338" max="14339" width="36.7109375" style="1" customWidth="1"/>
     <col min="14340" max="14340" width="28.7109375" style="1" customWidth="1"/>
     <col min="14341" max="14341" width="22.7109375" style="1" customWidth="1"/>
     <col min="14342" max="14342" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="14343" max="14358" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="14359" max="14361" width="8.85546875" style="1"/>
+    <col min="14343" max="14350" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14351" max="14361" width="9.140625" style="1"/>
     <col min="14362" max="14371" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="14372" max="14593" width="8.85546875" style="1"/>
+    <col min="14372" max="14593" width="9.140625" style="1"/>
     <col min="14594" max="14595" width="36.7109375" style="1" customWidth="1"/>
     <col min="14596" max="14596" width="28.7109375" style="1" customWidth="1"/>
     <col min="14597" max="14597" width="22.7109375" style="1" customWidth="1"/>
     <col min="14598" max="14598" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="14599" max="14614" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="14615" max="14617" width="8.85546875" style="1"/>
+    <col min="14599" max="14606" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14607" max="14617" width="9.140625" style="1"/>
     <col min="14618" max="14627" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="14628" max="14849" width="8.85546875" style="1"/>
+    <col min="14628" max="14849" width="9.140625" style="1"/>
     <col min="14850" max="14851" width="36.7109375" style="1" customWidth="1"/>
     <col min="14852" max="14852" width="28.7109375" style="1" customWidth="1"/>
     <col min="14853" max="14853" width="22.7109375" style="1" customWidth="1"/>
     <col min="14854" max="14854" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="14855" max="14870" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="14871" max="14873" width="8.85546875" style="1"/>
+    <col min="14855" max="14862" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14863" max="14873" width="9.140625" style="1"/>
     <col min="14874" max="14883" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="14884" max="15105" width="8.85546875" style="1"/>
+    <col min="14884" max="15105" width="9.140625" style="1"/>
     <col min="15106" max="15107" width="36.7109375" style="1" customWidth="1"/>
     <col min="15108" max="15108" width="28.7109375" style="1" customWidth="1"/>
     <col min="15109" max="15109" width="22.7109375" style="1" customWidth="1"/>
     <col min="15110" max="15110" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="15111" max="15126" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="15127" max="15129" width="8.85546875" style="1"/>
+    <col min="15111" max="15118" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15119" max="15129" width="9.140625" style="1"/>
     <col min="15130" max="15139" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="15140" max="15361" width="8.85546875" style="1"/>
+    <col min="15140" max="15361" width="9.140625" style="1"/>
     <col min="15362" max="15363" width="36.7109375" style="1" customWidth="1"/>
     <col min="15364" max="15364" width="28.7109375" style="1" customWidth="1"/>
     <col min="15365" max="15365" width="22.7109375" style="1" customWidth="1"/>
     <col min="15366" max="15366" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="15367" max="15382" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="15383" max="15385" width="8.85546875" style="1"/>
+    <col min="15367" max="15374" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15375" max="15385" width="9.140625" style="1"/>
     <col min="15386" max="15395" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="15396" max="15617" width="8.85546875" style="1"/>
+    <col min="15396" max="15617" width="9.140625" style="1"/>
     <col min="15618" max="15619" width="36.7109375" style="1" customWidth="1"/>
     <col min="15620" max="15620" width="28.7109375" style="1" customWidth="1"/>
     <col min="15621" max="15621" width="22.7109375" style="1" customWidth="1"/>
     <col min="15622" max="15622" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="15623" max="15638" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="15639" max="15641" width="8.85546875" style="1"/>
+    <col min="15623" max="15630" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15631" max="15641" width="9.140625" style="1"/>
     <col min="15642" max="15651" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="15652" max="15873" width="8.85546875" style="1"/>
+    <col min="15652" max="15873" width="9.140625" style="1"/>
     <col min="15874" max="15875" width="36.7109375" style="1" customWidth="1"/>
     <col min="15876" max="15876" width="28.7109375" style="1" customWidth="1"/>
     <col min="15877" max="15877" width="22.7109375" style="1" customWidth="1"/>
     <col min="15878" max="15878" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="15879" max="15894" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="15895" max="15897" width="8.85546875" style="1"/>
+    <col min="15879" max="15886" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15887" max="15897" width="9.140625" style="1"/>
     <col min="15898" max="15907" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="15908" max="16129" width="8.85546875" style="1"/>
+    <col min="15908" max="16129" width="9.140625" style="1"/>
     <col min="16130" max="16131" width="36.7109375" style="1" customWidth="1"/>
     <col min="16132" max="16132" width="28.7109375" style="1" customWidth="1"/>
     <col min="16133" max="16133" width="22.7109375" style="1" customWidth="1"/>
     <col min="16134" max="16134" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="16135" max="16150" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="16151" max="16153" width="8.85546875" style="1"/>
+    <col min="16135" max="16142" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="16143" max="16153" width="9.140625" style="1"/>
     <col min="16154" max="16163" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="16164" max="16384" width="8.85546875" style="1"/>
+    <col min="16164" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2"/>
-[...12 lines deleted...]
-      <c r="V2" s="33"/>
+    <row r="1" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="5"/>
+      <c r="F1" s="7"/>
+      <c r="O1" s="17"/>
+      <c r="P1" s="19"/>
+      <c r="Q1" s="17"/>
+      <c r="R1" s="20"/>
+      <c r="S1" s="17"/>
+      <c r="T1" s="20"/>
+      <c r="U1" s="17"/>
+      <c r="V1" s="20"/>
     </row>
-    <row r="3" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-      <c r="V3" s="33"/>
+    <row r="2" spans="1:35" s="8" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="65" t="s">
+        <v>83</v>
+      </c>
+      <c r="B2" s="65"/>
+      <c r="O2" s="16"/>
+      <c r="P2" s="18"/>
+      <c r="Q2" s="16"/>
+      <c r="R2" s="18"/>
+      <c r="S2" s="16"/>
+      <c r="T2" s="18"/>
+      <c r="U2" s="16"/>
+      <c r="V2" s="18"/>
     </row>
-    <row r="4" spans="1:35" s="7" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="45" t="s">
+    <row r="3" spans="1:35" s="8" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O3" s="16"/>
+      <c r="P3" s="18"/>
+      <c r="Q3" s="16"/>
+      <c r="R3" s="18"/>
+      <c r="S3" s="16"/>
+      <c r="T3" s="18"/>
+      <c r="U3" s="16"/>
+      <c r="V3" s="18"/>
+    </row>
+    <row r="4" spans="1:35" s="4" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="46" t="s">
+        <v>213</v>
+      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
+      <c r="F4" s="47"/>
+      <c r="G4" s="47"/>
+      <c r="H4" s="47"/>
+      <c r="I4" s="47"/>
+      <c r="J4" s="47"/>
+      <c r="K4" s="47"/>
+      <c r="L4" s="47"/>
+      <c r="M4" s="47"/>
+      <c r="N4" s="47"/>
+      <c r="O4" s="47"/>
+      <c r="P4" s="47"/>
+      <c r="Q4" s="47"/>
+      <c r="R4" s="47"/>
+      <c r="S4" s="47"/>
+      <c r="T4" s="47"/>
+      <c r="U4" s="47"/>
+      <c r="V4" s="47"/>
+      <c r="W4" s="47"/>
+      <c r="X4" s="47"/>
+      <c r="Y4" s="47"/>
+      <c r="Z4" s="47"/>
+      <c r="AA4" s="47"/>
+      <c r="AB4" s="47"/>
+      <c r="AC4" s="47"/>
+      <c r="AD4" s="47"/>
+      <c r="AE4" s="47"/>
+      <c r="AF4" s="47"/>
+      <c r="AG4" s="47"/>
+      <c r="AH4" s="47"/>
+      <c r="AI4" s="48"/>
+    </row>
+    <row r="5" spans="1:35" s="4" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="49" t="s">
+        <v>214</v>
+      </c>
+      <c r="B5" s="50"/>
+      <c r="C5" s="51" t="s">
+        <v>215</v>
+      </c>
+      <c r="D5" s="52"/>
+      <c r="E5" s="52"/>
+      <c r="F5" s="53"/>
+      <c r="G5" s="54" t="s">
+        <v>216</v>
+      </c>
+      <c r="H5" s="54"/>
+      <c r="I5" s="54"/>
+      <c r="J5" s="55"/>
+      <c r="K5" s="56" t="s">
+        <v>217</v>
+      </c>
+      <c r="L5" s="54"/>
+      <c r="M5" s="54"/>
+      <c r="N5" s="55"/>
+      <c r="O5" s="57" t="s">
+        <v>218</v>
+      </c>
+      <c r="P5" s="49"/>
+      <c r="Q5" s="49"/>
+      <c r="R5" s="49"/>
+      <c r="S5" s="49"/>
+      <c r="T5" s="49"/>
+      <c r="U5" s="49"/>
+      <c r="V5" s="50"/>
+      <c r="W5" s="58" t="s">
+        <v>219</v>
+      </c>
+      <c r="X5" s="58"/>
+      <c r="Y5" s="58"/>
+      <c r="Z5" s="58"/>
+      <c r="AA5" s="58"/>
+      <c r="AB5" s="58"/>
+      <c r="AC5" s="58"/>
+      <c r="AD5" s="58"/>
+      <c r="AE5" s="58"/>
+      <c r="AF5" s="58"/>
+      <c r="AG5" s="58"/>
+      <c r="AH5" s="58"/>
+      <c r="AI5" s="59"/>
+    </row>
+    <row r="6" spans="1:35" s="4" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="40" t="s">
+        <v>106</v>
+      </c>
+      <c r="B6" s="40" t="s">
+        <v>107</v>
+      </c>
+      <c r="C6" s="43" t="s">
+        <v>108</v>
+      </c>
+      <c r="D6" s="43" t="s">
+        <v>109</v>
+      </c>
+      <c r="E6" s="43" t="s">
+        <v>110</v>
+      </c>
+      <c r="F6" s="40" t="s">
+        <v>111</v>
+      </c>
+      <c r="G6" s="81" t="s">
         <v>112</v>
       </c>
-      <c r="B4" s="46"/>
-[...32 lines deleted...]
-      <c r="AI4" s="47"/>
+      <c r="H6" s="43" t="s">
+        <v>113</v>
+      </c>
+      <c r="I6" s="43" t="s">
+        <v>37</v>
+      </c>
+      <c r="J6" s="60" t="s">
+        <v>0</v>
+      </c>
+      <c r="K6" s="63" t="s">
+        <v>56</v>
+      </c>
+      <c r="L6" s="43" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" s="43" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" s="63" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" s="40" t="s">
+        <v>39</v>
+      </c>
+      <c r="P6" s="78" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q6" s="40" t="s">
+        <v>41</v>
+      </c>
+      <c r="R6" s="40" t="s">
+        <v>42</v>
+      </c>
+      <c r="S6" s="40" t="s">
+        <v>43</v>
+      </c>
+      <c r="T6" s="40" t="s">
+        <v>44</v>
+      </c>
+      <c r="U6" s="40" t="s">
+        <v>45</v>
+      </c>
+      <c r="V6" s="40" t="s">
+        <v>46</v>
+      </c>
+      <c r="W6" s="40" t="s">
+        <v>47</v>
+      </c>
+      <c r="X6" s="40" t="s">
+        <v>48</v>
+      </c>
+      <c r="Y6" s="66" t="s">
+        <v>49</v>
+      </c>
+      <c r="Z6" s="22"/>
+      <c r="AA6" s="23"/>
+      <c r="AB6" s="23"/>
+      <c r="AC6" s="23"/>
+      <c r="AD6" s="23"/>
+      <c r="AE6" s="23"/>
+      <c r="AF6" s="23"/>
+      <c r="AG6" s="23"/>
+      <c r="AH6" s="23"/>
+      <c r="AI6" s="24"/>
     </row>
-    <row r="5" spans="1:35" s="7" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C5" s="50" t="s">
+    <row r="7" spans="1:35" s="4" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="41"/>
+      <c r="B7" s="41"/>
+      <c r="C7" s="44"/>
+      <c r="D7" s="44"/>
+      <c r="E7" s="44"/>
+      <c r="F7" s="41"/>
+      <c r="G7" s="82"/>
+      <c r="H7" s="44"/>
+      <c r="I7" s="44"/>
+      <c r="J7" s="61"/>
+      <c r="K7" s="64"/>
+      <c r="L7" s="44"/>
+      <c r="M7" s="44"/>
+      <c r="N7" s="64"/>
+      <c r="O7" s="41"/>
+      <c r="P7" s="79"/>
+      <c r="Q7" s="41"/>
+      <c r="R7" s="41"/>
+      <c r="S7" s="41"/>
+      <c r="T7" s="41"/>
+      <c r="U7" s="41"/>
+      <c r="V7" s="41"/>
+      <c r="W7" s="41"/>
+      <c r="X7" s="41"/>
+      <c r="Y7" s="67"/>
+      <c r="Z7" s="69" t="s">
         <v>114</v>
       </c>
-      <c r="D5" s="51"/>
-[...38 lines deleted...]
-      <c r="AI5" s="60"/>
+      <c r="AA7" s="70"/>
+      <c r="AB7" s="70"/>
+      <c r="AC7" s="70"/>
+      <c r="AD7" s="70"/>
+      <c r="AE7" s="70"/>
+      <c r="AF7" s="70"/>
+      <c r="AG7" s="70"/>
+      <c r="AH7" s="70"/>
+      <c r="AI7" s="71"/>
     </row>
-    <row r="6" spans="1:35" s="7" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-[...84 lines deleted...]
-      <c r="AI6" s="10"/>
+    <row r="8" spans="1:35" s="4" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="41"/>
+      <c r="B8" s="41"/>
+      <c r="C8" s="44"/>
+      <c r="D8" s="44"/>
+      <c r="E8" s="44"/>
+      <c r="F8" s="41"/>
+      <c r="G8" s="82"/>
+      <c r="H8" s="44"/>
+      <c r="I8" s="44"/>
+      <c r="J8" s="61"/>
+      <c r="K8" s="64"/>
+      <c r="L8" s="44"/>
+      <c r="M8" s="44"/>
+      <c r="N8" s="64"/>
+      <c r="O8" s="41"/>
+      <c r="P8" s="79"/>
+      <c r="Q8" s="41"/>
+      <c r="R8" s="41"/>
+      <c r="S8" s="41"/>
+      <c r="T8" s="41"/>
+      <c r="U8" s="41"/>
+      <c r="V8" s="41"/>
+      <c r="W8" s="41"/>
+      <c r="X8" s="41"/>
+      <c r="Y8" s="67"/>
+      <c r="Z8" s="72" t="s">
+        <v>50</v>
+      </c>
+      <c r="AA8" s="73"/>
+      <c r="AB8" s="73"/>
+      <c r="AC8" s="73"/>
+      <c r="AD8" s="73"/>
+      <c r="AE8" s="73"/>
+      <c r="AF8" s="73"/>
+      <c r="AG8" s="73"/>
+      <c r="AH8" s="73"/>
+      <c r="AI8" s="74"/>
     </row>
-    <row r="7" spans="1:35" s="7" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-[...36 lines deleted...]
-      <c r="AI7" s="72"/>
+    <row r="9" spans="1:35" s="4" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="42"/>
+      <c r="B9" s="42"/>
+      <c r="C9" s="45"/>
+      <c r="D9" s="45"/>
+      <c r="E9" s="45"/>
+      <c r="F9" s="42"/>
+      <c r="G9" s="83"/>
+      <c r="H9" s="45"/>
+      <c r="I9" s="45"/>
+      <c r="J9" s="62"/>
+      <c r="K9" s="26" t="s">
+        <v>59</v>
+      </c>
+      <c r="L9" s="25" t="s">
+        <v>60</v>
+      </c>
+      <c r="M9" s="25" t="s">
+        <v>61</v>
+      </c>
+      <c r="N9" s="26" t="s">
+        <v>62</v>
+      </c>
+      <c r="O9" s="42"/>
+      <c r="P9" s="80"/>
+      <c r="Q9" s="42"/>
+      <c r="R9" s="42"/>
+      <c r="S9" s="42"/>
+      <c r="T9" s="42"/>
+      <c r="U9" s="42"/>
+      <c r="V9" s="42"/>
+      <c r="W9" s="42"/>
+      <c r="X9" s="42"/>
+      <c r="Y9" s="68"/>
+      <c r="Z9" s="75"/>
+      <c r="AA9" s="76"/>
+      <c r="AB9" s="76"/>
+      <c r="AC9" s="76"/>
+      <c r="AD9" s="76"/>
+      <c r="AE9" s="76"/>
+      <c r="AF9" s="76"/>
+      <c r="AG9" s="76"/>
+      <c r="AH9" s="76"/>
+      <c r="AI9" s="77"/>
     </row>
-    <row r="8" spans="1:35" s="7" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-[...118 lines deleted...]
-      <c r="AI10" s="17"/>
+    <row r="10" spans="1:35" s="4" customFormat="1" ht="15.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="27"/>
+      <c r="B10" s="27"/>
+      <c r="C10" s="28"/>
+      <c r="D10" s="28"/>
+      <c r="E10" s="28"/>
+      <c r="F10" s="27"/>
+      <c r="G10" s="28"/>
+      <c r="H10" s="28"/>
+      <c r="I10" s="28"/>
+      <c r="J10" s="29"/>
+      <c r="K10" s="30"/>
+      <c r="L10" s="28"/>
+      <c r="M10" s="28"/>
+      <c r="N10" s="30"/>
+      <c r="O10" s="27"/>
+      <c r="P10" s="27"/>
+      <c r="Q10" s="27"/>
+      <c r="R10" s="27"/>
+      <c r="S10" s="27"/>
+      <c r="T10" s="27"/>
+      <c r="U10" s="27"/>
+      <c r="V10" s="27"/>
+      <c r="W10" s="27"/>
+      <c r="X10" s="27"/>
+      <c r="Y10" s="27"/>
+      <c r="Z10" s="31"/>
+      <c r="AA10" s="31"/>
+      <c r="AB10" s="31"/>
+      <c r="AC10" s="31"/>
+      <c r="AD10" s="31"/>
+      <c r="AE10" s="31"/>
+      <c r="AF10" s="31"/>
+      <c r="AG10" s="31"/>
+      <c r="AH10" s="31"/>
+      <c r="AI10" s="31"/>
     </row>
     <row r="11" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="18" t="s">
-[...11 lines deleted...]
-      <c r="F11" s="20" t="s">
+      <c r="A11" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="B11" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="C11" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D11" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="F11" s="32" t="s">
         <v>3</v>
       </c>
-      <c r="G11" s="4">
-[...5 lines deleted...]
-      <c r="I11" s="4">
+      <c r="G11" s="33">
+        <v>500</v>
+      </c>
+      <c r="H11" s="33">
+        <v>570</v>
+      </c>
+      <c r="I11" s="33">
+        <v>70</v>
+      </c>
+      <c r="J11" s="34">
+        <v>1.4000000000000001</v>
+      </c>
+      <c r="K11" s="33">
+        <v>10</v>
+      </c>
+      <c r="L11" s="33">
+        <v>5</v>
+      </c>
+      <c r="M11" s="33">
+        <v>5</v>
+      </c>
+      <c r="N11" s="33">
         <v>20</v>
       </c>
-      <c r="J11" s="5">
-[...26 lines deleted...]
-      <c r="S11" s="32" t="s">
+      <c r="O11" s="35">
+        <v>147.6</v>
+      </c>
+      <c r="P11" s="36">
+        <v>307009</v>
+      </c>
+      <c r="Q11" s="35">
+        <v>74.39</v>
+      </c>
+      <c r="R11" s="2">
+        <v>154722</v>
+      </c>
+      <c r="S11" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="T11" s="37" t="s">
+      <c r="T11" s="33" t="s">
         <v>1</v>
       </c>
-      <c r="U11" s="32" t="s">
+      <c r="U11" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="V11" s="37" t="s">
+      <c r="V11" s="33" t="s">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>73</v>
       </c>
       <c r="X11" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Y11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Z11" s="1" t="s">
         <v>11</v>
       </c>
       <c r="AA11" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AB11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="AC11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="AD11" s="1" t="s">
         <v>22</v>
       </c>
       <c r="AE11" s="1" t="s">
         <v>29</v>
       </c>
       <c r="AF11" s="1" t="s">
         <v>21</v>
       </c>
       <c r="AG11" s="1" t="s">
         <v>16</v>
       </c>
       <c r="AH11" s="1" t="s">
         <v>12</v>
       </c>
       <c r="AI11" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="18" t="s">
-[...33 lines deleted...]
-      <c r="M12" s="4">
+      <c r="A12" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>221</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D12" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="F12" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G12" s="33">
+        <v>285</v>
+      </c>
+      <c r="H12" s="33">
+        <v>335</v>
+      </c>
+      <c r="I12" s="33">
+        <v>50</v>
+      </c>
+      <c r="J12" s="34">
+        <v>1.7543859649122804</v>
+      </c>
+      <c r="K12" s="33">
         <v>5</v>
       </c>
-      <c r="N12" s="4">
-[...24 lines deleted...]
-        <v>160953</v>
+      <c r="L12" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="M12" s="33">
+        <v>5</v>
+      </c>
+      <c r="N12" s="33">
+        <v>15</v>
+      </c>
+      <c r="O12" s="35">
+        <v>95.8</v>
+      </c>
+      <c r="P12" s="36">
+        <v>199271</v>
+      </c>
+      <c r="Q12" s="35">
+        <v>68.489999999999995</v>
+      </c>
+      <c r="R12" s="2">
+        <v>142459</v>
+      </c>
+      <c r="S12" s="35">
+        <v>95.26</v>
+      </c>
+      <c r="T12" s="2">
+        <v>198149</v>
+      </c>
+      <c r="U12" s="35">
+        <v>109.46</v>
+      </c>
+      <c r="V12" s="2">
+        <v>227677</v>
       </c>
       <c r="W12" s="3" t="s">
-        <v>14</v>
+        <v>73</v>
       </c>
       <c r="X12" s="3" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="Y12" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z12" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AA12" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AB12" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AC12" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AD12" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AE12" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AF12" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AG12" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="AA12" s="1" t="s">
-[...8 lines deleted...]
-      <c r="AD12" s="1" t="s">
+      <c r="AH12" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AI12" s="1" t="s">
         <v>20</v>
-      </c>
-[...13 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="18" t="s">
-[...8 lines deleted...]
-      <c r="D13" s="19" t="s">
+      <c r="A13" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B13" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="E13" s="19" t="s">
-[...51 lines deleted...]
-        <v>145789</v>
+      <c r="C13" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="D13" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G13" s="33">
+        <v>4880</v>
+      </c>
+      <c r="H13" s="33">
+        <v>5935</v>
+      </c>
+      <c r="I13" s="33">
+        <v>1055</v>
+      </c>
+      <c r="J13" s="34">
+        <v>2.1618852459016393</v>
+      </c>
+      <c r="K13" s="33">
+        <v>140</v>
+      </c>
+      <c r="L13" s="33">
+        <v>220</v>
+      </c>
+      <c r="M13" s="33">
+        <v>105</v>
+      </c>
+      <c r="N13" s="33">
+        <v>465</v>
+      </c>
+      <c r="O13" s="35">
+        <v>76.16</v>
+      </c>
+      <c r="P13" s="36">
+        <v>158405</v>
+      </c>
+      <c r="Q13" s="35">
+        <v>45.34</v>
+      </c>
+      <c r="R13" s="2">
+        <v>94316</v>
+      </c>
+      <c r="S13" s="35">
+        <v>67.64</v>
+      </c>
+      <c r="T13" s="2">
+        <v>140695</v>
+      </c>
+      <c r="U13" s="35">
+        <v>91.56</v>
+      </c>
+      <c r="V13" s="2">
+        <v>190449</v>
       </c>
       <c r="W13" s="3" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="X13" s="3" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="Y13" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z13" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AA13" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AB13" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AC13" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD13" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AE13" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AF13" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="AB13" s="1" t="s">
-[...8 lines deleted...]
-      <c r="AE13" s="1" t="s">
+      <c r="AG13" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AH13" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="AF13" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AI13" s="1" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="18" t="s">
+      <c r="A14" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="B14" s="19" t="s">
-[...11 lines deleted...]
-      <c r="F14" s="18" t="s">
+      <c r="B14" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="C14" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="E14" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F14" s="38" t="s">
         <v>3</v>
       </c>
-      <c r="G14" s="4">
-[...20 lines deleted...]
-      <c r="N14" s="4">
+      <c r="G14" s="33">
+        <v>1815</v>
+      </c>
+      <c r="H14" s="33">
+        <v>2155</v>
+      </c>
+      <c r="I14" s="33">
+        <v>340</v>
+      </c>
+      <c r="J14" s="34">
+        <v>1.8732782369146004</v>
+      </c>
+      <c r="K14" s="33">
         <v>40</v>
       </c>
-      <c r="O14" s="31">
-[...21 lines deleted...]
-        <v>150440</v>
+      <c r="L14" s="33">
+        <v>90</v>
+      </c>
+      <c r="M14" s="33">
+        <v>35</v>
+      </c>
+      <c r="N14" s="33">
+        <v>160</v>
+      </c>
+      <c r="O14" s="35">
+        <v>75.099999999999994</v>
+      </c>
+      <c r="P14" s="36">
+        <v>156200</v>
+      </c>
+      <c r="Q14" s="35">
+        <v>52.79</v>
+      </c>
+      <c r="R14" s="2">
+        <v>109805</v>
+      </c>
+      <c r="S14" s="35">
+        <v>68.98</v>
+      </c>
+      <c r="T14" s="2">
+        <v>143480</v>
+      </c>
+      <c r="U14" s="35">
+        <v>86.25</v>
+      </c>
+      <c r="V14" s="2">
+        <v>179398</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="X14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="Y14" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z14" s="1" t="s">
         <v>11</v>
       </c>
       <c r="AA14" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AB14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="AC14" s="1" t="s">
         <v>16</v>
       </c>
       <c r="AD14" s="1" t="s">
         <v>12</v>
       </c>
       <c r="AE14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="AF14" s="1" t="s">
         <v>21</v>
       </c>
       <c r="AG14" s="1" t="s">
         <v>18</v>
       </c>
       <c r="AH14" s="1" t="s">
         <v>22</v>
       </c>
       <c r="AI14" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="18" t="s">
-[...32 lines deleted...]
-      <c r="M15" s="4">
+      <c r="A15" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="C15" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="D15" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="E15" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G15" s="33">
+        <v>555</v>
+      </c>
+      <c r="H15" s="33">
+        <v>610</v>
+      </c>
+      <c r="I15" s="33">
+        <v>55</v>
+      </c>
+      <c r="J15" s="34">
+        <v>0.99099099099099097</v>
+      </c>
+      <c r="K15" s="33">
+        <v>15</v>
+      </c>
+      <c r="L15" s="33">
+        <v>25</v>
+      </c>
+      <c r="M15" s="33">
         <v>5</v>
       </c>
-      <c r="N15" s="4">
-[...24 lines deleted...]
-        <v>142275</v>
+      <c r="N15" s="33">
+        <v>50</v>
+      </c>
+      <c r="O15" s="35">
+        <v>71.44</v>
+      </c>
+      <c r="P15" s="36">
+        <v>148585</v>
+      </c>
+      <c r="Q15" s="35">
+        <v>45.95</v>
+      </c>
+      <c r="R15" s="2">
+        <v>95566</v>
+      </c>
+      <c r="S15" s="35">
+        <v>64.790000000000006</v>
+      </c>
+      <c r="T15" s="2">
+        <v>134768</v>
+      </c>
+      <c r="U15" s="35">
+        <v>84.18</v>
+      </c>
+      <c r="V15" s="2">
+        <v>175095</v>
       </c>
       <c r="W15" s="3" t="s">
-        <v>73</v>
+        <v>14</v>
       </c>
       <c r="X15" s="3" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="Y15" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z15" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AA15" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="AB15" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AC15" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AD15" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="AB15" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AE15" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AF15" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AG15" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="AH15" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AI15" s="1" t="s">
         <v>22</v>
-      </c>
-[...10 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="18" t="s">
-[...38 lines deleted...]
-      <c r="N16" s="4">
+      <c r="A16" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="B16" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="C16" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="D16" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F16" s="38"/>
+      <c r="G16" s="33">
+        <v>1135</v>
+      </c>
+      <c r="H16" s="33">
+        <v>1245</v>
+      </c>
+      <c r="I16" s="33">
+        <v>110</v>
+      </c>
+      <c r="J16" s="34">
+        <v>0.96916299559471375</v>
+      </c>
+      <c r="K16" s="33">
+        <v>30</v>
+      </c>
+      <c r="L16" s="33">
+        <v>65</v>
+      </c>
+      <c r="M16" s="33">
+        <v>10</v>
+      </c>
+      <c r="N16" s="33">
+        <v>105</v>
+      </c>
+      <c r="O16" s="35">
+        <v>70.38</v>
+      </c>
+      <c r="P16" s="36">
+        <v>146383</v>
+      </c>
+      <c r="Q16" s="35">
+        <v>45.11</v>
+      </c>
+      <c r="R16" s="2">
+        <v>93829</v>
+      </c>
+      <c r="S16" s="35">
+        <v>63.41</v>
+      </c>
+      <c r="T16" s="2">
+        <v>131899</v>
+      </c>
+      <c r="U16" s="35">
+        <v>83.01</v>
+      </c>
+      <c r="V16" s="2">
+        <v>172660</v>
+      </c>
+      <c r="W16" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X16" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="O16" s="31">
-[...28 lines deleted...]
-      </c>
       <c r="Y16" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z16" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA16" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB16" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="AA16" s="1" t="s">
+      <c r="AC16" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="AB16" s="1" t="s">
-[...2 lines deleted...]
-      <c r="AC16" s="1" t="s">
+      <c r="AD16" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AE16" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AF16" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="AD16" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AG16" s="1" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="AH16" s="1" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="AI16" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="18" t="s">
-[...60 lines deleted...]
-        <v>155104</v>
+      <c r="A17" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="B17" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="C17" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="F17" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G17" s="33">
+        <v>605</v>
+      </c>
+      <c r="H17" s="33">
+        <v>650</v>
+      </c>
+      <c r="I17" s="33">
+        <v>50</v>
+      </c>
+      <c r="J17" s="34">
+        <v>0.82644628099173567</v>
+      </c>
+      <c r="K17" s="33">
+        <v>10</v>
+      </c>
+      <c r="L17" s="33">
+        <v>25</v>
+      </c>
+      <c r="M17" s="33">
+        <v>5</v>
+      </c>
+      <c r="N17" s="33">
+        <v>45</v>
+      </c>
+      <c r="O17" s="35">
+        <v>69.39</v>
+      </c>
+      <c r="P17" s="36">
+        <v>144331</v>
+      </c>
+      <c r="Q17" s="35">
+        <v>52.38</v>
+      </c>
+      <c r="R17" s="2">
+        <v>108944</v>
+      </c>
+      <c r="S17" s="35">
+        <v>65.11</v>
+      </c>
+      <c r="T17" s="2">
+        <v>135428</v>
+      </c>
+      <c r="U17" s="35">
+        <v>77.900000000000006</v>
+      </c>
+      <c r="V17" s="2">
+        <v>162025</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="X17" s="3" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="Y17" s="3" t="s">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="Z17" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AA17" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AA17" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB17" s="1" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="AC17" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD17" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="AD17" s="1" t="s">
+      <c r="AE17" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AF17" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="AE17" s="1" t="s">
-[...2 lines deleted...]
-      <c r="AF17" s="1" t="s">
+      <c r="AG17" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="AG17" s="1" t="s">
+      <c r="AH17" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="AH17" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AI17" s="1" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="18" t="s">
-[...26 lines deleted...]
-      <c r="K18" s="4">
+      <c r="A18" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="B18" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="C18" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F18" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G18" s="33">
+        <v>235</v>
+      </c>
+      <c r="H18" s="33">
+        <v>330</v>
+      </c>
+      <c r="I18" s="33">
+        <v>95</v>
+      </c>
+      <c r="J18" s="34">
+        <v>4.0425531914893611</v>
+      </c>
+      <c r="K18" s="33">
+        <v>5</v>
+      </c>
+      <c r="L18" s="33">
+        <v>10</v>
+      </c>
+      <c r="M18" s="33">
+        <v>10</v>
+      </c>
+      <c r="N18" s="33">
         <v>25</v>
       </c>
-      <c r="L18" s="4">
-[...2 lines deleted...]
-      <c r="M18" s="4">
+      <c r="O18" s="35">
+        <v>66.22</v>
+      </c>
+      <c r="P18" s="36">
+        <v>137747</v>
+      </c>
+      <c r="Q18" s="35">
+        <v>49.46</v>
+      </c>
+      <c r="R18" s="2">
+        <v>102879</v>
+      </c>
+      <c r="S18" s="35">
+        <v>64.55</v>
+      </c>
+      <c r="T18" s="2">
+        <v>134269</v>
+      </c>
+      <c r="U18" s="35">
+        <v>74.61</v>
+      </c>
+      <c r="V18" s="2">
+        <v>155181</v>
+      </c>
+      <c r="W18" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="X18" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y18" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z18" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AA18" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AB18" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AC18" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AD18" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AE18" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="N18" s="4">
-[...50 lines deleted...]
-      <c r="AE18" s="1" t="s">
+      <c r="AF18" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AG18" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="AF18" s="1" t="s">
+      <c r="AH18" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AI18" s="1" t="s">
         <v>21</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="18" t="s">
-[...32 lines deleted...]
-      <c r="M19" s="4" t="s">
+      <c r="A19" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="B19" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="C19" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F19" s="32" t="s">
         <v>3</v>
       </c>
-      <c r="N19" s="4">
-[...24 lines deleted...]
-        <v>140943</v>
+      <c r="G19" s="33">
+        <v>550</v>
+      </c>
+      <c r="H19" s="33">
+        <v>865</v>
+      </c>
+      <c r="I19" s="33">
+        <v>310</v>
+      </c>
+      <c r="J19" s="34">
+        <v>5.6363636363636358</v>
+      </c>
+      <c r="K19" s="33">
+        <v>15</v>
+      </c>
+      <c r="L19" s="33">
+        <v>15</v>
+      </c>
+      <c r="M19" s="33">
+        <v>30</v>
+      </c>
+      <c r="N19" s="33">
+        <v>65</v>
+      </c>
+      <c r="O19" s="35">
+        <v>65.2</v>
+      </c>
+      <c r="P19" s="36">
+        <v>135622</v>
+      </c>
+      <c r="Q19" s="35">
+        <v>49.41</v>
+      </c>
+      <c r="R19" s="2">
+        <v>102773</v>
+      </c>
+      <c r="S19" s="35">
+        <v>63.08</v>
+      </c>
+      <c r="T19" s="2">
+        <v>131209</v>
+      </c>
+      <c r="U19" s="35">
+        <v>73.099999999999994</v>
+      </c>
+      <c r="V19" s="2">
+        <v>152046</v>
       </c>
       <c r="W19" s="3" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="X19" s="3" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="Y19" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z19" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AA19" s="1" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="AB19" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="AC19" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AD19" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AE19" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="AD19" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AF19" s="1" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="AG19" s="1" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="AH19" s="1" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="AI19" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="18" t="s">
-[...14 lines deleted...]
-      <c r="F20" s="20" t="s">
+      <c r="A20" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="B20" s="6" t="s">
+        <v>225</v>
+      </c>
+      <c r="C20" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="E20" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F20" s="32" t="s">
         <v>3</v>
       </c>
-      <c r="G20" s="4">
-[...11 lines deleted...]
-      <c r="K20" s="4" t="s">
+      <c r="G20" s="33">
+        <v>235</v>
+      </c>
+      <c r="H20" s="33">
+        <v>255</v>
+      </c>
+      <c r="I20" s="33">
+        <v>20</v>
+      </c>
+      <c r="J20" s="34">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="K20" s="33">
+        <v>5</v>
+      </c>
+      <c r="L20" s="33">
+        <v>10</v>
+      </c>
+      <c r="M20" s="33" t="s">
         <v>3</v>
       </c>
-      <c r="L20" s="4" t="s">
-[...30 lines deleted...]
-        <v>142811</v>
+      <c r="N20" s="33">
+        <v>20</v>
+      </c>
+      <c r="O20" s="35">
+        <v>65.11</v>
+      </c>
+      <c r="P20" s="36">
+        <v>135425</v>
+      </c>
+      <c r="Q20" s="35">
+        <v>43.93</v>
+      </c>
+      <c r="R20" s="2">
+        <v>91385</v>
+      </c>
+      <c r="S20" s="35">
+        <v>49.61</v>
+      </c>
+      <c r="T20" s="2">
+        <v>103182</v>
+      </c>
+      <c r="U20" s="35">
+        <v>75.69</v>
+      </c>
+      <c r="V20" s="2">
+        <v>157445</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="X20" s="3" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="Y20" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z20" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="AA20" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB20" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AC20" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AD20" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="AA20" s="1" t="s">
-[...5 lines deleted...]
-      <c r="AC20" s="1" t="s">
+      <c r="AE20" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="AD20" s="1" t="s">
-[...2 lines deleted...]
-      <c r="AE20" s="1" t="s">
+      <c r="AF20" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AG20" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="AF20" s="1" t="s">
+      <c r="AH20" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="AG20" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AI20" s="1" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="18" t="s">
-[...23 lines deleted...]
-      <c r="K21" s="4">
+      <c r="A21" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="B21" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>230</v>
+      </c>
+      <c r="G21" s="33">
+        <v>155</v>
+      </c>
+      <c r="H21" s="33">
+        <v>170</v>
+      </c>
+      <c r="I21" s="33">
+        <v>15</v>
+      </c>
+      <c r="J21" s="34">
+        <v>0.967741935483871</v>
+      </c>
+      <c r="K21" s="33">
+        <v>10</v>
+      </c>
+      <c r="L21" s="33">
+        <v>5</v>
+      </c>
+      <c r="M21" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N21" s="33">
+        <v>15</v>
+      </c>
+      <c r="O21" s="35">
+        <v>64.66</v>
+      </c>
+      <c r="P21" s="36">
+        <v>134493</v>
+      </c>
+      <c r="Q21" s="35">
+        <v>41.24</v>
+      </c>
+      <c r="R21" s="2">
+        <v>85786</v>
+      </c>
+      <c r="S21" s="35">
+        <v>75.53</v>
+      </c>
+      <c r="T21" s="2">
+        <v>157095</v>
+      </c>
+      <c r="U21" s="35">
+        <v>76.37</v>
+      </c>
+      <c r="V21" s="2">
+        <v>158847</v>
+      </c>
+      <c r="W21" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="X21" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y21" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z21" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AA21" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB21" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AC21" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AD21" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AE21" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="AF21" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="AG21" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH21" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="L21" s="4">
-[...67 lines deleted...]
-      </c>
       <c r="AI21" s="1" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="18" t="s">
+      <c r="A22" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="B22" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="B22" s="19" t="s">
-[...32 lines deleted...]
-      <c r="N22" s="4">
+      <c r="C22" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="D22" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G22" s="33">
+        <v>1815</v>
+      </c>
+      <c r="H22" s="33">
+        <v>2005</v>
+      </c>
+      <c r="I22" s="33">
+        <v>190</v>
+      </c>
+      <c r="J22" s="34">
+        <v>1.0468319559228649</v>
+      </c>
+      <c r="K22" s="33">
+        <v>45</v>
+      </c>
+      <c r="L22" s="33">
+        <v>30</v>
+      </c>
+      <c r="M22" s="33">
         <v>20</v>
       </c>
-      <c r="O22" s="31">
-[...21 lines deleted...]
-        <v>133415</v>
+      <c r="N22" s="33">
+        <v>90</v>
+      </c>
+      <c r="O22" s="35">
+        <v>64.349999999999994</v>
+      </c>
+      <c r="P22" s="36">
+        <v>133852</v>
+      </c>
+      <c r="Q22" s="35">
+        <v>30.06</v>
+      </c>
+      <c r="R22" s="2">
+        <v>62520</v>
+      </c>
+      <c r="S22" s="35">
+        <v>57.24</v>
+      </c>
+      <c r="T22" s="2">
+        <v>119070</v>
+      </c>
+      <c r="U22" s="35">
+        <v>81.5</v>
+      </c>
+      <c r="V22" s="2">
+        <v>169519</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>73</v>
       </c>
       <c r="X22" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Y22" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z22" s="1" t="s">
         <v>10</v>
       </c>
       <c r="AA22" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AB22" s="1" t="s">
         <v>11</v>
       </c>
       <c r="AC22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="AD22" s="1" t="s">
         <v>22</v>
       </c>
       <c r="AE22" s="1" t="s">
         <v>21</v>
       </c>
       <c r="AF22" s="1" t="s">
         <v>16</v>
       </c>
       <c r="AG22" s="1" t="s">
         <v>36</v>
       </c>
       <c r="AH22" s="1" t="s">
         <v>35</v>
       </c>
       <c r="AI22" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="23" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="18" t="s">
-[...14 lines deleted...]
-      <c r="F23" s="20" t="s">
+      <c r="A23" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="B23" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="C23" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D23" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="F23" s="32" t="s">
         <v>3</v>
       </c>
-      <c r="G23" s="4">
-[...17 lines deleted...]
-      <c r="M23" s="4">
+      <c r="G23" s="33">
+        <v>770</v>
+      </c>
+      <c r="H23" s="33">
+        <v>830</v>
+      </c>
+      <c r="I23" s="33">
+        <v>60</v>
+      </c>
+      <c r="J23" s="34">
+        <v>0.77922077922077926</v>
+      </c>
+      <c r="K23" s="33">
         <v>20</v>
       </c>
-      <c r="N23" s="4">
-[...24 lines deleted...]
-        <v>129807</v>
+      <c r="L23" s="33">
+        <v>10</v>
+      </c>
+      <c r="M23" s="33">
+        <v>5</v>
+      </c>
+      <c r="N23" s="33">
+        <v>35</v>
+      </c>
+      <c r="O23" s="35">
+        <v>62.98</v>
+      </c>
+      <c r="P23" s="36">
+        <v>130996</v>
+      </c>
+      <c r="Q23" s="35">
+        <v>48.31</v>
+      </c>
+      <c r="R23" s="2">
+        <v>100485</v>
+      </c>
+      <c r="S23" s="35">
+        <v>64.13</v>
+      </c>
+      <c r="T23" s="2">
+        <v>133395</v>
+      </c>
+      <c r="U23" s="35">
+        <v>70.31</v>
+      </c>
+      <c r="V23" s="2">
+        <v>146252</v>
       </c>
       <c r="W23" s="3" t="s">
-        <v>14</v>
+        <v>73</v>
       </c>
       <c r="X23" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Y23" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z23" s="1" t="s">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="AA23" s="1" t="s">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="AB23" s="1" t="s">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="AC23" s="1" t="s">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="AD23" s="1" t="s">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="AE23" s="1" t="s">
-        <v>1</v>
+        <v>22</v>
       </c>
       <c r="AF23" s="1" t="s">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="AG23" s="1" t="s">
-        <v>1</v>
+        <v>29</v>
       </c>
       <c r="AH23" s="1" t="s">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="AI23" s="1" t="s">
-        <v>1</v>
+        <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="18" t="s">
-[...17 lines deleted...]
-      <c r="I24" s="4">
+      <c r="A24" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="B24" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="D24" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G24" s="33">
+        <v>840</v>
+      </c>
+      <c r="H24" s="33">
+        <v>990</v>
+      </c>
+      <c r="I24" s="33">
+        <v>150</v>
+      </c>
+      <c r="J24" s="34">
+        <v>1.7857142857142858</v>
+      </c>
+      <c r="K24" s="33">
+        <v>25</v>
+      </c>
+      <c r="L24" s="33">
+        <v>30</v>
+      </c>
+      <c r="M24" s="33">
         <v>15</v>
       </c>
-      <c r="J24" s="5">
-[...36 lines deleted...]
-        <v>148927</v>
+      <c r="N24" s="33">
+        <v>70</v>
+      </c>
+      <c r="O24" s="35">
+        <v>62.55</v>
+      </c>
+      <c r="P24" s="36">
+        <v>130109</v>
+      </c>
+      <c r="Q24" s="35">
+        <v>28.21</v>
+      </c>
+      <c r="R24" s="2">
+        <v>58677</v>
+      </c>
+      <c r="S24" s="35">
+        <v>43.41</v>
+      </c>
+      <c r="T24" s="2">
+        <v>90294</v>
+      </c>
+      <c r="U24" s="35">
+        <v>79.72</v>
+      </c>
+      <c r="V24" s="2">
+        <v>165824</v>
       </c>
       <c r="W24" s="3" t="s">
-        <v>162</v>
+        <v>14</v>
       </c>
       <c r="X24" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Y24" s="3" t="s">
-        <v>7</v>
+        <v>23</v>
       </c>
       <c r="Z24" s="1" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="AA24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="AB24" s="1" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="AC24" s="1" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="AD24" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="AE24" s="1" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="AF24" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG24" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="AH24" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AI24" s="1" t="s">
         <v>20</v>
-      </c>
-[...7 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="18" t="s">
-[...14 lines deleted...]
-      <c r="F25" s="20" t="s">
+      <c r="A25" s="6" t="s">
+        <v>231</v>
+      </c>
+      <c r="B25" s="6" t="s">
+        <v>232</v>
+      </c>
+      <c r="C25" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="D25" s="6" t="s">
+        <v>233</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F25" s="32" t="s">
         <v>3</v>
       </c>
-      <c r="G25" s="4">
-[...11 lines deleted...]
-      <c r="K25" s="4">
+      <c r="G25" s="33">
+        <v>465</v>
+      </c>
+      <c r="H25" s="33">
+        <v>560</v>
+      </c>
+      <c r="I25" s="33">
+        <v>100</v>
+      </c>
+      <c r="J25" s="34">
+        <v>2.150537634408602</v>
+      </c>
+      <c r="K25" s="33">
+        <v>10</v>
+      </c>
+      <c r="L25" s="33">
+        <v>15</v>
+      </c>
+      <c r="M25" s="33">
+        <v>10</v>
+      </c>
+      <c r="N25" s="33">
         <v>35</v>
       </c>
-      <c r="L25" s="4">
-[...30 lines deleted...]
-        <v>125890</v>
+      <c r="O25" s="35">
+        <v>61.68</v>
+      </c>
+      <c r="P25" s="36">
+        <v>128284</v>
+      </c>
+      <c r="Q25" s="35">
+        <v>41.32</v>
+      </c>
+      <c r="R25" s="2">
+        <v>85936</v>
+      </c>
+      <c r="S25" s="35">
+        <v>63.2</v>
+      </c>
+      <c r="T25" s="2">
+        <v>131457</v>
+      </c>
+      <c r="U25" s="35">
+        <v>71.849999999999994</v>
+      </c>
+      <c r="V25" s="2">
+        <v>149458</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="X25" s="3" t="s">
-        <v>51</v>
+        <v>7</v>
       </c>
       <c r="Y25" s="3" t="s">
-        <v>7</v>
+        <v>23</v>
       </c>
       <c r="Z25" s="1" t="s">
         <v>11</v>
       </c>
       <c r="AA25" s="1" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="AB25" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="AC25" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AD25" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AC25" s="1" t="s">
+      <c r="AE25" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="AD25" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AF25" s="1" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="AG25" s="1" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="AH25" s="1" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="AI25" s="1" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
-    <row r="26" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-[...18 lines deleted...]
-      <c r="I26" s="4">
+    <row r="26" spans="1:35" s="4" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="6" t="s">
+        <v>234</v>
+      </c>
+      <c r="B26" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="C26" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F26" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G26" s="33">
+        <v>175</v>
+      </c>
+      <c r="H26" s="33">
+        <v>205</v>
+      </c>
+      <c r="I26" s="33">
         <v>35</v>
       </c>
-      <c r="J26" s="5">
-[...8 lines deleted...]
-      <c r="M26" s="4">
+      <c r="J26" s="34">
+        <v>2</v>
+      </c>
+      <c r="K26" s="33">
         <v>5</v>
       </c>
-      <c r="N26" s="4">
-[...24 lines deleted...]
-        <v>124055</v>
+      <c r="L26" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="M26" s="33">
+        <v>5</v>
+      </c>
+      <c r="N26" s="33">
+        <v>10</v>
+      </c>
+      <c r="O26" s="35">
+        <v>61.61</v>
+      </c>
+      <c r="P26" s="36">
+        <v>128154</v>
+      </c>
+      <c r="Q26" s="35">
+        <v>37.4</v>
+      </c>
+      <c r="R26" s="2">
+        <v>77792</v>
+      </c>
+      <c r="S26" s="35">
+        <v>61.18</v>
+      </c>
+      <c r="T26" s="2">
+        <v>127250</v>
+      </c>
+      <c r="U26" s="35">
+        <v>73.72</v>
+      </c>
+      <c r="V26" s="2">
+        <v>153335</v>
       </c>
       <c r="W26" s="3" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="X26" s="3" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="Y26" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z26" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AA26" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="AB26" s="1" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="AC26" s="1" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="AD26" s="1" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="AE26" s="1" t="s">
         <v>20</v>
       </c>
       <c r="AF26" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="AG26" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AH26" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AI26" s="1" t="s">
         <v>16</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="18" t="s">
-[...29 lines deleted...]
-      <c r="K27" s="4">
+      <c r="A27" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="B27" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="C27" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F27" s="38"/>
+      <c r="G27" s="33">
+        <v>340</v>
+      </c>
+      <c r="H27" s="33">
+        <v>380</v>
+      </c>
+      <c r="I27" s="33">
+        <v>40</v>
+      </c>
+      <c r="J27" s="34">
+        <v>1.1764705882352939</v>
+      </c>
+      <c r="K27" s="33">
+        <v>10</v>
+      </c>
+      <c r="L27" s="33">
+        <v>15</v>
+      </c>
+      <c r="M27" s="33">
         <v>5</v>
       </c>
-      <c r="L27" s="4">
-[...30 lines deleted...]
-        <v>123832</v>
+      <c r="N27" s="33">
+        <v>30</v>
+      </c>
+      <c r="O27" s="35">
+        <v>61.25</v>
+      </c>
+      <c r="P27" s="36">
+        <v>127407</v>
+      </c>
+      <c r="Q27" s="35">
+        <v>39.61</v>
+      </c>
+      <c r="R27" s="2">
+        <v>82394</v>
+      </c>
+      <c r="S27" s="35">
+        <v>53.94</v>
+      </c>
+      <c r="T27" s="2">
+        <v>112204</v>
+      </c>
+      <c r="U27" s="35">
+        <v>72.069999999999993</v>
+      </c>
+      <c r="V27" s="2">
+        <v>149914</v>
       </c>
       <c r="W27" s="3" t="s">
-        <v>73</v>
+        <v>14</v>
       </c>
       <c r="X27" s="3" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="Y27" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z27" s="1" t="s">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="AA27" s="1" t="s">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="AB27" s="1" t="s">
-        <v>29</v>
+        <v>1</v>
       </c>
       <c r="AC27" s="1" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="AD27" s="1" t="s">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="AE27" s="1" t="s">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="AF27" s="1" t="s">
-        <v>72</v>
+        <v>1</v>
       </c>
       <c r="AG27" s="1" t="s">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="AH27" s="1" t="s">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="AI27" s="1" t="s">
-        <v>31</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="18" t="s">
-[...27 lines deleted...]
-      <c r="K28" s="4">
+      <c r="A28" s="6" t="s">
+        <v>236</v>
+      </c>
+      <c r="B28" s="6" t="s">
+        <v>237</v>
+      </c>
+      <c r="C28" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="D28" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="G28" s="33">
+        <v>115</v>
+      </c>
+      <c r="H28" s="33">
+        <v>125</v>
+      </c>
+      <c r="I28" s="33">
+        <v>10</v>
+      </c>
+      <c r="J28" s="34">
+        <v>0.86956521739130432</v>
+      </c>
+      <c r="K28" s="33">
         <v>5</v>
       </c>
-      <c r="L28" s="4">
+      <c r="L28" s="33">
         <v>5</v>
       </c>
-      <c r="M28" s="4" t="s">
+      <c r="M28" s="33" t="s">
         <v>3</v>
       </c>
-      <c r="N28" s="4">
-[...24 lines deleted...]
-        <v>123968</v>
+      <c r="N28" s="33">
+        <v>10</v>
+      </c>
+      <c r="O28" s="35">
+        <v>60.25</v>
+      </c>
+      <c r="P28" s="36">
+        <v>125319</v>
+      </c>
+      <c r="Q28" s="35">
+        <v>38.770000000000003</v>
+      </c>
+      <c r="R28" s="2">
+        <v>80650</v>
+      </c>
+      <c r="S28" s="35">
+        <v>56.4</v>
+      </c>
+      <c r="T28" s="2">
+        <v>117303</v>
+      </c>
+      <c r="U28" s="35">
+        <v>70.989999999999995</v>
+      </c>
+      <c r="V28" s="2">
+        <v>147654</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="X28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="Y28" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="Z28" s="1" t="s">
-[...27 lines deleted...]
-        <v>1</v>
+      <c r="Z28" s="39" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA28" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="AB28" s="39" t="s">
+        <v>10</v>
+      </c>
+      <c r="AC28" s="39" t="s">
+        <v>12</v>
+      </c>
+      <c r="AD28" s="39" t="s">
+        <v>36</v>
+      </c>
+      <c r="AE28" s="39" t="s">
+        <v>9</v>
+      </c>
+      <c r="AF28" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="AG28" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="AH28" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="AI28" s="39" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="18" t="s">
-[...8 lines deleted...]
-      <c r="D29" s="19" t="s">
+      <c r="A29" s="6" t="s">
+        <v>238</v>
+      </c>
+      <c r="B29" s="6" t="s">
+        <v>239</v>
+      </c>
+      <c r="C29" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="D29" s="6" t="s">
+        <v>240</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F29" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G29" s="33">
         <v>170</v>
       </c>
-      <c r="E29" s="19" t="s">
-[...2 lines deleted...]
-      <c r="F29" s="20" t="s">
+      <c r="H29" s="33">
+        <v>190</v>
+      </c>
+      <c r="I29" s="33">
+        <v>20</v>
+      </c>
+      <c r="J29" s="34">
+        <v>1.1764705882352939</v>
+      </c>
+      <c r="K29" s="33">
+        <v>5</v>
+      </c>
+      <c r="L29" s="33">
+        <v>5</v>
+      </c>
+      <c r="M29" s="33" t="s">
         <v>3</v>
       </c>
-      <c r="G29" s="4">
-[...45 lines deleted...]
-        <v>114484</v>
+      <c r="N29" s="33">
+        <v>10</v>
+      </c>
+      <c r="O29" s="35">
+        <v>60.19</v>
+      </c>
+      <c r="P29" s="36">
+        <v>125202</v>
+      </c>
+      <c r="Q29" s="35">
+        <v>44.49</v>
+      </c>
+      <c r="R29" s="2">
+        <v>92533</v>
+      </c>
+      <c r="S29" s="35">
+        <v>63.45</v>
+      </c>
+      <c r="T29" s="2">
+        <v>131978</v>
+      </c>
+      <c r="U29" s="35">
+        <v>68.05</v>
+      </c>
+      <c r="V29" s="2">
+        <v>141536</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="X29" s="3" t="s">
-        <v>7</v>
+        <v>51</v>
       </c>
       <c r="Y29" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z29" s="1" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="AA29" s="1" t="s">
         <v>11</v>
       </c>
       <c r="AB29" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AC29" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="AC29" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD29" s="1" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="AE29" s="1" t="s">
-        <v>24</v>
+        <v>241</v>
       </c>
       <c r="AF29" s="1" t="s">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="AG29" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="AH29" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="AH29" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AI29" s="1" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
     </row>
     <row r="30" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="18" t="s">
-[...32 lines deleted...]
-      <c r="M30" s="4">
+      <c r="A30" s="6" t="s">
+        <v>242</v>
+      </c>
+      <c r="B30" s="6" t="s">
+        <v>243</v>
+      </c>
+      <c r="C30" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="D30" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G30" s="33">
+        <v>220</v>
+      </c>
+      <c r="H30" s="33">
+        <v>240</v>
+      </c>
+      <c r="I30" s="33">
+        <v>20</v>
+      </c>
+      <c r="J30" s="34">
+        <v>0.90909090909090917</v>
+      </c>
+      <c r="K30" s="33">
         <v>5</v>
       </c>
-      <c r="N30" s="4">
-[...24 lines deleted...]
-        <v>120207</v>
+      <c r="L30" s="33">
+        <v>10</v>
+      </c>
+      <c r="M30" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N30" s="33">
+        <v>20</v>
+      </c>
+      <c r="O30" s="35">
+        <v>58.84</v>
+      </c>
+      <c r="P30" s="36">
+        <v>122392</v>
+      </c>
+      <c r="Q30" s="35">
+        <v>38.380000000000003</v>
+      </c>
+      <c r="R30" s="2">
+        <v>79821</v>
+      </c>
+      <c r="S30" s="35">
+        <v>50.07</v>
+      </c>
+      <c r="T30" s="2">
+        <v>104148</v>
+      </c>
+      <c r="U30" s="35">
+        <v>69.08</v>
+      </c>
+      <c r="V30" s="2">
+        <v>143678</v>
       </c>
       <c r="W30" s="3" t="s">
-        <v>175</v>
+        <v>14</v>
       </c>
       <c r="X30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="Y30" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z30" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AA30" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AA30" s="1" t="s">
+      <c r="AB30" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AC30" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="AB30" s="1" t="s">
+      <c r="AD30" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AE30" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="AC30" s="1" t="s">
+      <c r="AF30" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="AD30" s="1" t="s">
+      <c r="AG30" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AH30" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AI30" s="1" t="s">
         <v>29</v>
-      </c>
-[...13 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="18" t="s">
-[...33 lines deleted...]
-      <c r="M31" s="4">
+      <c r="A31" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="B31" s="6" t="s">
+        <v>245</v>
+      </c>
+      <c r="C31" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="D31" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F31" s="38"/>
+      <c r="G31" s="33">
+        <v>500</v>
+      </c>
+      <c r="H31" s="33">
+        <v>555</v>
+      </c>
+      <c r="I31" s="33">
+        <v>50</v>
+      </c>
+      <c r="J31" s="34">
+        <v>1</v>
+      </c>
+      <c r="K31" s="33">
+        <v>20</v>
+      </c>
+      <c r="L31" s="33">
+        <v>20</v>
+      </c>
+      <c r="M31" s="33">
         <v>5</v>
       </c>
-      <c r="N31" s="4">
-[...24 lines deleted...]
-        <v>112462</v>
+      <c r="N31" s="33">
+        <v>45</v>
+      </c>
+      <c r="O31" s="35">
+        <v>58.59</v>
+      </c>
+      <c r="P31" s="36">
+        <v>121863</v>
+      </c>
+      <c r="Q31" s="35">
+        <v>38.08</v>
+      </c>
+      <c r="R31" s="2">
+        <v>79212</v>
+      </c>
+      <c r="S31" s="35">
+        <v>56.01</v>
+      </c>
+      <c r="T31" s="2">
+        <v>116495</v>
+      </c>
+      <c r="U31" s="35">
+        <v>68.84</v>
+      </c>
+      <c r="V31" s="2">
+        <v>143188</v>
       </c>
       <c r="W31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="X31" s="3" t="s">
         <v>51</v>
       </c>
       <c r="Y31" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z31" s="1" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="AA31" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="AB31" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="AC31" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD31" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AE31" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="AC31" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AF31" s="1" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="AG31" s="1" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="AH31" s="1" t="s">
         <v>19</v>
       </c>
       <c r="AI31" s="1" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="18" t="s">
-[...14 lines deleted...]
-      <c r="F32" s="20" t="s">
+      <c r="A32" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="B32" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="C32" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D32" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F32" s="32" t="s">
         <v>3</v>
       </c>
-      <c r="G32" s="4">
-[...20 lines deleted...]
-      <c r="N32" s="4">
+      <c r="G32" s="33">
+        <v>1660</v>
+      </c>
+      <c r="H32" s="33">
+        <v>2290</v>
+      </c>
+      <c r="I32" s="33">
+        <v>630</v>
+      </c>
+      <c r="J32" s="34">
+        <v>3.7951807228915664</v>
+      </c>
+      <c r="K32" s="33">
+        <v>55</v>
+      </c>
+      <c r="L32" s="33">
+        <v>80</v>
+      </c>
+      <c r="M32" s="33">
         <v>65</v>
       </c>
-      <c r="O32" s="31">
-[...21 lines deleted...]
-        <v>105827</v>
+      <c r="N32" s="33">
+        <v>200</v>
+      </c>
+      <c r="O32" s="35">
+        <v>57.6</v>
+      </c>
+      <c r="P32" s="36">
+        <v>119814</v>
+      </c>
+      <c r="Q32" s="35">
+        <v>36.83</v>
+      </c>
+      <c r="R32" s="2">
+        <v>76613</v>
+      </c>
+      <c r="S32" s="35">
+        <v>49.68</v>
+      </c>
+      <c r="T32" s="2">
+        <v>103330</v>
+      </c>
+      <c r="U32" s="35">
+        <v>67.989999999999995</v>
+      </c>
+      <c r="V32" s="2">
+        <v>141414</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="X32" s="3" t="s">
-        <v>7</v>
+        <v>51</v>
       </c>
       <c r="Y32" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z32" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AA32" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AB32" s="1" t="s">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
       <c r="AC32" s="1" t="s">
         <v>21</v>
       </c>
       <c r="AD32" s="1" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="AE32" s="1" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="AF32" s="1" t="s">
         <v>12</v>
       </c>
       <c r="AG32" s="1" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="AH32" s="1" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="AI32" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="18" t="s">
-[...2 lines deleted...]
-      <c r="B33" s="19" t="s">
+      <c r="A33" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="B33" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="C33" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="F33" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G33" s="33">
+        <v>5195</v>
+      </c>
+      <c r="H33" s="33">
+        <v>6625</v>
+      </c>
+      <c r="I33" s="33">
+        <v>1430</v>
+      </c>
+      <c r="J33" s="34">
+        <v>2.7526467757459097</v>
+      </c>
+      <c r="K33" s="33">
         <v>100</v>
       </c>
-      <c r="C33" s="19" t="s">
-[...54 lines deleted...]
-        <v>117044</v>
+      <c r="L33" s="33">
+        <v>210</v>
+      </c>
+      <c r="M33" s="33">
+        <v>145</v>
+      </c>
+      <c r="N33" s="33">
+        <v>455</v>
+      </c>
+      <c r="O33" s="35">
+        <v>57.48</v>
+      </c>
+      <c r="P33" s="36">
+        <v>119568</v>
+      </c>
+      <c r="Q33" s="35">
+        <v>39.21</v>
+      </c>
+      <c r="R33" s="2">
+        <v>81560</v>
+      </c>
+      <c r="S33" s="35">
+        <v>59.32</v>
+      </c>
+      <c r="T33" s="2">
+        <v>123383</v>
+      </c>
+      <c r="U33" s="35">
+        <v>66.62</v>
+      </c>
+      <c r="V33" s="2">
+        <v>138572</v>
       </c>
       <c r="W33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="X33" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Y33" s="3" t="s">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="Z33" s="1" t="s">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="AA33" s="1" t="s">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="AB33" s="1" t="s">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="AC33" s="1" t="s">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="AD33" s="1" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="AE33" s="1" t="s">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="AF33" s="1" t="s">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="AG33" s="1" t="s">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="AH33" s="1" t="s">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="AI33" s="1" t="s">
-        <v>29</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="18" t="s">
-[...33 lines deleted...]
-      <c r="M34" s="4">
+      <c r="A34" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="B34" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="C34" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D34" s="6" t="s">
+        <v>204</v>
+      </c>
+      <c r="G34" s="33">
+        <v>885</v>
+      </c>
+      <c r="H34" s="33">
+        <v>1000</v>
+      </c>
+      <c r="I34" s="33">
+        <v>115</v>
+      </c>
+      <c r="J34" s="34">
+        <v>1.2994350282485876</v>
+      </c>
+      <c r="K34" s="33">
+        <v>25</v>
+      </c>
+      <c r="L34" s="33">
+        <v>35</v>
+      </c>
+      <c r="M34" s="33">
+        <v>10</v>
+      </c>
+      <c r="N34" s="33">
+        <v>75</v>
+      </c>
+      <c r="O34" s="35">
+        <v>56.3</v>
+      </c>
+      <c r="P34" s="36">
+        <v>117112</v>
+      </c>
+      <c r="Q34" s="35">
+        <v>31.65</v>
+      </c>
+      <c r="R34" s="2">
+        <v>65823</v>
+      </c>
+      <c r="S34" s="35">
+        <v>49.16</v>
+      </c>
+      <c r="T34" s="2">
+        <v>102245</v>
+      </c>
+      <c r="U34" s="35">
+        <v>68.63</v>
+      </c>
+      <c r="V34" s="2">
+        <v>142757</v>
+      </c>
+      <c r="W34" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="N34" s="4">
-[...28 lines deleted...]
-      </c>
       <c r="X34" s="3" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="Y34" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z34" s="1" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="AA34" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AB34" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AC34" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AD34" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="AB34" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AE34" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="AF34" s="1" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="AG34" s="1" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="AH34" s="1" t="s">
         <v>29</v>
       </c>
       <c r="AI34" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="35" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="18" t="s">
-[...32 lines deleted...]
-      <c r="M35" s="4">
+      <c r="A35" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="B35" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="C35" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D35" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F35" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G35" s="33">
+        <v>395</v>
+      </c>
+      <c r="H35" s="33">
+        <v>465</v>
+      </c>
+      <c r="I35" s="33">
+        <v>70</v>
+      </c>
+      <c r="J35" s="34">
+        <v>1.7721518987341771</v>
+      </c>
+      <c r="K35" s="33">
+        <v>10</v>
+      </c>
+      <c r="L35" s="33">
         <v>5</v>
       </c>
-      <c r="N35" s="4">
-[...24 lines deleted...]
-        <v>108597</v>
+      <c r="M35" s="33">
+        <v>5</v>
+      </c>
+      <c r="N35" s="33">
+        <v>20</v>
+      </c>
+      <c r="O35" s="35">
+        <v>55.98</v>
+      </c>
+      <c r="P35" s="36">
+        <v>116438</v>
+      </c>
+      <c r="Q35" s="35">
+        <v>36.020000000000003</v>
+      </c>
+      <c r="R35" s="2">
+        <v>74918</v>
+      </c>
+      <c r="S35" s="35">
+        <v>53.34</v>
+      </c>
+      <c r="T35" s="2">
+        <v>110947</v>
+      </c>
+      <c r="U35" s="35">
+        <v>65.959999999999994</v>
+      </c>
+      <c r="V35" s="2">
+        <v>137197</v>
       </c>
       <c r="W35" s="3" t="s">
-        <v>14</v>
+        <v>73</v>
       </c>
       <c r="X35" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Y35" s="3" t="s">
-        <v>25</v>
+        <v>7</v>
       </c>
       <c r="Z35" s="1" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="AA35" s="1" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="AB35" s="1" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="AC35" s="1" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="AD35" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="AE35" s="1" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="AF35" s="1" t="s">
-        <v>21</v>
+        <v>72</v>
       </c>
       <c r="AG35" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="AH35" s="1" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="AI35" s="1" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
     </row>
     <row r="36" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="18" t="s">
-[...38 lines deleted...]
-      <c r="N36" s="4">
+      <c r="A36" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="B36" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="C36" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="D36" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="G36" s="33">
+        <v>600</v>
+      </c>
+      <c r="H36" s="33">
+        <v>645</v>
+      </c>
+      <c r="I36" s="33">
+        <v>45</v>
+      </c>
+      <c r="J36" s="34">
+        <v>0.75</v>
+      </c>
+      <c r="K36" s="33">
+        <v>15</v>
+      </c>
+      <c r="L36" s="33">
         <v>25</v>
       </c>
-      <c r="O36" s="31">
-[...21 lines deleted...]
-        <v>100982</v>
+      <c r="M36" s="33">
+        <v>5</v>
+      </c>
+      <c r="N36" s="33">
+        <v>45</v>
+      </c>
+      <c r="O36" s="35">
+        <v>55.66</v>
+      </c>
+      <c r="P36" s="36">
+        <v>115781</v>
+      </c>
+      <c r="Q36" s="35">
+        <v>38.26</v>
+      </c>
+      <c r="R36" s="2">
+        <v>79590</v>
+      </c>
+      <c r="S36" s="35">
+        <v>51.09</v>
+      </c>
+      <c r="T36" s="2">
+        <v>106257</v>
+      </c>
+      <c r="U36" s="35">
+        <v>64.36</v>
+      </c>
+      <c r="V36" s="2">
+        <v>133876</v>
       </c>
       <c r="W36" s="3" t="s">
-        <v>73</v>
+        <v>14</v>
       </c>
       <c r="X36" s="3" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="Y36" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z36" s="1" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="AA36" s="1" t="s">
         <v>11</v>
       </c>
       <c r="AB36" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AC36" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AD36" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AE36" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AF36" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="AG36" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="AC36" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="AH36" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="AI36" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
     </row>
     <row r="37" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="18" t="s">
-[...32 lines deleted...]
-      <c r="N37" s="4">
+      <c r="A37" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="B37" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="C37" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D37" s="6" t="s">
+        <v>204</v>
+      </c>
+      <c r="G37" s="33">
+        <v>1030</v>
+      </c>
+      <c r="H37" s="33">
+        <v>1130</v>
+      </c>
+      <c r="I37" s="33">
+        <v>105</v>
+      </c>
+      <c r="J37" s="34">
+        <v>1.0194174757281553</v>
+      </c>
+      <c r="K37" s="33">
+        <v>30</v>
+      </c>
+      <c r="L37" s="33">
         <v>40</v>
       </c>
-      <c r="O37" s="31">
-[...21 lines deleted...]
-        <v>109297</v>
+      <c r="M37" s="33">
+        <v>10</v>
+      </c>
+      <c r="N37" s="33">
+        <v>80</v>
+      </c>
+      <c r="O37" s="35">
+        <v>55.295192307692311</v>
+      </c>
+      <c r="P37" s="36">
+        <v>115014</v>
+      </c>
+      <c r="Q37" s="35">
+        <v>38.628846153846155</v>
+      </c>
+      <c r="R37" s="2">
+        <v>80348</v>
+      </c>
+      <c r="S37" s="35">
+        <v>52.28846153846154</v>
+      </c>
+      <c r="T37" s="2">
+        <v>108760</v>
+      </c>
+      <c r="U37" s="35">
+        <v>63.628846153846155</v>
+      </c>
+      <c r="V37" s="2">
+        <v>132348</v>
       </c>
       <c r="W37" s="3" t="s">
         <v>30</v>
       </c>
       <c r="X37" s="3" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="Y37" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z37" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA37" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AB37" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="AA37" s="1" t="s">
+      <c r="AC37" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AD37" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="AB37" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AE37" s="1" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="AF37" s="1" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="AG37" s="1" t="s">
         <v>22</v>
       </c>
       <c r="AH37" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="AI37" s="1" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="18" t="s">
-[...11 lines deleted...]
-      <c r="E38" s="19" t="s">
+      <c r="A38" s="6" t="s">
+        <v>246</v>
+      </c>
+      <c r="B38" s="6" t="s">
+        <v>247</v>
+      </c>
+      <c r="C38" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="D38" s="6" t="s">
         <v>135</v>
       </c>
-      <c r="F38" s="20" t="s">
+      <c r="E38" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F38" s="32" t="s">
         <v>3</v>
       </c>
-      <c r="G38" s="4">
-[...11 lines deleted...]
-      <c r="K38" s="4">
+      <c r="G38" s="33">
+        <v>215</v>
+      </c>
+      <c r="H38" s="33">
+        <v>245</v>
+      </c>
+      <c r="I38" s="33">
+        <v>30</v>
+      </c>
+      <c r="J38" s="34">
+        <v>1.3953488372093024</v>
+      </c>
+      <c r="K38" s="33">
         <v>5</v>
       </c>
-      <c r="L38" s="4">
+      <c r="L38" s="33">
         <v>5</v>
       </c>
-      <c r="M38" s="4">
+      <c r="M38" s="33">
         <v>5</v>
       </c>
-      <c r="N38" s="4">
+      <c r="N38" s="33">
         <v>15</v>
       </c>
-      <c r="O38" s="31">
-[...21 lines deleted...]
-        <v>107668</v>
+      <c r="O38" s="35">
+        <v>54.71</v>
+      </c>
+      <c r="P38" s="36">
+        <v>113789</v>
+      </c>
+      <c r="Q38" s="35">
+        <v>34.85</v>
+      </c>
+      <c r="R38" s="2">
+        <v>72482</v>
+      </c>
+      <c r="S38" s="35">
+        <v>54.72</v>
+      </c>
+      <c r="T38" s="2">
+        <v>113821</v>
+      </c>
+      <c r="U38" s="35">
+        <v>64.64</v>
+      </c>
+      <c r="V38" s="2">
+        <v>134442</v>
       </c>
       <c r="W38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="X38" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Y38" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z38" s="1" t="s">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="AA38" s="1" t="s">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="AB38" s="1" t="s">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="AC38" s="1" t="s">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="AD38" s="1" t="s">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="AE38" s="1" t="s">
-        <v>1</v>
+        <v>29</v>
       </c>
       <c r="AF38" s="1" t="s">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="AG38" s="1" t="s">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="AH38" s="1" t="s">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="AI38" s="1" t="s">
-        <v>1</v>
+        <v>22</v>
       </c>
     </row>
     <row r="39" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="18" t="s">
-[...17 lines deleted...]
-      <c r="I39" s="4">
+      <c r="A39" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="B39" s="6" t="s">
+        <v>249</v>
+      </c>
+      <c r="C39" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D39" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="E39" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F39" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G39" s="33">
+        <v>340</v>
+      </c>
+      <c r="H39" s="33">
+        <v>405</v>
+      </c>
+      <c r="I39" s="33">
+        <v>65</v>
+      </c>
+      <c r="J39" s="34">
+        <v>1.9117647058823528</v>
+      </c>
+      <c r="K39" s="33">
         <v>15</v>
       </c>
-      <c r="J39" s="5">
-[...2 lines deleted...]
-      <c r="K39" s="4">
+      <c r="L39" s="33">
+        <v>15</v>
+      </c>
+      <c r="M39" s="33">
         <v>5</v>
       </c>
-      <c r="L39" s="4">
-[...30 lines deleted...]
-        <v>101007</v>
+      <c r="N39" s="33">
+        <v>35</v>
+      </c>
+      <c r="O39" s="35">
+        <v>54.38221153846154</v>
+      </c>
+      <c r="P39" s="36">
+        <v>113115</v>
+      </c>
+      <c r="Q39" s="35">
+        <v>36.864903846153844</v>
+      </c>
+      <c r="R39" s="2">
+        <v>76679</v>
+      </c>
+      <c r="S39" s="35">
+        <v>47.82692307692308</v>
+      </c>
+      <c r="T39" s="2">
+        <v>99480</v>
+      </c>
+      <c r="U39" s="35">
+        <v>63.140865384615381</v>
+      </c>
+      <c r="V39" s="2">
+        <v>131333</v>
       </c>
       <c r="W39" s="3" t="s">
-        <v>175</v>
+        <v>73</v>
       </c>
       <c r="X39" s="3" t="s">
-        <v>51</v>
+        <v>7</v>
       </c>
       <c r="Y39" s="3" t="s">
-        <v>25</v>
+        <v>7</v>
       </c>
       <c r="Z39" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AA39" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AB39" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AC39" s="1" t="s">
         <v>8</v>
-      </c>
-[...7 lines deleted...]
-        <v>12</v>
       </c>
       <c r="AD39" s="1" t="s">
         <v>9</v>
       </c>
       <c r="AE39" s="1" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="AF39" s="1" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="AG39" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AH39" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AI39" s="1" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="40" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="18" t="s">
-[...11 lines deleted...]
-      <c r="E40" s="19" t="s">
+      <c r="A40" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="B40" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="C40" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="D40" s="6" t="s">
         <v>135</v>
       </c>
-      <c r="G40" s="4">
-[...11 lines deleted...]
-      <c r="K40" s="4">
+      <c r="E40" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F40" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G40" s="33">
+        <v>865</v>
+      </c>
+      <c r="H40" s="33">
+        <v>1165</v>
+      </c>
+      <c r="I40" s="33">
+        <v>305</v>
+      </c>
+      <c r="J40" s="34">
+        <v>3.5260115606936417</v>
+      </c>
+      <c r="K40" s="33">
         <v>20</v>
       </c>
-      <c r="L40" s="4">
-[...30 lines deleted...]
-        <v>106196</v>
+      <c r="L40" s="33">
+        <v>35</v>
+      </c>
+      <c r="M40" s="33">
+        <v>30</v>
+      </c>
+      <c r="N40" s="33">
+        <v>90</v>
+      </c>
+      <c r="O40" s="35">
+        <v>54.3</v>
+      </c>
+      <c r="P40" s="36">
+        <v>112937</v>
+      </c>
+      <c r="Q40" s="35">
+        <v>36.729999999999997</v>
+      </c>
+      <c r="R40" s="2">
+        <v>76403</v>
+      </c>
+      <c r="S40" s="35">
+        <v>55.7</v>
+      </c>
+      <c r="T40" s="2">
+        <v>115849</v>
+      </c>
+      <c r="U40" s="35">
+        <v>63.08</v>
+      </c>
+      <c r="V40" s="2">
+        <v>131205</v>
       </c>
       <c r="W40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="X40" s="3" t="s">
-        <v>7</v>
+        <v>51</v>
       </c>
       <c r="Y40" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z40" s="1" t="s">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="AA40" s="1" t="s">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="AB40" s="1" t="s">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="AC40" s="1" t="s">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="AD40" s="1" t="s">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="AE40" s="1" t="s">
-        <v>1</v>
+        <v>22</v>
       </c>
       <c r="AF40" s="1" t="s">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="AG40" s="1" t="s">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="AH40" s="1" t="s">
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="AI40" s="1" t="s">
-        <v>1</v>
+        <v>29</v>
       </c>
     </row>
     <row r="41" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="18" t="s">
-[...14 lines deleted...]
-      <c r="F41" s="20" t="s">
+      <c r="A41" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="B41" s="6" t="s">
+        <v>251</v>
+      </c>
+      <c r="C41" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D41" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="E41" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F41" s="32" t="s">
         <v>3</v>
       </c>
-      <c r="G41" s="4">
-[...11 lines deleted...]
-      <c r="K41" s="4">
+      <c r="G41" s="33">
+        <v>205</v>
+      </c>
+      <c r="H41" s="33">
+        <v>235</v>
+      </c>
+      <c r="I41" s="33">
+        <v>30</v>
+      </c>
+      <c r="J41" s="34">
+        <v>1.4634146341463414</v>
+      </c>
+      <c r="K41" s="33">
+        <v>10</v>
+      </c>
+      <c r="L41" s="33">
+        <v>10</v>
+      </c>
+      <c r="M41" s="33">
         <v>5</v>
       </c>
-      <c r="L41" s="4">
-[...30 lines deleted...]
-        <v>101755</v>
+      <c r="N41" s="33">
+        <v>20</v>
+      </c>
+      <c r="O41" s="35">
+        <v>54.061538461538461</v>
+      </c>
+      <c r="P41" s="36">
+        <v>112448</v>
+      </c>
+      <c r="Q41" s="35">
+        <v>35.448557692307695</v>
+      </c>
+      <c r="R41" s="2">
+        <v>73733</v>
+      </c>
+      <c r="S41" s="35">
+        <v>46.773557692307691</v>
+      </c>
+      <c r="T41" s="2">
+        <v>97289</v>
+      </c>
+      <c r="U41" s="35">
+        <v>63.368269230769229</v>
+      </c>
+      <c r="V41" s="2">
+        <v>131806</v>
       </c>
       <c r="W41" s="3" t="s">
-        <v>14</v>
+        <v>73</v>
       </c>
       <c r="X41" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Y41" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z41" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AA41" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AB41" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AC41" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD41" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AE41" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AA41" s="1" t="s">
-[...2 lines deleted...]
-      <c r="AB41" s="1" t="s">
+      <c r="AF41" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="AC41" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AG41" s="1" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="AH41" s="1" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="AI41" s="1" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
     </row>
     <row r="42" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A42" s="18" t="s">
-[...63 lines deleted...]
-        <v>102094</v>
+      <c r="A42" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="B42" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="C42" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="D42" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="F42" s="38"/>
+      <c r="G42" s="33">
+        <v>6275</v>
+      </c>
+      <c r="H42" s="33">
+        <v>6825</v>
+      </c>
+      <c r="I42" s="33">
+        <v>550</v>
+      </c>
+      <c r="J42" s="34">
+        <v>0.87649402390438258</v>
+      </c>
+      <c r="K42" s="33">
+        <v>165</v>
+      </c>
+      <c r="L42" s="33">
+        <v>350</v>
+      </c>
+      <c r="M42" s="33">
+        <v>55</v>
+      </c>
+      <c r="N42" s="33">
+        <v>570</v>
+      </c>
+      <c r="O42" s="35">
+        <v>53.49</v>
+      </c>
+      <c r="P42" s="36">
+        <v>111256</v>
+      </c>
+      <c r="Q42" s="35">
+        <v>23.47</v>
+      </c>
+      <c r="R42" s="2">
+        <v>48814</v>
+      </c>
+      <c r="S42" s="35">
+        <v>44.57</v>
+      </c>
+      <c r="T42" s="2">
+        <v>92699</v>
+      </c>
+      <c r="U42" s="35">
+        <v>68.5</v>
+      </c>
+      <c r="V42" s="2">
+        <v>142478</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="X42" s="3" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="Y42" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z42" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA42" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AB42" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="AA42" s="1" t="s">
+      <c r="AC42" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD42" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AE42" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AF42" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="AG42" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AH42" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AI42" s="1" t="s">
         <v>21</v>
-      </c>
-[...22 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="43" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A43" s="18" t="s">
-[...20 lines deleted...]
-      <c r="I43" s="4">
+      <c r="A43" s="6" t="s">
+        <v>252</v>
+      </c>
+      <c r="B43" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="C43" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="D43" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="F43" s="38"/>
+      <c r="G43" s="33">
         <v>65</v>
       </c>
-      <c r="J43" s="5">
-[...8 lines deleted...]
-      <c r="M43" s="4">
+      <c r="H43" s="33">
+        <v>75</v>
+      </c>
+      <c r="I43" s="33">
+        <v>10</v>
+      </c>
+      <c r="J43" s="34">
+        <v>1.5384615384615385</v>
+      </c>
+      <c r="K43" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="L43" s="33">
         <v>5</v>
       </c>
-      <c r="N43" s="4">
-[...24 lines deleted...]
-        <v>98754</v>
+      <c r="M43" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N43" s="33">
+        <v>10</v>
+      </c>
+      <c r="O43" s="35">
+        <v>53.42</v>
+      </c>
+      <c r="P43" s="36">
+        <v>111103</v>
+      </c>
+      <c r="Q43" s="35">
+        <v>41.13</v>
+      </c>
+      <c r="R43" s="2">
+        <v>85558</v>
+      </c>
+      <c r="S43" s="35">
+        <v>47.87</v>
+      </c>
+      <c r="T43" s="2">
+        <v>99563</v>
+      </c>
+      <c r="U43" s="35">
+        <v>59.56</v>
+      </c>
+      <c r="V43" s="2">
+        <v>123876</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="X43" s="3" t="s">
-        <v>7</v>
+        <v>51</v>
       </c>
       <c r="Y43" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z43" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA43" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="AA43" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB43" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC43" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD43" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AE43" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AF43" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AG43" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AH43" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="AC43" s="1" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="AI43" s="1" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
     </row>
     <row r="44" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A44" s="18" t="s">
-[...14 lines deleted...]
-      <c r="F44" s="20" t="s">
+      <c r="A44" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="B44" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="C44" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D44" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="E44" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F44" s="32" t="s">
         <v>3</v>
       </c>
-      <c r="G44" s="4">
-[...20 lines deleted...]
-      <c r="N44" s="4">
+      <c r="G44" s="33">
+        <v>510</v>
+      </c>
+      <c r="H44" s="33">
+        <v>665</v>
+      </c>
+      <c r="I44" s="33">
+        <v>155</v>
+      </c>
+      <c r="J44" s="34">
+        <v>3.0392156862745097</v>
+      </c>
+      <c r="K44" s="33">
+        <v>25</v>
+      </c>
+      <c r="L44" s="33">
+        <v>20</v>
+      </c>
+      <c r="M44" s="33">
         <v>15</v>
       </c>
-      <c r="O44" s="31">
-[...21 lines deleted...]
-        <v>96355</v>
+      <c r="N44" s="33">
+        <v>60</v>
+      </c>
+      <c r="O44" s="35">
+        <v>52.74278846153846</v>
+      </c>
+      <c r="P44" s="36">
+        <v>109705</v>
+      </c>
+      <c r="Q44" s="35">
+        <v>28.523557692307691</v>
+      </c>
+      <c r="R44" s="2">
+        <v>59329</v>
+      </c>
+      <c r="S44" s="35">
+        <v>47.511057692307695</v>
+      </c>
+      <c r="T44" s="2">
+        <v>98823</v>
+      </c>
+      <c r="U44" s="35">
+        <v>64.85288461538461</v>
+      </c>
+      <c r="V44" s="2">
+        <v>134894</v>
       </c>
       <c r="W44" s="3" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="X44" s="3" t="s">
-        <v>7</v>
+        <v>51</v>
       </c>
       <c r="Y44" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z44" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AA44" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AB44" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AC44" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AD44" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AA44" s="1" t="s">
-[...5 lines deleted...]
-      <c r="AC44" s="1" t="s">
+      <c r="AE44" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="AD44" s="1" t="s">
-[...2 lines deleted...]
-      <c r="AE44" s="1" t="s">
+      <c r="AF44" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AG44" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AH44" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="AF44" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AI44" s="1" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="45" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A45" s="18" t="s">
-[...8 lines deleted...]
-      <c r="D45" s="19" t="s">
+      <c r="A45" s="6" t="s">
         <v>151</v>
       </c>
-      <c r="E45" s="19" t="s">
-[...8 lines deleted...]
-      <c r="I45" s="4">
+      <c r="B45" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="C45" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="D45" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="E45" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G45" s="33">
+        <v>525</v>
+      </c>
+      <c r="H45" s="33">
+        <v>580</v>
+      </c>
+      <c r="I45" s="33">
         <v>55</v>
       </c>
-      <c r="J45" s="5">
-[...8 lines deleted...]
-      <c r="M45" s="4">
+      <c r="J45" s="34">
+        <v>1.0476190476190477</v>
+      </c>
+      <c r="K45" s="33">
+        <v>15</v>
+      </c>
+      <c r="L45" s="33">
+        <v>30</v>
+      </c>
+      <c r="M45" s="33">
         <v>5</v>
       </c>
-      <c r="N45" s="4">
+      <c r="N45" s="33">
         <v>50</v>
       </c>
-      <c r="O45" s="31">
-[...21 lines deleted...]
-        <v>100537</v>
+      <c r="O45" s="35">
+        <v>51.91</v>
+      </c>
+      <c r="P45" s="36">
+        <v>107969</v>
+      </c>
+      <c r="Q45" s="35">
+        <v>33.15</v>
+      </c>
+      <c r="R45" s="2">
+        <v>68949</v>
+      </c>
+      <c r="S45" s="35">
+        <v>47.85</v>
+      </c>
+      <c r="T45" s="2">
+        <v>99531</v>
+      </c>
+      <c r="U45" s="35">
+        <v>61.29</v>
+      </c>
+      <c r="V45" s="2">
+        <v>127479</v>
       </c>
       <c r="W45" s="3" t="s">
-        <v>14</v>
+        <v>153</v>
       </c>
       <c r="X45" s="3" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="Y45" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z45" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AA45" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AB45" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AC45" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AD45" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AE45" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AF45" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="AB45" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="AG45" s="1" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="AH45" s="1" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="AI45" s="1" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A46" s="18" t="s">
-[...5 lines deleted...]
-      <c r="C46" s="19" t="s">
+      <c r="A46" s="6" t="s">
+        <v>254</v>
+      </c>
+      <c r="B46" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="C46" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="D46" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="E46" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F46" s="38"/>
+      <c r="G46" s="33">
         <v>160</v>
       </c>
-      <c r="D46" s="19" t="s">
-[...11 lines deleted...]
-      <c r="I46" s="4">
+      <c r="H46" s="33">
+        <v>180</v>
+      </c>
+      <c r="I46" s="33">
         <v>25</v>
       </c>
-      <c r="J46" s="5">
-[...8 lines deleted...]
-      <c r="M46" s="4" t="s">
+      <c r="J46" s="34">
+        <v>1.5625</v>
+      </c>
+      <c r="K46" s="33">
+        <v>5</v>
+      </c>
+      <c r="L46" s="33">
+        <v>10</v>
+      </c>
+      <c r="M46" s="33" t="s">
         <v>3</v>
       </c>
-      <c r="N46" s="4">
-[...24 lines deleted...]
-        <v>100605</v>
+      <c r="N46" s="33">
+        <v>15</v>
+      </c>
+      <c r="O46" s="35">
+        <v>51.87</v>
+      </c>
+      <c r="P46" s="36">
+        <v>107888</v>
+      </c>
+      <c r="Q46" s="35">
+        <v>33.97</v>
+      </c>
+      <c r="R46" s="2">
+        <v>70655</v>
+      </c>
+      <c r="S46" s="35">
+        <v>48.35</v>
+      </c>
+      <c r="T46" s="2">
+        <v>100571</v>
+      </c>
+      <c r="U46" s="35">
+        <v>60.82</v>
+      </c>
+      <c r="V46" s="2">
+        <v>126504</v>
       </c>
       <c r="W46" s="3" t="s">
-        <v>73</v>
+        <v>14</v>
       </c>
       <c r="X46" s="3" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="Y46" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z46" s="1" t="s">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="AA46" s="1" t="s">
-        <v>33</v>
+        <v>1</v>
       </c>
       <c r="AB46" s="1" t="s">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="AC46" s="1" t="s">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="AD46" s="1" t="s">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="AE46" s="1" t="s">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="AF46" s="1" t="s">
-        <v>29</v>
+        <v>1</v>
       </c>
       <c r="AG46" s="1" t="s">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="AH46" s="1" t="s">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="AI46" s="1" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A47" s="18" t="s">
-[...35 lines deleted...]
-      <c r="N47" s="4">
+      <c r="A47" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B47" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C47" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="D47" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="E47" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F47" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G47" s="33">
+        <v>1175</v>
+      </c>
+      <c r="H47" s="33">
+        <v>1355</v>
+      </c>
+      <c r="I47" s="33">
+        <v>175</v>
+      </c>
+      <c r="J47" s="34">
+        <v>1.4893617021276595</v>
+      </c>
+      <c r="K47" s="33">
+        <v>30</v>
+      </c>
+      <c r="L47" s="33">
+        <v>40</v>
+      </c>
+      <c r="M47" s="33">
         <v>20</v>
       </c>
-      <c r="O47" s="31">
-[...21 lines deleted...]
-        <v>94214</v>
+      <c r="N47" s="33">
+        <v>85</v>
+      </c>
+      <c r="O47" s="35">
+        <v>51.82</v>
+      </c>
+      <c r="P47" s="36">
+        <v>107793</v>
+      </c>
+      <c r="Q47" s="35">
+        <v>36.76</v>
+      </c>
+      <c r="R47" s="2">
+        <v>76461</v>
+      </c>
+      <c r="S47" s="35">
+        <v>48.4</v>
+      </c>
+      <c r="T47" s="2">
+        <v>100665</v>
+      </c>
+      <c r="U47" s="35">
+        <v>59.36</v>
+      </c>
+      <c r="V47" s="2">
+        <v>123460</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="X47" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Y47" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z47" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AA47" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AB47" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="AB47" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC47" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AD47" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AE47" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="AD47" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AF47" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="AG47" s="1" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="AH47" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="AI47" s="1" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="48" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A48" s="18" t="s">
-[...63 lines deleted...]
-        <v>100201</v>
+      <c r="A48" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="B48" s="6" t="s">
+        <v>257</v>
+      </c>
+      <c r="C48" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="D48" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="E48" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G48" s="33">
+        <v>780</v>
+      </c>
+      <c r="H48" s="33">
+        <v>900</v>
+      </c>
+      <c r="I48" s="33">
+        <v>120</v>
+      </c>
+      <c r="J48" s="34">
+        <v>1.5384615384615385</v>
+      </c>
+      <c r="K48" s="33">
+        <v>20</v>
+      </c>
+      <c r="L48" s="33">
+        <v>35</v>
+      </c>
+      <c r="M48" s="33">
+        <v>10</v>
+      </c>
+      <c r="N48" s="33">
+        <v>65</v>
+      </c>
+      <c r="O48" s="35">
+        <v>50.8</v>
+      </c>
+      <c r="P48" s="36">
+        <v>105660</v>
+      </c>
+      <c r="Q48" s="35">
+        <v>35.43</v>
+      </c>
+      <c r="R48" s="2">
+        <v>73702</v>
+      </c>
+      <c r="S48" s="35">
+        <v>47.55</v>
+      </c>
+      <c r="T48" s="2">
+        <v>98908</v>
+      </c>
+      <c r="U48" s="35">
+        <v>58.48</v>
+      </c>
+      <c r="V48" s="2">
+        <v>121639</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="X48" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Y48" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Z48" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA48" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB48" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC48" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD48" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE48" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF48" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG48" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH48" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI48" s="1" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="49" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="B49" s="6" t="s">
+        <v>259</v>
+      </c>
+      <c r="C49" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="D49" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="E49" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F49" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G49" s="33">
+        <v>185</v>
+      </c>
+      <c r="H49" s="33">
+        <v>225</v>
+      </c>
+      <c r="I49" s="33">
+        <v>45</v>
+      </c>
+      <c r="J49" s="34">
+        <v>2.4324324324324325</v>
+      </c>
+      <c r="K49" s="33">
+        <v>5</v>
+      </c>
+      <c r="L49" s="33">
+        <v>5</v>
+      </c>
+      <c r="M49" s="33">
+        <v>5</v>
+      </c>
+      <c r="N49" s="33">
+        <v>15</v>
+      </c>
+      <c r="O49" s="35">
+        <v>50.59</v>
+      </c>
+      <c r="P49" s="36">
+        <v>105230</v>
+      </c>
+      <c r="Q49" s="35">
+        <v>31.43</v>
+      </c>
+      <c r="R49" s="2">
+        <v>65367</v>
+      </c>
+      <c r="S49" s="35">
+        <v>48.98</v>
+      </c>
+      <c r="T49" s="2">
+        <v>101877</v>
+      </c>
+      <c r="U49" s="35">
+        <v>60.17</v>
+      </c>
+      <c r="V49" s="2">
+        <v>125161</v>
+      </c>
+      <c r="W49" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="X49" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y49" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Z49" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="AA48" s="1" t="s">
+      <c r="AA49" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AB49" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AB48" s="1" t="s">
+      <c r="AC49" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="AC48" s="1" t="s">
-[...2 lines deleted...]
-      <c r="AD48" s="1" t="s">
+      <c r="AD49" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="AE48" s="1" t="s">
-[...105 lines deleted...]
-      </c>
       <c r="AE49" s="1" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="AF49" s="1" t="s">
         <v>22</v>
       </c>
       <c r="AG49" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AH49" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AI49" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AJ49" s="4"/>
+    </row>
+    <row r="50" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="B50" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="C50" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D50" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="E50" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G50" s="33">
+        <v>370</v>
+      </c>
+      <c r="H50" s="33">
+        <v>430</v>
+      </c>
+      <c r="I50" s="33">
+        <v>60</v>
+      </c>
+      <c r="J50" s="34">
+        <v>1.6216216216216217</v>
+      </c>
+      <c r="K50" s="33">
+        <v>20</v>
+      </c>
+      <c r="L50" s="33">
+        <v>15</v>
+      </c>
+      <c r="M50" s="33">
+        <v>5</v>
+      </c>
+      <c r="N50" s="33">
+        <v>40</v>
+      </c>
+      <c r="O50" s="35">
+        <v>49.245192307692307</v>
+      </c>
+      <c r="P50" s="36">
+        <v>102430</v>
+      </c>
+      <c r="Q50" s="35">
+        <v>24.687980769230769</v>
+      </c>
+      <c r="R50" s="2">
+        <v>51351</v>
+      </c>
+      <c r="S50" s="35">
+        <v>39.313942307692308</v>
+      </c>
+      <c r="T50" s="2">
+        <v>81773</v>
+      </c>
+      <c r="U50" s="35">
+        <v>61.523557692307691</v>
+      </c>
+      <c r="V50" s="2">
+        <v>127969</v>
+      </c>
+      <c r="W50" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="X50" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y50" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z50" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AA50" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AB50" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AC50" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AD50" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AE50" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AF50" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="AH49" s="1" t="s">
-[...3 lines deleted...]
-        <v>33</v>
+      <c r="AG50" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AH50" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AI50" s="1" t="s">
+        <v>21</v>
       </c>
     </row>
-    <row r="50" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-[...27 lines deleted...]
-      <c r="K50" s="4">
+    <row r="51" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="6" t="s">
+        <v>262</v>
+      </c>
+      <c r="B51" s="6" t="s">
+        <v>263</v>
+      </c>
+      <c r="C51" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D51" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="E51" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F51" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G51" s="33">
+        <v>380</v>
+      </c>
+      <c r="H51" s="33">
+        <v>415</v>
+      </c>
+      <c r="I51" s="33">
+        <v>35</v>
+      </c>
+      <c r="J51" s="34">
+        <v>0.92105263157894723</v>
+      </c>
+      <c r="K51" s="33">
+        <v>10</v>
+      </c>
+      <c r="L51" s="33">
+        <v>10</v>
+      </c>
+      <c r="M51" s="33">
         <v>5</v>
       </c>
-      <c r="L50" s="4">
-[...137 lines deleted...]
-        <v>95138</v>
+      <c r="N51" s="33">
+        <v>30</v>
+      </c>
+      <c r="O51" s="35">
+        <v>49.22</v>
+      </c>
+      <c r="P51" s="36">
+        <v>102368</v>
+      </c>
+      <c r="Q51" s="35">
+        <v>28.29</v>
+      </c>
+      <c r="R51" s="2">
+        <v>58836</v>
+      </c>
+      <c r="S51" s="35">
+        <v>43.7</v>
+      </c>
+      <c r="T51" s="2">
+        <v>90904</v>
+      </c>
+      <c r="U51" s="35">
+        <v>59.68</v>
+      </c>
+      <c r="V51" s="2">
+        <v>124134</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="X51" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Y51" s="3" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="Z51" s="1" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="AA51" s="1" t="s">
-        <v>11</v>
+        <v>71</v>
       </c>
       <c r="AB51" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AC51" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD51" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AE51" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AF51" s="1" t="s">
         <v>21</v>
-      </c>
-[...10 lines deleted...]
-        <v>8</v>
       </c>
       <c r="AG51" s="1" t="s">
         <v>16</v>
       </c>
       <c r="AH51" s="1" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="AI51" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
-    <row r="52" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-[...24 lines deleted...]
-      <c r="K52" s="4">
+    <row r="52" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="B52" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="C52" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="D52" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="E52" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F52" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G52" s="33">
+        <v>1390</v>
+      </c>
+      <c r="H52" s="33">
+        <v>1940</v>
+      </c>
+      <c r="I52" s="33">
+        <v>550</v>
+      </c>
+      <c r="J52" s="34">
+        <v>3.9568345323741005</v>
+      </c>
+      <c r="K52" s="33">
+        <v>40</v>
+      </c>
+      <c r="L52" s="33">
+        <v>60</v>
+      </c>
+      <c r="M52" s="33">
+        <v>55</v>
+      </c>
+      <c r="N52" s="33">
+        <v>155</v>
+      </c>
+      <c r="O52" s="35">
+        <v>48.98</v>
+      </c>
+      <c r="P52" s="36">
+        <v>101870</v>
+      </c>
+      <c r="Q52" s="35">
+        <v>31.62</v>
+      </c>
+      <c r="R52" s="2">
+        <v>65765</v>
+      </c>
+      <c r="S52" s="35">
+        <v>48.75</v>
+      </c>
+      <c r="T52" s="2">
+        <v>101404</v>
+      </c>
+      <c r="U52" s="35">
+        <v>57.65</v>
+      </c>
+      <c r="V52" s="2">
+        <v>119922</v>
+      </c>
+      <c r="W52" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X52" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y52" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z52" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA52" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB52" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC52" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD52" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE52" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF52" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG52" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH52" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI52" s="1" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="53" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="B53" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="C53" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="D53" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="E53" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F53" s="38"/>
+      <c r="G53" s="33">
+        <v>480</v>
+      </c>
+      <c r="H53" s="33">
+        <v>525</v>
+      </c>
+      <c r="I53" s="33">
+        <v>45</v>
+      </c>
+      <c r="J53" s="34">
+        <v>0.9375</v>
+      </c>
+      <c r="K53" s="33">
         <v>15</v>
       </c>
-      <c r="L52" s="4">
-[...2 lines deleted...]
-      <c r="M52" s="4" t="s">
+      <c r="L53" s="33">
+        <v>20</v>
+      </c>
+      <c r="M53" s="33">
+        <v>5</v>
+      </c>
+      <c r="N53" s="33">
+        <v>40</v>
+      </c>
+      <c r="O53" s="35">
+        <v>48.49</v>
+      </c>
+      <c r="P53" s="36">
+        <v>100855</v>
+      </c>
+      <c r="Q53" s="35">
+        <v>32.99</v>
+      </c>
+      <c r="R53" s="2">
+        <v>68615</v>
+      </c>
+      <c r="S53" s="35">
+        <v>48.35</v>
+      </c>
+      <c r="T53" s="2">
+        <v>100568</v>
+      </c>
+      <c r="U53" s="35">
+        <v>56.24</v>
+      </c>
+      <c r="V53" s="2">
+        <v>116975</v>
+      </c>
+      <c r="W53" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X53" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y53" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z53" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AA53" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB53" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AC53" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AD53" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AE53" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AF53" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AG53" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH53" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="AI53" s="1" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="54" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="B54" s="6" t="s">
+        <v>265</v>
+      </c>
+      <c r="C54" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D54" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="E54" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F54" s="32" t="s">
         <v>3</v>
       </c>
-      <c r="N52" s="4">
-[...38 lines deleted...]
-      <c r="AA52" s="1" t="s">
+      <c r="G54" s="33">
+        <v>120</v>
+      </c>
+      <c r="H54" s="33">
+        <v>140</v>
+      </c>
+      <c r="I54" s="33">
+        <v>20</v>
+      </c>
+      <c r="J54" s="34">
+        <v>1.6666666666666665</v>
+      </c>
+      <c r="K54" s="33">
+        <v>5</v>
+      </c>
+      <c r="L54" s="33">
+        <v>5</v>
+      </c>
+      <c r="M54" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N54" s="33">
+        <v>10</v>
+      </c>
+      <c r="O54" s="35">
+        <v>48.38221153846154</v>
+      </c>
+      <c r="P54" s="36">
+        <v>100635</v>
+      </c>
+      <c r="Q54" s="35">
+        <v>28.483173076923077</v>
+      </c>
+      <c r="R54" s="2">
+        <v>59245</v>
+      </c>
+      <c r="S54" s="35">
+        <v>48.689423076923077</v>
+      </c>
+      <c r="T54" s="2">
+        <v>101274</v>
+      </c>
+      <c r="U54" s="35">
+        <v>58.331249999999997</v>
+      </c>
+      <c r="V54" s="2">
+        <v>121329</v>
+      </c>
+      <c r="W54" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="X54" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y54" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z54" s="1" t="s">
         <v>33</v>
-      </c>
-[...209 lines deleted...]
-        <v>8</v>
       </c>
       <c r="AA54" s="1" t="s">
         <v>9</v>
       </c>
       <c r="AB54" s="1" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="AC54" s="1" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="AD54" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AE54" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AF54" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="AE54" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AG54" s="1" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="AH54" s="1" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="AI54" s="1" t="s">
-        <v>72</v>
+        <v>21</v>
       </c>
     </row>
-    <row r="55" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-[...58 lines deleted...]
-        <v>93370</v>
+    <row r="55" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="B55" s="6" t="s">
+        <v>197</v>
+      </c>
+      <c r="C55" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="D55" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="E55" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G55" s="33">
+        <v>1080</v>
+      </c>
+      <c r="H55" s="33">
+        <v>1195</v>
+      </c>
+      <c r="I55" s="33">
+        <v>110</v>
+      </c>
+      <c r="J55" s="34">
+        <v>1.0185185185185186</v>
+      </c>
+      <c r="K55" s="33">
+        <v>25</v>
+      </c>
+      <c r="L55" s="33">
+        <v>45</v>
+      </c>
+      <c r="M55" s="33">
+        <v>10</v>
+      </c>
+      <c r="N55" s="33">
+        <v>80</v>
+      </c>
+      <c r="O55" s="35">
+        <v>47.82</v>
+      </c>
+      <c r="P55" s="36">
+        <v>99470</v>
+      </c>
+      <c r="Q55" s="35">
+        <v>32.46</v>
+      </c>
+      <c r="R55" s="2">
+        <v>67524</v>
+      </c>
+      <c r="S55" s="35">
+        <v>46.08</v>
+      </c>
+      <c r="T55" s="2">
+        <v>95846</v>
+      </c>
+      <c r="U55" s="35">
+        <v>55.5</v>
+      </c>
+      <c r="V55" s="2">
+        <v>115442</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="X55" s="3" t="s">
-        <v>51</v>
+        <v>7</v>
       </c>
       <c r="Y55" s="3" t="s">
-        <v>25</v>
+        <v>7</v>
       </c>
       <c r="Z55" s="1" t="s">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="AA55" s="1" t="s">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="AB55" s="1" t="s">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="AC55" s="1" t="s">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="AD55" s="1" t="s">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="AE55" s="1" t="s">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="AF55" s="1" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="AG55" s="1" t="s">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="AH55" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI55" s="1" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="56" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="B56" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="C56" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D56" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="E56" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G56" s="33">
+        <v>815</v>
+      </c>
+      <c r="H56" s="33">
+        <v>915</v>
+      </c>
+      <c r="I56" s="33">
+        <v>95</v>
+      </c>
+      <c r="J56" s="34">
+        <v>1.165644171779141</v>
+      </c>
+      <c r="K56" s="33">
         <v>20</v>
       </c>
-      <c r="AI55" s="1" t="s">
-[...65 lines deleted...]
-        <v>97506</v>
+      <c r="L56" s="33">
+        <v>40</v>
+      </c>
+      <c r="M56" s="33">
+        <v>10</v>
+      </c>
+      <c r="N56" s="33">
+        <v>70</v>
+      </c>
+      <c r="O56" s="35">
+        <v>47.78</v>
+      </c>
+      <c r="P56" s="36">
+        <v>99380</v>
+      </c>
+      <c r="Q56" s="35">
+        <v>25.96</v>
+      </c>
+      <c r="R56" s="2">
+        <v>54000</v>
+      </c>
+      <c r="S56" s="35">
+        <v>46.59</v>
+      </c>
+      <c r="T56" s="2">
+        <v>96908</v>
+      </c>
+      <c r="U56" s="35">
+        <v>58.69</v>
+      </c>
+      <c r="V56" s="2">
+        <v>122070</v>
       </c>
       <c r="W56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="X56" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Y56" s="3" t="s">
         <v>25</v>
       </c>
       <c r="Z56" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AA56" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="AB56" s="1" t="s">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
       <c r="AC56" s="1" t="s">
         <v>12</v>
       </c>
       <c r="AD56" s="1" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="AE56" s="1" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="AF56" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AG56" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AH56" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AI56" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="AG56" s="1" t="s">
-[...2 lines deleted...]
-      <c r="AH56" s="1" t="s">
+    </row>
+    <row r="57" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="B57" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="C57" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="D57" s="6" t="s">
+        <v>268</v>
+      </c>
+      <c r="E57" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F57" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G57" s="33">
+        <v>110</v>
+      </c>
+      <c r="H57" s="33">
+        <v>120</v>
+      </c>
+      <c r="I57" s="33">
+        <v>10</v>
+      </c>
+      <c r="J57" s="34">
+        <v>0.90909090909090917</v>
+      </c>
+      <c r="K57" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="L57" s="33">
+        <v>5</v>
+      </c>
+      <c r="M57" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N57" s="33">
+        <v>10</v>
+      </c>
+      <c r="O57" s="35">
+        <v>47.6</v>
+      </c>
+      <c r="P57" s="36">
+        <v>98999</v>
+      </c>
+      <c r="Q57" s="35">
+        <v>28.32</v>
+      </c>
+      <c r="R57" s="2">
+        <v>58903</v>
+      </c>
+      <c r="S57" s="35">
+        <v>41.02</v>
+      </c>
+      <c r="T57" s="2">
+        <v>85325</v>
+      </c>
+      <c r="U57" s="35">
+        <v>57.23</v>
+      </c>
+      <c r="V57" s="2">
+        <v>119047</v>
+      </c>
+      <c r="W57" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X57" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y57" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z57" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AA57" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="AI56" s="1" t="s">
+      <c r="AB57" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AC57" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AD57" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="AE57" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AF57" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AG57" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AH57" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AI57" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="58" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B58" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C58" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="D58" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="E58" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F58" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G58" s="33">
+        <v>925</v>
+      </c>
+      <c r="H58" s="33">
+        <v>1060</v>
+      </c>
+      <c r="I58" s="33">
+        <v>135</v>
+      </c>
+      <c r="J58" s="34">
+        <v>1.4594594594594594</v>
+      </c>
+      <c r="K58" s="33">
         <v>20</v>
       </c>
-    </row>
-[...79 lines deleted...]
-      <c r="AA57" s="1" t="s">
+      <c r="L58" s="33">
+        <v>30</v>
+      </c>
+      <c r="M58" s="33">
+        <v>15</v>
+      </c>
+      <c r="N58" s="33">
+        <v>70</v>
+      </c>
+      <c r="O58" s="35">
+        <v>47.56</v>
+      </c>
+      <c r="P58" s="36">
+        <v>98925</v>
+      </c>
+      <c r="Q58" s="35">
+        <v>32.549999999999997</v>
+      </c>
+      <c r="R58" s="2">
+        <v>67695</v>
+      </c>
+      <c r="S58" s="35">
+        <v>44.6</v>
+      </c>
+      <c r="T58" s="2">
+        <v>92770</v>
+      </c>
+      <c r="U58" s="35">
+        <v>55.07</v>
+      </c>
+      <c r="V58" s="2">
+        <v>114540</v>
+      </c>
+      <c r="W58" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X58" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y58" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z58" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA58" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AB58" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="AB57" s="1" t="s">
-[...17 lines deleted...]
-      <c r="AH57" s="1" t="s">
+      <c r="AC58" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AD58" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="AI57" s="1" t="s">
-[...93 lines deleted...]
-      </c>
       <c r="AE58" s="1" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="AF58" s="1" t="s">
         <v>72</v>
       </c>
       <c r="AG58" s="1" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="AH58" s="1" t="s">
-        <v>11</v>
+        <v>71</v>
       </c>
       <c r="AI58" s="1" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
-    <row r="59" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-[...27 lines deleted...]
-      <c r="K59" s="4">
+    <row r="59" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B59" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="C59" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D59" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="F59" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G59" s="33">
+        <v>75</v>
+      </c>
+      <c r="H59" s="33">
+        <v>85</v>
+      </c>
+      <c r="I59" s="33">
+        <v>10</v>
+      </c>
+      <c r="J59" s="34">
+        <v>1.3333333333333335</v>
+      </c>
+      <c r="K59" s="33">
         <v>5</v>
       </c>
-      <c r="L59" s="4">
+      <c r="L59" s="33">
         <v>5</v>
       </c>
-      <c r="M59" s="4" t="s">
+      <c r="M59" s="33" t="s">
         <v>3</v>
       </c>
-      <c r="N59" s="4">
-[...24 lines deleted...]
-        <v>85077</v>
+      <c r="N59" s="33">
+        <v>10</v>
+      </c>
+      <c r="O59" s="35">
+        <v>47.486057692307689</v>
+      </c>
+      <c r="P59" s="36">
+        <v>98771</v>
+      </c>
+      <c r="Q59" s="35">
+        <v>28.642788461538462</v>
+      </c>
+      <c r="R59" s="2">
+        <v>59577</v>
+      </c>
+      <c r="S59" s="35">
+        <v>49.255769230769232</v>
+      </c>
+      <c r="T59" s="2">
+        <v>102452</v>
+      </c>
+      <c r="U59" s="35">
+        <v>56.908173076923077</v>
+      </c>
+      <c r="V59" s="2">
+        <v>118369</v>
       </c>
       <c r="W59" s="3" t="s">
-        <v>14</v>
+        <v>73</v>
       </c>
       <c r="X59" s="3" t="s">
-        <v>51</v>
+        <v>7</v>
       </c>
       <c r="Y59" s="3" t="s">
-        <v>226</v>
+        <v>7</v>
       </c>
       <c r="Z59" s="1" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="AA59" s="1" t="s">
         <v>9</v>
       </c>
       <c r="AB59" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="AC59" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD59" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AE59" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AC59" s="1" t="s">
-[...2 lines deleted...]
-      <c r="AD59" s="1" t="s">
+      <c r="AF59" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="AE59" s="1" t="s">
-[...2 lines deleted...]
-      <c r="AF59" s="1" t="s">
+      <c r="AG59" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AH59" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AI59" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="AG59" s="1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
-    <row r="60" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-[...15 lines deleted...]
-      <c r="G60" s="4">
+    <row r="60" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="B60" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="C60" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="D60" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="E60" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F60" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G60" s="33">
+        <v>2935</v>
+      </c>
+      <c r="H60" s="33">
+        <v>3280</v>
+      </c>
+      <c r="I60" s="33">
+        <v>345</v>
+      </c>
+      <c r="J60" s="34">
+        <v>1.1754684838160137</v>
+      </c>
+      <c r="K60" s="33">
         <v>80</v>
       </c>
-      <c r="H60" s="4">
+      <c r="L60" s="33">
         <v>105</v>
       </c>
-      <c r="I60" s="4">
-[...39 lines deleted...]
-        <v>85013</v>
+      <c r="M60" s="33">
+        <v>35</v>
+      </c>
+      <c r="N60" s="33">
+        <v>215</v>
+      </c>
+      <c r="O60" s="35">
+        <v>47.1</v>
+      </c>
+      <c r="P60" s="36">
+        <v>97975</v>
+      </c>
+      <c r="Q60" s="35">
+        <v>33.74</v>
+      </c>
+      <c r="R60" s="2">
+        <v>70177</v>
+      </c>
+      <c r="S60" s="35">
+        <v>46.87</v>
+      </c>
+      <c r="T60" s="2">
+        <v>97479</v>
+      </c>
+      <c r="U60" s="35">
+        <v>53.79</v>
+      </c>
+      <c r="V60" s="2">
+        <v>111874</v>
       </c>
       <c r="W60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="X60" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Y60" s="3" t="s">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="Z60" s="1" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="AA60" s="1" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="AB60" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AC60" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="AD60" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AE60" s="1" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="AF60" s="1" t="s">
         <v>16</v>
       </c>
       <c r="AG60" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AH60" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AI60" s="1" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="61" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="G61" s="33"/>
+      <c r="H61" s="33"/>
+      <c r="I61" s="33"/>
+      <c r="J61" s="34"/>
+      <c r="K61" s="33"/>
+      <c r="L61" s="33"/>
+      <c r="M61" s="33"/>
+      <c r="N61" s="33"/>
+    </row>
+    <row r="62" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="G62" s="33"/>
+      <c r="H62" s="33"/>
+      <c r="I62" s="33"/>
+      <c r="J62" s="34"/>
+      <c r="K62" s="33"/>
+      <c r="L62" s="33"/>
+      <c r="M62" s="33"/>
+      <c r="N62" s="33"/>
+    </row>
+    <row r="63" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="G63" s="33"/>
+      <c r="H63" s="33"/>
+      <c r="I63" s="33"/>
+      <c r="J63" s="34"/>
+      <c r="K63" s="33"/>
+      <c r="L63" s="33"/>
+      <c r="M63" s="33"/>
+      <c r="N63" s="33"/>
+    </row>
+    <row r="64" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="G64" s="33"/>
+      <c r="H64" s="33"/>
+      <c r="I64" s="33"/>
+      <c r="J64" s="34"/>
+      <c r="K64" s="33"/>
+      <c r="L64" s="33"/>
+      <c r="M64" s="33"/>
+      <c r="N64" s="33"/>
+    </row>
+    <row r="65" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="B65" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C65" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="D65" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="G65" s="33">
+        <v>1395</v>
+      </c>
+      <c r="H65" s="33">
+        <v>1530</v>
+      </c>
+      <c r="I65" s="33">
+        <v>135</v>
+      </c>
+      <c r="J65" s="34">
+        <v>0.967741935483871</v>
+      </c>
+      <c r="K65" s="33">
+        <v>40</v>
+      </c>
+      <c r="L65" s="33">
+        <v>60</v>
+      </c>
+      <c r="M65" s="33">
+        <v>15</v>
+      </c>
+      <c r="N65" s="33">
+        <v>110</v>
+      </c>
+      <c r="O65" s="35">
+        <v>47.07</v>
+      </c>
+      <c r="P65" s="36">
+        <v>97906</v>
+      </c>
+      <c r="Q65" s="35">
+        <v>28.2</v>
+      </c>
+      <c r="R65" s="2">
+        <v>58659</v>
+      </c>
+      <c r="S65" s="35">
+        <v>45.92</v>
+      </c>
+      <c r="T65" s="2">
+        <v>95504</v>
+      </c>
+      <c r="U65" s="35">
+        <v>56.5</v>
+      </c>
+      <c r="V65" s="2">
+        <v>117530</v>
+      </c>
+      <c r="W65" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X65" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y65" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="Z65" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA65" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AB65" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AC65" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AD65" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AE65" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AF65" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AG65" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="AH65" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AI65" s="1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="66" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="B66" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="C66" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="E66" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G66" s="33">
+        <v>2205</v>
+      </c>
+      <c r="H66" s="33">
+        <v>2425</v>
+      </c>
+      <c r="I66" s="33">
+        <v>220</v>
+      </c>
+      <c r="J66" s="34">
+        <v>0.99773242630385484</v>
+      </c>
+      <c r="K66" s="33">
+        <v>55</v>
+      </c>
+      <c r="L66" s="33">
+        <v>105</v>
+      </c>
+      <c r="M66" s="33">
+        <v>20</v>
+      </c>
+      <c r="N66" s="33">
+        <v>180</v>
+      </c>
+      <c r="O66" s="35">
+        <v>46.59</v>
+      </c>
+      <c r="P66" s="36">
+        <v>96916</v>
+      </c>
+      <c r="Q66" s="35">
+        <v>30.66</v>
+      </c>
+      <c r="R66" s="2">
+        <v>63769</v>
+      </c>
+      <c r="S66" s="35">
+        <v>43.61</v>
+      </c>
+      <c r="T66" s="2">
+        <v>90718</v>
+      </c>
+      <c r="U66" s="35">
+        <v>54.56</v>
+      </c>
+      <c r="V66" s="2">
+        <v>113489</v>
+      </c>
+      <c r="W66" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X66" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y66" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z66" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA66" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB66" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC66" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD66" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE66" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF66" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG66" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH66" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI66" s="1" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="67" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="B67" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="C67" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="D67" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="E67" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F67" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G67" s="33">
+        <v>210</v>
+      </c>
+      <c r="H67" s="33">
+        <v>270</v>
+      </c>
+      <c r="I67" s="33">
+        <v>55</v>
+      </c>
+      <c r="J67" s="34">
+        <v>2.6190476190476195</v>
+      </c>
+      <c r="K67" s="33">
+        <v>5</v>
+      </c>
+      <c r="L67" s="33">
+        <v>10</v>
+      </c>
+      <c r="M67" s="33">
+        <v>5</v>
+      </c>
+      <c r="N67" s="33">
+        <v>20</v>
+      </c>
+      <c r="O67" s="35">
+        <v>46.05</v>
+      </c>
+      <c r="P67" s="36">
+        <v>95787</v>
+      </c>
+      <c r="Q67" s="35">
+        <v>24.98</v>
+      </c>
+      <c r="R67" s="2">
+        <v>51954</v>
+      </c>
+      <c r="S67" s="35">
+        <v>40.42</v>
+      </c>
+      <c r="T67" s="2">
+        <v>84073</v>
+      </c>
+      <c r="U67" s="35">
+        <v>56.59</v>
+      </c>
+      <c r="V67" s="2">
+        <v>117704</v>
+      </c>
+      <c r="W67" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X67" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y67" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z67" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="AA67" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AB67" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AC67" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AD67" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AE67" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AF67" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AG67" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AH67" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AI67" s="1" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="68" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="B68" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="C68" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D68" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E68" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F68" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G68" s="33">
+        <v>685</v>
+      </c>
+      <c r="H68" s="33">
+        <v>865</v>
+      </c>
+      <c r="I68" s="33">
+        <v>175</v>
+      </c>
+      <c r="J68" s="34">
+        <v>2.5547445255474455</v>
+      </c>
+      <c r="K68" s="33">
+        <v>20</v>
+      </c>
+      <c r="L68" s="33">
+        <v>10</v>
+      </c>
+      <c r="M68" s="33">
+        <v>20</v>
+      </c>
+      <c r="N68" s="33">
+        <v>50</v>
+      </c>
+      <c r="O68" s="35">
+        <v>45.83</v>
+      </c>
+      <c r="P68" s="36">
+        <v>95335</v>
+      </c>
+      <c r="Q68" s="35">
+        <v>35.869999999999997</v>
+      </c>
+      <c r="R68" s="2">
+        <v>74603</v>
+      </c>
+      <c r="S68" s="35">
+        <v>46.87</v>
+      </c>
+      <c r="T68" s="2">
+        <v>97487</v>
+      </c>
+      <c r="U68" s="35">
+        <v>50.82</v>
+      </c>
+      <c r="V68" s="2">
+        <v>105701</v>
+      </c>
+      <c r="W68" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="X68" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y68" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z68" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA68" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AB68" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AC68" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AD68" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AE68" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AF68" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="AH60" s="1" t="s">
+      <c r="AG68" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AH68" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AI68" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="69" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="B69" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="C69" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="D69" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="E69" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G69" s="33">
+        <v>320</v>
+      </c>
+      <c r="H69" s="33">
+        <v>360</v>
+      </c>
+      <c r="I69" s="33">
+        <v>40</v>
+      </c>
+      <c r="J69" s="34">
+        <v>1.25</v>
+      </c>
+      <c r="K69" s="33">
+        <v>15</v>
+      </c>
+      <c r="L69" s="33">
+        <v>10</v>
+      </c>
+      <c r="M69" s="33">
+        <v>5</v>
+      </c>
+      <c r="N69" s="33">
+        <v>30</v>
+      </c>
+      <c r="O69" s="35">
+        <v>45.8</v>
+      </c>
+      <c r="P69" s="36">
+        <v>95259</v>
+      </c>
+      <c r="Q69" s="35">
+        <v>25.28</v>
+      </c>
+      <c r="R69" s="2">
+        <v>52574</v>
+      </c>
+      <c r="S69" s="35">
+        <v>39.93</v>
+      </c>
+      <c r="T69" s="2">
+        <v>83064</v>
+      </c>
+      <c r="U69" s="35">
+        <v>56.06</v>
+      </c>
+      <c r="V69" s="2">
+        <v>116601</v>
+      </c>
+      <c r="W69" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X69" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y69" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="Z69" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AA69" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB69" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AC69" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD69" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AE69" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AF69" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG69" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AH69" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AI69" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="AI60" s="1" t="s">
+      <c r="AJ69" s="4"/>
+    </row>
+    <row r="70" spans="1:36" s="4" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="B70" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="C70" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="D70" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="E70" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F70" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G70" s="33">
+        <v>600</v>
+      </c>
+      <c r="H70" s="33">
+        <v>735</v>
+      </c>
+      <c r="I70" s="33">
+        <v>135</v>
+      </c>
+      <c r="J70" s="34">
+        <v>2.25</v>
+      </c>
+      <c r="K70" s="33">
+        <v>15</v>
+      </c>
+      <c r="L70" s="33">
+        <v>25</v>
+      </c>
+      <c r="M70" s="33">
+        <v>15</v>
+      </c>
+      <c r="N70" s="33">
+        <v>55</v>
+      </c>
+      <c r="O70" s="35">
+        <v>45.68</v>
+      </c>
+      <c r="P70" s="36">
+        <v>95006</v>
+      </c>
+      <c r="Q70" s="35">
+        <v>28.53</v>
+      </c>
+      <c r="R70" s="2">
+        <v>59345</v>
+      </c>
+      <c r="S70" s="35">
+        <v>44.12</v>
+      </c>
+      <c r="T70" s="2">
+        <v>91765</v>
+      </c>
+      <c r="U70" s="35">
+        <v>54.25</v>
+      </c>
+      <c r="V70" s="2">
+        <v>112837</v>
+      </c>
+      <c r="W70" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X70" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y70" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z70" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AA70" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB70" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AC70" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD70" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AE70" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AF70" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="AG70" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AH70" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="AI70" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="AJ70" s="1"/>
+    </row>
+    <row r="71" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="6" t="s">
+        <v>273</v>
+      </c>
+      <c r="B71" s="6" t="s">
+        <v>274</v>
+      </c>
+      <c r="C71" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="D71" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="E71" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F71" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G71" s="33">
+        <v>120</v>
+      </c>
+      <c r="H71" s="33">
+        <v>130</v>
+      </c>
+      <c r="I71" s="33">
+        <v>10</v>
+      </c>
+      <c r="J71" s="34">
+        <v>0.83333333333333326</v>
+      </c>
+      <c r="K71" s="33">
+        <v>5</v>
+      </c>
+      <c r="L71" s="33">
+        <v>5</v>
+      </c>
+      <c r="M71" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N71" s="33">
+        <v>10</v>
+      </c>
+      <c r="O71" s="35">
+        <v>45.52</v>
+      </c>
+      <c r="P71" s="36">
+        <v>94678</v>
+      </c>
+      <c r="Q71" s="35">
+        <v>32.86</v>
+      </c>
+      <c r="R71" s="2">
+        <v>68339</v>
+      </c>
+      <c r="S71" s="35">
+        <v>44.24</v>
+      </c>
+      <c r="T71" s="2">
+        <v>92030</v>
+      </c>
+      <c r="U71" s="35">
+        <v>51.85</v>
+      </c>
+      <c r="V71" s="2">
+        <v>107847</v>
+      </c>
+      <c r="W71" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X71" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y71" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z71" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA71" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AB71" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AC71" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AD71" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AE71" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AF71" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AG71" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH71" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AI71" s="1" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="6" t="s">
+        <v>276</v>
+      </c>
+      <c r="B72" s="6" t="s">
+        <v>277</v>
+      </c>
+      <c r="C72" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="D72" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="G72" s="33">
+        <v>70</v>
+      </c>
+      <c r="H72" s="33">
+        <v>75</v>
+      </c>
+      <c r="I72" s="33">
+        <v>10</v>
+      </c>
+      <c r="J72" s="34">
+        <v>1.4285714285714284</v>
+      </c>
+      <c r="K72" s="33">
+        <v>5</v>
+      </c>
+      <c r="L72" s="33">
+        <v>5</v>
+      </c>
+      <c r="M72" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N72" s="33">
+        <v>10</v>
+      </c>
+      <c r="O72" s="35">
+        <v>45.36</v>
+      </c>
+      <c r="P72" s="36">
+        <v>94359</v>
+      </c>
+      <c r="Q72" s="35">
+        <v>30.29</v>
+      </c>
+      <c r="R72" s="2">
+        <v>63012</v>
+      </c>
+      <c r="S72" s="35">
+        <v>42.93</v>
+      </c>
+      <c r="T72" s="2">
+        <v>89294</v>
+      </c>
+      <c r="U72" s="35">
+        <v>52.9</v>
+      </c>
+      <c r="V72" s="2">
+        <v>110032</v>
+      </c>
+      <c r="W72" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="X72" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y72" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="Z72" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA72" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AB72" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AC72" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AD72" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AE72" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="AF72" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AG72" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AH72" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AI72" s="1" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="73" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="B73" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="C73" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D73" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E73" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F73" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G73" s="33">
+        <v>420</v>
+      </c>
+      <c r="H73" s="33">
+        <v>550</v>
+      </c>
+      <c r="I73" s="33">
+        <v>135</v>
+      </c>
+      <c r="J73" s="34">
+        <v>3.2142857142857144</v>
+      </c>
+      <c r="K73" s="33">
+        <v>15</v>
+      </c>
+      <c r="L73" s="33">
+        <v>10</v>
+      </c>
+      <c r="M73" s="33">
+        <v>15</v>
+      </c>
+      <c r="N73" s="33">
+        <v>40</v>
+      </c>
+      <c r="O73" s="35">
+        <v>45.26</v>
+      </c>
+      <c r="P73" s="36">
+        <v>94146</v>
+      </c>
+      <c r="Q73" s="35">
+        <v>35.159999999999997</v>
+      </c>
+      <c r="R73" s="2">
+        <v>73123</v>
+      </c>
+      <c r="S73" s="35">
+        <v>45.02</v>
+      </c>
+      <c r="T73" s="2">
+        <v>93631</v>
+      </c>
+      <c r="U73" s="35">
+        <v>50.32</v>
+      </c>
+      <c r="V73" s="2">
+        <v>104657</v>
+      </c>
+      <c r="W73" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="X73" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y73" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Z73" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA73" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AB73" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AC73" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AD73" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AE73" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AF73" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AG73" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AH73" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AI73" s="1" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="74" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="B74" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="C74" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D74" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E74" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F74" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G74" s="33">
+        <v>320</v>
+      </c>
+      <c r="H74" s="33">
+        <v>395</v>
+      </c>
+      <c r="I74" s="33">
+        <v>75</v>
+      </c>
+      <c r="J74" s="34">
+        <v>2.34375</v>
+      </c>
+      <c r="K74" s="33">
+        <v>10</v>
+      </c>
+      <c r="L74" s="33">
+        <v>10</v>
+      </c>
+      <c r="M74" s="33">
+        <v>5</v>
+      </c>
+      <c r="N74" s="33">
+        <v>25</v>
+      </c>
+      <c r="O74" s="35">
+        <v>45.24</v>
+      </c>
+      <c r="P74" s="36">
+        <v>94104</v>
+      </c>
+      <c r="Q74" s="35">
+        <v>36.21</v>
+      </c>
+      <c r="R74" s="2">
+        <v>75316</v>
+      </c>
+      <c r="S74" s="35">
+        <v>46.73</v>
+      </c>
+      <c r="T74" s="2">
+        <v>97190</v>
+      </c>
+      <c r="U74" s="35">
+        <v>49.76</v>
+      </c>
+      <c r="V74" s="2">
+        <v>103499</v>
+      </c>
+      <c r="W74" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="X74" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y74" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z74" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA74" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AB74" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AC74" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AD74" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AE74" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AF74" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AG74" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AH74" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AI74" s="1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="75" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="B75" s="6" t="s">
+        <v>202</v>
+      </c>
+      <c r="C75" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D75" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="G75" s="33">
+        <v>295</v>
+      </c>
+      <c r="H75" s="33">
+        <v>330</v>
+      </c>
+      <c r="I75" s="33">
+        <v>35</v>
+      </c>
+      <c r="J75" s="34">
+        <v>1.1864406779661016</v>
+      </c>
+      <c r="K75" s="33">
+        <v>15</v>
+      </c>
+      <c r="L75" s="33">
+        <v>10</v>
+      </c>
+      <c r="M75" s="33">
+        <v>5</v>
+      </c>
+      <c r="N75" s="33">
+        <v>30</v>
+      </c>
+      <c r="O75" s="35">
+        <v>44.974519230769232</v>
+      </c>
+      <c r="P75" s="36">
+        <v>93547</v>
+      </c>
+      <c r="Q75" s="35">
+        <v>23.915384615384614</v>
+      </c>
+      <c r="R75" s="2">
+        <v>49744</v>
+      </c>
+      <c r="S75" s="35">
+        <v>35.972115384615385</v>
+      </c>
+      <c r="T75" s="2">
+        <v>74822</v>
+      </c>
+      <c r="U75" s="35">
+        <v>55.503846153846155</v>
+      </c>
+      <c r="V75" s="2">
+        <v>115448</v>
+      </c>
+      <c r="W75" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="X75" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y75" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z75" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AA75" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AB75" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AC75" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AD75" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AE75" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AF75" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AG75" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AH75" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AI75" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="76" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="B76" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="C76" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D76" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="E76" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F76" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G76" s="33">
+        <v>240</v>
+      </c>
+      <c r="H76" s="33">
+        <v>285</v>
+      </c>
+      <c r="I76" s="33">
+        <v>45</v>
+      </c>
+      <c r="J76" s="34">
+        <v>1.875</v>
+      </c>
+      <c r="K76" s="33">
+        <v>10</v>
+      </c>
+      <c r="L76" s="33">
+        <v>10</v>
+      </c>
+      <c r="M76" s="33">
+        <v>5</v>
+      </c>
+      <c r="N76" s="33">
+        <v>25</v>
+      </c>
+      <c r="O76" s="35">
+        <v>44.484134615384619</v>
+      </c>
+      <c r="P76" s="36">
+        <v>92527</v>
+      </c>
+      <c r="Q76" s="35">
+        <v>26.610096153846154</v>
+      </c>
+      <c r="R76" s="2">
+        <v>55349</v>
+      </c>
+      <c r="S76" s="35">
+        <v>38.567307692307693</v>
+      </c>
+      <c r="T76" s="2">
+        <v>80220</v>
+      </c>
+      <c r="U76" s="35">
+        <v>53.42115384615385</v>
+      </c>
+      <c r="V76" s="2">
+        <v>111116</v>
+      </c>
+      <c r="W76" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="X76" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y76" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z76" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AA76" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AB76" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AC76" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AD76" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AE76" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AF76" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="AG76" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AH76" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AI76" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="77" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="6" t="s">
+        <v>282</v>
+      </c>
+      <c r="B77" s="6" t="s">
+        <v>283</v>
+      </c>
+      <c r="C77" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="D77" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="E77" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F77" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G77" s="33">
+        <v>110</v>
+      </c>
+      <c r="H77" s="33">
+        <v>120</v>
+      </c>
+      <c r="I77" s="33">
+        <v>10</v>
+      </c>
+      <c r="J77" s="34">
+        <v>0.90909090909090917</v>
+      </c>
+      <c r="K77" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="L77" s="33">
+        <v>5</v>
+      </c>
+      <c r="M77" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N77" s="33">
+        <v>10</v>
+      </c>
+      <c r="O77" s="35">
+        <v>44.28</v>
+      </c>
+      <c r="P77" s="36">
+        <v>92097</v>
+      </c>
+      <c r="Q77" s="35">
+        <v>30.68</v>
+      </c>
+      <c r="R77" s="2">
+        <v>63813</v>
+      </c>
+      <c r="S77" s="35">
+        <v>40.29</v>
+      </c>
+      <c r="T77" s="2">
+        <v>83801</v>
+      </c>
+      <c r="U77" s="35">
+        <v>51.08</v>
+      </c>
+      <c r="V77" s="2">
+        <v>106239</v>
+      </c>
+      <c r="W77" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X77" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y77" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z77" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="AA77" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AB77" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AC77" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD77" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AE77" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="AF77" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AG77" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AH77" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AI77" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="78" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="6" t="s">
+        <v>284</v>
+      </c>
+      <c r="B78" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="C78" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D78" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="F78" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G78" s="33">
+        <v>225</v>
+      </c>
+      <c r="H78" s="33">
+        <v>255</v>
+      </c>
+      <c r="I78" s="33">
+        <v>30</v>
+      </c>
+      <c r="J78" s="34">
+        <v>1.3333333333333335</v>
+      </c>
+      <c r="K78" s="33">
+        <v>10</v>
+      </c>
+      <c r="L78" s="33">
+        <v>10</v>
+      </c>
+      <c r="M78" s="33">
+        <v>5</v>
+      </c>
+      <c r="N78" s="33">
+        <v>20</v>
+      </c>
+      <c r="O78" s="35">
+        <v>43.730288461538464</v>
+      </c>
+      <c r="P78" s="36">
+        <v>90959</v>
+      </c>
+      <c r="Q78" s="35">
+        <v>26.384615384615383</v>
+      </c>
+      <c r="R78" s="2">
+        <v>54880</v>
+      </c>
+      <c r="S78" s="35">
+        <v>39.173557692307689</v>
+      </c>
+      <c r="T78" s="2">
+        <v>81481</v>
+      </c>
+      <c r="U78" s="35">
+        <v>52.402884615384615</v>
+      </c>
+      <c r="V78" s="2">
+        <v>108998</v>
+      </c>
+      <c r="W78" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="X78" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y78" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z78" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="AA78" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AB78" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AC78" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AD78" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AE78" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AF78" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AG78" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AH78" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AI78" s="1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="79" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B79" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="C79" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="D79" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="E79" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G79" s="33">
+        <v>870</v>
+      </c>
+      <c r="H79" s="33">
+        <v>1060</v>
+      </c>
+      <c r="I79" s="33">
+        <v>190</v>
+      </c>
+      <c r="J79" s="34">
+        <v>2.1839080459770117</v>
+      </c>
+      <c r="K79" s="33">
+        <v>30</v>
+      </c>
+      <c r="L79" s="33">
+        <v>35</v>
+      </c>
+      <c r="M79" s="33">
+        <v>20</v>
+      </c>
+      <c r="N79" s="33">
+        <v>85</v>
+      </c>
+      <c r="O79" s="35">
+        <v>43.72</v>
+      </c>
+      <c r="P79" s="36">
+        <v>90946</v>
+      </c>
+      <c r="Q79" s="35">
+        <v>28.87</v>
+      </c>
+      <c r="R79" s="2">
+        <v>60055</v>
+      </c>
+      <c r="S79" s="35">
+        <v>39.89</v>
+      </c>
+      <c r="T79" s="2">
+        <v>82980</v>
+      </c>
+      <c r="U79" s="35">
+        <v>51.15</v>
+      </c>
+      <c r="V79" s="2">
+        <v>106392</v>
+      </c>
+      <c r="W79" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X79" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y79" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="Z79" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AA79" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AB79" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AC79" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD79" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AE79" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AF79" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG79" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AH79" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AI79" s="1" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="80" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="B80" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="C80" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="D80" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="E80" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G80" s="33">
+        <v>4030</v>
+      </c>
+      <c r="H80" s="33">
+        <v>4645</v>
+      </c>
+      <c r="I80" s="33">
+        <v>615</v>
+      </c>
+      <c r="J80" s="34">
+        <v>1.5260545905707195</v>
+      </c>
+      <c r="K80" s="33">
+        <v>150</v>
+      </c>
+      <c r="L80" s="33">
+        <v>200</v>
+      </c>
+      <c r="M80" s="33">
+        <v>60</v>
+      </c>
+      <c r="N80" s="33">
+        <v>410</v>
+      </c>
+      <c r="O80" s="35">
+        <v>43.07</v>
+      </c>
+      <c r="P80" s="36">
+        <v>89582</v>
+      </c>
+      <c r="Q80" s="35">
+        <v>28.97</v>
+      </c>
+      <c r="R80" s="2">
+        <v>60264</v>
+      </c>
+      <c r="S80" s="35">
+        <v>39.090000000000003</v>
+      </c>
+      <c r="T80" s="2">
+        <v>81307</v>
+      </c>
+      <c r="U80" s="35">
+        <v>50.12</v>
+      </c>
+      <c r="V80" s="2">
+        <v>104242</v>
+      </c>
+      <c r="W80" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X80" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y80" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z80" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA80" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AB80" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AC80" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AD80" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AE80" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AF80" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AG80" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AH80" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AI80" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AJ80" s="4"/>
+    </row>
+    <row r="81" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="B81" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="C81" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="D81" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="F81" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G81" s="33">
+        <v>85</v>
+      </c>
+      <c r="H81" s="33">
+        <v>95</v>
+      </c>
+      <c r="I81" s="33">
+        <v>10</v>
+      </c>
+      <c r="J81" s="34">
+        <v>1.1764705882352939</v>
+      </c>
+      <c r="K81" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="L81" s="33">
+        <v>5</v>
+      </c>
+      <c r="M81" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N81" s="33">
+        <v>10</v>
+      </c>
+      <c r="O81" s="35">
+        <v>42.57</v>
+      </c>
+      <c r="P81" s="36">
+        <v>88551</v>
+      </c>
+      <c r="Q81" s="35">
+        <v>31.84</v>
+      </c>
+      <c r="R81" s="2">
+        <v>66228</v>
+      </c>
+      <c r="S81" s="35">
+        <v>38.74</v>
+      </c>
+      <c r="T81" s="2">
+        <v>80590</v>
+      </c>
+      <c r="U81" s="35">
+        <v>47.94</v>
+      </c>
+      <c r="V81" s="2">
+        <v>99712</v>
+      </c>
+      <c r="W81" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X81" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y81" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z81" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA81" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AB81" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AC81" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AD81" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AE81" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AF81" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="AG81" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AH81" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AI81" s="1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="82" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="B82" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="C82" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D82" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E82" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F82" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G82" s="33">
+        <v>685</v>
+      </c>
+      <c r="H82" s="33">
+        <v>805</v>
+      </c>
+      <c r="I82" s="33">
+        <v>120</v>
+      </c>
+      <c r="J82" s="34">
+        <v>1.7518248175182483</v>
+      </c>
+      <c r="K82" s="33">
+        <v>30</v>
+      </c>
+      <c r="L82" s="33">
+        <v>15</v>
+      </c>
+      <c r="M82" s="33">
+        <v>10</v>
+      </c>
+      <c r="N82" s="33">
+        <v>60</v>
+      </c>
+      <c r="O82" s="35">
+        <v>42.41</v>
+      </c>
+      <c r="P82" s="36">
+        <v>88216</v>
+      </c>
+      <c r="Q82" s="35">
+        <v>38.68</v>
+      </c>
+      <c r="R82" s="2">
+        <v>80454</v>
+      </c>
+      <c r="S82" s="35">
+        <v>44.39</v>
+      </c>
+      <c r="T82" s="2">
+        <v>92341</v>
+      </c>
+      <c r="U82" s="35">
+        <v>44.28</v>
+      </c>
+      <c r="V82" s="2">
+        <v>92097</v>
+      </c>
+      <c r="W82" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="X82" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y82" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z82" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA82" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AB82" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AC82" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AD82" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AE82" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AF82" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AG82" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AH82" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AI82" s="1" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="83" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="6" t="s">
+        <v>288</v>
+      </c>
+      <c r="B83" s="6" t="s">
+        <v>289</v>
+      </c>
+      <c r="C83" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D83" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="F83" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G83" s="33">
+        <v>90</v>
+      </c>
+      <c r="H83" s="33">
+        <v>100</v>
+      </c>
+      <c r="I83" s="33">
+        <v>10</v>
+      </c>
+      <c r="J83" s="34">
+        <v>1.1111111111111112</v>
+      </c>
+      <c r="K83" s="33">
+        <v>5</v>
+      </c>
+      <c r="L83" s="33">
+        <v>5</v>
+      </c>
+      <c r="M83" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N83" s="33">
+        <v>10</v>
+      </c>
+      <c r="O83" s="35">
+        <v>42.11009615384615</v>
+      </c>
+      <c r="P83" s="36">
+        <v>87589</v>
+      </c>
+      <c r="Q83" s="35">
+        <v>29.195192307692309</v>
+      </c>
+      <c r="R83" s="2">
+        <v>60726</v>
+      </c>
+      <c r="S83" s="35">
+        <v>37.346153846153847</v>
+      </c>
+      <c r="T83" s="2">
+        <v>77680</v>
+      </c>
+      <c r="U83" s="35">
+        <v>48.567307692307693</v>
+      </c>
+      <c r="V83" s="2">
+        <v>101020</v>
+      </c>
+      <c r="W83" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="X83" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y83" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z83" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AA83" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AB83" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AC83" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AD83" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AE83" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AF83" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AG83" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AH83" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="AI83" s="1" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="84" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="6" t="s">
+        <v>290</v>
+      </c>
+      <c r="B84" s="6" t="s">
+        <v>291</v>
+      </c>
+      <c r="C84" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="D84" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="E84" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F84" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G84" s="33">
+        <v>245</v>
+      </c>
+      <c r="H84" s="33">
+        <v>340</v>
+      </c>
+      <c r="I84" s="33">
+        <v>90</v>
+      </c>
+      <c r="J84" s="34">
+        <v>3.6734693877551026</v>
+      </c>
+      <c r="K84" s="33">
+        <v>5</v>
+      </c>
+      <c r="L84" s="33">
+        <v>10</v>
+      </c>
+      <c r="M84" s="33">
+        <v>10</v>
+      </c>
+      <c r="N84" s="33">
+        <v>25</v>
+      </c>
+      <c r="O84" s="35">
+        <v>41.75</v>
+      </c>
+      <c r="P84" s="36">
+        <v>86848</v>
+      </c>
+      <c r="Q84" s="35">
+        <v>22.14</v>
+      </c>
+      <c r="R84" s="2">
+        <v>46054</v>
+      </c>
+      <c r="S84" s="35">
+        <v>35.130000000000003</v>
+      </c>
+      <c r="T84" s="2">
+        <v>73070</v>
+      </c>
+      <c r="U84" s="35">
+        <v>51.56</v>
+      </c>
+      <c r="V84" s="2">
+        <v>107245</v>
+      </c>
+      <c r="W84" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="X84" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y84" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z84" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="AA84" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AB84" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AC84" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AD84" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AE84" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AF84" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AG84" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AH84" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="AI84" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ84" s="4"/>
+    </row>
+    <row r="85" spans="1:36" s="4" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="6" t="s">
+        <v>292</v>
+      </c>
+      <c r="B85" s="6" t="s">
+        <v>293</v>
+      </c>
+      <c r="C85" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="D85" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="E85" s="6"/>
+      <c r="F85" s="32"/>
+      <c r="G85" s="33">
+        <v>280</v>
+      </c>
+      <c r="H85" s="33">
+        <v>310</v>
+      </c>
+      <c r="I85" s="33">
+        <v>30</v>
+      </c>
+      <c r="J85" s="34">
+        <v>1.0714285714285714</v>
+      </c>
+      <c r="K85" s="33">
+        <v>10</v>
+      </c>
+      <c r="L85" s="33">
+        <v>10</v>
+      </c>
+      <c r="M85" s="33">
+        <v>5</v>
+      </c>
+      <c r="N85" s="33">
+        <v>25</v>
+      </c>
+      <c r="O85" s="35">
+        <v>41.53</v>
+      </c>
+      <c r="P85" s="36">
+        <v>86373</v>
+      </c>
+      <c r="Q85" s="35">
+        <v>30.64</v>
+      </c>
+      <c r="R85" s="2">
+        <v>63740</v>
+      </c>
+      <c r="S85" s="35">
+        <v>40</v>
+      </c>
+      <c r="T85" s="2">
+        <v>83209</v>
+      </c>
+      <c r="U85" s="35">
+        <v>46.97</v>
+      </c>
+      <c r="V85" s="2">
+        <v>97689</v>
+      </c>
+      <c r="W85" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X85" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y85" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z85" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AA85" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="AB85" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AC85" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AD85" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AE85" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AF85" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AG85" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="AH85" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AI85" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AJ85" s="1"/>
+    </row>
+    <row r="86" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="6" t="s">
+        <v>295</v>
+      </c>
+      <c r="B86" s="6" t="s">
+        <v>296</v>
+      </c>
+      <c r="C86" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="D86" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="E86" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F86" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G86" s="33">
+        <v>80</v>
+      </c>
+      <c r="H86" s="33">
+        <v>110</v>
+      </c>
+      <c r="I86" s="33">
+        <v>30</v>
+      </c>
+      <c r="J86" s="34">
+        <v>3.75</v>
+      </c>
+      <c r="K86" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="L86" s="33">
+        <v>5</v>
+      </c>
+      <c r="M86" s="33">
+        <v>5</v>
+      </c>
+      <c r="N86" s="33">
+        <v>10</v>
+      </c>
+      <c r="O86" s="35">
+        <v>41.35</v>
+      </c>
+      <c r="P86" s="36">
+        <v>86004</v>
+      </c>
+      <c r="Q86" s="35">
+        <v>33.97</v>
+      </c>
+      <c r="R86" s="2">
+        <v>70663</v>
+      </c>
+      <c r="S86" s="35">
+        <v>39.1</v>
+      </c>
+      <c r="T86" s="2">
+        <v>81332</v>
+      </c>
+      <c r="U86" s="35">
+        <v>45.04</v>
+      </c>
+      <c r="V86" s="2">
+        <v>93674</v>
+      </c>
+      <c r="W86" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X86" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y86" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z86" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AA86" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AB86" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AC86" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD86" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AE86" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AF86" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="AG86" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="AH86" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AI86" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="87" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="6" t="s">
+        <v>297</v>
+      </c>
+      <c r="B87" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="C87" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="D87" s="6" t="s">
+        <v>299</v>
+      </c>
+      <c r="E87" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F87" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G87" s="33">
+        <v>665</v>
+      </c>
+      <c r="H87" s="33">
+        <v>730</v>
+      </c>
+      <c r="I87" s="33">
+        <v>65</v>
+      </c>
+      <c r="J87" s="34">
+        <v>0.97744360902255634</v>
+      </c>
+      <c r="K87" s="33">
+        <v>10</v>
+      </c>
+      <c r="L87" s="33">
+        <v>45</v>
+      </c>
+      <c r="M87" s="33">
+        <v>5</v>
+      </c>
+      <c r="N87" s="33">
+        <v>60</v>
+      </c>
+      <c r="O87" s="35">
+        <v>41.17</v>
+      </c>
+      <c r="P87" s="36">
+        <v>85642</v>
+      </c>
+      <c r="Q87" s="35">
+        <v>26.35</v>
+      </c>
+      <c r="R87" s="2">
+        <v>54805</v>
+      </c>
+      <c r="S87" s="35">
+        <v>36.47</v>
+      </c>
+      <c r="T87" s="2">
+        <v>75853</v>
+      </c>
+      <c r="U87" s="35">
+        <v>48.59</v>
+      </c>
+      <c r="V87" s="2">
+        <v>101060</v>
+      </c>
+      <c r="W87" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X87" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y87" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z87" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA87" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AB87" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AC87" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="AD87" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AE87" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AF87" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AG87" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AH87" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AI87" s="1" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="88" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="B88" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="C88" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D88" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="E88" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F88" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G88" s="33">
+        <v>180</v>
+      </c>
+      <c r="H88" s="33">
+        <v>220</v>
+      </c>
+      <c r="I88" s="33">
+        <v>40</v>
+      </c>
+      <c r="J88" s="34">
+        <v>2.2222222222222223</v>
+      </c>
+      <c r="K88" s="33">
+        <v>5</v>
+      </c>
+      <c r="L88" s="33">
+        <v>5</v>
+      </c>
+      <c r="M88" s="33">
+        <v>5</v>
+      </c>
+      <c r="N88" s="33">
+        <v>15</v>
+      </c>
+      <c r="O88" s="35">
+        <v>41.02</v>
+      </c>
+      <c r="P88" s="36">
+        <v>85325</v>
+      </c>
+      <c r="Q88" s="35">
+        <v>34.880000000000003</v>
+      </c>
+      <c r="R88" s="2">
+        <v>72559</v>
+      </c>
+      <c r="S88" s="35">
+        <v>40.4</v>
+      </c>
+      <c r="T88" s="2">
+        <v>84032</v>
+      </c>
+      <c r="U88" s="35">
+        <v>44.09</v>
+      </c>
+      <c r="V88" s="2">
+        <v>91708</v>
+      </c>
+      <c r="W88" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="X88" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y88" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z88" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA88" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AB88" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC88" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD88" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AE88" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AF88" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AG88" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="AH88" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AI88" s="1" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="89" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="B89" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="C89" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="D89" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="E89" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G89" s="33">
+        <v>350</v>
+      </c>
+      <c r="H89" s="33">
+        <v>410</v>
+      </c>
+      <c r="I89" s="33">
+        <v>60</v>
+      </c>
+      <c r="J89" s="34">
+        <v>1.7142857142857142</v>
+      </c>
+      <c r="K89" s="33">
+        <v>10</v>
+      </c>
+      <c r="L89" s="33">
+        <v>30</v>
+      </c>
+      <c r="M89" s="33">
+        <v>5</v>
+      </c>
+      <c r="N89" s="33">
+        <v>45</v>
+      </c>
+      <c r="O89" s="35">
+        <v>40.61</v>
+      </c>
+      <c r="P89" s="36">
+        <v>84478</v>
+      </c>
+      <c r="Q89" s="35">
+        <v>28.25</v>
+      </c>
+      <c r="R89" s="2">
+        <v>58755</v>
+      </c>
+      <c r="S89" s="35">
+        <v>38.18</v>
+      </c>
+      <c r="T89" s="2">
+        <v>79408</v>
+      </c>
+      <c r="U89" s="35">
+        <v>46.8</v>
+      </c>
+      <c r="V89" s="2">
+        <v>97339</v>
+      </c>
+      <c r="W89" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X89" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y89" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z89" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA89" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AB89" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AC89" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AD89" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AE89" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AF89" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG89" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AH89" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="AI89" s="1" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="90" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A90" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="B90" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="C90" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="D90" s="6" t="s">
+        <v>211</v>
+      </c>
+      <c r="E90" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="G90" s="33">
+        <v>4935</v>
+      </c>
+      <c r="H90" s="33">
+        <v>5385</v>
+      </c>
+      <c r="I90" s="33">
+        <v>450</v>
+      </c>
+      <c r="J90" s="34">
+        <v>0.91185410334346506</v>
+      </c>
+      <c r="K90" s="33">
+        <v>160</v>
+      </c>
+      <c r="L90" s="33">
+        <v>235</v>
+      </c>
+      <c r="M90" s="33">
+        <v>45</v>
+      </c>
+      <c r="N90" s="33">
+        <v>440</v>
+      </c>
+      <c r="O90" s="35">
+        <v>40.15</v>
+      </c>
+      <c r="P90" s="36">
+        <v>83504</v>
+      </c>
+      <c r="Q90" s="35">
+        <v>26.63</v>
+      </c>
+      <c r="R90" s="2">
+        <v>55387</v>
+      </c>
+      <c r="S90" s="35">
+        <v>37.21</v>
+      </c>
+      <c r="T90" s="2">
+        <v>77403</v>
+      </c>
+      <c r="U90" s="35">
+        <v>46.9</v>
+      </c>
+      <c r="V90" s="2">
+        <v>97562</v>
+      </c>
+      <c r="W90" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X90" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y90" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z90" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AA90" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB90" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AC90" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD90" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AE90" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AF90" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AG90" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AH90" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AI90" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="91" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A91" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="B91" s="6" t="s">
+        <v>301</v>
+      </c>
+      <c r="C91" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="D91" s="6" t="s">
+        <v>233</v>
+      </c>
+      <c r="E91" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G91" s="33">
+        <v>2680</v>
+      </c>
+      <c r="H91" s="33">
+        <v>2905</v>
+      </c>
+      <c r="I91" s="33">
+        <v>225</v>
+      </c>
+      <c r="J91" s="34">
+        <v>0.83955223880597019</v>
+      </c>
+      <c r="K91" s="33">
+        <v>105</v>
+      </c>
+      <c r="L91" s="33">
+        <v>115</v>
+      </c>
+      <c r="M91" s="33">
+        <v>20</v>
+      </c>
+      <c r="N91" s="33">
+        <v>240</v>
+      </c>
+      <c r="O91" s="35">
+        <v>40.03</v>
+      </c>
+      <c r="P91" s="36">
+        <v>83255</v>
+      </c>
+      <c r="Q91" s="35">
+        <v>20.07</v>
+      </c>
+      <c r="R91" s="2">
+        <v>41750</v>
+      </c>
+      <c r="S91" s="35">
+        <v>36.200000000000003</v>
+      </c>
+      <c r="T91" s="2">
+        <v>75302</v>
+      </c>
+      <c r="U91" s="35">
+        <v>50</v>
+      </c>
+      <c r="V91" s="2">
+        <v>104008</v>
+      </c>
+      <c r="W91" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="X91" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y91" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="Z91" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AA91" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB91" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AC91" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AD91" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="AE91" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AF91" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="AG91" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AH91" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="AI91" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="92" spans="1:36" s="4" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A92" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="B92" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="C92" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="D92" s="6" t="s">
+        <v>304</v>
+      </c>
+      <c r="E92" s="6"/>
+      <c r="F92" s="32"/>
+      <c r="G92" s="33">
+        <v>3695</v>
+      </c>
+      <c r="H92" s="33">
+        <v>4345</v>
+      </c>
+      <c r="I92" s="33">
+        <v>650</v>
+      </c>
+      <c r="J92" s="34">
+        <v>1.7591339648173208</v>
+      </c>
+      <c r="K92" s="33">
+        <v>125</v>
+      </c>
+      <c r="L92" s="33">
+        <v>235</v>
+      </c>
+      <c r="M92" s="33">
+        <v>65</v>
+      </c>
+      <c r="N92" s="33">
+        <v>425</v>
+      </c>
+      <c r="O92" s="35">
+        <v>39.700000000000003</v>
+      </c>
+      <c r="P92" s="36">
+        <v>82584</v>
+      </c>
+      <c r="Q92" s="35">
+        <v>23.87</v>
+      </c>
+      <c r="R92" s="2">
+        <v>49652</v>
+      </c>
+      <c r="S92" s="35">
+        <v>37.53</v>
+      </c>
+      <c r="T92" s="2">
+        <v>78069</v>
+      </c>
+      <c r="U92" s="35">
+        <v>47.62</v>
+      </c>
+      <c r="V92" s="2">
+        <v>99050</v>
+      </c>
+      <c r="W92" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X92" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y92" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z92" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AA92" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AB92" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AC92" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AD92" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AE92" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AF92" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AG92" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AH92" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AI92" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="AJ92" s="1"/>
+    </row>
+    <row r="93" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="6" t="s">
+        <v>305</v>
+      </c>
+      <c r="B93" s="6" t="s">
+        <v>306</v>
+      </c>
+      <c r="C93" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="D93" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="E93" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G93" s="33">
+        <v>1215</v>
+      </c>
+      <c r="H93" s="33">
+        <v>1335</v>
+      </c>
+      <c r="I93" s="33">
+        <v>120</v>
+      </c>
+      <c r="J93" s="34">
+        <v>0.98765432098765427</v>
+      </c>
+      <c r="K93" s="33">
+        <v>45</v>
+      </c>
+      <c r="L93" s="33">
+        <v>55</v>
+      </c>
+      <c r="M93" s="33">
+        <v>10</v>
+      </c>
+      <c r="N93" s="33">
+        <v>110</v>
+      </c>
+      <c r="O93" s="35">
+        <v>39.58</v>
+      </c>
+      <c r="P93" s="36">
+        <v>82322</v>
+      </c>
+      <c r="Q93" s="35">
+        <v>27.18</v>
+      </c>
+      <c r="R93" s="2">
+        <v>56537</v>
+      </c>
+      <c r="S93" s="35">
+        <v>39.119999999999997</v>
+      </c>
+      <c r="T93" s="2">
+        <v>81379</v>
+      </c>
+      <c r="U93" s="35">
+        <v>45.78</v>
+      </c>
+      <c r="V93" s="2">
+        <v>95215</v>
+      </c>
+      <c r="W93" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X93" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y93" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="Z93" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AA93" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AB93" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AC93" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AD93" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AE93" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AF93" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AG93" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AH93" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AI93" s="1" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="94" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A94" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="B94" s="6" t="s">
+        <v>308</v>
+      </c>
+      <c r="C94" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D94" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="G94" s="33">
+        <v>90</v>
+      </c>
+      <c r="H94" s="33">
+        <v>100</v>
+      </c>
+      <c r="I94" s="33">
+        <v>10</v>
+      </c>
+      <c r="J94" s="34">
+        <v>1.1111111111111112</v>
+      </c>
+      <c r="K94" s="33">
+        <v>5</v>
+      </c>
+      <c r="L94" s="33">
+        <v>5</v>
+      </c>
+      <c r="M94" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N94" s="33">
+        <v>10</v>
+      </c>
+      <c r="O94" s="35">
+        <v>38.706730769230766</v>
+      </c>
+      <c r="P94" s="36">
+        <v>80510</v>
+      </c>
+      <c r="Q94" s="35">
+        <v>24.689423076923077</v>
+      </c>
+      <c r="R94" s="2">
+        <v>51354</v>
+      </c>
+      <c r="S94" s="35">
+        <v>36.699038461538464</v>
+      </c>
+      <c r="T94" s="2">
+        <v>76334</v>
+      </c>
+      <c r="U94" s="35">
+        <v>45.715384615384615</v>
+      </c>
+      <c r="V94" s="2">
+        <v>95088</v>
+      </c>
+      <c r="W94" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="X94" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y94" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z94" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AA94" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB94" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AC94" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AD94" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AE94" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AF94" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AG94" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AH94" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AI94" s="1" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="95" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A95" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="B95" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="C95" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="D95" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="E95" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G95" s="33">
+        <v>520</v>
+      </c>
+      <c r="H95" s="33">
+        <v>620</v>
+      </c>
+      <c r="I95" s="33">
+        <v>105</v>
+      </c>
+      <c r="J95" s="34">
+        <v>2.0192307692307692</v>
+      </c>
+      <c r="K95" s="33">
+        <v>15</v>
+      </c>
+      <c r="L95" s="33">
+        <v>30</v>
+      </c>
+      <c r="M95" s="33">
+        <v>10</v>
+      </c>
+      <c r="N95" s="33">
+        <v>55</v>
+      </c>
+      <c r="O95" s="35">
+        <v>38.44</v>
+      </c>
+      <c r="P95" s="36">
+        <v>79953</v>
+      </c>
+      <c r="Q95" s="35">
+        <v>27.08</v>
+      </c>
+      <c r="R95" s="2">
+        <v>56318</v>
+      </c>
+      <c r="S95" s="35">
+        <v>37.5</v>
+      </c>
+      <c r="T95" s="2">
+        <v>77997</v>
+      </c>
+      <c r="U95" s="35">
+        <v>44.12</v>
+      </c>
+      <c r="V95" s="2">
+        <v>91771</v>
+      </c>
+      <c r="W95" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X95" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y95" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z95" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AA95" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB95" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AC95" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AD95" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AE95" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AF95" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AG95" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH95" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AI95" s="1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="96" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A96" s="6" t="s">
+        <v>309</v>
+      </c>
+      <c r="B96" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="C96" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D96" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="G96" s="33">
+        <v>75</v>
+      </c>
+      <c r="H96" s="33">
+        <v>85</v>
+      </c>
+      <c r="I96" s="33">
+        <v>10</v>
+      </c>
+      <c r="J96" s="34">
+        <v>1.3333333333333335</v>
+      </c>
+      <c r="K96" s="33">
+        <v>5</v>
+      </c>
+      <c r="L96" s="33">
+        <v>5</v>
+      </c>
+      <c r="M96" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N96" s="33">
+        <v>10</v>
+      </c>
+      <c r="O96" s="35">
+        <v>38.091346153846153</v>
+      </c>
+      <c r="P96" s="36">
+        <v>79230</v>
+      </c>
+      <c r="Q96" s="35">
+        <v>25.098557692307693</v>
+      </c>
+      <c r="R96" s="2">
+        <v>52205</v>
+      </c>
+      <c r="S96" s="35">
+        <v>37.755769230769232</v>
+      </c>
+      <c r="T96" s="2">
+        <v>78532</v>
+      </c>
+      <c r="U96" s="35">
+        <v>44.587499999999999</v>
+      </c>
+      <c r="V96" s="2">
+        <v>92742</v>
+      </c>
+      <c r="W96" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="X96" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y96" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z96" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AA96" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AB96" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AC96" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AD96" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AE96" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AF96" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AG96" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AH96" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="AI96" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ96" s="4"/>
+    </row>
+    <row r="97" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="6" t="s">
+        <v>311</v>
+      </c>
+      <c r="B97" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="C97" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D97" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E97" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="F97" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G97" s="33">
+        <v>9550</v>
+      </c>
+      <c r="H97" s="33">
+        <v>10685</v>
+      </c>
+      <c r="I97" s="33">
+        <v>1135</v>
+      </c>
+      <c r="J97" s="34">
+        <v>1.1884816753926701</v>
+      </c>
+      <c r="K97" s="33">
+        <v>335</v>
+      </c>
+      <c r="L97" s="33">
+        <v>210</v>
+      </c>
+      <c r="M97" s="33">
+        <v>115</v>
+      </c>
+      <c r="N97" s="33">
+        <v>660</v>
+      </c>
+      <c r="O97" s="35">
+        <v>38.06</v>
+      </c>
+      <c r="P97" s="36">
+        <v>79156</v>
+      </c>
+      <c r="Q97" s="35">
+        <v>30.59</v>
+      </c>
+      <c r="R97" s="2">
+        <v>63635</v>
+      </c>
+      <c r="S97" s="35">
+        <v>37.93</v>
+      </c>
+      <c r="T97" s="2">
+        <v>78898</v>
+      </c>
+      <c r="U97" s="35">
+        <v>41.79</v>
+      </c>
+      <c r="V97" s="2">
+        <v>86916</v>
+      </c>
+      <c r="W97" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X97" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y97" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z97" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA97" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB97" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AC97" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AD97" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AE97" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AF97" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG97" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AH97" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AI97" s="1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="98" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="6" t="s">
+        <v>313</v>
+      </c>
+      <c r="B98" s="6" t="s">
+        <v>314</v>
+      </c>
+      <c r="C98" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="D98" s="6" t="s">
+        <v>315</v>
+      </c>
+      <c r="E98" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F98" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G98" s="33">
+        <v>380</v>
+      </c>
+      <c r="H98" s="33">
+        <v>460</v>
+      </c>
+      <c r="I98" s="33">
+        <v>80</v>
+      </c>
+      <c r="J98" s="34">
+        <v>2.1052631578947367</v>
+      </c>
+      <c r="K98" s="33">
+        <v>10</v>
+      </c>
+      <c r="L98" s="33">
+        <v>20</v>
+      </c>
+      <c r="M98" s="33">
+        <v>10</v>
+      </c>
+      <c r="N98" s="33">
+        <v>40</v>
+      </c>
+      <c r="O98" s="35">
+        <v>37.97</v>
+      </c>
+      <c r="P98" s="36">
+        <v>78979</v>
+      </c>
+      <c r="Q98" s="35">
+        <v>22.42</v>
+      </c>
+      <c r="R98" s="2">
+        <v>46625</v>
+      </c>
+      <c r="S98" s="35">
+        <v>36.39</v>
+      </c>
+      <c r="T98" s="2">
+        <v>75690</v>
+      </c>
+      <c r="U98" s="35">
+        <v>45.75</v>
+      </c>
+      <c r="V98" s="2">
+        <v>95156</v>
+      </c>
+      <c r="W98" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X98" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y98" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z98" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA98" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB98" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC98" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD98" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE98" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF98" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG98" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH98" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI98" s="1" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="99" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="B99" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="C99" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="D99" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="E99" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G99" s="33">
+        <v>1005</v>
+      </c>
+      <c r="H99" s="33">
+        <v>1105</v>
+      </c>
+      <c r="I99" s="33">
+        <v>100</v>
+      </c>
+      <c r="J99" s="34">
+        <v>0.99502487562189068</v>
+      </c>
+      <c r="K99" s="33">
+        <v>30</v>
+      </c>
+      <c r="L99" s="33">
+        <v>50</v>
+      </c>
+      <c r="M99" s="33">
+        <v>10</v>
+      </c>
+      <c r="N99" s="33">
+        <v>85</v>
+      </c>
+      <c r="O99" s="35">
+        <v>37.86</v>
+      </c>
+      <c r="P99" s="36">
+        <v>78747</v>
+      </c>
+      <c r="Q99" s="35">
+        <v>22.93</v>
+      </c>
+      <c r="R99" s="2">
+        <v>47692</v>
+      </c>
+      <c r="S99" s="35">
+        <v>30.19</v>
+      </c>
+      <c r="T99" s="2">
+        <v>62794</v>
+      </c>
+      <c r="U99" s="35">
+        <v>45.32</v>
+      </c>
+      <c r="V99" s="2">
+        <v>94275</v>
+      </c>
+      <c r="W99" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X99" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y99" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="Z99" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA99" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AB99" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AC99" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AD99" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AE99" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="AF99" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AG99" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AH99" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AI99" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="100" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="6" t="s">
+        <v>316</v>
+      </c>
+      <c r="B100" s="6" t="s">
+        <v>317</v>
+      </c>
+      <c r="C100" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="D100" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="E100" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F100" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G100" s="33">
+        <v>265</v>
+      </c>
+      <c r="H100" s="33">
+        <v>295</v>
+      </c>
+      <c r="I100" s="33">
+        <v>30</v>
+      </c>
+      <c r="J100" s="34">
+        <v>1.1320754716981134</v>
+      </c>
+      <c r="K100" s="33">
+        <v>5</v>
+      </c>
+      <c r="L100" s="33">
+        <v>15</v>
+      </c>
+      <c r="M100" s="33">
+        <v>5</v>
+      </c>
+      <c r="N100" s="33">
+        <v>25</v>
+      </c>
+      <c r="O100" s="35">
+        <v>37.81</v>
+      </c>
+      <c r="P100" s="36">
+        <v>78651</v>
+      </c>
+      <c r="Q100" s="35">
+        <v>28.04</v>
+      </c>
+      <c r="R100" s="2">
+        <v>58324</v>
+      </c>
+      <c r="S100" s="35">
+        <v>36.65</v>
+      </c>
+      <c r="T100" s="2">
+        <v>76223</v>
+      </c>
+      <c r="U100" s="35">
+        <v>42.7</v>
+      </c>
+      <c r="V100" s="2">
+        <v>88814</v>
+      </c>
+      <c r="W100" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X100" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y100" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z100" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA100" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AB100" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AC100" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="AD100" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AE100" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AF100" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AG100" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AH100" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AI100" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="101" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A101" s="6" t="s">
+        <v>318</v>
+      </c>
+      <c r="B101" s="6" t="s">
+        <v>319</v>
+      </c>
+      <c r="C101" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D101" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E101" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F101" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G101" s="33">
+        <v>305</v>
+      </c>
+      <c r="H101" s="33">
+        <v>380</v>
+      </c>
+      <c r="I101" s="33">
+        <v>75</v>
+      </c>
+      <c r="J101" s="34">
+        <v>2.459016393442623</v>
+      </c>
+      <c r="K101" s="33">
+        <v>10</v>
+      </c>
+      <c r="L101" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="M101" s="33">
+        <v>5</v>
+      </c>
+      <c r="N101" s="33">
+        <v>20</v>
+      </c>
+      <c r="O101" s="35">
+        <v>37.479999999999997</v>
+      </c>
+      <c r="P101" s="36">
+        <v>77952</v>
+      </c>
+      <c r="Q101" s="35">
+        <v>24.51</v>
+      </c>
+      <c r="R101" s="2">
+        <v>50974</v>
+      </c>
+      <c r="S101" s="35">
+        <v>36.08</v>
+      </c>
+      <c r="T101" s="2">
+        <v>75045</v>
+      </c>
+      <c r="U101" s="35">
+        <v>43.96</v>
+      </c>
+      <c r="V101" s="2">
+        <v>91441</v>
+      </c>
+      <c r="W101" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="X101" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y101" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z101" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA101" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AB101" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AC101" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD101" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AE101" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AF101" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AG101" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH101" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AI101" s="1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="102" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A102" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="B102" s="6" t="s">
+        <v>321</v>
+      </c>
+      <c r="C102" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D102" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="F102" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G102" s="33">
+        <v>75</v>
+      </c>
+      <c r="H102" s="33">
+        <v>85</v>
+      </c>
+      <c r="I102" s="33">
+        <v>10</v>
+      </c>
+      <c r="J102" s="34">
+        <v>1.3333333333333335</v>
+      </c>
+      <c r="K102" s="33">
+        <v>5</v>
+      </c>
+      <c r="L102" s="33">
+        <v>5</v>
+      </c>
+      <c r="M102" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N102" s="33">
+        <v>10</v>
+      </c>
+      <c r="O102" s="35">
+        <v>37.111057692307689</v>
+      </c>
+      <c r="P102" s="36">
+        <v>77191</v>
+      </c>
+      <c r="Q102" s="35">
+        <v>24.824038461538461</v>
+      </c>
+      <c r="R102" s="2">
+        <v>51634</v>
+      </c>
+      <c r="S102" s="35">
+        <v>36.911538461538463</v>
+      </c>
+      <c r="T102" s="2">
+        <v>76776</v>
+      </c>
+      <c r="U102" s="35">
+        <v>43.254807692307693</v>
+      </c>
+      <c r="V102" s="2">
+        <v>89970</v>
+      </c>
+      <c r="W102" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="X102" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y102" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z102" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AA102" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB102" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AC102" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AD102" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AE102" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AF102" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AG102" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AH102" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AI102" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="103" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A103" s="6" t="s">
+        <v>322</v>
+      </c>
+      <c r="B103" s="6" t="s">
+        <v>323</v>
+      </c>
+      <c r="C103" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="D103" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="E103" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G103" s="33">
+        <v>1925</v>
+      </c>
+      <c r="H103" s="33">
+        <v>2115</v>
+      </c>
+      <c r="I103" s="33">
+        <v>190</v>
+      </c>
+      <c r="J103" s="34">
+        <v>0.98701298701298712</v>
+      </c>
+      <c r="K103" s="33">
+        <v>60</v>
+      </c>
+      <c r="L103" s="33">
+        <v>105</v>
+      </c>
+      <c r="M103" s="33">
+        <v>20</v>
+      </c>
+      <c r="N103" s="33">
+        <v>185</v>
+      </c>
+      <c r="O103" s="35">
+        <v>36.86</v>
+      </c>
+      <c r="P103" s="36">
+        <v>76659</v>
+      </c>
+      <c r="Q103" s="35">
+        <v>22.45</v>
+      </c>
+      <c r="R103" s="2">
+        <v>46687</v>
+      </c>
+      <c r="S103" s="35">
+        <v>36.24</v>
+      </c>
+      <c r="T103" s="2">
+        <v>75379</v>
+      </c>
+      <c r="U103" s="35">
+        <v>44.06</v>
+      </c>
+      <c r="V103" s="2">
+        <v>91645</v>
+      </c>
+      <c r="W103" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X103" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y103" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z103" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AA103" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AB103" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AC103" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AD103" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AE103" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AF103" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AG103" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH103" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AI103" s="1" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="104" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A104" s="6" t="s">
+        <v>324</v>
+      </c>
+      <c r="B104" s="6" t="s">
+        <v>325</v>
+      </c>
+      <c r="C104" s="6" t="s">
+        <v>326</v>
+      </c>
+      <c r="D104" s="6" t="s">
+        <v>327</v>
+      </c>
+      <c r="G104" s="33">
+        <v>85</v>
+      </c>
+      <c r="H104" s="33">
+        <v>95</v>
+      </c>
+      <c r="I104" s="33">
+        <v>10</v>
+      </c>
+      <c r="J104" s="34">
+        <v>1.1764705882352939</v>
+      </c>
+      <c r="K104" s="33">
+        <v>5</v>
+      </c>
+      <c r="L104" s="33">
+        <v>5</v>
+      </c>
+      <c r="M104" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N104" s="33">
+        <v>10</v>
+      </c>
+      <c r="O104" s="35">
+        <v>36.85</v>
+      </c>
+      <c r="P104" s="36">
+        <v>76648</v>
+      </c>
+      <c r="Q104" s="35">
+        <v>17.77</v>
+      </c>
+      <c r="R104" s="2">
+        <v>36961.599999999999</v>
+      </c>
+      <c r="S104" s="35">
+        <v>24.2</v>
+      </c>
+      <c r="T104" s="2">
+        <v>50336</v>
+      </c>
+      <c r="U104" s="35">
+        <v>46.39</v>
+      </c>
+      <c r="V104" s="2">
+        <v>96491.199999999997</v>
+      </c>
+      <c r="W104" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="X104" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y104" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="Z104" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AA104" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB104" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AC104" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AD104" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AE104" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AF104" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AG104" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AH104" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="AI104" s="1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="105" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A105" s="6" t="s">
+        <v>329</v>
+      </c>
+      <c r="B105" s="6" t="s">
+        <v>330</v>
+      </c>
+      <c r="C105" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D105" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="G105" s="33">
+        <v>115</v>
+      </c>
+      <c r="H105" s="33">
+        <v>130</v>
+      </c>
+      <c r="I105" s="33">
+        <v>15</v>
+      </c>
+      <c r="J105" s="34">
+        <v>1.3043478260869565</v>
+      </c>
+      <c r="K105" s="33">
+        <v>5</v>
+      </c>
+      <c r="L105" s="33">
+        <v>5</v>
+      </c>
+      <c r="M105" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N105" s="33">
+        <v>10</v>
+      </c>
+      <c r="O105" s="35">
+        <v>36.753365384615385</v>
+      </c>
+      <c r="P105" s="36">
+        <v>76447</v>
+      </c>
+      <c r="Q105" s="35">
+        <v>24.70673076923077</v>
+      </c>
+      <c r="R105" s="2">
+        <v>51390</v>
+      </c>
+      <c r="S105" s="35">
+        <v>29.350480769230771</v>
+      </c>
+      <c r="T105" s="2">
+        <v>61049</v>
+      </c>
+      <c r="U105" s="35">
+        <v>42.776442307692307</v>
+      </c>
+      <c r="V105" s="2">
+        <v>88975</v>
+      </c>
+      <c r="W105" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="X105" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y105" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z105" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA105" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AB105" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AC105" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD105" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AE105" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AF105" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AG105" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AH105" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AI105" s="1" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="106" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A106" s="6" t="s">
+        <v>331</v>
+      </c>
+      <c r="B106" s="6" t="s">
+        <v>332</v>
+      </c>
+      <c r="C106" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="D106" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="E106" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G106" s="33">
+        <v>2580</v>
+      </c>
+      <c r="H106" s="33">
+        <v>2830</v>
+      </c>
+      <c r="I106" s="33">
+        <v>250</v>
+      </c>
+      <c r="J106" s="34">
+        <v>0.96899224806201567</v>
+      </c>
+      <c r="K106" s="33">
+        <v>80</v>
+      </c>
+      <c r="L106" s="33">
+        <v>140</v>
+      </c>
+      <c r="M106" s="33">
+        <v>25</v>
+      </c>
+      <c r="N106" s="33">
+        <v>245</v>
+      </c>
+      <c r="O106" s="35">
+        <v>36.61</v>
+      </c>
+      <c r="P106" s="36">
+        <v>76154</v>
+      </c>
+      <c r="Q106" s="35">
+        <v>23.6</v>
+      </c>
+      <c r="R106" s="2">
+        <v>49080</v>
+      </c>
+      <c r="S106" s="35">
+        <v>33.229999999999997</v>
+      </c>
+      <c r="T106" s="2">
+        <v>69118</v>
+      </c>
+      <c r="U106" s="35">
+        <v>43.12</v>
+      </c>
+      <c r="V106" s="2">
+        <v>89690</v>
+      </c>
+      <c r="W106" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X106" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y106" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z106" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AA106" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB106" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AC106" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AD106" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AE106" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AF106" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AG106" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AH106" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AI106" s="1" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="107" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A107" s="6" t="s">
+        <v>333</v>
+      </c>
+      <c r="B107" s="6" t="s">
+        <v>334</v>
+      </c>
+      <c r="C107" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D107" s="6" t="s">
+        <v>335</v>
+      </c>
+      <c r="G107" s="33">
+        <v>595</v>
+      </c>
+      <c r="H107" s="33">
+        <v>645</v>
+      </c>
+      <c r="I107" s="33">
+        <v>50</v>
+      </c>
+      <c r="J107" s="34">
+        <v>0.84033613445378152</v>
+      </c>
+      <c r="K107" s="33">
+        <v>30</v>
+      </c>
+      <c r="L107" s="33">
+        <v>25</v>
+      </c>
+      <c r="M107" s="33">
+        <v>5</v>
+      </c>
+      <c r="N107" s="33">
+        <v>60</v>
+      </c>
+      <c r="O107" s="35">
+        <v>36.4</v>
+      </c>
+      <c r="P107" s="36">
+        <v>75703</v>
+      </c>
+      <c r="Q107" s="35">
+        <v>25.99</v>
+      </c>
+      <c r="R107" s="2">
+        <v>54050</v>
+      </c>
+      <c r="S107" s="35">
+        <v>36.32</v>
+      </c>
+      <c r="T107" s="2">
+        <v>75537</v>
+      </c>
+      <c r="U107" s="35">
+        <v>41.6</v>
+      </c>
+      <c r="V107" s="2">
+        <v>86530</v>
+      </c>
+      <c r="W107" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="X107" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="Y107" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z107" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AA107" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AB107" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AC107" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AD107" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AE107" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AF107" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AG107" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AH107" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AI107" s="1" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="108" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A108" s="6" t="s">
+        <v>336</v>
+      </c>
+      <c r="B108" s="6" t="s">
+        <v>337</v>
+      </c>
+      <c r="C108" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="D108" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="E108" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G108" s="33">
+        <v>150</v>
+      </c>
+      <c r="H108" s="33">
+        <v>165</v>
+      </c>
+      <c r="I108" s="33">
+        <v>15</v>
+      </c>
+      <c r="J108" s="34">
+        <v>1</v>
+      </c>
+      <c r="K108" s="33">
+        <v>5</v>
+      </c>
+      <c r="L108" s="33">
+        <v>10</v>
+      </c>
+      <c r="M108" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N108" s="33">
+        <v>20</v>
+      </c>
+      <c r="O108" s="35">
+        <v>36.32</v>
+      </c>
+      <c r="P108" s="36">
+        <v>75555</v>
+      </c>
+      <c r="Q108" s="35">
+        <v>20.61</v>
+      </c>
+      <c r="R108" s="2">
+        <v>42871</v>
+      </c>
+      <c r="S108" s="35">
+        <v>30.77</v>
+      </c>
+      <c r="T108" s="2">
+        <v>63997</v>
+      </c>
+      <c r="U108" s="35">
+        <v>44.18</v>
+      </c>
+      <c r="V108" s="2">
+        <v>91897</v>
+      </c>
+      <c r="W108" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X108" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y108" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z108" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA108" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB108" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC108" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD108" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE108" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF108" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG108" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH108" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI108" s="1" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="109" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A109" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="B109" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="C109" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="D109" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="E109" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F109" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G109" s="33">
+        <v>190</v>
+      </c>
+      <c r="H109" s="33">
+        <v>235</v>
+      </c>
+      <c r="I109" s="33">
+        <v>45</v>
+      </c>
+      <c r="J109" s="34">
+        <v>2.3684210526315788</v>
+      </c>
+      <c r="K109" s="33">
+        <v>5</v>
+      </c>
+      <c r="L109" s="33">
+        <v>10</v>
+      </c>
+      <c r="M109" s="33">
+        <v>5</v>
+      </c>
+      <c r="N109" s="33">
+        <v>15</v>
+      </c>
+      <c r="O109" s="35">
+        <v>36.090000000000003</v>
+      </c>
+      <c r="P109" s="36">
+        <v>75063</v>
+      </c>
+      <c r="Q109" s="35">
+        <v>26.54</v>
+      </c>
+      <c r="R109" s="2">
+        <v>55206</v>
+      </c>
+      <c r="S109" s="35">
+        <v>34.049999999999997</v>
+      </c>
+      <c r="T109" s="2">
+        <v>70824</v>
+      </c>
+      <c r="U109" s="35">
+        <v>40.86</v>
+      </c>
+      <c r="V109" s="2">
+        <v>84992</v>
+      </c>
+      <c r="W109" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X109" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y109" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z109" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="AA109" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AB109" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AC109" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="AD109" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AE109" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AF109" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AG109" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH109" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AI109" s="1" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="110" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A110" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="B110" s="6" t="s">
+        <v>339</v>
+      </c>
+      <c r="C110" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D110" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E110" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F110" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G110" s="33">
+        <v>270</v>
+      </c>
+      <c r="H110" s="33">
+        <v>325</v>
+      </c>
+      <c r="I110" s="33">
+        <v>55</v>
+      </c>
+      <c r="J110" s="34">
+        <v>2.0370370370370372</v>
+      </c>
+      <c r="K110" s="33">
+        <v>10</v>
+      </c>
+      <c r="L110" s="33">
+        <v>5</v>
+      </c>
+      <c r="M110" s="33">
+        <v>5</v>
+      </c>
+      <c r="N110" s="33">
+        <v>20</v>
+      </c>
+      <c r="O110" s="35">
+        <v>35.619999999999997</v>
+      </c>
+      <c r="P110" s="36">
+        <v>74097</v>
+      </c>
+      <c r="Q110" s="35">
+        <v>29.03</v>
+      </c>
+      <c r="R110" s="2">
+        <v>60376</v>
+      </c>
+      <c r="S110" s="35">
+        <v>35.96</v>
+      </c>
+      <c r="T110" s="2">
+        <v>74787</v>
+      </c>
+      <c r="U110" s="35">
+        <v>38.92</v>
+      </c>
+      <c r="V110" s="2">
+        <v>80957</v>
+      </c>
+      <c r="W110" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="X110" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y110" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z110" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA110" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AB110" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AC110" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD110" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AE110" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AF110" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AG110" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AH110" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AI110" s="1" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="111" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A111" s="6" t="s">
+        <v>340</v>
+      </c>
+      <c r="B111" s="6" t="s">
+        <v>341</v>
+      </c>
+      <c r="C111" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D111" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="G111" s="33">
+        <v>195</v>
+      </c>
+      <c r="H111" s="33">
+        <v>210</v>
+      </c>
+      <c r="I111" s="33">
+        <v>15</v>
+      </c>
+      <c r="J111" s="34">
+        <v>0.76923076923076927</v>
+      </c>
+      <c r="K111" s="33">
+        <v>10</v>
+      </c>
+      <c r="L111" s="33">
+        <v>10</v>
+      </c>
+      <c r="M111" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N111" s="33">
+        <v>20</v>
+      </c>
+      <c r="O111" s="35">
+        <v>35.46</v>
+      </c>
+      <c r="P111" s="36">
+        <v>73747</v>
+      </c>
+      <c r="Q111" s="35">
+        <v>20.87</v>
+      </c>
+      <c r="R111" s="2">
+        <v>43418</v>
+      </c>
+      <c r="S111" s="35">
+        <v>29.31</v>
+      </c>
+      <c r="T111" s="2">
+        <v>60965</v>
+      </c>
+      <c r="U111" s="35">
+        <v>42.75</v>
+      </c>
+      <c r="V111" s="2">
+        <v>88911</v>
+      </c>
+      <c r="W111" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X111" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y111" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z111" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA111" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AB111" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AC111" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD111" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AE111" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AF111" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AG111" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AH111" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AI111" s="1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="112" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A112" s="6" t="s">
+        <v>342</v>
+      </c>
+      <c r="B112" s="6" t="s">
+        <v>343</v>
+      </c>
+      <c r="C112" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="D112" s="6" t="s">
+        <v>230</v>
+      </c>
+      <c r="E112" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="G112" s="33">
+        <v>2225</v>
+      </c>
+      <c r="H112" s="33">
+        <v>2470</v>
+      </c>
+      <c r="I112" s="33">
+        <v>245</v>
+      </c>
+      <c r="J112" s="34">
+        <v>1.101123595505618</v>
+      </c>
+      <c r="K112" s="33">
+        <v>60</v>
+      </c>
+      <c r="L112" s="33">
+        <v>160</v>
+      </c>
+      <c r="M112" s="33">
+        <v>25</v>
+      </c>
+      <c r="N112" s="33">
+        <v>245</v>
+      </c>
+      <c r="O112" s="35">
+        <v>34.96</v>
+      </c>
+      <c r="P112" s="36">
+        <v>72722</v>
+      </c>
+      <c r="Q112" s="35">
+        <v>19.239999999999998</v>
+      </c>
+      <c r="R112" s="2">
+        <v>40017</v>
+      </c>
+      <c r="S112" s="35">
+        <v>31.21</v>
+      </c>
+      <c r="T112" s="2">
+        <v>64925</v>
+      </c>
+      <c r="U112" s="35">
+        <v>42.82</v>
+      </c>
+      <c r="V112" s="2">
+        <v>89074</v>
+      </c>
+      <c r="W112" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="X112" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y112" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="Z112" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA112" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB112" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC112" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD112" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE112" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF112" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG112" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH112" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI112" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AJ112" s="4"/>
+    </row>
+    <row r="113" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A113" s="6" t="s">
+        <v>344</v>
+      </c>
+      <c r="B113" s="6" t="s">
+        <v>345</v>
+      </c>
+      <c r="C113" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D113" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="E113" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F113" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G113" s="33">
+        <v>120</v>
+      </c>
+      <c r="H113" s="33">
+        <v>135</v>
+      </c>
+      <c r="I113" s="33">
+        <v>20</v>
+      </c>
+      <c r="J113" s="34">
+        <v>1.6666666666666665</v>
+      </c>
+      <c r="K113" s="33">
+        <v>5</v>
+      </c>
+      <c r="L113" s="33">
+        <v>5</v>
+      </c>
+      <c r="M113" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N113" s="33">
+        <v>10</v>
+      </c>
+      <c r="O113" s="35">
+        <v>34.938461538461539</v>
+      </c>
+      <c r="P113" s="36">
+        <v>72672</v>
+      </c>
+      <c r="Q113" s="35">
+        <v>22.565384615384616</v>
+      </c>
+      <c r="R113" s="2">
+        <v>46936</v>
+      </c>
+      <c r="S113" s="35">
+        <v>35.784615384615385</v>
+      </c>
+      <c r="T113" s="2">
+        <v>74432</v>
+      </c>
+      <c r="U113" s="35">
+        <v>41.125</v>
+      </c>
+      <c r="V113" s="2">
+        <v>85540</v>
+      </c>
+      <c r="W113" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="X113" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y113" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z113" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AA113" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AB113" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AC113" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD113" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AE113" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AF113" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AG113" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AH113" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AI113" s="1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="114" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A114" s="6" t="s">
+        <v>346</v>
+      </c>
+      <c r="B114" s="6" t="s">
+        <v>347</v>
+      </c>
+      <c r="C114" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="D114" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="F114" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G114" s="33">
+        <v>180</v>
+      </c>
+      <c r="H114" s="33">
+        <v>200</v>
+      </c>
+      <c r="I114" s="33">
+        <v>20</v>
+      </c>
+      <c r="J114" s="34">
+        <v>1.1111111111111112</v>
+      </c>
+      <c r="K114" s="33">
+        <v>5</v>
+      </c>
+      <c r="L114" s="33">
+        <v>10</v>
+      </c>
+      <c r="M114" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N114" s="33">
+        <v>15</v>
+      </c>
+      <c r="O114" s="35">
+        <v>34.92</v>
+      </c>
+      <c r="P114" s="36">
+        <v>72634</v>
+      </c>
+      <c r="Q114" s="35">
+        <v>25.03</v>
+      </c>
+      <c r="R114" s="2">
+        <v>52066</v>
+      </c>
+      <c r="S114" s="35">
+        <v>36.6</v>
+      </c>
+      <c r="T114" s="2">
+        <v>76137</v>
+      </c>
+      <c r="U114" s="35">
+        <v>39.86</v>
+      </c>
+      <c r="V114" s="2">
+        <v>82918</v>
+      </c>
+      <c r="W114" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="X114" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y114" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Z114" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA114" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AB114" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AC114" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AD114" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AE114" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AF114" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AG114" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH114" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AI114" s="1" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="115" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A115" s="6" t="s">
+        <v>348</v>
+      </c>
+      <c r="B115" s="6" t="s">
+        <v>349</v>
+      </c>
+      <c r="C115" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="D115" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="E115" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F115" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G115" s="33">
+        <v>70</v>
+      </c>
+      <c r="H115" s="33">
+        <v>80</v>
+      </c>
+      <c r="I115" s="33">
+        <v>10</v>
+      </c>
+      <c r="J115" s="34">
+        <v>1.4285714285714284</v>
+      </c>
+      <c r="K115" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="L115" s="33">
+        <v>5</v>
+      </c>
+      <c r="M115" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N115" s="33">
+        <v>10</v>
+      </c>
+      <c r="O115" s="35">
+        <v>34.840000000000003</v>
+      </c>
+      <c r="P115" s="36">
+        <v>72461</v>
+      </c>
+      <c r="Q115" s="35">
+        <v>22.49</v>
+      </c>
+      <c r="R115" s="2">
+        <v>46774</v>
+      </c>
+      <c r="S115" s="35">
+        <v>33.869999999999997</v>
+      </c>
+      <c r="T115" s="2">
+        <v>70450</v>
+      </c>
+      <c r="U115" s="35">
+        <v>41.01</v>
+      </c>
+      <c r="V115" s="2">
+        <v>85304</v>
+      </c>
+      <c r="W115" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X115" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y115" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="Z115" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA115" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AB115" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AC115" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD115" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AE115" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AF115" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AG115" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH115" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AI115" s="1" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="116" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A116" s="6" t="s">
+        <v>350</v>
+      </c>
+      <c r="B116" s="6" t="s">
+        <v>351</v>
+      </c>
+      <c r="C116" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="D116" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="E116" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G116" s="33">
+        <v>610</v>
+      </c>
+      <c r="H116" s="33">
+        <v>690</v>
+      </c>
+      <c r="I116" s="33">
+        <v>80</v>
+      </c>
+      <c r="J116" s="34">
+        <v>1.3114754098360657</v>
+      </c>
+      <c r="K116" s="33">
+        <v>20</v>
+      </c>
+      <c r="L116" s="33">
+        <v>30</v>
+      </c>
+      <c r="M116" s="33">
+        <v>10</v>
+      </c>
+      <c r="N116" s="33">
+        <v>55</v>
+      </c>
+      <c r="O116" s="35">
+        <v>34.6</v>
+      </c>
+      <c r="P116" s="36">
+        <v>71967</v>
+      </c>
+      <c r="Q116" s="35">
+        <v>23.1</v>
+      </c>
+      <c r="R116" s="2">
+        <v>48052</v>
+      </c>
+      <c r="S116" s="35">
+        <v>31.58</v>
+      </c>
+      <c r="T116" s="2">
+        <v>65689</v>
+      </c>
+      <c r="U116" s="35">
+        <v>40.35</v>
+      </c>
+      <c r="V116" s="2">
+        <v>83925</v>
+      </c>
+      <c r="W116" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X116" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y116" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z116" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AA116" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB116" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="AC116" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AD116" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AE116" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AF116" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="AG116" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AH116" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AI116" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AJ116" s="4"/>
+    </row>
+    <row r="117" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A117" s="6" t="s">
+        <v>352</v>
+      </c>
+      <c r="B117" s="6" t="s">
+        <v>353</v>
+      </c>
+      <c r="C117" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="D117" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="E117" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G117" s="33">
+        <v>85</v>
+      </c>
+      <c r="H117" s="33">
+        <v>105</v>
+      </c>
+      <c r="I117" s="33">
+        <v>20</v>
+      </c>
+      <c r="J117" s="34">
+        <v>2.3529411764705879</v>
+      </c>
+      <c r="K117" s="33">
+        <v>5</v>
+      </c>
+      <c r="L117" s="33">
+        <v>5</v>
+      </c>
+      <c r="M117" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N117" s="33">
+        <v>10</v>
+      </c>
+      <c r="O117" s="35">
+        <v>34.5</v>
+      </c>
+      <c r="P117" s="36">
+        <v>71754</v>
+      </c>
+      <c r="Q117" s="35">
+        <v>26.21</v>
+      </c>
+      <c r="R117" s="2">
+        <v>54527</v>
+      </c>
+      <c r="S117" s="35">
+        <v>31.21</v>
+      </c>
+      <c r="T117" s="2">
+        <v>64921</v>
+      </c>
+      <c r="U117" s="35">
+        <v>38.64</v>
+      </c>
+      <c r="V117" s="2">
+        <v>80367</v>
+      </c>
+      <c r="W117" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="X117" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y117" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Z117" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA117" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AB117" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AC117" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AD117" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AE117" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AF117" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AG117" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AH117" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AI117" s="1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="118" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A118" s="6" t="s">
+        <v>354</v>
+      </c>
+      <c r="B118" s="6" t="s">
+        <v>355</v>
+      </c>
+      <c r="C118" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="D118" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="E118" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G118" s="33">
+        <v>340</v>
+      </c>
+      <c r="H118" s="33">
+        <v>375</v>
+      </c>
+      <c r="I118" s="33">
+        <v>40</v>
+      </c>
+      <c r="J118" s="34">
+        <v>1.1764705882352939</v>
+      </c>
+      <c r="K118" s="33">
+        <v>10</v>
+      </c>
+      <c r="L118" s="33">
+        <v>15</v>
+      </c>
+      <c r="M118" s="33">
+        <v>5</v>
+      </c>
+      <c r="N118" s="33">
+        <v>30</v>
+      </c>
+      <c r="O118" s="35">
+        <v>34.35</v>
+      </c>
+      <c r="P118" s="36">
+        <v>71443</v>
+      </c>
+      <c r="Q118" s="35">
+        <v>23.65</v>
+      </c>
+      <c r="R118" s="2">
+        <v>49198</v>
+      </c>
+      <c r="S118" s="35">
+        <v>31.81</v>
+      </c>
+      <c r="T118" s="2">
+        <v>66165</v>
+      </c>
+      <c r="U118" s="35">
+        <v>39.700000000000003</v>
+      </c>
+      <c r="V118" s="2">
+        <v>82566</v>
+      </c>
+      <c r="W118" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X118" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y118" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z118" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA118" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AB118" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AC118" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AD118" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AE118" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AF118" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AG118" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH118" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="AI118" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="119" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A119" s="6" t="s">
+        <v>356</v>
+      </c>
+      <c r="B119" s="6" t="s">
+        <v>357</v>
+      </c>
+      <c r="C119" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="D119" s="6" t="s">
+        <v>358</v>
+      </c>
+      <c r="G119" s="33">
+        <v>95</v>
+      </c>
+      <c r="H119" s="33">
+        <v>105</v>
+      </c>
+      <c r="I119" s="33">
+        <v>10</v>
+      </c>
+      <c r="J119" s="34">
+        <v>1.0526315789473684</v>
+      </c>
+      <c r="K119" s="33">
+        <v>5</v>
+      </c>
+      <c r="L119" s="33">
+        <v>10</v>
+      </c>
+      <c r="M119" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N119" s="33">
+        <v>15</v>
+      </c>
+      <c r="O119" s="35">
+        <v>34.19</v>
+      </c>
+      <c r="P119" s="36">
+        <v>71125</v>
+      </c>
+      <c r="Q119" s="35">
+        <v>20.010000000000002</v>
+      </c>
+      <c r="R119" s="2">
+        <v>41629</v>
+      </c>
+      <c r="S119" s="35">
+        <v>29.86</v>
+      </c>
+      <c r="T119" s="2">
+        <v>62111</v>
+      </c>
+      <c r="U119" s="35">
+        <v>41.28</v>
+      </c>
+      <c r="V119" s="2">
+        <v>85873</v>
+      </c>
+      <c r="W119" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="X119" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y119" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z119" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AA119" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AB119" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AC119" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD119" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="AE119" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AF119" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="AG119" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AH119" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AI119" s="1" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="120" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A120" s="6" t="s">
+        <v>360</v>
+      </c>
+      <c r="B120" s="6" t="s">
+        <v>361</v>
+      </c>
+      <c r="C120" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="D120" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="E120" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G120" s="33">
+        <v>1290</v>
+      </c>
+      <c r="H120" s="33">
+        <v>1425</v>
+      </c>
+      <c r="I120" s="33">
+        <v>130</v>
+      </c>
+      <c r="J120" s="34">
+        <v>1.0077519379844961</v>
+      </c>
+      <c r="K120" s="33">
+        <v>35</v>
+      </c>
+      <c r="L120" s="33">
+        <v>75</v>
+      </c>
+      <c r="M120" s="33">
+        <v>15</v>
+      </c>
+      <c r="N120" s="33">
+        <v>120</v>
+      </c>
+      <c r="O120" s="35">
+        <v>34.049999999999997</v>
+      </c>
+      <c r="P120" s="36">
+        <v>70820</v>
+      </c>
+      <c r="Q120" s="35">
+        <v>21.56</v>
+      </c>
+      <c r="R120" s="2">
+        <v>44839</v>
+      </c>
+      <c r="S120" s="35">
+        <v>31.46</v>
+      </c>
+      <c r="T120" s="2">
+        <v>65447</v>
+      </c>
+      <c r="U120" s="35">
+        <v>40.29</v>
+      </c>
+      <c r="V120" s="2">
+        <v>83810</v>
+      </c>
+      <c r="W120" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X120" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y120" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z120" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA120" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AB120" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AC120" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AD120" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AE120" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AF120" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AG120" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="AH120" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="AI120" s="1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="121" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A121" s="6" t="s">
+        <v>363</v>
+      </c>
+      <c r="B121" s="6" t="s">
+        <v>364</v>
+      </c>
+      <c r="C121" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D121" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="G121" s="33">
+        <v>90</v>
+      </c>
+      <c r="H121" s="33">
+        <v>100</v>
+      </c>
+      <c r="I121" s="33">
+        <v>10</v>
+      </c>
+      <c r="J121" s="34">
+        <v>1.1111111111111112</v>
+      </c>
+      <c r="K121" s="33">
+        <v>5</v>
+      </c>
+      <c r="L121" s="33">
+        <v>5</v>
+      </c>
+      <c r="M121" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N121" s="33">
+        <v>10</v>
+      </c>
+      <c r="O121" s="35">
+        <v>34.025480769230768</v>
+      </c>
+      <c r="P121" s="36">
+        <v>70773</v>
+      </c>
+      <c r="Q121" s="35">
+        <v>26.047115384615385</v>
+      </c>
+      <c r="R121" s="2">
+        <v>54178</v>
+      </c>
+      <c r="S121" s="35">
+        <v>33.267307692307689</v>
+      </c>
+      <c r="T121" s="2">
+        <v>69196</v>
+      </c>
+      <c r="U121" s="35">
+        <v>38.01490384615385</v>
+      </c>
+      <c r="V121" s="2">
+        <v>79071</v>
+      </c>
+      <c r="W121" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="X121" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y121" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z121" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AA121" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB121" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AC121" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AD121" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AE121" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AF121" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AG121" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AH121" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AI121" s="1" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="122" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A122" s="6" t="s">
+        <v>365</v>
+      </c>
+      <c r="B122" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="C122" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="D122" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="E122" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G122" s="33">
+        <v>710</v>
+      </c>
+      <c r="H122" s="33">
+        <v>935</v>
+      </c>
+      <c r="I122" s="33">
+        <v>225</v>
+      </c>
+      <c r="J122" s="34">
+        <v>3.1690140845070425</v>
+      </c>
+      <c r="K122" s="33">
+        <v>30</v>
+      </c>
+      <c r="L122" s="33">
+        <v>40</v>
+      </c>
+      <c r="M122" s="33">
+        <v>20</v>
+      </c>
+      <c r="N122" s="33">
+        <v>90</v>
+      </c>
+      <c r="O122" s="35">
+        <v>34</v>
+      </c>
+      <c r="P122" s="36">
+        <v>70723</v>
+      </c>
+      <c r="Q122" s="35">
+        <v>22.97</v>
+      </c>
+      <c r="R122" s="2">
+        <v>47778</v>
+      </c>
+      <c r="S122" s="35">
+        <v>29.52</v>
+      </c>
+      <c r="T122" s="2">
+        <v>61396</v>
+      </c>
+      <c r="U122" s="35">
+        <v>39.520000000000003</v>
+      </c>
+      <c r="V122" s="2">
+        <v>82196</v>
+      </c>
+      <c r="W122" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X122" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y122" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z122" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA122" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AB122" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AC122" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AD122" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AE122" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AF122" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AG122" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH122" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="AI122" s="1" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="123" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A123" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="B123" s="6" t="s">
+        <v>368</v>
+      </c>
+      <c r="C123" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="D123" s="6" t="s">
+        <v>369</v>
+      </c>
+      <c r="E123" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G123" s="33">
+        <v>860</v>
+      </c>
+      <c r="H123" s="33">
+        <v>1015</v>
+      </c>
+      <c r="I123" s="33">
+        <v>155</v>
+      </c>
+      <c r="J123" s="34">
+        <v>1.8023255813953487</v>
+      </c>
+      <c r="K123" s="33">
+        <v>30</v>
+      </c>
+      <c r="L123" s="33">
+        <v>40</v>
+      </c>
+      <c r="M123" s="33">
+        <v>15</v>
+      </c>
+      <c r="N123" s="33">
+        <v>90</v>
+      </c>
+      <c r="O123" s="35">
+        <v>34</v>
+      </c>
+      <c r="P123" s="36">
+        <v>70719</v>
+      </c>
+      <c r="Q123" s="35">
+        <v>23.4</v>
+      </c>
+      <c r="R123" s="2">
+        <v>48663</v>
+      </c>
+      <c r="S123" s="35">
+        <v>30.9</v>
+      </c>
+      <c r="T123" s="2">
+        <v>64278</v>
+      </c>
+      <c r="U123" s="35">
+        <v>39.299999999999997</v>
+      </c>
+      <c r="V123" s="2">
+        <v>81747</v>
+      </c>
+      <c r="W123" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X123" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y123" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z123" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AA123" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AB123" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AC123" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AD123" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AE123" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AF123" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AG123" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH123" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="AI123" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="124" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A124" s="6" t="s">
+        <v>370</v>
+      </c>
+      <c r="B124" s="6" t="s">
+        <v>371</v>
+      </c>
+      <c r="C124" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="D124" s="6" t="s">
+        <v>373</v>
+      </c>
+      <c r="E124" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G124" s="33">
+        <v>295</v>
+      </c>
+      <c r="H124" s="33">
+        <v>350</v>
+      </c>
+      <c r="I124" s="33">
+        <v>55</v>
+      </c>
+      <c r="J124" s="34">
+        <v>1.8644067796610169</v>
+      </c>
+      <c r="K124" s="33">
+        <v>10</v>
+      </c>
+      <c r="L124" s="33">
+        <v>15</v>
+      </c>
+      <c r="M124" s="33">
+        <v>5</v>
+      </c>
+      <c r="N124" s="33">
+        <v>35</v>
+      </c>
+      <c r="O124" s="35">
+        <v>33.89</v>
+      </c>
+      <c r="P124" s="36">
+        <v>70482</v>
+      </c>
+      <c r="Q124" s="35">
+        <v>21.85</v>
+      </c>
+      <c r="R124" s="2">
+        <v>45455</v>
+      </c>
+      <c r="S124" s="35">
+        <v>31.73</v>
+      </c>
+      <c r="T124" s="2">
+        <v>65995</v>
+      </c>
+      <c r="U124" s="35">
+        <v>39.9</v>
+      </c>
+      <c r="V124" s="2">
+        <v>82996</v>
+      </c>
+      <c r="W124" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="X124" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y124" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="Z124" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="AA124" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="AB124" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="AC124" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="AD124" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="AE124" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AF124" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AG124" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AH124" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AI124" s="1" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="125" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A125" s="6" t="s">
+        <v>377</v>
+      </c>
+      <c r="B125" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="C125" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D125" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E125" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F125" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G125" s="33">
+        <v>205</v>
+      </c>
+      <c r="H125" s="33">
+        <v>235</v>
+      </c>
+      <c r="I125" s="33">
+        <v>30</v>
+      </c>
+      <c r="J125" s="34">
+        <v>1.4634146341463414</v>
+      </c>
+      <c r="K125" s="33">
+        <v>10</v>
+      </c>
+      <c r="L125" s="33">
+        <v>5</v>
+      </c>
+      <c r="M125" s="33">
+        <v>5</v>
+      </c>
+      <c r="N125" s="33">
+        <v>15</v>
+      </c>
+      <c r="O125" s="35">
+        <v>33.840000000000003</v>
+      </c>
+      <c r="P125" s="36">
+        <v>70382</v>
+      </c>
+      <c r="Q125" s="35">
+        <v>28.01</v>
+      </c>
+      <c r="R125" s="2">
+        <v>58259</v>
+      </c>
+      <c r="S125" s="35">
+        <v>34.229999999999997</v>
+      </c>
+      <c r="T125" s="2">
+        <v>71207</v>
+      </c>
+      <c r="U125" s="35">
+        <v>36.75</v>
+      </c>
+      <c r="V125" s="2">
+        <v>76444</v>
+      </c>
+      <c r="W125" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X125" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y125" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Z125" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA125" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AB125" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AC125" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AD125" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AE125" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AF125" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AG125" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AH125" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AI125" s="1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="126" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A126" s="6" t="s">
+        <v>379</v>
+      </c>
+      <c r="B126" s="6" t="s">
+        <v>380</v>
+      </c>
+      <c r="C126" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="D126" s="6" t="s">
+        <v>369</v>
+      </c>
+      <c r="E126" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G126" s="33">
+        <v>235</v>
+      </c>
+      <c r="H126" s="33">
+        <v>265</v>
+      </c>
+      <c r="I126" s="33">
+        <v>30</v>
+      </c>
+      <c r="J126" s="34">
+        <v>1.2765957446808511</v>
+      </c>
+      <c r="K126" s="33">
+        <v>10</v>
+      </c>
+      <c r="L126" s="33">
+        <v>15</v>
+      </c>
+      <c r="M126" s="33">
+        <v>5</v>
+      </c>
+      <c r="N126" s="33">
+        <v>30</v>
+      </c>
+      <c r="O126" s="35">
+        <v>33.659999999999997</v>
+      </c>
+      <c r="P126" s="36">
+        <v>70021</v>
+      </c>
+      <c r="Q126" s="35">
+        <v>24.76</v>
+      </c>
+      <c r="R126" s="2">
+        <v>51507</v>
+      </c>
+      <c r="S126" s="35">
+        <v>33.83</v>
+      </c>
+      <c r="T126" s="2">
+        <v>70374</v>
+      </c>
+      <c r="U126" s="35">
+        <v>38.11</v>
+      </c>
+      <c r="V126" s="2">
+        <v>79278</v>
+      </c>
+      <c r="W126" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X126" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y126" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z126" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA126" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AB126" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AC126" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AD126" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AE126" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AF126" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AG126" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AH126" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AI126" s="1" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="127" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A127" s="6" t="s">
+        <v>381</v>
+      </c>
+      <c r="B127" s="6" t="s">
+        <v>382</v>
+      </c>
+      <c r="C127" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="D127" s="6" t="s">
+        <v>383</v>
+      </c>
+      <c r="G127" s="33">
+        <v>195</v>
+      </c>
+      <c r="H127" s="33">
+        <v>215</v>
+      </c>
+      <c r="I127" s="33">
+        <v>20</v>
+      </c>
+      <c r="J127" s="34">
+        <v>1.0256410256410255</v>
+      </c>
+      <c r="K127" s="33">
+        <v>5</v>
+      </c>
+      <c r="L127" s="33">
+        <v>10</v>
+      </c>
+      <c r="M127" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N127" s="33">
+        <v>15</v>
+      </c>
+      <c r="O127" s="35">
+        <v>33.57</v>
+      </c>
+      <c r="P127" s="36">
+        <v>69833</v>
+      </c>
+      <c r="Q127" s="35">
+        <v>23.24</v>
+      </c>
+      <c r="R127" s="2">
+        <v>48329</v>
+      </c>
+      <c r="S127" s="35">
+        <v>33.51</v>
+      </c>
+      <c r="T127" s="2">
+        <v>69701</v>
+      </c>
+      <c r="U127" s="35">
+        <v>38.74</v>
+      </c>
+      <c r="V127" s="2">
+        <v>80585</v>
+      </c>
+      <c r="W127" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="X127" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y127" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z127" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="AA127" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="AB127" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="AC127" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="AD127" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AE127" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AF127" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="AG127" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AH127" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AI127" s="1" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="128" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A128" s="6" t="s">
+        <v>385</v>
+      </c>
+      <c r="B128" s="6" t="s">
+        <v>386</v>
+      </c>
+      <c r="C128" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="D128" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="E128" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F128" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G128" s="33">
+        <v>770</v>
+      </c>
+      <c r="H128" s="33">
+        <v>860</v>
+      </c>
+      <c r="I128" s="33">
+        <v>90</v>
+      </c>
+      <c r="J128" s="34">
+        <v>1.1688311688311688</v>
+      </c>
+      <c r="K128" s="33">
+        <v>20</v>
+      </c>
+      <c r="L128" s="33">
+        <v>35</v>
+      </c>
+      <c r="M128" s="33">
+        <v>10</v>
+      </c>
+      <c r="N128" s="33">
+        <v>65</v>
+      </c>
+      <c r="O128" s="35">
+        <v>33.22</v>
+      </c>
+      <c r="P128" s="36">
+        <v>69088</v>
+      </c>
+      <c r="Q128" s="35">
+        <v>23.8</v>
+      </c>
+      <c r="R128" s="2">
+        <v>49512</v>
+      </c>
+      <c r="S128" s="35">
+        <v>30.76</v>
+      </c>
+      <c r="T128" s="2">
+        <v>63972</v>
+      </c>
+      <c r="U128" s="35">
+        <v>37.92</v>
+      </c>
+      <c r="V128" s="2">
+        <v>78876</v>
+      </c>
+      <c r="W128" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="X128" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y128" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="Z128" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AA128" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB128" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AC128" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AD128" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AE128" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AF128" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AG128" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AH128" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="AI128" s="1" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="129" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A129" s="6" t="s">
+        <v>387</v>
+      </c>
+      <c r="B129" s="6" t="s">
+        <v>388</v>
+      </c>
+      <c r="C129" s="6" t="s">
+        <v>326</v>
+      </c>
+      <c r="D129" s="6" t="s">
+        <v>389</v>
+      </c>
+      <c r="E129" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G129" s="33">
+        <v>185</v>
+      </c>
+      <c r="H129" s="33">
+        <v>205</v>
+      </c>
+      <c r="I129" s="33">
+        <v>20</v>
+      </c>
+      <c r="J129" s="34">
+        <v>1.0810810810810811</v>
+      </c>
+      <c r="K129" s="33">
+        <v>5</v>
+      </c>
+      <c r="L129" s="33">
+        <v>10</v>
+      </c>
+      <c r="M129" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N129" s="33">
+        <v>20</v>
+      </c>
+      <c r="O129" s="35">
+        <v>33.200000000000003</v>
+      </c>
+      <c r="P129" s="36">
+        <v>69048</v>
+      </c>
+      <c r="Q129" s="35">
+        <v>26.78</v>
+      </c>
+      <c r="R129" s="2">
+        <v>55693</v>
+      </c>
+      <c r="S129" s="35">
+        <v>30.44</v>
+      </c>
+      <c r="T129" s="2">
+        <v>63324</v>
+      </c>
+      <c r="U129" s="35">
+        <v>36.409999999999997</v>
+      </c>
+      <c r="V129" s="2">
+        <v>75725</v>
+      </c>
+      <c r="W129" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X129" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y129" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="Z129" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AA129" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AB129" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AC129" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD129" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AE129" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AF129" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG129" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="AH129" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AI129" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="130" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A130" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="B130" s="6" t="s">
+        <v>391</v>
+      </c>
+      <c r="C130" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="D130" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="F130" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G130" s="33">
+        <v>195</v>
+      </c>
+      <c r="H130" s="33">
+        <v>220</v>
+      </c>
+      <c r="I130" s="33">
+        <v>25</v>
+      </c>
+      <c r="J130" s="34">
+        <v>1.2820512820512819</v>
+      </c>
+      <c r="K130" s="33">
+        <v>5</v>
+      </c>
+      <c r="L130" s="33">
+        <v>15</v>
+      </c>
+      <c r="M130" s="33">
+        <v>5</v>
+      </c>
+      <c r="N130" s="33">
+        <v>20</v>
+      </c>
+      <c r="O130" s="35">
+        <v>33.03</v>
+      </c>
+      <c r="P130" s="36">
+        <v>68700</v>
+      </c>
+      <c r="Q130" s="35">
+        <v>24.86</v>
+      </c>
+      <c r="R130" s="2">
+        <v>51700</v>
+      </c>
+      <c r="S130" s="35">
+        <v>30.74</v>
+      </c>
+      <c r="T130" s="2">
+        <v>63943</v>
+      </c>
+      <c r="U130" s="35">
+        <v>37.119999999999997</v>
+      </c>
+      <c r="V130" s="2">
+        <v>77200</v>
+      </c>
+      <c r="W130" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X130" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y130" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z130" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA130" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AB130" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AC130" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD130" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AE130" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="AF130" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AG130" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AH130" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AI130" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="131" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A131" s="6" t="s">
+        <v>392</v>
+      </c>
+      <c r="B131" s="6" t="s">
+        <v>393</v>
+      </c>
+      <c r="C131" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="D131" s="6" t="s">
+        <v>395</v>
+      </c>
+      <c r="E131" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F131" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G131" s="33">
+        <v>85</v>
+      </c>
+      <c r="H131" s="33">
+        <v>110</v>
+      </c>
+      <c r="I131" s="33">
+        <v>20</v>
+      </c>
+      <c r="J131" s="34">
+        <v>2.3529411764705879</v>
+      </c>
+      <c r="K131" s="33">
+        <v>5</v>
+      </c>
+      <c r="L131" s="33">
+        <v>5</v>
+      </c>
+      <c r="M131" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N131" s="33">
+        <v>10</v>
+      </c>
+      <c r="O131" s="35">
+        <v>32.979999999999997</v>
+      </c>
+      <c r="P131" s="36">
+        <v>68602</v>
+      </c>
+      <c r="Q131" s="35">
+        <v>23.51</v>
+      </c>
+      <c r="R131" s="2">
+        <v>48899</v>
+      </c>
+      <c r="S131" s="35">
+        <v>31.56</v>
+      </c>
+      <c r="T131" s="2">
+        <v>65644</v>
+      </c>
+      <c r="U131" s="35">
+        <v>37.72</v>
+      </c>
+      <c r="V131" s="2">
+        <v>78453</v>
+      </c>
+      <c r="W131" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="X131" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y131" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z131" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA131" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB131" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC131" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD131" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE131" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF131" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG131" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH131" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI131" s="1" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="132" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A132" s="6" t="s">
+        <v>396</v>
+      </c>
+      <c r="B132" s="6" t="s">
+        <v>397</v>
+      </c>
+      <c r="C132" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="D132" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="E132" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G132" s="33">
+        <v>850</v>
+      </c>
+      <c r="H132" s="33">
+        <v>945</v>
+      </c>
+      <c r="I132" s="33">
+        <v>95</v>
+      </c>
+      <c r="J132" s="34">
+        <v>1.1176470588235294</v>
+      </c>
+      <c r="K132" s="33">
+        <v>40</v>
+      </c>
+      <c r="L132" s="33">
+        <v>30</v>
+      </c>
+      <c r="M132" s="33">
+        <v>10</v>
+      </c>
+      <c r="N132" s="33">
+        <v>80</v>
+      </c>
+      <c r="O132" s="35">
+        <v>32.950000000000003</v>
+      </c>
+      <c r="P132" s="36">
+        <v>68539</v>
+      </c>
+      <c r="Q132" s="35">
+        <v>21.76</v>
+      </c>
+      <c r="R132" s="2">
+        <v>45270</v>
+      </c>
+      <c r="S132" s="35">
+        <v>28.04</v>
+      </c>
+      <c r="T132" s="2">
+        <v>58325</v>
+      </c>
+      <c r="U132" s="35">
+        <v>38.54</v>
+      </c>
+      <c r="V132" s="2">
+        <v>80173</v>
+      </c>
+      <c r="W132" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="X132" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y132" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="Z132" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AA132" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AB132" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AC132" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AD132" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AE132" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AF132" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="AG132" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="AH132" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AI132" s="1" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="133" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A133" s="6" t="s">
+        <v>398</v>
+      </c>
+      <c r="B133" s="6" t="s">
+        <v>399</v>
+      </c>
+      <c r="C133" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D133" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="G133" s="33">
+        <v>60</v>
+      </c>
+      <c r="H133" s="33">
+        <v>70</v>
+      </c>
+      <c r="I133" s="33">
+        <v>5</v>
+      </c>
+      <c r="J133" s="34">
+        <v>0.83333333333333326</v>
+      </c>
+      <c r="K133" s="33">
+        <v>5</v>
+      </c>
+      <c r="L133" s="33">
+        <v>5</v>
+      </c>
+      <c r="M133" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N133" s="33">
+        <v>10</v>
+      </c>
+      <c r="O133" s="35">
+        <v>32.770000000000003</v>
+      </c>
+      <c r="P133" s="36">
+        <v>68152</v>
+      </c>
+      <c r="Q133" s="35">
+        <v>29.29</v>
+      </c>
+      <c r="R133" s="2">
+        <v>60917</v>
+      </c>
+      <c r="S133" s="35">
+        <v>32.35</v>
+      </c>
+      <c r="T133" s="2">
+        <v>67284</v>
+      </c>
+      <c r="U133" s="35">
+        <v>34.5</v>
+      </c>
+      <c r="V133" s="2">
+        <v>71770</v>
+      </c>
+      <c r="W133" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="X133" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y133" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="Z133" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="AA133" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="AB133" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AC133" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AD133" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="AE133" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="AF133" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="AG133" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AH133" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AI133" s="1" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="134" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A134" s="6" t="s">
+        <v>402</v>
+      </c>
+      <c r="B134" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="C134" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D134" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="E134" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F134" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G134" s="33">
+        <v>945</v>
+      </c>
+      <c r="H134" s="33">
+        <v>1110</v>
+      </c>
+      <c r="I134" s="33">
+        <v>165</v>
+      </c>
+      <c r="J134" s="34">
+        <v>1.7460317460317458</v>
+      </c>
+      <c r="K134" s="33">
+        <v>30</v>
+      </c>
+      <c r="L134" s="33">
+        <v>20</v>
+      </c>
+      <c r="M134" s="33">
+        <v>15</v>
+      </c>
+      <c r="N134" s="33">
+        <v>70</v>
+      </c>
+      <c r="O134" s="35">
+        <v>32.65</v>
+      </c>
+      <c r="P134" s="36">
+        <v>67905</v>
+      </c>
+      <c r="Q134" s="35">
+        <v>26.39</v>
+      </c>
+      <c r="R134" s="2">
+        <v>54900</v>
+      </c>
+      <c r="S134" s="35">
+        <v>31.1</v>
+      </c>
+      <c r="T134" s="2">
+        <v>64681</v>
+      </c>
+      <c r="U134" s="35">
+        <v>35.770000000000003</v>
+      </c>
+      <c r="V134" s="2">
+        <v>74407</v>
+      </c>
+      <c r="W134" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="X134" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y134" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z134" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA134" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AB134" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AC134" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AD134" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AE134" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AF134" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AG134" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="AH134" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AI134" s="1" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="135" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A135" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="B135" s="6" t="s">
+        <v>405</v>
+      </c>
+      <c r="C135" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="D135" s="6" t="s">
+        <v>373</v>
+      </c>
+      <c r="E135" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G135" s="33">
+        <v>1365</v>
+      </c>
+      <c r="H135" s="33">
+        <v>1665</v>
+      </c>
+      <c r="I135" s="33">
+        <v>300</v>
+      </c>
+      <c r="J135" s="34">
+        <v>2.197802197802198</v>
+      </c>
+      <c r="K135" s="33">
+        <v>55</v>
+      </c>
+      <c r="L135" s="33">
+        <v>65</v>
+      </c>
+      <c r="M135" s="33">
+        <v>30</v>
+      </c>
+      <c r="N135" s="33">
+        <v>145</v>
+      </c>
+      <c r="O135" s="35">
+        <v>32.4</v>
+      </c>
+      <c r="P135" s="36">
+        <v>67391</v>
+      </c>
+      <c r="Q135" s="35">
+        <v>24.85</v>
+      </c>
+      <c r="R135" s="2">
+        <v>51690</v>
+      </c>
+      <c r="S135" s="35">
+        <v>31.28</v>
+      </c>
+      <c r="T135" s="2">
+        <v>65052</v>
+      </c>
+      <c r="U135" s="35">
+        <v>36.17</v>
+      </c>
+      <c r="V135" s="2">
+        <v>75241</v>
+      </c>
+      <c r="W135" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="X135" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y135" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="Z135" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="AA135" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="AB135" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="AC135" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="AD135" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="AE135" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="AF135" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AG135" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AH135" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AI135" s="1" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="136" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A136" s="6" t="s">
+        <v>406</v>
+      </c>
+      <c r="B136" s="6" t="s">
+        <v>407</v>
+      </c>
+      <c r="C136" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D136" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="E136" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F136" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G136" s="33">
+        <v>165</v>
+      </c>
+      <c r="H136" s="33">
+        <v>215</v>
+      </c>
+      <c r="I136" s="33">
+        <v>50</v>
+      </c>
+      <c r="J136" s="34">
+        <v>3.0303030303030303</v>
+      </c>
+      <c r="K136" s="33">
+        <v>10</v>
+      </c>
+      <c r="L136" s="33">
+        <v>5</v>
+      </c>
+      <c r="M136" s="33">
+        <v>5</v>
+      </c>
+      <c r="N136" s="33">
+        <v>20</v>
+      </c>
+      <c r="O136" s="35">
+        <v>32.348076923076924</v>
+      </c>
+      <c r="P136" s="36">
+        <v>67284</v>
+      </c>
+      <c r="Q136" s="35">
+        <v>24.270192307692309</v>
+      </c>
+      <c r="R136" s="2">
+        <v>50482</v>
+      </c>
+      <c r="S136" s="35">
+        <v>33.438461538461539</v>
+      </c>
+      <c r="T136" s="2">
+        <v>69552</v>
+      </c>
+      <c r="U136" s="35">
+        <v>36.387019230769234</v>
+      </c>
+      <c r="V136" s="2">
+        <v>75685</v>
+      </c>
+      <c r="W136" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="X136" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y136" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z136" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AA136" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AB136" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AC136" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AD136" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AE136" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AF136" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AG136" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AH136" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AI136" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="137" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A137" s="6" t="s">
+        <v>408</v>
+      </c>
+      <c r="B137" s="6" t="s">
+        <v>409</v>
+      </c>
+      <c r="C137" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D137" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="E137" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G137" s="33">
+        <v>2425</v>
+      </c>
+      <c r="H137" s="33">
+        <v>2725</v>
+      </c>
+      <c r="I137" s="33">
+        <v>300</v>
+      </c>
+      <c r="J137" s="34">
+        <v>1.2371134020618557</v>
+      </c>
+      <c r="K137" s="33">
+        <v>85</v>
+      </c>
+      <c r="L137" s="33">
+        <v>140</v>
+      </c>
+      <c r="M137" s="33">
+        <v>30</v>
+      </c>
+      <c r="N137" s="33">
+        <v>255</v>
+      </c>
+      <c r="O137" s="35">
+        <v>32.340000000000003</v>
+      </c>
+      <c r="P137" s="36">
+        <v>67262</v>
+      </c>
+      <c r="Q137" s="35">
+        <v>21.09</v>
+      </c>
+      <c r="R137" s="2">
+        <v>43865</v>
+      </c>
+      <c r="S137" s="35">
+        <v>30.95</v>
+      </c>
+      <c r="T137" s="2">
+        <v>64372</v>
+      </c>
+      <c r="U137" s="35">
+        <v>37.96</v>
+      </c>
+      <c r="V137" s="2">
+        <v>78961</v>
+      </c>
+      <c r="W137" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="X137" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y137" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="Z137" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="AA137" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="AB137" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AC137" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AD137" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AE137" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AF137" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="AG137" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH137" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="AI137" s="1" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="138" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A138" s="6" t="s">
+        <v>412</v>
+      </c>
+      <c r="B138" s="6" t="s">
+        <v>413</v>
+      </c>
+      <c r="C138" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D138" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="G138" s="33">
+        <v>240</v>
+      </c>
+      <c r="H138" s="33">
+        <v>265</v>
+      </c>
+      <c r="I138" s="33">
+        <v>25</v>
+      </c>
+      <c r="J138" s="34">
+        <v>1.0416666666666667</v>
+      </c>
+      <c r="K138" s="33">
+        <v>10</v>
+      </c>
+      <c r="L138" s="33">
+        <v>10</v>
+      </c>
+      <c r="M138" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N138" s="33">
+        <v>20</v>
+      </c>
+      <c r="O138" s="35">
+        <v>32.281730769230769</v>
+      </c>
+      <c r="P138" s="36">
+        <v>67146</v>
+      </c>
+      <c r="Q138" s="35">
+        <v>22.791346153846153</v>
+      </c>
+      <c r="R138" s="2">
+        <v>47406</v>
+      </c>
+      <c r="S138" s="35">
+        <v>26.856249999999999</v>
+      </c>
+      <c r="T138" s="2">
+        <v>55861</v>
+      </c>
+      <c r="U138" s="35">
+        <v>37.026923076923076</v>
+      </c>
+      <c r="V138" s="2">
+        <v>77016</v>
+      </c>
+      <c r="W138" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="X138" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y138" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z138" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AA138" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AB138" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AC138" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD138" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AE138" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AF138" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AG138" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AH138" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AI138" s="1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="139" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A139" s="6" t="s">
+        <v>414</v>
+      </c>
+      <c r="B139" s="6" t="s">
+        <v>415</v>
+      </c>
+      <c r="C139" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="D139" s="6" t="s">
+        <v>416</v>
+      </c>
+      <c r="E139" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G139" s="33">
+        <v>205</v>
+      </c>
+      <c r="H139" s="33">
+        <v>265</v>
+      </c>
+      <c r="I139" s="33">
+        <v>60</v>
+      </c>
+      <c r="J139" s="34">
+        <v>2.9268292682926829</v>
+      </c>
+      <c r="K139" s="33">
+        <v>15</v>
+      </c>
+      <c r="L139" s="33">
+        <v>15</v>
+      </c>
+      <c r="M139" s="33">
+        <v>5</v>
+      </c>
+      <c r="N139" s="33">
+        <v>40</v>
+      </c>
+      <c r="O139" s="35">
+        <v>32.21</v>
+      </c>
+      <c r="P139" s="36">
+        <v>67005</v>
+      </c>
+      <c r="Q139" s="35">
+        <v>21.33</v>
+      </c>
+      <c r="R139" s="2">
+        <v>44374</v>
+      </c>
+      <c r="S139" s="35">
+        <v>35.24</v>
+      </c>
+      <c r="T139" s="2">
+        <v>73301</v>
+      </c>
+      <c r="U139" s="35">
+        <v>37.65</v>
+      </c>
+      <c r="V139" s="2">
+        <v>78320</v>
+      </c>
+      <c r="W139" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="X139" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y139" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z139" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA139" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AB139" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AC139" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AD139" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AE139" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AF139" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AG139" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AH139" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AI139" s="1" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="140" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A140" s="6" t="s">
+        <v>417</v>
+      </c>
+      <c r="B140" s="6" t="s">
+        <v>418</v>
+      </c>
+      <c r="C140" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="D140" s="6" t="s">
+        <v>373</v>
+      </c>
+      <c r="E140" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G140" s="33">
+        <v>185</v>
+      </c>
+      <c r="H140" s="33">
+        <v>210</v>
+      </c>
+      <c r="I140" s="33">
+        <v>25</v>
+      </c>
+      <c r="J140" s="34">
+        <v>1.3513513513513513</v>
+      </c>
+      <c r="K140" s="33">
+        <v>10</v>
+      </c>
+      <c r="L140" s="33">
+        <v>10</v>
+      </c>
+      <c r="M140" s="33">
+        <v>5</v>
+      </c>
+      <c r="N140" s="33">
+        <v>20</v>
+      </c>
+      <c r="O140" s="35">
+        <v>32.17</v>
+      </c>
+      <c r="P140" s="36">
+        <v>66923</v>
+      </c>
+      <c r="Q140" s="35">
+        <v>27.94</v>
+      </c>
+      <c r="R140" s="2">
+        <v>58107</v>
+      </c>
+      <c r="S140" s="35">
+        <v>31.77</v>
+      </c>
+      <c r="T140" s="2">
+        <v>66084</v>
+      </c>
+      <c r="U140" s="35">
+        <v>34.29</v>
+      </c>
+      <c r="V140" s="2">
+        <v>71331</v>
+      </c>
+      <c r="W140" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="X140" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y140" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="Z140" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="AA140" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="AB140" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="AC140" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="AD140" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="AE140" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="AF140" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AG140" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AH140" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AI140" s="1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="141" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A141" s="6" t="s">
+        <v>419</v>
+      </c>
+      <c r="B141" s="6" t="s">
+        <v>420</v>
+      </c>
+      <c r="C141" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="D141" s="6" t="s">
+        <v>373</v>
+      </c>
+      <c r="G141" s="33">
+        <v>130</v>
+      </c>
+      <c r="H141" s="33">
+        <v>140</v>
+      </c>
+      <c r="I141" s="33">
+        <v>10</v>
+      </c>
+      <c r="J141" s="34">
+        <v>0.76923076923076927</v>
+      </c>
+      <c r="K141" s="33">
+        <v>5</v>
+      </c>
+      <c r="L141" s="33">
+        <v>5</v>
+      </c>
+      <c r="M141" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N141" s="33">
+        <v>10</v>
+      </c>
+      <c r="O141" s="35">
+        <v>32.11</v>
+      </c>
+      <c r="P141" s="36">
+        <v>66796</v>
+      </c>
+      <c r="Q141" s="35">
+        <v>25.34</v>
+      </c>
+      <c r="R141" s="2">
+        <v>52713</v>
+      </c>
+      <c r="S141" s="35">
+        <v>34</v>
+      </c>
+      <c r="T141" s="2">
+        <v>70729</v>
+      </c>
+      <c r="U141" s="35">
+        <v>35.5</v>
+      </c>
+      <c r="V141" s="2">
+        <v>73837</v>
+      </c>
+      <c r="W141" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="X141" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y141" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="Z141" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="AA141" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="AB141" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AC141" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="AD141" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="AE141" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="AF141" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AG141" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH141" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AI141" s="1" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="142" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A142" s="6" t="s">
+        <v>422</v>
+      </c>
+      <c r="B142" s="6" t="s">
+        <v>423</v>
+      </c>
+      <c r="C142" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="D142" s="6" t="s">
+        <v>369</v>
+      </c>
+      <c r="E142" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G142" s="33">
+        <v>285</v>
+      </c>
+      <c r="H142" s="33">
+        <v>340</v>
+      </c>
+      <c r="I142" s="33">
+        <v>55</v>
+      </c>
+      <c r="J142" s="34">
+        <v>1.9298245614035086</v>
+      </c>
+      <c r="K142" s="33">
+        <v>10</v>
+      </c>
+      <c r="L142" s="33">
+        <v>15</v>
+      </c>
+      <c r="M142" s="33">
+        <v>5</v>
+      </c>
+      <c r="N142" s="33">
+        <v>35</v>
+      </c>
+      <c r="O142" s="35">
+        <v>32.1</v>
+      </c>
+      <c r="P142" s="36">
+        <v>66766</v>
+      </c>
+      <c r="Q142" s="35">
+        <v>26.85</v>
+      </c>
+      <c r="R142" s="2">
+        <v>55844</v>
+      </c>
+      <c r="S142" s="35">
+        <v>30.98</v>
+      </c>
+      <c r="T142" s="2">
+        <v>64447</v>
+      </c>
+      <c r="U142" s="35">
+        <v>34.72</v>
+      </c>
+      <c r="V142" s="2">
+        <v>72227</v>
+      </c>
+      <c r="W142" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="X142" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y142" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Z142" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA142" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AB142" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AC142" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AD142" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AE142" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AF142" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AG142" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AH142" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AI142" s="1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="143" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A143" s="6" t="s">
+        <v>424</v>
+      </c>
+      <c r="B143" s="6" t="s">
+        <v>425</v>
+      </c>
+      <c r="C143" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D143" s="6" t="s">
+        <v>335</v>
+      </c>
+      <c r="G143" s="33">
+        <v>425</v>
+      </c>
+      <c r="H143" s="33">
+        <v>465</v>
+      </c>
+      <c r="I143" s="33">
+        <v>35</v>
+      </c>
+      <c r="J143" s="34">
+        <v>0.82352941176470584</v>
+      </c>
+      <c r="K143" s="33">
+        <v>25</v>
+      </c>
+      <c r="L143" s="33">
+        <v>15</v>
+      </c>
+      <c r="M143" s="33">
+        <v>5</v>
+      </c>
+      <c r="N143" s="33">
+        <v>45</v>
+      </c>
+      <c r="O143" s="35">
+        <v>31.99</v>
+      </c>
+      <c r="P143" s="36">
+        <v>66545</v>
+      </c>
+      <c r="Q143" s="35">
+        <v>21.65</v>
+      </c>
+      <c r="R143" s="2">
+        <v>45023</v>
+      </c>
+      <c r="S143" s="35">
+        <v>32.6</v>
+      </c>
+      <c r="T143" s="2">
+        <v>67818</v>
+      </c>
+      <c r="U143" s="35">
+        <v>37.17</v>
+      </c>
+      <c r="V143" s="2">
+        <v>77306</v>
+      </c>
+      <c r="W143" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="X143" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y143" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z143" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA143" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AB143" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AC143" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AD143" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AE143" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AF143" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AG143" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AH143" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AI143" s="1" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="144" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A144" s="6" t="s">
+        <v>426</v>
+      </c>
+      <c r="B144" s="6" t="s">
+        <v>427</v>
+      </c>
+      <c r="C144" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D144" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="G144" s="33">
+        <v>85</v>
+      </c>
+      <c r="H144" s="33">
+        <v>95</v>
+      </c>
+      <c r="I144" s="33">
+        <v>10</v>
+      </c>
+      <c r="J144" s="34">
+        <v>1.1764705882352939</v>
+      </c>
+      <c r="K144" s="33">
+        <v>5</v>
+      </c>
+      <c r="L144" s="33">
+        <v>5</v>
+      </c>
+      <c r="M144" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N144" s="33">
+        <v>10</v>
+      </c>
+      <c r="O144" s="35">
+        <v>31.780769230769231</v>
+      </c>
+      <c r="P144" s="36">
+        <v>66104</v>
+      </c>
+      <c r="Q144" s="35">
+        <v>22.035576923076924</v>
+      </c>
+      <c r="R144" s="2">
+        <v>45834</v>
+      </c>
+      <c r="S144" s="35">
+        <v>30.310576923076923</v>
+      </c>
+      <c r="T144" s="2">
+        <v>63046</v>
+      </c>
+      <c r="U144" s="35">
+        <v>36.652884615384615</v>
+      </c>
+      <c r="V144" s="2">
+        <v>76238</v>
+      </c>
+      <c r="W144" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="X144" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y144" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z144" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AA144" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB144" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AC144" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD144" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AE144" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AF144" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AG144" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AH144" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AI144" s="1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="145" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A145" s="6" t="s">
+        <v>428</v>
+      </c>
+      <c r="B145" s="6" t="s">
+        <v>429</v>
+      </c>
+      <c r="C145" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="D145" s="6" t="s">
+        <v>430</v>
+      </c>
+      <c r="F145" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G145" s="33">
+        <v>310</v>
+      </c>
+      <c r="H145" s="33">
+        <v>335</v>
+      </c>
+      <c r="I145" s="33">
+        <v>25</v>
+      </c>
+      <c r="J145" s="34">
+        <v>0.80645161290322576</v>
+      </c>
+      <c r="K145" s="33">
+        <v>10</v>
+      </c>
+      <c r="L145" s="33">
+        <v>15</v>
+      </c>
+      <c r="M145" s="33">
+        <v>5</v>
+      </c>
+      <c r="N145" s="33">
+        <v>30</v>
+      </c>
+      <c r="O145" s="35">
+        <v>31.73</v>
+      </c>
+      <c r="P145" s="36">
+        <v>65999</v>
+      </c>
+      <c r="Q145" s="35">
+        <v>23.89</v>
+      </c>
+      <c r="R145" s="2">
+        <v>49683</v>
+      </c>
+      <c r="S145" s="35">
+        <v>29.97</v>
+      </c>
+      <c r="T145" s="2">
+        <v>62328</v>
+      </c>
+      <c r="U145" s="35">
+        <v>35.65</v>
+      </c>
+      <c r="V145" s="2">
+        <v>74157</v>
+      </c>
+      <c r="W145" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="X145" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y145" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z145" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AA145" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB145" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AC145" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AD145" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AE145" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AF145" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="AG145" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="AH145" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="AI145" s="1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="146" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A146" s="6" t="s">
+        <v>432</v>
+      </c>
+      <c r="B146" s="6" t="s">
+        <v>433</v>
+      </c>
+      <c r="C146" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D146" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E146" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G146" s="33">
+        <v>300</v>
+      </c>
+      <c r="H146" s="33">
+        <v>425</v>
+      </c>
+      <c r="I146" s="33">
+        <v>125</v>
+      </c>
+      <c r="J146" s="34">
+        <v>4.166666666666667</v>
+      </c>
+      <c r="K146" s="33">
+        <v>15</v>
+      </c>
+      <c r="L146" s="33">
+        <v>30</v>
+      </c>
+      <c r="M146" s="33">
+        <v>15</v>
+      </c>
+      <c r="N146" s="33">
+        <v>60</v>
+      </c>
+      <c r="O146" s="35">
+        <v>31.52</v>
+      </c>
+      <c r="P146" s="36">
+        <v>65571</v>
+      </c>
+      <c r="Q146" s="35">
+        <v>24.05</v>
+      </c>
+      <c r="R146" s="2">
+        <v>50018</v>
+      </c>
+      <c r="S146" s="35">
+        <v>29.87</v>
+      </c>
+      <c r="T146" s="2">
+        <v>62123</v>
+      </c>
+      <c r="U146" s="35">
+        <v>35.26</v>
+      </c>
+      <c r="V146" s="2">
+        <v>73347</v>
+      </c>
+      <c r="W146" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="X146" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y146" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z146" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA146" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AB146" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC146" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD146" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AE146" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AF146" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AG146" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AH146" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AI146" s="1" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="147" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A147" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="B147" s="6" t="s">
+        <v>435</v>
+      </c>
+      <c r="C147" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D147" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="G147" s="33">
+        <v>75</v>
+      </c>
+      <c r="H147" s="33">
+        <v>85</v>
+      </c>
+      <c r="I147" s="33">
+        <v>10</v>
+      </c>
+      <c r="J147" s="34">
+        <v>1.3333333333333335</v>
+      </c>
+      <c r="K147" s="33">
+        <v>5</v>
+      </c>
+      <c r="L147" s="33">
+        <v>5</v>
+      </c>
+      <c r="M147" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N147" s="33">
+        <v>10</v>
+      </c>
+      <c r="O147" s="35">
+        <v>31.432692307692307</v>
+      </c>
+      <c r="P147" s="36">
+        <v>65380</v>
+      </c>
+      <c r="Q147" s="35">
+        <v>20.258653846153845</v>
+      </c>
+      <c r="R147" s="2">
+        <v>42138</v>
+      </c>
+      <c r="S147" s="35">
+        <v>25.254807692307693</v>
+      </c>
+      <c r="T147" s="2">
+        <v>52530</v>
+      </c>
+      <c r="U147" s="35">
+        <v>37.019711538461536</v>
+      </c>
+      <c r="V147" s="2">
+        <v>77001</v>
+      </c>
+      <c r="W147" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="X147" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y147" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z147" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AA147" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AB147" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AC147" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AD147" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AE147" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AF147" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AG147" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH147" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AI147" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="148" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A148" s="6" t="s">
+        <v>436</v>
+      </c>
+      <c r="B148" s="6" t="s">
+        <v>437</v>
+      </c>
+      <c r="C148" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D148" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E148" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G148" s="33">
+        <v>105</v>
+      </c>
+      <c r="H148" s="33">
+        <v>145</v>
+      </c>
+      <c r="I148" s="33">
+        <v>40</v>
+      </c>
+      <c r="J148" s="34">
+        <v>3.8095238095238093</v>
+      </c>
+      <c r="K148" s="33">
+        <v>5</v>
+      </c>
+      <c r="L148" s="33">
+        <v>10</v>
+      </c>
+      <c r="M148" s="33">
+        <v>5</v>
+      </c>
+      <c r="N148" s="33">
+        <v>20</v>
+      </c>
+      <c r="O148" s="35">
+        <v>31.32</v>
+      </c>
+      <c r="P148" s="36">
+        <v>65136</v>
+      </c>
+      <c r="Q148" s="35">
+        <v>24.61</v>
+      </c>
+      <c r="R148" s="2">
+        <v>51187</v>
+      </c>
+      <c r="S148" s="35">
+        <v>30.47</v>
+      </c>
+      <c r="T148" s="2">
+        <v>63376</v>
+      </c>
+      <c r="U148" s="35">
+        <v>34.67</v>
+      </c>
+      <c r="V148" s="2">
+        <v>72111</v>
+      </c>
+      <c r="W148" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="X148" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y148" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z148" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA148" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AB148" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC148" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD148" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AE148" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="AF148" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AG148" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AH148" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AI148" s="1" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="149" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A149" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B149" s="6" t="s">
+        <v>439</v>
+      </c>
+      <c r="C149" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D149" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="G149" s="33">
+        <v>390</v>
+      </c>
+      <c r="H149" s="33">
+        <v>425</v>
+      </c>
+      <c r="I149" s="33">
+        <v>35</v>
+      </c>
+      <c r="J149" s="34">
+        <v>0.89743589743589747</v>
+      </c>
+      <c r="K149" s="33">
+        <v>20</v>
+      </c>
+      <c r="L149" s="33">
+        <v>15</v>
+      </c>
+      <c r="M149" s="33">
+        <v>5</v>
+      </c>
+      <c r="N149" s="33">
+        <v>35</v>
+      </c>
+      <c r="O149" s="35">
+        <v>30.97</v>
+      </c>
+      <c r="P149" s="36">
+        <v>64409</v>
+      </c>
+      <c r="Q149" s="35">
+        <v>22.86</v>
+      </c>
+      <c r="R149" s="2">
+        <v>47540</v>
+      </c>
+      <c r="S149" s="35">
+        <v>27.51</v>
+      </c>
+      <c r="T149" s="2">
+        <v>57222</v>
+      </c>
+      <c r="U149" s="35">
+        <v>35.020000000000003</v>
+      </c>
+      <c r="V149" s="2">
+        <v>72843</v>
+      </c>
+      <c r="W149" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X149" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y149" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z149" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA149" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AB149" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AC149" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AD149" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AE149" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AF149" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AG149" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AH149" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AI149" s="1" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="150" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A150" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B150" s="6" t="s">
+        <v>441</v>
+      </c>
+      <c r="C150" s="6" t="s">
+        <v>442</v>
+      </c>
+      <c r="D150" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="E150" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G150" s="33">
+        <v>145</v>
+      </c>
+      <c r="H150" s="33">
+        <v>180</v>
+      </c>
+      <c r="I150" s="33">
+        <v>35</v>
+      </c>
+      <c r="J150" s="34">
+        <v>2.4137931034482758</v>
+      </c>
+      <c r="K150" s="33">
+        <v>5</v>
+      </c>
+      <c r="L150" s="33">
+        <v>10</v>
+      </c>
+      <c r="M150" s="33">
+        <v>5</v>
+      </c>
+      <c r="N150" s="33">
+        <v>20</v>
+      </c>
+      <c r="O150" s="35">
+        <v>30.65</v>
+      </c>
+      <c r="P150" s="36">
+        <v>63742</v>
+      </c>
+      <c r="Q150" s="35">
+        <v>21.64</v>
+      </c>
+      <c r="R150" s="2">
+        <v>45009</v>
+      </c>
+      <c r="S150" s="35">
+        <v>27.65</v>
+      </c>
+      <c r="T150" s="2">
+        <v>57504</v>
+      </c>
+      <c r="U150" s="35">
+        <v>35.15</v>
+      </c>
+      <c r="V150" s="2">
+        <v>73109</v>
+      </c>
+      <c r="W150" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="X150" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y150" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z150" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA150" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AB150" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="AC150" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AD150" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AE150" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AF150" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="AG150" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AH150" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AI150" s="1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="151" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A151" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="B151" s="6" t="s">
+        <v>445</v>
+      </c>
+      <c r="C151" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="D151" s="6" t="s">
+        <v>446</v>
+      </c>
+      <c r="E151" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G151" s="33">
+        <v>1775</v>
+      </c>
+      <c r="H151" s="33">
+        <v>1965</v>
+      </c>
+      <c r="I151" s="33">
+        <v>190</v>
+      </c>
+      <c r="J151" s="34">
+        <v>1.0704225352112675</v>
+      </c>
+      <c r="K151" s="33">
+        <v>65</v>
+      </c>
+      <c r="L151" s="33">
+        <v>120</v>
+      </c>
+      <c r="M151" s="33">
+        <v>20</v>
+      </c>
+      <c r="N151" s="33">
+        <v>205</v>
+      </c>
+      <c r="O151" s="35">
+        <v>30.6</v>
+      </c>
+      <c r="P151" s="36">
+        <v>63654</v>
+      </c>
+      <c r="Q151" s="35">
+        <v>21.43</v>
+      </c>
+      <c r="R151" s="2">
+        <v>44573</v>
+      </c>
+      <c r="S151" s="35">
+        <v>28.39</v>
+      </c>
+      <c r="T151" s="2">
+        <v>59057</v>
+      </c>
+      <c r="U151" s="35">
+        <v>35.19</v>
+      </c>
+      <c r="V151" s="2">
+        <v>73194</v>
+      </c>
+      <c r="W151" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="X151" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y151" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z151" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA151" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AB151" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="AC151" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="AD151" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AE151" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AF151" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG151" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AH151" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AI151" s="1" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="152" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A152" s="6" t="s">
+        <v>447</v>
+      </c>
+      <c r="B152" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="C152" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D152" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E152" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F152" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G152" s="33">
+        <v>1260</v>
+      </c>
+      <c r="H152" s="33">
+        <v>1410</v>
+      </c>
+      <c r="I152" s="33">
+        <v>150</v>
+      </c>
+      <c r="J152" s="34">
+        <v>1.1904761904761902</v>
+      </c>
+      <c r="K152" s="33">
+        <v>55</v>
+      </c>
+      <c r="L152" s="33">
+        <v>45</v>
+      </c>
+      <c r="M152" s="33">
+        <v>15</v>
+      </c>
+      <c r="N152" s="33">
+        <v>115</v>
+      </c>
+      <c r="O152" s="35">
+        <v>30.25</v>
+      </c>
+      <c r="P152" s="36">
+        <v>62930</v>
+      </c>
+      <c r="Q152" s="35">
+        <v>25.17</v>
+      </c>
+      <c r="R152" s="2">
+        <v>52356</v>
+      </c>
+      <c r="S152" s="35">
+        <v>29.48</v>
+      </c>
+      <c r="T152" s="2">
+        <v>61318</v>
+      </c>
+      <c r="U152" s="35">
+        <v>32.799999999999997</v>
+      </c>
+      <c r="V152" s="2">
+        <v>68216</v>
+      </c>
+      <c r="W152" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="X152" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y152" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z152" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AA152" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AB152" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC152" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AD152" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AE152" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AF152" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AG152" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AH152" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AI152" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="153" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A153" s="6" t="s">
+        <v>449</v>
+      </c>
+      <c r="B153" s="6" t="s">
+        <v>450</v>
+      </c>
+      <c r="C153" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="D153" s="6" t="s">
+        <v>369</v>
+      </c>
+      <c r="G153" s="33">
+        <v>130</v>
+      </c>
+      <c r="H153" s="33">
+        <v>150</v>
+      </c>
+      <c r="I153" s="33">
+        <v>20</v>
+      </c>
+      <c r="J153" s="34">
+        <v>1.5384615384615385</v>
+      </c>
+      <c r="K153" s="33">
+        <v>5</v>
+      </c>
+      <c r="L153" s="33">
+        <v>5</v>
+      </c>
+      <c r="M153" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N153" s="33">
+        <v>15</v>
+      </c>
+      <c r="O153" s="35">
+        <v>30.19</v>
+      </c>
+      <c r="P153" s="36">
+        <v>62787</v>
+      </c>
+      <c r="Q153" s="35">
+        <v>25.3</v>
+      </c>
+      <c r="R153" s="2">
+        <v>52625</v>
+      </c>
+      <c r="S153" s="35">
+        <v>29.54</v>
+      </c>
+      <c r="T153" s="2">
+        <v>61437</v>
+      </c>
+      <c r="U153" s="35">
+        <v>32.630000000000003</v>
+      </c>
+      <c r="V153" s="2">
+        <v>67868</v>
+      </c>
+      <c r="W153" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X153" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y153" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="Z153" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AA153" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB153" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC153" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AD153" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AE153" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AF153" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="AG153" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AH153" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="AI153" s="1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="154" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A154" s="6" t="s">
+        <v>451</v>
+      </c>
+      <c r="B154" s="6" t="s">
+        <v>452</v>
+      </c>
+      <c r="C154" s="6" t="s">
+        <v>326</v>
+      </c>
+      <c r="D154" s="6" t="s">
+        <v>453</v>
+      </c>
+      <c r="E154" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G154" s="33">
+        <v>520</v>
+      </c>
+      <c r="H154" s="33">
+        <v>645</v>
+      </c>
+      <c r="I154" s="33">
+        <v>120</v>
+      </c>
+      <c r="J154" s="34">
+        <v>2.3076923076923075</v>
+      </c>
+      <c r="K154" s="33">
+        <v>20</v>
+      </c>
+      <c r="L154" s="33">
+        <v>40</v>
+      </c>
+      <c r="M154" s="33">
+        <v>10</v>
+      </c>
+      <c r="N154" s="33">
+        <v>70</v>
+      </c>
+      <c r="O154" s="35">
+        <v>30.11</v>
+      </c>
+      <c r="P154" s="36">
+        <v>62623</v>
+      </c>
+      <c r="Q154" s="35">
+        <v>21.25</v>
+      </c>
+      <c r="R154" s="2">
+        <v>44210</v>
+      </c>
+      <c r="S154" s="35">
+        <v>30.05</v>
+      </c>
+      <c r="T154" s="2">
+        <v>62495</v>
+      </c>
+      <c r="U154" s="35">
+        <v>34.53</v>
+      </c>
+      <c r="V154" s="2">
+        <v>71830</v>
+      </c>
+      <c r="W154" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="X154" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y154" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="Z154" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="AA154" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="AB154" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AC154" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="AD154" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="AE154" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AF154" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="AG154" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AH154" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AI154" s="1" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="155" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A155" s="6" t="s">
+        <v>454</v>
+      </c>
+      <c r="B155" s="6" t="s">
+        <v>455</v>
+      </c>
+      <c r="C155" s="6" t="s">
+        <v>326</v>
+      </c>
+      <c r="D155" s="6" t="s">
+        <v>453</v>
+      </c>
+      <c r="E155" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G155" s="33">
+        <v>225</v>
+      </c>
+      <c r="H155" s="33">
+        <v>250</v>
+      </c>
+      <c r="I155" s="33">
+        <v>25</v>
+      </c>
+      <c r="J155" s="34">
+        <v>1.1111111111111112</v>
+      </c>
+      <c r="K155" s="33">
+        <v>5</v>
+      </c>
+      <c r="L155" s="33">
+        <v>15</v>
+      </c>
+      <c r="M155" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N155" s="33">
+        <v>25</v>
+      </c>
+      <c r="O155" s="35">
+        <v>30.09</v>
+      </c>
+      <c r="P155" s="36">
+        <v>62582</v>
+      </c>
+      <c r="Q155" s="35">
+        <v>22.02</v>
+      </c>
+      <c r="R155" s="2">
+        <v>45793</v>
+      </c>
+      <c r="S155" s="35">
+        <v>30.5</v>
+      </c>
+      <c r="T155" s="2">
+        <v>63445</v>
+      </c>
+      <c r="U155" s="35">
+        <v>34.119999999999997</v>
+      </c>
+      <c r="V155" s="2">
+        <v>70977</v>
+      </c>
+      <c r="W155" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="X155" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y155" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="Z155" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AA155" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AB155" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="AC155" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD155" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AE155" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AF155" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="AG155" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH155" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AI155" s="1" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="156" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A156" s="6" t="s">
+        <v>456</v>
+      </c>
+      <c r="B156" s="6" t="s">
+        <v>457</v>
+      </c>
+      <c r="C156" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D156" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E156" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G156" s="33">
+        <v>1420</v>
+      </c>
+      <c r="H156" s="33">
+        <v>1570</v>
+      </c>
+      <c r="I156" s="33">
+        <v>150</v>
+      </c>
+      <c r="J156" s="34">
+        <v>1.056338028169014</v>
+      </c>
+      <c r="K156" s="33">
+        <v>45</v>
+      </c>
+      <c r="L156" s="33">
+        <v>75</v>
+      </c>
+      <c r="M156" s="33">
+        <v>15</v>
+      </c>
+      <c r="N156" s="33">
+        <v>140</v>
+      </c>
+      <c r="O156" s="35">
+        <v>30.07</v>
+      </c>
+      <c r="P156" s="36">
+        <v>62555</v>
+      </c>
+      <c r="Q156" s="35">
+        <v>20.5</v>
+      </c>
+      <c r="R156" s="2">
+        <v>42634</v>
+      </c>
+      <c r="S156" s="35">
+        <v>29.59</v>
+      </c>
+      <c r="T156" s="2">
+        <v>61543</v>
+      </c>
+      <c r="U156" s="35">
+        <v>34.86</v>
+      </c>
+      <c r="V156" s="2">
+        <v>72516</v>
+      </c>
+      <c r="W156" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="X156" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y156" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="Z156" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="AA156" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AB156" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="AC156" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="AD156" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AE156" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="AF156" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AG156" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AH156" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="AI156" s="1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="157" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A157" s="6" t="s">
+        <v>458</v>
+      </c>
+      <c r="B157" s="6" t="s">
+        <v>459</v>
+      </c>
+      <c r="C157" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D157" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="F157" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G157" s="33">
+        <v>205</v>
+      </c>
+      <c r="H157" s="33">
+        <v>230</v>
+      </c>
+      <c r="I157" s="33">
+        <v>25</v>
+      </c>
+      <c r="J157" s="34">
+        <v>1.2195121951219512</v>
+      </c>
+      <c r="K157" s="33">
+        <v>5</v>
+      </c>
+      <c r="L157" s="33">
+        <v>5</v>
+      </c>
+      <c r="M157" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N157" s="33">
+        <v>15</v>
+      </c>
+      <c r="O157" s="35">
+        <v>30.01</v>
+      </c>
+      <c r="P157" s="36">
+        <v>62419</v>
+      </c>
+      <c r="Q157" s="35">
+        <v>18.48</v>
+      </c>
+      <c r="R157" s="2">
+        <v>38434</v>
+      </c>
+      <c r="S157" s="35">
+        <v>25.08</v>
+      </c>
+      <c r="T157" s="2">
+        <v>52161</v>
+      </c>
+      <c r="U157" s="35">
+        <v>35.770000000000003</v>
+      </c>
+      <c r="V157" s="2">
+        <v>74412</v>
+      </c>
+      <c r="W157" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="X157" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y157" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z157" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA157" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AB157" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AC157" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="AD157" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AE157" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AF157" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AG157" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH157" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AI157" s="1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="158" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A158" s="6" t="s">
+        <v>460</v>
+      </c>
+      <c r="B158" s="6" t="s">
+        <v>461</v>
+      </c>
+      <c r="C158" s="6" t="s">
+        <v>326</v>
+      </c>
+      <c r="D158" s="6" t="s">
+        <v>327</v>
+      </c>
+      <c r="E158" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G158" s="33">
+        <v>295</v>
+      </c>
+      <c r="H158" s="33">
+        <v>330</v>
+      </c>
+      <c r="I158" s="33">
+        <v>35</v>
+      </c>
+      <c r="J158" s="34">
+        <v>1.1864406779661016</v>
+      </c>
+      <c r="K158" s="33">
+        <v>10</v>
+      </c>
+      <c r="L158" s="33">
+        <v>15</v>
+      </c>
+      <c r="M158" s="33">
+        <v>5</v>
+      </c>
+      <c r="N158" s="33">
+        <v>30</v>
+      </c>
+      <c r="O158" s="35">
+        <v>30.01</v>
+      </c>
+      <c r="P158" s="36">
+        <v>62418</v>
+      </c>
+      <c r="Q158" s="35">
+        <v>17.149999999999999</v>
+      </c>
+      <c r="R158" s="2">
+        <v>35671</v>
+      </c>
+      <c r="S158" s="35">
+        <v>27.17</v>
+      </c>
+      <c r="T158" s="2">
+        <v>56507</v>
+      </c>
+      <c r="U158" s="35">
+        <v>36.44</v>
+      </c>
+      <c r="V158" s="2">
+        <v>75791</v>
+      </c>
+      <c r="W158" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X158" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y158" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z158" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA158" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AB158" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AC158" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AD158" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AE158" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AF158" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AG158" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AH158" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="AI158" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="159" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A159" s="6" t="s">
+        <v>462</v>
+      </c>
+      <c r="B159" s="6" t="s">
+        <v>463</v>
+      </c>
+      <c r="C159" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="D159" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="E159" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F159" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G159" s="33">
+        <v>100</v>
+      </c>
+      <c r="H159" s="33">
+        <v>110</v>
+      </c>
+      <c r="I159" s="33">
+        <v>10</v>
+      </c>
+      <c r="J159" s="34">
+        <v>1</v>
+      </c>
+      <c r="K159" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="L159" s="33">
+        <v>10</v>
+      </c>
+      <c r="M159" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N159" s="33">
+        <v>10</v>
+      </c>
+      <c r="O159" s="35">
+        <v>29.8</v>
+      </c>
+      <c r="P159" s="36">
+        <v>61982</v>
+      </c>
+      <c r="Q159" s="35">
+        <v>21.53</v>
+      </c>
+      <c r="R159" s="2">
+        <v>44784</v>
+      </c>
+      <c r="S159" s="35">
+        <v>29.33</v>
+      </c>
+      <c r="T159" s="2">
+        <v>61008</v>
+      </c>
+      <c r="U159" s="35">
+        <v>33.93</v>
+      </c>
+      <c r="V159" s="2">
+        <v>70581</v>
+      </c>
+      <c r="W159" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="X159" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y159" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z159" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AA159" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB159" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AC159" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AD159" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AE159" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AF159" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="AG159" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AH159" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AI159" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AJ159" s="4"/>
+    </row>
+    <row r="160" spans="1:36" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A160" s="6" t="s">
+        <v>464</v>
+      </c>
+      <c r="B160" s="6" t="s">
+        <v>465</v>
+      </c>
+      <c r="C160" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="D160" s="6" t="s">
+        <v>466</v>
+      </c>
+      <c r="E160" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F160" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G160" s="33">
+        <v>2945</v>
+      </c>
+      <c r="H160" s="33">
+        <v>3240</v>
+      </c>
+      <c r="I160" s="33">
+        <v>300</v>
+      </c>
+      <c r="J160" s="34">
+        <v>1.0186757215619695</v>
+      </c>
+      <c r="K160" s="33">
+        <v>75</v>
+      </c>
+      <c r="L160" s="33">
+        <v>125</v>
+      </c>
+      <c r="M160" s="33">
+        <v>30</v>
+      </c>
+      <c r="N160" s="33">
+        <v>235</v>
+      </c>
+      <c r="O160" s="35">
+        <v>29.66</v>
+      </c>
+      <c r="P160" s="36">
+        <v>61686</v>
+      </c>
+      <c r="Q160" s="35">
+        <v>21.11</v>
+      </c>
+      <c r="R160" s="2">
+        <v>43911</v>
+      </c>
+      <c r="S160" s="35">
+        <v>28.85</v>
+      </c>
+      <c r="T160" s="2">
+        <v>60008</v>
+      </c>
+      <c r="U160" s="35">
+        <v>33.93</v>
+      </c>
+      <c r="V160" s="2">
+        <v>70573</v>
+      </c>
+      <c r="W160" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="X160" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y160" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="Z160" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA160" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AB160" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AC160" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AD160" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AE160" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AF160" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG160" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AH160" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AI160" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AJ160" s="4"/>
+    </row>
+    <row r="161" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A161" s="6" t="s">
+        <v>468</v>
+      </c>
+      <c r="B161" s="6" t="s">
+        <v>469</v>
+      </c>
+      <c r="C161" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="D161" s="6" t="s">
+        <v>383</v>
+      </c>
+      <c r="G161" s="33">
+        <v>1115</v>
+      </c>
+      <c r="H161" s="33">
+        <v>1200</v>
+      </c>
+      <c r="I161" s="33">
+        <v>85</v>
+      </c>
+      <c r="J161" s="34">
+        <v>0.7623318385650224</v>
+      </c>
+      <c r="K161" s="33">
+        <v>40</v>
+      </c>
+      <c r="L161" s="33">
+        <v>55</v>
+      </c>
+      <c r="M161" s="33">
+        <v>10</v>
+      </c>
+      <c r="N161" s="33">
+        <v>105</v>
+      </c>
+      <c r="O161" s="35">
+        <v>29.45</v>
+      </c>
+      <c r="P161" s="36">
+        <v>61246</v>
+      </c>
+      <c r="Q161" s="35">
+        <v>21.96</v>
+      </c>
+      <c r="R161" s="2">
+        <v>45682</v>
+      </c>
+      <c r="S161" s="35">
+        <v>29.03</v>
+      </c>
+      <c r="T161" s="2">
+        <v>60376</v>
+      </c>
+      <c r="U161" s="35">
+        <v>33.19</v>
+      </c>
+      <c r="V161" s="2">
+        <v>69028</v>
+      </c>
+      <c r="W161" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="X161" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y161" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="Z161" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="AA161" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="AB161" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="AC161" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="AD161" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AE161" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="AF161" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="AG161" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH161" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AI161" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="162" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A162" s="6" t="s">
+        <v>470</v>
+      </c>
+      <c r="B162" s="6" t="s">
+        <v>471</v>
+      </c>
+      <c r="C162" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="D162" s="6" t="s">
+        <v>472</v>
+      </c>
+      <c r="G162" s="33">
+        <v>1195</v>
+      </c>
+      <c r="H162" s="33">
+        <v>1305</v>
+      </c>
+      <c r="I162" s="33">
+        <v>110</v>
+      </c>
+      <c r="J162" s="34">
+        <v>0.92050209205020916</v>
+      </c>
+      <c r="K162" s="33">
+        <v>50</v>
+      </c>
+      <c r="L162" s="33">
+        <v>80</v>
+      </c>
+      <c r="M162" s="33">
+        <v>10</v>
+      </c>
+      <c r="N162" s="33">
+        <v>140</v>
+      </c>
+      <c r="O162" s="35">
+        <v>29.43</v>
+      </c>
+      <c r="P162" s="36">
+        <v>61208</v>
+      </c>
+      <c r="Q162" s="35">
+        <v>21.41</v>
+      </c>
+      <c r="R162" s="2">
+        <v>44539</v>
+      </c>
+      <c r="S162" s="35">
+        <v>27.66</v>
+      </c>
+      <c r="T162" s="2">
+        <v>57534</v>
+      </c>
+      <c r="U162" s="35">
+        <v>33.43</v>
+      </c>
+      <c r="V162" s="2">
+        <v>69543</v>
+      </c>
+      <c r="W162" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="X162" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y162" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="Z162" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AA162" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AB162" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AC162" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="AD162" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AE162" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AF162" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AG162" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AH162" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AI162" s="1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="163" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A163" s="6" t="s">
+        <v>473</v>
+      </c>
+      <c r="B163" s="6" t="s">
+        <v>474</v>
+      </c>
+      <c r="C163" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D163" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="G163" s="33">
+        <v>210</v>
+      </c>
+      <c r="H163" s="33">
+        <v>225</v>
+      </c>
+      <c r="I163" s="33">
+        <v>20</v>
+      </c>
+      <c r="J163" s="34">
+        <v>0.95238095238095233</v>
+      </c>
+      <c r="K163" s="33">
+        <v>5</v>
+      </c>
+      <c r="L163" s="33">
+        <v>5</v>
+      </c>
+      <c r="M163" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N163" s="33">
+        <v>15</v>
+      </c>
+      <c r="O163" s="35">
+        <v>29.367307692307691</v>
+      </c>
+      <c r="P163" s="36">
+        <v>61084</v>
+      </c>
+      <c r="Q163" s="35">
+        <v>22.313461538461539</v>
+      </c>
+      <c r="R163" s="2">
+        <v>46412</v>
+      </c>
+      <c r="S163" s="35">
+        <v>28.344230769230769</v>
+      </c>
+      <c r="T163" s="2">
+        <v>58956</v>
+      </c>
+      <c r="U163" s="35">
+        <v>32.894711538461536</v>
+      </c>
+      <c r="V163" s="2">
+        <v>68421</v>
+      </c>
+      <c r="W163" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X163" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y163" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z163" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AA163" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB163" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AC163" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AD163" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AE163" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AF163" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AG163" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AH163" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AI163" s="1" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="164" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A164" s="6" t="s">
+        <v>475</v>
+      </c>
+      <c r="B164" s="6" t="s">
+        <v>476</v>
+      </c>
+      <c r="C164" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="D164" s="6" t="s">
+        <v>477</v>
+      </c>
+      <c r="E164" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G164" s="33">
+        <v>105</v>
+      </c>
+      <c r="H164" s="33">
+        <v>125</v>
+      </c>
+      <c r="I164" s="33">
+        <v>20</v>
+      </c>
+      <c r="J164" s="34">
+        <v>1.9047619047619047</v>
+      </c>
+      <c r="K164" s="33">
+        <v>5</v>
+      </c>
+      <c r="L164" s="33">
+        <v>5</v>
+      </c>
+      <c r="M164" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="N164" s="33">
+        <v>15</v>
+      </c>
+      <c r="O164" s="35">
+        <v>29.32</v>
+      </c>
+      <c r="P164" s="36">
+        <v>60981</v>
+      </c>
+      <c r="Q164" s="35">
+        <v>22.25</v>
+      </c>
+      <c r="R164" s="2">
+        <v>46272</v>
+      </c>
+      <c r="S164" s="35">
+        <v>29.59</v>
+      </c>
+      <c r="T164" s="2">
+        <v>61547</v>
+      </c>
+      <c r="U164" s="35">
+        <v>32.85</v>
+      </c>
+      <c r="V164" s="2">
+        <v>68335</v>
+      </c>
+      <c r="W164" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="X164" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y164" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="Z164" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="AA164" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AB164" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="AC164" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AD164" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AE164" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AF164" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG164" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="AH164" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AI164" s="1" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="165" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A165" s="6" t="s">
+        <v>478</v>
+      </c>
+      <c r="B165" s="6" t="s">
+        <v>479</v>
+      </c>
+      <c r="C165" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D165" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="G165" s="33">
+        <v>3090</v>
+      </c>
+      <c r="H165" s="33">
+        <v>3405</v>
+      </c>
+      <c r="I165" s="33">
+        <v>310</v>
+      </c>
+      <c r="J165" s="34">
+        <v>1.0032362459546926</v>
+      </c>
+      <c r="K165" s="33">
+        <v>95</v>
+      </c>
+      <c r="L165" s="33">
+        <v>105</v>
+      </c>
+      <c r="M165" s="33">
+        <v>30</v>
+      </c>
+      <c r="N165" s="33">
+        <v>230</v>
+      </c>
+      <c r="O165" s="35">
+        <v>29.142307692307693</v>
+      </c>
+      <c r="P165" s="36">
+        <v>60616</v>
+      </c>
+      <c r="Q165" s="35">
+        <v>21.596153846153847</v>
+      </c>
+      <c r="R165" s="2">
+        <v>44920</v>
+      </c>
+      <c r="S165" s="35">
+        <v>28.695192307692309</v>
+      </c>
+      <c r="T165" s="2">
+        <v>59686</v>
+      </c>
+      <c r="U165" s="35">
+        <v>32.915384615384617</v>
+      </c>
+      <c r="V165" s="2">
+        <v>68464</v>
+      </c>
+      <c r="W165" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X165" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y165" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z165" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AA165" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AB165" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AC165" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AD165" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AE165" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AF165" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AG165" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AH165" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AI165" s="1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="166" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A166" s="6" t="s">
+        <v>480</v>
+      </c>
+      <c r="B166" s="6" t="s">
+        <v>481</v>
+      </c>
+      <c r="C166" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="D166" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="E166" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G166" s="33">
+        <v>330</v>
+      </c>
+      <c r="H166" s="33">
+        <v>405</v>
+      </c>
+      <c r="I166" s="33">
+        <v>75</v>
+      </c>
+      <c r="J166" s="34">
+        <v>2.2727272727272725</v>
+      </c>
+      <c r="K166" s="33">
+        <v>15</v>
+      </c>
+      <c r="L166" s="33">
+        <v>10</v>
+      </c>
+      <c r="M166" s="33">
+        <v>10</v>
+      </c>
+      <c r="N166" s="33">
+        <v>35</v>
+      </c>
+      <c r="O166" s="35">
+        <v>29.13</v>
+      </c>
+      <c r="P166" s="36">
+        <v>60581</v>
+      </c>
+      <c r="Q166" s="35">
+        <v>19.88</v>
+      </c>
+      <c r="R166" s="2">
+        <v>41349</v>
+      </c>
+      <c r="S166" s="35">
+        <v>26.94</v>
+      </c>
+      <c r="T166" s="2">
+        <v>56032</v>
+      </c>
+      <c r="U166" s="35">
+        <v>33.75</v>
+      </c>
+      <c r="V166" s="2">
+        <v>70198</v>
+      </c>
+      <c r="W166" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="X166" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y166" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Z166" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA166" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB166" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AC166" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AD166" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AE166" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AF166" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG166" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AH166" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AI166" s="1" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="167" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A167" s="6" t="s">
+        <v>482</v>
+      </c>
+      <c r="B167" s="6" t="s">
+        <v>483</v>
+      </c>
+      <c r="C167" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="D167" s="6" t="s">
+        <v>484</v>
+      </c>
+      <c r="E167" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G167" s="33">
+        <v>460</v>
+      </c>
+      <c r="H167" s="33">
+        <v>505</v>
+      </c>
+      <c r="I167" s="33">
+        <v>45</v>
+      </c>
+      <c r="J167" s="34">
+        <v>0.97826086956521741</v>
+      </c>
+      <c r="K167" s="33">
+        <v>15</v>
+      </c>
+      <c r="L167" s="33">
+        <v>25</v>
+      </c>
+      <c r="M167" s="33">
+        <v>5</v>
+      </c>
+      <c r="N167" s="33">
+        <v>45</v>
+      </c>
+      <c r="O167" s="35">
+        <v>29.04</v>
+      </c>
+      <c r="P167" s="36">
+        <v>60406</v>
+      </c>
+      <c r="Q167" s="35">
+        <v>22.38</v>
+      </c>
+      <c r="R167" s="2">
+        <v>46557</v>
+      </c>
+      <c r="S167" s="35">
+        <v>29.37</v>
+      </c>
+      <c r="T167" s="2">
+        <v>61086</v>
+      </c>
+      <c r="U167" s="35">
+        <v>32.369999999999997</v>
+      </c>
+      <c r="V167" s="2">
+        <v>67330</v>
+      </c>
+      <c r="W167" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="X167" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y167" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="Z167" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="AA167" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="AB167" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="AC167" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="AD167" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="AE167" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="AF167" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="AG167" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AH167" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="AI167" s="1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="168" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A168" s="6" t="s">
+        <v>486</v>
+      </c>
+      <c r="B168" s="6" t="s">
+        <v>487</v>
+      </c>
+      <c r="C168" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="D168" s="6" t="s">
+        <v>446</v>
+      </c>
+      <c r="E168" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="G168" s="33">
+        <v>9060</v>
+      </c>
+      <c r="H168" s="33">
+        <v>10255</v>
+      </c>
+      <c r="I168" s="33">
+        <v>1195</v>
+      </c>
+      <c r="J168" s="34">
+        <v>1.3189845474613686</v>
+      </c>
+      <c r="K168" s="33">
+        <v>435</v>
+      </c>
+      <c r="L168" s="33">
+        <v>565</v>
+      </c>
+      <c r="M168" s="33">
+        <v>120</v>
+      </c>
+      <c r="N168" s="33">
+        <v>1125</v>
+      </c>
+      <c r="O168" s="35">
+        <v>29.04</v>
+      </c>
+      <c r="P168" s="36">
+        <v>60394</v>
+      </c>
+      <c r="Q168" s="35">
+        <v>20.93</v>
+      </c>
+      <c r="R168" s="2">
+        <v>43538</v>
+      </c>
+      <c r="S168" s="35">
+        <v>27.93</v>
+      </c>
+      <c r="T168" s="2">
+        <v>58092</v>
+      </c>
+      <c r="U168" s="35">
+        <v>33.090000000000003</v>
+      </c>
+      <c r="V168" s="2">
+        <v>68822</v>
+      </c>
+      <c r="W168" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="X168" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y168" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="Z168" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="AA168" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="AB168" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AC168" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AD168" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AE168" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AF168" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="AG168" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="AH168" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AI168" s="1" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="169" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A169" s="6" t="s">
+        <v>488</v>
+      </c>
+      <c r="B169" s="6" t="s">
+        <v>489</v>
+      </c>
+      <c r="C169" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D169" s="6" t="s">
+        <v>335</v>
+      </c>
+      <c r="G169" s="33">
+        <v>200</v>
+      </c>
+      <c r="H169" s="33">
+        <v>225</v>
+      </c>
+      <c r="I169" s="33">
+        <v>30</v>
+      </c>
+      <c r="J169" s="34">
+        <v>1.5</v>
+      </c>
+      <c r="K169" s="33">
+        <v>10</v>
+      </c>
+      <c r="L169" s="33">
+        <v>10</v>
+      </c>
+      <c r="M169" s="33">
+        <v>5</v>
+      </c>
+      <c r="N169" s="33">
+        <v>25</v>
+      </c>
+      <c r="O169" s="35">
+        <v>28.91</v>
+      </c>
+      <c r="P169" s="36">
+        <v>60127</v>
+      </c>
+      <c r="Q169" s="35">
+        <v>22.47</v>
+      </c>
+      <c r="R169" s="2">
+        <v>46730</v>
+      </c>
+      <c r="S169" s="35">
+        <v>30.77</v>
+      </c>
+      <c r="T169" s="2">
+        <v>64009</v>
+      </c>
+      <c r="U169" s="35">
+        <v>32.130000000000003</v>
+      </c>
+      <c r="V169" s="2">
+        <v>66826</v>
+      </c>
+      <c r="W169" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X169" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y169" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z169" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AA169" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB169" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AC169" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AD169" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AE169" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AF169" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AG169" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH169" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AI169" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="170" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A170" s="6" t="s">
+        <v>490</v>
+      </c>
+      <c r="B170" s="6" t="s">
+        <v>491</v>
+      </c>
+      <c r="C170" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D170" s="6" t="s">
+        <v>335</v>
+      </c>
+      <c r="E170" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G170" s="33">
+        <v>1190</v>
+      </c>
+      <c r="H170" s="33">
+        <v>1365</v>
+      </c>
+      <c r="I170" s="33">
+        <v>175</v>
+      </c>
+      <c r="J170" s="34">
+        <v>1.4705882352941178</v>
+      </c>
+      <c r="K170" s="33">
+        <v>40</v>
+      </c>
+      <c r="L170" s="33">
+        <v>50</v>
+      </c>
+      <c r="M170" s="33">
+        <v>15</v>
+      </c>
+      <c r="N170" s="33">
+        <v>105</v>
+      </c>
+      <c r="O170" s="35">
+        <v>28.8</v>
+      </c>
+      <c r="P170" s="36">
+        <v>59914</v>
+      </c>
+      <c r="Q170" s="35">
+        <v>21.93</v>
+      </c>
+      <c r="R170" s="2">
+        <v>45614</v>
+      </c>
+      <c r="S170" s="35">
+        <v>27.72</v>
+      </c>
+      <c r="T170" s="2">
+        <v>57655</v>
+      </c>
+      <c r="U170" s="35">
+        <v>32.24</v>
+      </c>
+      <c r="V170" s="2">
+        <v>67064</v>
+      </c>
+      <c r="W170" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="X170" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y170" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z170" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA170" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AB170" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AC170" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AD170" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AE170" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AF170" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AG170" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AH170" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AI170" s="1" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="171" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A171" s="6" t="s">
+        <v>492</v>
+      </c>
+      <c r="B171" s="6" t="s">
+        <v>493</v>
+      </c>
+      <c r="C171" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D171" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="G171" s="33">
+        <v>475</v>
+      </c>
+      <c r="H171" s="33">
+        <v>520</v>
+      </c>
+      <c r="I171" s="33">
+        <v>45</v>
+      </c>
+      <c r="J171" s="34">
+        <v>0.94736842105263164</v>
+      </c>
+      <c r="K171" s="33">
+        <v>15</v>
+      </c>
+      <c r="L171" s="33">
+        <v>15</v>
+      </c>
+      <c r="M171" s="33">
+        <v>5</v>
+      </c>
+      <c r="N171" s="33">
+        <v>40</v>
+      </c>
+      <c r="O171" s="35">
+        <v>28.776923076923076</v>
+      </c>
+      <c r="P171" s="36">
+        <v>59856</v>
+      </c>
+      <c r="Q171" s="35">
+        <v>22.735576923076923</v>
+      </c>
+      <c r="R171" s="2">
+        <v>47290</v>
+      </c>
+      <c r="S171" s="35">
+        <v>28.122596153846153</v>
+      </c>
+      <c r="T171" s="2">
+        <v>58495</v>
+      </c>
+      <c r="U171" s="35">
+        <v>31.797596153846154</v>
+      </c>
+      <c r="V171" s="2">
+        <v>66139</v>
+      </c>
+      <c r="W171" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X171" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y171" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z171" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AA171" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB171" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AC171" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AD171" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AE171" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AF171" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AG171" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AH171" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AI171" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="172" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A172" s="6" t="s">
+        <v>494</v>
+      </c>
+      <c r="B172" s="6" t="s">
+        <v>495</v>
+      </c>
+      <c r="C172" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D172" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E172" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G172" s="33">
+        <v>665</v>
+      </c>
+      <c r="H172" s="33">
+        <v>730</v>
+      </c>
+      <c r="I172" s="33">
+        <v>65</v>
+      </c>
+      <c r="J172" s="34">
+        <v>0.97744360902255634</v>
+      </c>
+      <c r="K172" s="33">
+        <v>30</v>
+      </c>
+      <c r="L172" s="33">
+        <v>30</v>
+      </c>
+      <c r="M172" s="33">
+        <v>5</v>
+      </c>
+      <c r="N172" s="33">
+        <v>70</v>
+      </c>
+      <c r="O172" s="35">
+        <v>28.76</v>
+      </c>
+      <c r="P172" s="36">
+        <v>59823</v>
+      </c>
+      <c r="Q172" s="35">
+        <v>23.91</v>
+      </c>
+      <c r="R172" s="2">
+        <v>49737</v>
+      </c>
+      <c r="S172" s="35">
+        <v>28.21</v>
+      </c>
+      <c r="T172" s="2">
+        <v>58680</v>
+      </c>
+      <c r="U172" s="35">
+        <v>31.19</v>
+      </c>
+      <c r="V172" s="2">
+        <v>64867</v>
+      </c>
+      <c r="W172" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="X172" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y172" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="Z172" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="AA172" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="AB172" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AC172" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AD172" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AE172" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AF172" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AG172" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AH172" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AI172" s="1" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="173" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A173" s="6" t="s">
+        <v>496</v>
+      </c>
+      <c r="B173" s="6" t="s">
+        <v>497</v>
+      </c>
+      <c r="C173" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="D173" s="6" t="s">
+        <v>369</v>
+      </c>
+      <c r="E173" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="G173" s="33">
+        <v>1010</v>
+      </c>
+      <c r="H173" s="33">
+        <v>1155</v>
+      </c>
+      <c r="I173" s="33">
+        <v>145</v>
+      </c>
+      <c r="J173" s="34">
+        <v>1.4356435643564356</v>
+      </c>
+      <c r="K173" s="33">
+        <v>35</v>
+      </c>
+      <c r="L173" s="33">
+        <v>45</v>
+      </c>
+      <c r="M173" s="33">
+        <v>15</v>
+      </c>
+      <c r="N173" s="33">
+        <v>95</v>
+      </c>
+      <c r="O173" s="35">
+        <v>28.21</v>
+      </c>
+      <c r="P173" s="36">
+        <v>58681</v>
+      </c>
+      <c r="Q173" s="35">
+        <v>20.399999999999999</v>
+      </c>
+      <c r="R173" s="2">
+        <v>42442</v>
+      </c>
+      <c r="S173" s="35">
+        <v>25.8</v>
+      </c>
+      <c r="T173" s="2">
+        <v>53664</v>
+      </c>
+      <c r="U173" s="35">
+        <v>32.119999999999997</v>
+      </c>
+      <c r="V173" s="2">
+        <v>66801</v>
+      </c>
+      <c r="W173" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="X173" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y173" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z173" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA173" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AB173" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AC173" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AD173" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AE173" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AF173" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AG173" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AH173" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AI173" s="1" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:AE67">
     <sortCondition descending="1" ref="L9"/>
   </sortState>
   <mergeCells count="35">
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="Y6:Y9"/>
     <mergeCell ref="Z7:AI7"/>
     <mergeCell ref="Z8:AI9"/>
     <mergeCell ref="S6:S9"/>
     <mergeCell ref="T6:T9"/>
     <mergeCell ref="U6:U9"/>
     <mergeCell ref="V6:V9"/>
     <mergeCell ref="W6:W9"/>
     <mergeCell ref="O6:O9"/>
     <mergeCell ref="P6:P9"/>
     <mergeCell ref="Q6:Q9"/>
     <mergeCell ref="R6:R9"/>
     <mergeCell ref="X6:X9"/>
     <mergeCell ref="G6:G9"/>
     <mergeCell ref="H6:H9"/>
     <mergeCell ref="I6:I9"/>
@@ -10847,69 +23035,71 @@
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="C5:F5"/>
     <mergeCell ref="G5:J5"/>
     <mergeCell ref="K5:N5"/>
     <mergeCell ref="O5:V5"/>
     <mergeCell ref="W5:AI5"/>
     <mergeCell ref="F6:F9"/>
     <mergeCell ref="A6:A9"/>
     <mergeCell ref="B6:B9"/>
     <mergeCell ref="C6:C9"/>
     <mergeCell ref="D6:D9"/>
     <mergeCell ref="E6:E9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFCCCC"/>
   </sheetPr>
   <dimension ref="A1:K3"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="3" width="8.85546875" style="22"/>
-[...5 lines deleted...]
-    <col min="12" max="16384" width="8.85546875" style="22"/>
+    <col min="1" max="3" width="8.85546875" style="9"/>
+    <col min="4" max="5" width="8.85546875" style="10"/>
+    <col min="6" max="6" width="8.85546875" style="11"/>
+    <col min="7" max="7" width="8.85546875" style="12"/>
+    <col min="8" max="8" width="8.85546875" style="10"/>
+    <col min="9" max="11" width="8.85546875" style="13"/>
+    <col min="12" max="16384" width="8.85546875" style="9"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="25.5" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="2" spans="1:2" s="28" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B2" s="27"/>
+    <row r="2" spans="1:2" s="15" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="B2" s="14"/>
     </row>
     <row r="3" spans="1:2" ht="25.5" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="65" fitToHeight="5" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>