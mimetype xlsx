--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\IWD Printable Publications\LMI Publications\Occupational Projections\2024\12-2024\STEM Jobs\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\Projections and Resources\Projections\Long Term Occ Projs\2022-2032 Occ Projs\2022-2032 Occ Projs Work\State\2022-2032 State STEM Jobs\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{47E6A6E3-E9E3-4C38-9FF3-1B06EE74722F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EF09B5A4-0E01-49A2-AE7B-8B983CF5500B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="405" yWindow="420" windowWidth="24345" windowHeight="14430" tabRatio="881" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="29310" yWindow="-3075" windowWidth="26085" windowHeight="14775" tabRatio="881" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="STEM" sheetId="37" r:id="rId1"/>
     <sheet name="Notes" sheetId="38" r:id="rId2"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2041" uniqueCount="364">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2208" uniqueCount="378">
   <si>
     <t>Annual Growth Rate (%)</t>
   </si>
   <si>
     <t>N.A.</t>
   </si>
   <si>
     <t>11-3021</t>
   </si>
   <si>
     <t>11-9041</t>
   </si>
   <si>
     <t>Computer Programmers</t>
   </si>
   <si>
     <t>Computer Systems Analysts</t>
   </si>
   <si>
     <t>15-2011</t>
   </si>
   <si>
     <t>Actuaries</t>
   </si>
   <si>
@@ -235,80 +235,68 @@
   <si>
     <t>B1</t>
   </si>
   <si>
     <t>B5</t>
   </si>
   <si>
     <t>SY2</t>
   </si>
   <si>
     <t>SO2</t>
   </si>
   <si>
     <t>B4</t>
   </si>
   <si>
     <t>T7</t>
   </si>
   <si>
     <t>T8</t>
   </si>
   <si>
     <t>SY3</t>
   </si>
   <si>
-    <t>Network &amp; Computer Systems Administrators</t>
-[...1 lines deleted...]
-  <si>
     <t>SC</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>T5</t>
   </si>
   <si>
-    <t>Soil &amp; Plant Scientists</t>
-[...1 lines deleted...]
-  <si>
     <t>DP</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
-    <t>Nursing Instructors &amp; Teachers, Postsecondary</t>
-[...1 lines deleted...]
-  <si>
     <t>PS</t>
   </si>
   <si>
-    <t>Dietitians &amp; Nutritionists</t>
-[...1 lines deleted...]
-  <si>
     <t>T4</t>
   </si>
   <si>
     <t>T9</t>
   </si>
   <si>
     <t>T11</t>
   </si>
   <si>
     <t>T1</t>
   </si>
   <si>
     <t>Numeric Change</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Mean Salary</t>
   </si>
   <si>
     <t>Entry Wage</t>
   </si>
   <si>
     <t>Entry Salary</t>
@@ -340,53 +328,50 @@
   <si>
     <t>&lt; 5</t>
   </si>
   <si>
     <t>Information Security Analysts</t>
   </si>
   <si>
     <t>Computer Network Architects</t>
   </si>
   <si>
     <t>Computer User Support Specialists</t>
   </si>
   <si>
     <t>Computer Network Support Specialists</t>
   </si>
   <si>
     <t>19-4031</t>
   </si>
   <si>
     <t>17-3022</t>
   </si>
   <si>
     <t>19-1012</t>
   </si>
   <si>
-    <t>Food Scientists &amp; Technologists</t>
-[...1 lines deleted...]
-  <si>
     <t>19-1031</t>
   </si>
   <si>
     <t>Conservation Scientists</t>
   </si>
   <si>
     <t>25-1022</t>
   </si>
   <si>
     <t>Mathematical Science Teachers, Postsecondary</t>
   </si>
   <si>
     <t>Exits</t>
   </si>
   <si>
     <t>Transfers</t>
   </si>
   <si>
     <t>New (Growth)</t>
   </si>
   <si>
     <t>[a]</t>
   </si>
   <si>
     <t>[b]</t>
@@ -409,83 +394,77 @@
   <si>
     <t>17-1012</t>
   </si>
   <si>
     <t>Landscape Architects</t>
   </si>
   <si>
     <t>17-1022</t>
   </si>
   <si>
     <t>Surveyors</t>
   </si>
   <si>
     <t>17-2061</t>
   </si>
   <si>
     <t>Computer Hardware Engineers</t>
   </si>
   <si>
     <t>17-2072</t>
   </si>
   <si>
     <t>17-3011</t>
   </si>
   <si>
-    <t>Architectural &amp; Civil Drafters</t>
-[...1 lines deleted...]
-  <si>
     <t>17-3013</t>
   </si>
   <si>
     <t>Mechanical Drafters</t>
   </si>
   <si>
     <t>17-3027</t>
   </si>
   <si>
     <t>17-3031</t>
   </si>
   <si>
     <t>19-1011</t>
   </si>
   <si>
     <t>Animal Scientists</t>
   </si>
   <si>
     <t>19-2031</t>
   </si>
   <si>
     <t>Chemists</t>
   </si>
   <si>
     <t>19-3051</t>
   </si>
   <si>
-    <t>Urban &amp; Regional Planners</t>
-[...1 lines deleted...]
-  <si>
     <t>25-1021</t>
   </si>
   <si>
     <t>Computer Science Teachers, Postsecondary</t>
   </si>
   <si>
     <t>25-1032</t>
   </si>
   <si>
     <t>Engineering Teachers, Postsecondary</t>
   </si>
   <si>
     <t>25-1041</t>
   </si>
   <si>
     <t>Agricultural Sciences Teachers, Postsecondary</t>
   </si>
   <si>
     <t>25-1052</t>
   </si>
   <si>
     <t>Chemistry Teachers, Postsecondary</t>
   </si>
   <si>
     <t>25-1066</t>
@@ -517,69 +496,57 @@
   <si>
     <t>15-1231</t>
   </si>
   <si>
     <t>15-1232</t>
   </si>
   <si>
     <t>15-1241</t>
   </si>
   <si>
     <t>15-1251</t>
   </si>
   <si>
     <t>19-4042</t>
   </si>
   <si>
     <t>STEM</t>
   </si>
   <si>
     <t>17-2131</t>
   </si>
   <si>
     <t>Materials Engineers</t>
   </si>
   <si>
-    <t>Surveying &amp; Mapping Technicians</t>
-[...4 lines deleted...]
-  <si>
     <t>Biological Technicians</t>
   </si>
   <si>
     <t>Chemical Technicians</t>
   </si>
   <si>
-    <t>Environmental Science &amp; Protection Technicians, Including Health</t>
-[...1 lines deleted...]
-  <si>
     <t>19-4071</t>
-  </si>
-[...1 lines deleted...]
-    <t>Forest &amp; Conservation Technicians</t>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
     <t>2022-2032 STATE OF IOWA OCCUPATIONAL PROJECTIONS</t>
   </si>
   <si>
     <r>
       <t>Occupation</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>[1]</t>
     </r>
   </si>
   <si>
     <r>
@@ -660,311 +627,233 @@
   <si>
     <t>Bright Outlook</t>
   </si>
   <si>
     <t>2022 Estimated</t>
   </si>
   <si>
     <t>2032 Projected</t>
   </si>
   <si>
     <t>Top Skills</t>
   </si>
   <si>
     <t>Business Management &amp; Administration</t>
   </si>
   <si>
     <t>Marketing</t>
   </si>
   <si>
     <t>Rapid Growth</t>
   </si>
   <si>
     <t>Operations Management</t>
   </si>
   <si>
-    <t>Computer &amp; Information Systems Managers</t>
-[...1 lines deleted...]
-  <si>
     <t>Business Information Management</t>
   </si>
   <si>
     <t>Finance</t>
   </si>
   <si>
     <t>Agriculture, Food &amp; Natural Resources</t>
   </si>
   <si>
     <t>Architecture &amp; Construction</t>
   </si>
   <si>
     <t>Education &amp; Training</t>
   </si>
   <si>
-    <t>Architectural &amp; Engineering Managers</t>
-[...1 lines deleted...]
-  <si>
     <t>Science, Technology, Engineering &amp; Mathematics</t>
   </si>
   <si>
-    <t>Engineering &amp; Technology</t>
-[...1 lines deleted...]
-  <si>
     <t>11-9111</t>
   </si>
   <si>
-    <t>Medical &amp; Health Services Managers</t>
-[...1 lines deleted...]
-  <si>
     <t>Health Science</t>
   </si>
   <si>
     <t>Support Services</t>
   </si>
   <si>
     <t>Natural Sciences Managers</t>
   </si>
   <si>
     <t>Natural Resources Systems</t>
   </si>
   <si>
     <t>Human Services</t>
   </si>
   <si>
     <t>Insurance</t>
   </si>
   <si>
     <t>Design/Pre-Construction</t>
   </si>
   <si>
     <t>Information Technology</t>
   </si>
   <si>
-    <t>Programming &amp; Software Development</t>
-[...1 lines deleted...]
-  <si>
     <t>Network Systems</t>
   </si>
   <si>
-    <t>Information Support &amp; Services</t>
-[...1 lines deleted...]
-  <si>
     <t>15-1242</t>
   </si>
   <si>
     <t>Database Administrators</t>
   </si>
   <si>
     <t>15-1243</t>
   </si>
   <si>
     <t>Database Architects</t>
   </si>
   <si>
     <t>Information Technology; Information Technology</t>
   </si>
   <si>
-    <t>Network Systems; Information Support &amp; Services</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> B2</t>
   </si>
   <si>
     <t>15-1244</t>
   </si>
   <si>
     <t>15-1252</t>
   </si>
   <si>
     <t>Software Developers</t>
   </si>
   <si>
     <t>Rapid Growth; Numerous Job Openings</t>
   </si>
   <si>
     <t>15-1253</t>
   </si>
   <si>
-    <t>Software Quality Assurance Analysts &amp; Testers</t>
-[...4 lines deleted...]
-  <si>
     <t>15-1254</t>
   </si>
   <si>
     <t>Web Developers</t>
   </si>
   <si>
-    <t>Web &amp; Digital Communications</t>
-[...1 lines deleted...]
-  <si>
     <t>15-1255</t>
   </si>
   <si>
-    <t>Web &amp; Digital Interface Designers</t>
-[...4 lines deleted...]
-  <si>
     <t>15-1299</t>
   </si>
   <si>
     <t>Computer Occupations, All Other</t>
   </si>
   <si>
     <t>Business Management &amp; Administration; Information Technology</t>
   </si>
   <si>
-    <t>Administrative Support; Information Support &amp; Services</t>
-[...4 lines deleted...]
-  <si>
     <t>15-2051</t>
   </si>
   <si>
     <t>Data Scientists</t>
   </si>
   <si>
-    <t>Architects, Except Landscape &amp; Naval</t>
-[...1 lines deleted...]
-  <si>
     <t>Electronics Engineers, Except Computer</t>
   </si>
   <si>
     <t>17-2199</t>
   </si>
   <si>
     <t>Engineers, All Other</t>
   </si>
   <si>
     <t>Manufacturing</t>
   </si>
   <si>
     <t>Manufacturing Production Process Development</t>
   </si>
   <si>
-    <t>Civil Engineering Technologists &amp; Technicians</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve"> R4</t>
   </si>
   <si>
-    <t>Mechanical Engineering Technologists &amp; Technicians</t>
-[...1 lines deleted...]
-  <si>
     <t>17-3029</t>
   </si>
   <si>
-    <t>Engineering Technologists &amp; Technicians, Except Drafters, All Other</t>
-[...1 lines deleted...]
-  <si>
     <t>Government &amp; Public Administration; Manufacturing</t>
   </si>
   <si>
     <t>National Security; Manufacturing Production Process Development</t>
   </si>
   <si>
     <t>Animal Systems</t>
   </si>
   <si>
-    <t>Food Products &amp; Processing Systems</t>
-[...1 lines deleted...]
-  <si>
     <t>Plant Systems</t>
   </si>
   <si>
     <t>19-1029</t>
   </si>
   <si>
     <t>Biological Scientists, All Other</t>
   </si>
   <si>
     <t>Medical Scientists, Except Epidemiologists</t>
   </si>
   <si>
-    <t>Biotechnology Research &amp; Development</t>
-[...1 lines deleted...]
-  <si>
     <t>19-3033</t>
   </si>
   <si>
-    <t>Clinical &amp; Counseling Psychologists</t>
-[...1 lines deleted...]
-  <si>
     <t>Counseling &amp; Mental Health Services</t>
   </si>
   <si>
     <t>19-3034</t>
   </si>
   <si>
     <t>School Psychologists</t>
   </si>
   <si>
     <t>Government &amp; Public Administration; Science, Technology, Engineering &amp; Mathematics</t>
   </si>
   <si>
-    <t>Planning; Science &amp; Mathematics</t>
-[...1 lines deleted...]
-  <si>
     <t>B19</t>
   </si>
   <si>
     <t>19-4012</t>
   </si>
   <si>
     <t>Agricultural Technicians</t>
   </si>
   <si>
     <t>19-4013</t>
   </si>
   <si>
     <t>Food Science Technicians</t>
   </si>
   <si>
     <t>Environmental Service Systems</t>
   </si>
   <si>
     <t>19-4099</t>
   </si>
   <si>
-    <t>Life, Physical, &amp; Social Science Technicians, All Other</t>
-[...1 lines deleted...]
-  <si>
     <t>Law, Public Safety, Corrections &amp; Security</t>
   </si>
   <si>
     <t>Teaching/Training</t>
   </si>
   <si>
     <t>25-1069</t>
   </si>
   <si>
     <t>Social Sciences Teachers, Postsecondary, All Other</t>
   </si>
   <si>
     <t>Therapeutic Services</t>
   </si>
   <si>
     <t>29-1041</t>
   </si>
   <si>
     <t>Optometrists</t>
   </si>
   <si>
     <t>29-1051</t>
   </si>
   <si>
     <t>Pharmacists</t>
@@ -1041,211 +930,364 @@
   <si>
     <t>Family Medicine Physicians</t>
   </si>
   <si>
     <t>29-1229</t>
   </si>
   <si>
     <t>Physicians, All Other</t>
   </si>
   <si>
     <t>29-1292</t>
   </si>
   <si>
     <t>Dental Hygienists</t>
   </si>
   <si>
     <t>29-1299</t>
   </si>
   <si>
     <t>Healthcare Diagnosing or Treating Practitioners, All Other</t>
   </si>
   <si>
     <t>29-2010</t>
   </si>
   <si>
-    <t>Clinical Laboratory Technologists &amp; Technicians</t>
-[...1 lines deleted...]
-  <si>
     <t>Diagnostic Services</t>
   </si>
   <si>
     <t>29-2031</t>
   </si>
   <si>
-    <t>Cardiovascular Technologists &amp; Technicians</t>
-[...1 lines deleted...]
-  <si>
     <t>29-2032</t>
   </si>
   <si>
     <t>Diagnostic Medical Sonographers</t>
   </si>
   <si>
     <t>29-2034</t>
   </si>
   <si>
-    <t>Radiologic Technologists &amp; Technicians</t>
-[...1 lines deleted...]
-  <si>
     <t>29-2042</t>
   </si>
   <si>
     <t>Emergency Medical Technicians</t>
   </si>
   <si>
-    <t>Emergency &amp; Fire Management Services</t>
-[...1 lines deleted...]
-  <si>
     <t>29-2043</t>
   </si>
   <si>
     <t>Paramedics</t>
   </si>
   <si>
     <t>29-2051</t>
   </si>
   <si>
     <t>Dietetic Technicians</t>
   </si>
   <si>
     <t>29-2052</t>
   </si>
   <si>
     <t>Pharmacy Technicians</t>
   </si>
   <si>
     <t>29-2053</t>
   </si>
   <si>
     <t>Psychiatric Technicians</t>
   </si>
   <si>
     <t>29-2055</t>
   </si>
   <si>
     <t>Surgical Technologists</t>
   </si>
   <si>
     <t>29-2056</t>
   </si>
   <si>
-    <t>Veterinary Technologists &amp; Technicians</t>
-[...1 lines deleted...]
-  <si>
     <t>29-2057</t>
   </si>
   <si>
     <t>Ophthalmic Medical Technicians</t>
   </si>
   <si>
     <t>29-2061</t>
   </si>
   <si>
-    <t>Licensed Practical &amp; Licensed Vocational Nurses</t>
-[...1 lines deleted...]
-  <si>
     <t>29-2072</t>
   </si>
   <si>
     <t>Medical Records Specialists</t>
   </si>
   <si>
     <t>Health Informatics</t>
   </si>
   <si>
     <t>29-2081</t>
   </si>
   <si>
     <t>Opticians, Dispensing</t>
   </si>
   <si>
     <t>29-2099</t>
   </si>
   <si>
-    <t>Health Technologists &amp; Technicians, All Other</t>
-[...1 lines deleted...]
-  <si>
     <t>Health Science; Health Science</t>
   </si>
   <si>
     <t>Therapeutic Services; Diagnostic Services</t>
   </si>
   <si>
     <t>29-9021</t>
   </si>
   <si>
-    <t>Health Information Technologists &amp; Medical Registrars</t>
-[...1 lines deleted...]
-  <si>
     <t>Therapeutic Services; Health Informatics</t>
   </si>
   <si>
     <t>29-9091</t>
   </si>
   <si>
     <t>Athletic Trainers</t>
   </si>
   <si>
     <t>29-9099</t>
   </si>
   <si>
-    <t>Healthcare Practitioners &amp; Technical Workers, All Other</t>
-[...1 lines deleted...]
-  <si>
     <t>Professional Sales</t>
   </si>
   <si>
-    <t>Sales Representatives, Wholesale &amp; Manufacturing, Technical &amp; Scientific Products</t>
+    <t>Computer and Information Systems Managers</t>
+  </si>
+  <si>
+    <t>Architectural and Engineering Managers</t>
+  </si>
+  <si>
+    <t>Engineering and Technology</t>
+  </si>
+  <si>
+    <t>Medical and Health Services Managers</t>
+  </si>
+  <si>
+    <t>Programming and Software Development</t>
+  </si>
+  <si>
+    <t>Information Support and Services</t>
+  </si>
+  <si>
+    <t>Network Systems; Information Support and Services</t>
+  </si>
+  <si>
+    <t>Network and Computer Systems Administrators</t>
+  </si>
+  <si>
+    <t>Software Quality Assurance Analysts and Testers</t>
+  </si>
+  <si>
+    <t>Information Support and Services; Programming and Software Development</t>
+  </si>
+  <si>
+    <t>Web and Digital Communications</t>
+  </si>
+  <si>
+    <t>Web and Digital Interface Designers</t>
+  </si>
+  <si>
+    <t>Information Support and Services; Web and Digital Communications</t>
+  </si>
+  <si>
+    <t>Administrative Support; Information Support and Services</t>
+  </si>
+  <si>
+    <t>Science and Mathematics</t>
+  </si>
+  <si>
+    <t>Architects, Except Landscape and Naval</t>
+  </si>
+  <si>
+    <t>Architectural and Civil Drafters</t>
+  </si>
+  <si>
+    <t>Civil Engineering Technologists and Technicians</t>
+  </si>
+  <si>
+    <t>Electrical and Electronics Engineering Technologists and Technicians</t>
+  </si>
+  <si>
+    <t>Electro-Mechanical and Mechatronics Technologists and Technicians</t>
+  </si>
+  <si>
+    <t>Industrial Engineering Technologists and Technicians</t>
+  </si>
+  <si>
+    <t>Mechanical Engineering Technologists and Technicians</t>
+  </si>
+  <si>
+    <t>Engineering Technologists and Technicians, Except Drafters, All Other</t>
+  </si>
+  <si>
+    <t>Surveying and Mapping Technicians</t>
+  </si>
+  <si>
+    <t>Food Scientists and Technologists</t>
+  </si>
+  <si>
+    <t>Food Products and Processing Systems</t>
+  </si>
+  <si>
+    <t>Soil and Plant Scientists</t>
+  </si>
+  <si>
+    <t>Biotechnology Research and Development</t>
+  </si>
+  <si>
+    <t>Environmental Scientists and Specialists, Including Health</t>
+  </si>
+  <si>
+    <t>Clinical and Counseling Psychologists</t>
+  </si>
+  <si>
+    <t>Urban and Regional Planners</t>
+  </si>
+  <si>
+    <t>Planning; Science and Mathematics</t>
+  </si>
+  <si>
+    <t>Environmental Science and Protection Technicians, Including Health</t>
+  </si>
+  <si>
+    <t>Forest and Conservation Technicians</t>
+  </si>
+  <si>
+    <t>Life, Physical, and Social Science Technicians, All Other</t>
+  </si>
+  <si>
+    <t>Nursing Instructors and Teachers, Postsecondary</t>
+  </si>
+  <si>
+    <t>Dietitians and Nutritionists</t>
+  </si>
+  <si>
+    <t>Clinical Laboratory Technologists and Technicians</t>
+  </si>
+  <si>
+    <t>Cardiovascular Technologists and Technicians</t>
+  </si>
+  <si>
+    <t>Radiologic Technologists and Technicians</t>
+  </si>
+  <si>
+    <t>Emergency and Fire Management Services</t>
+  </si>
+  <si>
+    <t>Veterinary Technologists and Technicians</t>
+  </si>
+  <si>
+    <t>Licensed Practical and Licensed Vocational Nurses</t>
+  </si>
+  <si>
+    <t>Health Technologists and Technicians, All Other</t>
+  </si>
+  <si>
+    <t>Health Information Technologists and Medical Registrars</t>
+  </si>
+  <si>
+    <t>Healthcare Practitioners and Technical Workers, All Other</t>
+  </si>
+  <si>
+    <t>Sales Representatives, Wholesale and Manufacturing, Technical and Scientific Products</t>
   </si>
   <si>
     <r>
-      <t>2024 Occupational Wage &amp; Salary</t>
+      <t>2025 Occupational Wage &amp; Salary ($)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>[5]</t>
     </r>
   </si>
+  <si>
+    <t>11-0000</t>
+  </si>
+  <si>
+    <t>Management Occupations</t>
+  </si>
+  <si>
+    <t>15-0000</t>
+  </si>
+  <si>
+    <t>Computer and Mathematical Occupations</t>
+  </si>
+  <si>
+    <t>17-0000</t>
+  </si>
+  <si>
+    <t>Architecture and Engineering Occupations</t>
+  </si>
+  <si>
+    <t>19-0000</t>
+  </si>
+  <si>
+    <t>Life, Physical, and Social Science Occupations</t>
+  </si>
+  <si>
+    <t>25-0000</t>
+  </si>
+  <si>
+    <t>Educational Instruction and Library Occupations</t>
+  </si>
+  <si>
+    <t>29-0000</t>
+  </si>
+  <si>
+    <t>Healthcare Practitioners and Technical Occupations</t>
+  </si>
+  <si>
+    <t>41-0000</t>
+  </si>
+  <si>
+    <t>Sales and Related Occupations</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0"/>
   </numFmts>
-  <fonts count="28" x14ac:knownFonts="1">
+  <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Cambria"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
@@ -1389,56 +1431,50 @@
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="36">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
@@ -1919,276 +1955,322 @@
     <xf numFmtId="0" fontId="17" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="81">
+  <cellXfs count="97">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="2" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="3" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="3" fontId="21" fillId="34" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="34" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="34" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="34" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="21" fillId="34" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="35" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="21" fillId="35" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="21" fillId="35" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="21" fillId="35" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="35" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="165" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="21" fillId="35" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="166" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="166" fontId="21" fillId="35" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="166" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="2" fontId="26" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="3" fontId="26" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="2" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="21" fillId="34" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="21" fillId="34" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="21" fillId="34" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="34" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="34" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="34" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="34" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="34" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="21" fillId="34" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="21" fillId="34" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="21" fillId="34" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="3" fontId="21" fillId="34" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="21" fillId="34" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="166" fontId="21" fillId="34" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="21" fillId="34" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="21" fillId="34" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="21" fillId="34" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="21" fillId="34" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="21" fillId="34" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="21" fillId="34" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="21" fillId="34" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="21" fillId="34" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="21" fillId="34" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="21" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="21" fillId="34" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="21" fillId="34" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="34" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="21" fillId="34" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="21" fillId="34" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="21" fillId="34" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="21" fillId="34" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="34" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="34" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="34" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="34" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="3" fontId="21" fillId="34" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="21" fillId="34" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="21" fillId="34" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="21" fillId="34" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="33" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="33" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="33" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="34" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="34" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="33" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="33" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="33" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="21" fillId="34" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="21" fillId="34" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="34" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="21" fillId="34" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="34" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="21" fillId="34" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="21" fillId="34" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="45">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
@@ -2227,75 +2309,75 @@
       <color rgb="FFFFFFFF"/>
       <color rgb="FFE0CCD6"/>
       <color rgb="FFC93429"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>7620</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>3</xdr:row>
-      <xdr:rowOff>15241</xdr:rowOff>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>22</xdr:col>
-      <xdr:colOff>36195</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>160020</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="4" name="TextBox 3">
+        <xdr:cNvPr id="3" name="TextBox 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000011000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000012000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="598170" y="986791"/>
-          <a:ext cx="12430125" cy="7595234"/>
+          <a:off x="609600" y="960120"/>
+          <a:ext cx="12830175" cy="8221980"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="38100" cmpd="sng">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
@@ -4477,75 +4559,75 @@
         </a:p>
         <a:p>
           <a:pPr eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1"/>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Wages: </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>2024 Iowa Wage Survey (estimates based on 2023 2</a:t>
+            <a:t>2025 Iowa Wage Survey (estimates based on 2024 2</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" baseline="30000">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>nd</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t> quarter occupational wage data updated to 2024 2</a:t>
+            <a:t> quarter occupational wage data updated to 2025 2</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" baseline="30000">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>nd</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> quarter using Employment Cost Index), Labor Market and Workforce Information Division, Iowa Workforce Development. </a:t>
           </a:r>
@@ -4583,51 +4665,51 @@
             </a:rPr>
             <a:t>This publication was produced by the Labor Market and Workforce Information Division of Iowa Workforce Development. Revisions and/or corrections made when necessary. Inquiries may be directed</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> to Brent Paulson at 515.281.3439 or Brent.Paulson@iwd.iowa.gov. </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>Visit www.iowaworkforcedevelopment.gov to obtain the latest workforce data and trends including this document. Published 10/2024.</a:t>
+            <a:t>Visit www.iowaworkforcedevelopment.gov to obtain the latest workforce data and trends including this document. Published 10/2025.</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1000">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
             <a:lnSpc>
               <a:spcPct val="100000"/>
@@ -4938,12701 +5020,13583 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor theme="7" tint="0.59999389629810485"/>
   </sheetPr>
-  <dimension ref="A1:AK122"/>
+  <dimension ref="A1:AI135"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="10" topLeftCell="A11" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A6" sqref="A6:A9"/>
+      <selection pane="bottomLeft" activeCell="F6" sqref="F6:F9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="8.85546875" style="8"/>
-    <col min="2" max="3" width="36.7109375" style="18" customWidth="1"/>
+    <col min="1" max="1" width="9.140625" style="22"/>
+    <col min="2" max="3" width="38.7109375" style="18" customWidth="1"/>
     <col min="4" max="4" width="28.7109375" style="18" customWidth="1"/>
     <col min="5" max="5" width="22.7109375" style="18" customWidth="1"/>
-    <col min="6" max="6" width="11.28515625" style="22" customWidth="1"/>
-[...645 lines deleted...]
-    <col min="16163" max="16384" width="8.85546875" style="21"/>
+    <col min="6" max="6" width="6.28515625" style="40" customWidth="1"/>
+    <col min="7" max="8" width="10" style="20" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="9.28515625" style="20" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="9.28515625" style="19" bestFit="1" customWidth="1"/>
+    <col min="11" max="14" width="9.28515625" style="20" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="9.140625" style="34"/>
+    <col min="16" max="16" width="10.5703125" style="20" customWidth="1"/>
+    <col min="17" max="17" width="9.140625" style="34"/>
+    <col min="18" max="18" width="9.140625" style="20"/>
+    <col min="19" max="19" width="9.140625" style="34"/>
+    <col min="20" max="20" width="9.140625" style="20"/>
+    <col min="21" max="21" width="9.140625" style="34"/>
+    <col min="22" max="22" width="9.140625" style="20"/>
+    <col min="23" max="25" width="9.140625" style="33"/>
+    <col min="26" max="35" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="36" max="257" width="9.140625" style="22"/>
+    <col min="258" max="259" width="38.7109375" style="22" customWidth="1"/>
+    <col min="260" max="260" width="28.7109375" style="22" customWidth="1"/>
+    <col min="261" max="261" width="22.7109375" style="22" customWidth="1"/>
+    <col min="262" max="262" width="6.28515625" style="22" customWidth="1"/>
+    <col min="263" max="264" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="265" max="270" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="271" max="271" width="9.140625" style="22"/>
+    <col min="272" max="272" width="10.5703125" style="22" customWidth="1"/>
+    <col min="273" max="281" width="9.140625" style="22"/>
+    <col min="282" max="291" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="292" max="513" width="9.140625" style="22"/>
+    <col min="514" max="515" width="38.7109375" style="22" customWidth="1"/>
+    <col min="516" max="516" width="28.7109375" style="22" customWidth="1"/>
+    <col min="517" max="517" width="22.7109375" style="22" customWidth="1"/>
+    <col min="518" max="518" width="6.28515625" style="22" customWidth="1"/>
+    <col min="519" max="520" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="521" max="526" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="527" max="527" width="9.140625" style="22"/>
+    <col min="528" max="528" width="10.5703125" style="22" customWidth="1"/>
+    <col min="529" max="537" width="9.140625" style="22"/>
+    <col min="538" max="547" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="548" max="769" width="9.140625" style="22"/>
+    <col min="770" max="771" width="38.7109375" style="22" customWidth="1"/>
+    <col min="772" max="772" width="28.7109375" style="22" customWidth="1"/>
+    <col min="773" max="773" width="22.7109375" style="22" customWidth="1"/>
+    <col min="774" max="774" width="6.28515625" style="22" customWidth="1"/>
+    <col min="775" max="776" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="777" max="782" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="783" max="783" width="9.140625" style="22"/>
+    <col min="784" max="784" width="10.5703125" style="22" customWidth="1"/>
+    <col min="785" max="793" width="9.140625" style="22"/>
+    <col min="794" max="803" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="804" max="1025" width="9.140625" style="22"/>
+    <col min="1026" max="1027" width="38.7109375" style="22" customWidth="1"/>
+    <col min="1028" max="1028" width="28.7109375" style="22" customWidth="1"/>
+    <col min="1029" max="1029" width="22.7109375" style="22" customWidth="1"/>
+    <col min="1030" max="1030" width="6.28515625" style="22" customWidth="1"/>
+    <col min="1031" max="1032" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="1033" max="1038" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="1039" max="1039" width="9.140625" style="22"/>
+    <col min="1040" max="1040" width="10.5703125" style="22" customWidth="1"/>
+    <col min="1041" max="1049" width="9.140625" style="22"/>
+    <col min="1050" max="1059" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="1060" max="1281" width="9.140625" style="22"/>
+    <col min="1282" max="1283" width="38.7109375" style="22" customWidth="1"/>
+    <col min="1284" max="1284" width="28.7109375" style="22" customWidth="1"/>
+    <col min="1285" max="1285" width="22.7109375" style="22" customWidth="1"/>
+    <col min="1286" max="1286" width="6.28515625" style="22" customWidth="1"/>
+    <col min="1287" max="1288" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="1289" max="1294" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="1295" max="1295" width="9.140625" style="22"/>
+    <col min="1296" max="1296" width="10.5703125" style="22" customWidth="1"/>
+    <col min="1297" max="1305" width="9.140625" style="22"/>
+    <col min="1306" max="1315" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="1316" max="1537" width="9.140625" style="22"/>
+    <col min="1538" max="1539" width="38.7109375" style="22" customWidth="1"/>
+    <col min="1540" max="1540" width="28.7109375" style="22" customWidth="1"/>
+    <col min="1541" max="1541" width="22.7109375" style="22" customWidth="1"/>
+    <col min="1542" max="1542" width="6.28515625" style="22" customWidth="1"/>
+    <col min="1543" max="1544" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="1545" max="1550" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="1551" max="1551" width="9.140625" style="22"/>
+    <col min="1552" max="1552" width="10.5703125" style="22" customWidth="1"/>
+    <col min="1553" max="1561" width="9.140625" style="22"/>
+    <col min="1562" max="1571" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="1572" max="1793" width="9.140625" style="22"/>
+    <col min="1794" max="1795" width="38.7109375" style="22" customWidth="1"/>
+    <col min="1796" max="1796" width="28.7109375" style="22" customWidth="1"/>
+    <col min="1797" max="1797" width="22.7109375" style="22" customWidth="1"/>
+    <col min="1798" max="1798" width="6.28515625" style="22" customWidth="1"/>
+    <col min="1799" max="1800" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="1801" max="1806" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="1807" max="1807" width="9.140625" style="22"/>
+    <col min="1808" max="1808" width="10.5703125" style="22" customWidth="1"/>
+    <col min="1809" max="1817" width="9.140625" style="22"/>
+    <col min="1818" max="1827" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="1828" max="2049" width="9.140625" style="22"/>
+    <col min="2050" max="2051" width="38.7109375" style="22" customWidth="1"/>
+    <col min="2052" max="2052" width="28.7109375" style="22" customWidth="1"/>
+    <col min="2053" max="2053" width="22.7109375" style="22" customWidth="1"/>
+    <col min="2054" max="2054" width="6.28515625" style="22" customWidth="1"/>
+    <col min="2055" max="2056" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="2057" max="2062" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="2063" max="2063" width="9.140625" style="22"/>
+    <col min="2064" max="2064" width="10.5703125" style="22" customWidth="1"/>
+    <col min="2065" max="2073" width="9.140625" style="22"/>
+    <col min="2074" max="2083" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="2084" max="2305" width="9.140625" style="22"/>
+    <col min="2306" max="2307" width="38.7109375" style="22" customWidth="1"/>
+    <col min="2308" max="2308" width="28.7109375" style="22" customWidth="1"/>
+    <col min="2309" max="2309" width="22.7109375" style="22" customWidth="1"/>
+    <col min="2310" max="2310" width="6.28515625" style="22" customWidth="1"/>
+    <col min="2311" max="2312" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="2313" max="2318" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="2319" max="2319" width="9.140625" style="22"/>
+    <col min="2320" max="2320" width="10.5703125" style="22" customWidth="1"/>
+    <col min="2321" max="2329" width="9.140625" style="22"/>
+    <col min="2330" max="2339" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="2340" max="2561" width="9.140625" style="22"/>
+    <col min="2562" max="2563" width="38.7109375" style="22" customWidth="1"/>
+    <col min="2564" max="2564" width="28.7109375" style="22" customWidth="1"/>
+    <col min="2565" max="2565" width="22.7109375" style="22" customWidth="1"/>
+    <col min="2566" max="2566" width="6.28515625" style="22" customWidth="1"/>
+    <col min="2567" max="2568" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="2569" max="2574" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="2575" max="2575" width="9.140625" style="22"/>
+    <col min="2576" max="2576" width="10.5703125" style="22" customWidth="1"/>
+    <col min="2577" max="2585" width="9.140625" style="22"/>
+    <col min="2586" max="2595" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="2596" max="2817" width="9.140625" style="22"/>
+    <col min="2818" max="2819" width="38.7109375" style="22" customWidth="1"/>
+    <col min="2820" max="2820" width="28.7109375" style="22" customWidth="1"/>
+    <col min="2821" max="2821" width="22.7109375" style="22" customWidth="1"/>
+    <col min="2822" max="2822" width="6.28515625" style="22" customWidth="1"/>
+    <col min="2823" max="2824" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="2825" max="2830" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="2831" max="2831" width="9.140625" style="22"/>
+    <col min="2832" max="2832" width="10.5703125" style="22" customWidth="1"/>
+    <col min="2833" max="2841" width="9.140625" style="22"/>
+    <col min="2842" max="2851" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="2852" max="3073" width="9.140625" style="22"/>
+    <col min="3074" max="3075" width="38.7109375" style="22" customWidth="1"/>
+    <col min="3076" max="3076" width="28.7109375" style="22" customWidth="1"/>
+    <col min="3077" max="3077" width="22.7109375" style="22" customWidth="1"/>
+    <col min="3078" max="3078" width="6.28515625" style="22" customWidth="1"/>
+    <col min="3079" max="3080" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="3081" max="3086" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="3087" max="3087" width="9.140625" style="22"/>
+    <col min="3088" max="3088" width="10.5703125" style="22" customWidth="1"/>
+    <col min="3089" max="3097" width="9.140625" style="22"/>
+    <col min="3098" max="3107" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="3108" max="3329" width="9.140625" style="22"/>
+    <col min="3330" max="3331" width="38.7109375" style="22" customWidth="1"/>
+    <col min="3332" max="3332" width="28.7109375" style="22" customWidth="1"/>
+    <col min="3333" max="3333" width="22.7109375" style="22" customWidth="1"/>
+    <col min="3334" max="3334" width="6.28515625" style="22" customWidth="1"/>
+    <col min="3335" max="3336" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="3337" max="3342" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="3343" max="3343" width="9.140625" style="22"/>
+    <col min="3344" max="3344" width="10.5703125" style="22" customWidth="1"/>
+    <col min="3345" max="3353" width="9.140625" style="22"/>
+    <col min="3354" max="3363" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="3364" max="3585" width="9.140625" style="22"/>
+    <col min="3586" max="3587" width="38.7109375" style="22" customWidth="1"/>
+    <col min="3588" max="3588" width="28.7109375" style="22" customWidth="1"/>
+    <col min="3589" max="3589" width="22.7109375" style="22" customWidth="1"/>
+    <col min="3590" max="3590" width="6.28515625" style="22" customWidth="1"/>
+    <col min="3591" max="3592" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="3593" max="3598" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="3599" max="3599" width="9.140625" style="22"/>
+    <col min="3600" max="3600" width="10.5703125" style="22" customWidth="1"/>
+    <col min="3601" max="3609" width="9.140625" style="22"/>
+    <col min="3610" max="3619" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="3620" max="3841" width="9.140625" style="22"/>
+    <col min="3842" max="3843" width="38.7109375" style="22" customWidth="1"/>
+    <col min="3844" max="3844" width="28.7109375" style="22" customWidth="1"/>
+    <col min="3845" max="3845" width="22.7109375" style="22" customWidth="1"/>
+    <col min="3846" max="3846" width="6.28515625" style="22" customWidth="1"/>
+    <col min="3847" max="3848" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="3849" max="3854" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="3855" max="3855" width="9.140625" style="22"/>
+    <col min="3856" max="3856" width="10.5703125" style="22" customWidth="1"/>
+    <col min="3857" max="3865" width="9.140625" style="22"/>
+    <col min="3866" max="3875" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="3876" max="4097" width="9.140625" style="22"/>
+    <col min="4098" max="4099" width="38.7109375" style="22" customWidth="1"/>
+    <col min="4100" max="4100" width="28.7109375" style="22" customWidth="1"/>
+    <col min="4101" max="4101" width="22.7109375" style="22" customWidth="1"/>
+    <col min="4102" max="4102" width="6.28515625" style="22" customWidth="1"/>
+    <col min="4103" max="4104" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="4105" max="4110" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="4111" max="4111" width="9.140625" style="22"/>
+    <col min="4112" max="4112" width="10.5703125" style="22" customWidth="1"/>
+    <col min="4113" max="4121" width="9.140625" style="22"/>
+    <col min="4122" max="4131" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="4132" max="4353" width="9.140625" style="22"/>
+    <col min="4354" max="4355" width="38.7109375" style="22" customWidth="1"/>
+    <col min="4356" max="4356" width="28.7109375" style="22" customWidth="1"/>
+    <col min="4357" max="4357" width="22.7109375" style="22" customWidth="1"/>
+    <col min="4358" max="4358" width="6.28515625" style="22" customWidth="1"/>
+    <col min="4359" max="4360" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="4361" max="4366" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="4367" max="4367" width="9.140625" style="22"/>
+    <col min="4368" max="4368" width="10.5703125" style="22" customWidth="1"/>
+    <col min="4369" max="4377" width="9.140625" style="22"/>
+    <col min="4378" max="4387" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="4388" max="4609" width="9.140625" style="22"/>
+    <col min="4610" max="4611" width="38.7109375" style="22" customWidth="1"/>
+    <col min="4612" max="4612" width="28.7109375" style="22" customWidth="1"/>
+    <col min="4613" max="4613" width="22.7109375" style="22" customWidth="1"/>
+    <col min="4614" max="4614" width="6.28515625" style="22" customWidth="1"/>
+    <col min="4615" max="4616" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="4617" max="4622" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="4623" max="4623" width="9.140625" style="22"/>
+    <col min="4624" max="4624" width="10.5703125" style="22" customWidth="1"/>
+    <col min="4625" max="4633" width="9.140625" style="22"/>
+    <col min="4634" max="4643" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="4644" max="4865" width="9.140625" style="22"/>
+    <col min="4866" max="4867" width="38.7109375" style="22" customWidth="1"/>
+    <col min="4868" max="4868" width="28.7109375" style="22" customWidth="1"/>
+    <col min="4869" max="4869" width="22.7109375" style="22" customWidth="1"/>
+    <col min="4870" max="4870" width="6.28515625" style="22" customWidth="1"/>
+    <col min="4871" max="4872" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="4873" max="4878" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="4879" max="4879" width="9.140625" style="22"/>
+    <col min="4880" max="4880" width="10.5703125" style="22" customWidth="1"/>
+    <col min="4881" max="4889" width="9.140625" style="22"/>
+    <col min="4890" max="4899" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="4900" max="5121" width="9.140625" style="22"/>
+    <col min="5122" max="5123" width="38.7109375" style="22" customWidth="1"/>
+    <col min="5124" max="5124" width="28.7109375" style="22" customWidth="1"/>
+    <col min="5125" max="5125" width="22.7109375" style="22" customWidth="1"/>
+    <col min="5126" max="5126" width="6.28515625" style="22" customWidth="1"/>
+    <col min="5127" max="5128" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="5129" max="5134" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="5135" max="5135" width="9.140625" style="22"/>
+    <col min="5136" max="5136" width="10.5703125" style="22" customWidth="1"/>
+    <col min="5137" max="5145" width="9.140625" style="22"/>
+    <col min="5146" max="5155" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="5156" max="5377" width="9.140625" style="22"/>
+    <col min="5378" max="5379" width="38.7109375" style="22" customWidth="1"/>
+    <col min="5380" max="5380" width="28.7109375" style="22" customWidth="1"/>
+    <col min="5381" max="5381" width="22.7109375" style="22" customWidth="1"/>
+    <col min="5382" max="5382" width="6.28515625" style="22" customWidth="1"/>
+    <col min="5383" max="5384" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="5385" max="5390" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="5391" max="5391" width="9.140625" style="22"/>
+    <col min="5392" max="5392" width="10.5703125" style="22" customWidth="1"/>
+    <col min="5393" max="5401" width="9.140625" style="22"/>
+    <col min="5402" max="5411" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="5412" max="5633" width="9.140625" style="22"/>
+    <col min="5634" max="5635" width="38.7109375" style="22" customWidth="1"/>
+    <col min="5636" max="5636" width="28.7109375" style="22" customWidth="1"/>
+    <col min="5637" max="5637" width="22.7109375" style="22" customWidth="1"/>
+    <col min="5638" max="5638" width="6.28515625" style="22" customWidth="1"/>
+    <col min="5639" max="5640" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="5641" max="5646" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="5647" max="5647" width="9.140625" style="22"/>
+    <col min="5648" max="5648" width="10.5703125" style="22" customWidth="1"/>
+    <col min="5649" max="5657" width="9.140625" style="22"/>
+    <col min="5658" max="5667" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="5668" max="5889" width="9.140625" style="22"/>
+    <col min="5890" max="5891" width="38.7109375" style="22" customWidth="1"/>
+    <col min="5892" max="5892" width="28.7109375" style="22" customWidth="1"/>
+    <col min="5893" max="5893" width="22.7109375" style="22" customWidth="1"/>
+    <col min="5894" max="5894" width="6.28515625" style="22" customWidth="1"/>
+    <col min="5895" max="5896" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="5897" max="5902" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="5903" max="5903" width="9.140625" style="22"/>
+    <col min="5904" max="5904" width="10.5703125" style="22" customWidth="1"/>
+    <col min="5905" max="5913" width="9.140625" style="22"/>
+    <col min="5914" max="5923" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="5924" max="6145" width="9.140625" style="22"/>
+    <col min="6146" max="6147" width="38.7109375" style="22" customWidth="1"/>
+    <col min="6148" max="6148" width="28.7109375" style="22" customWidth="1"/>
+    <col min="6149" max="6149" width="22.7109375" style="22" customWidth="1"/>
+    <col min="6150" max="6150" width="6.28515625" style="22" customWidth="1"/>
+    <col min="6151" max="6152" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="6153" max="6158" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="6159" max="6159" width="9.140625" style="22"/>
+    <col min="6160" max="6160" width="10.5703125" style="22" customWidth="1"/>
+    <col min="6161" max="6169" width="9.140625" style="22"/>
+    <col min="6170" max="6179" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="6180" max="6401" width="9.140625" style="22"/>
+    <col min="6402" max="6403" width="38.7109375" style="22" customWidth="1"/>
+    <col min="6404" max="6404" width="28.7109375" style="22" customWidth="1"/>
+    <col min="6405" max="6405" width="22.7109375" style="22" customWidth="1"/>
+    <col min="6406" max="6406" width="6.28515625" style="22" customWidth="1"/>
+    <col min="6407" max="6408" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="6409" max="6414" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="6415" max="6415" width="9.140625" style="22"/>
+    <col min="6416" max="6416" width="10.5703125" style="22" customWidth="1"/>
+    <col min="6417" max="6425" width="9.140625" style="22"/>
+    <col min="6426" max="6435" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="6436" max="6657" width="9.140625" style="22"/>
+    <col min="6658" max="6659" width="38.7109375" style="22" customWidth="1"/>
+    <col min="6660" max="6660" width="28.7109375" style="22" customWidth="1"/>
+    <col min="6661" max="6661" width="22.7109375" style="22" customWidth="1"/>
+    <col min="6662" max="6662" width="6.28515625" style="22" customWidth="1"/>
+    <col min="6663" max="6664" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="6665" max="6670" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="6671" max="6671" width="9.140625" style="22"/>
+    <col min="6672" max="6672" width="10.5703125" style="22" customWidth="1"/>
+    <col min="6673" max="6681" width="9.140625" style="22"/>
+    <col min="6682" max="6691" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="6692" max="6913" width="9.140625" style="22"/>
+    <col min="6914" max="6915" width="38.7109375" style="22" customWidth="1"/>
+    <col min="6916" max="6916" width="28.7109375" style="22" customWidth="1"/>
+    <col min="6917" max="6917" width="22.7109375" style="22" customWidth="1"/>
+    <col min="6918" max="6918" width="6.28515625" style="22" customWidth="1"/>
+    <col min="6919" max="6920" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="6921" max="6926" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="6927" max="6927" width="9.140625" style="22"/>
+    <col min="6928" max="6928" width="10.5703125" style="22" customWidth="1"/>
+    <col min="6929" max="6937" width="9.140625" style="22"/>
+    <col min="6938" max="6947" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="6948" max="7169" width="9.140625" style="22"/>
+    <col min="7170" max="7171" width="38.7109375" style="22" customWidth="1"/>
+    <col min="7172" max="7172" width="28.7109375" style="22" customWidth="1"/>
+    <col min="7173" max="7173" width="22.7109375" style="22" customWidth="1"/>
+    <col min="7174" max="7174" width="6.28515625" style="22" customWidth="1"/>
+    <col min="7175" max="7176" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="7177" max="7182" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="7183" max="7183" width="9.140625" style="22"/>
+    <col min="7184" max="7184" width="10.5703125" style="22" customWidth="1"/>
+    <col min="7185" max="7193" width="9.140625" style="22"/>
+    <col min="7194" max="7203" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="7204" max="7425" width="9.140625" style="22"/>
+    <col min="7426" max="7427" width="38.7109375" style="22" customWidth="1"/>
+    <col min="7428" max="7428" width="28.7109375" style="22" customWidth="1"/>
+    <col min="7429" max="7429" width="22.7109375" style="22" customWidth="1"/>
+    <col min="7430" max="7430" width="6.28515625" style="22" customWidth="1"/>
+    <col min="7431" max="7432" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="7433" max="7438" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="7439" max="7439" width="9.140625" style="22"/>
+    <col min="7440" max="7440" width="10.5703125" style="22" customWidth="1"/>
+    <col min="7441" max="7449" width="9.140625" style="22"/>
+    <col min="7450" max="7459" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="7460" max="7681" width="9.140625" style="22"/>
+    <col min="7682" max="7683" width="38.7109375" style="22" customWidth="1"/>
+    <col min="7684" max="7684" width="28.7109375" style="22" customWidth="1"/>
+    <col min="7685" max="7685" width="22.7109375" style="22" customWidth="1"/>
+    <col min="7686" max="7686" width="6.28515625" style="22" customWidth="1"/>
+    <col min="7687" max="7688" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="7689" max="7694" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="7695" max="7695" width="9.140625" style="22"/>
+    <col min="7696" max="7696" width="10.5703125" style="22" customWidth="1"/>
+    <col min="7697" max="7705" width="9.140625" style="22"/>
+    <col min="7706" max="7715" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="7716" max="7937" width="9.140625" style="22"/>
+    <col min="7938" max="7939" width="38.7109375" style="22" customWidth="1"/>
+    <col min="7940" max="7940" width="28.7109375" style="22" customWidth="1"/>
+    <col min="7941" max="7941" width="22.7109375" style="22" customWidth="1"/>
+    <col min="7942" max="7942" width="6.28515625" style="22" customWidth="1"/>
+    <col min="7943" max="7944" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="7945" max="7950" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="7951" max="7951" width="9.140625" style="22"/>
+    <col min="7952" max="7952" width="10.5703125" style="22" customWidth="1"/>
+    <col min="7953" max="7961" width="9.140625" style="22"/>
+    <col min="7962" max="7971" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="7972" max="8193" width="9.140625" style="22"/>
+    <col min="8194" max="8195" width="38.7109375" style="22" customWidth="1"/>
+    <col min="8196" max="8196" width="28.7109375" style="22" customWidth="1"/>
+    <col min="8197" max="8197" width="22.7109375" style="22" customWidth="1"/>
+    <col min="8198" max="8198" width="6.28515625" style="22" customWidth="1"/>
+    <col min="8199" max="8200" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="8201" max="8206" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="8207" max="8207" width="9.140625" style="22"/>
+    <col min="8208" max="8208" width="10.5703125" style="22" customWidth="1"/>
+    <col min="8209" max="8217" width="9.140625" style="22"/>
+    <col min="8218" max="8227" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="8228" max="8449" width="9.140625" style="22"/>
+    <col min="8450" max="8451" width="38.7109375" style="22" customWidth="1"/>
+    <col min="8452" max="8452" width="28.7109375" style="22" customWidth="1"/>
+    <col min="8453" max="8453" width="22.7109375" style="22" customWidth="1"/>
+    <col min="8454" max="8454" width="6.28515625" style="22" customWidth="1"/>
+    <col min="8455" max="8456" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="8457" max="8462" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="8463" max="8463" width="9.140625" style="22"/>
+    <col min="8464" max="8464" width="10.5703125" style="22" customWidth="1"/>
+    <col min="8465" max="8473" width="9.140625" style="22"/>
+    <col min="8474" max="8483" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="8484" max="8705" width="9.140625" style="22"/>
+    <col min="8706" max="8707" width="38.7109375" style="22" customWidth="1"/>
+    <col min="8708" max="8708" width="28.7109375" style="22" customWidth="1"/>
+    <col min="8709" max="8709" width="22.7109375" style="22" customWidth="1"/>
+    <col min="8710" max="8710" width="6.28515625" style="22" customWidth="1"/>
+    <col min="8711" max="8712" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="8713" max="8718" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="8719" max="8719" width="9.140625" style="22"/>
+    <col min="8720" max="8720" width="10.5703125" style="22" customWidth="1"/>
+    <col min="8721" max="8729" width="9.140625" style="22"/>
+    <col min="8730" max="8739" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="8740" max="8961" width="9.140625" style="22"/>
+    <col min="8962" max="8963" width="38.7109375" style="22" customWidth="1"/>
+    <col min="8964" max="8964" width="28.7109375" style="22" customWidth="1"/>
+    <col min="8965" max="8965" width="22.7109375" style="22" customWidth="1"/>
+    <col min="8966" max="8966" width="6.28515625" style="22" customWidth="1"/>
+    <col min="8967" max="8968" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="8969" max="8974" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="8975" max="8975" width="9.140625" style="22"/>
+    <col min="8976" max="8976" width="10.5703125" style="22" customWidth="1"/>
+    <col min="8977" max="8985" width="9.140625" style="22"/>
+    <col min="8986" max="8995" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="8996" max="9217" width="9.140625" style="22"/>
+    <col min="9218" max="9219" width="38.7109375" style="22" customWidth="1"/>
+    <col min="9220" max="9220" width="28.7109375" style="22" customWidth="1"/>
+    <col min="9221" max="9221" width="22.7109375" style="22" customWidth="1"/>
+    <col min="9222" max="9222" width="6.28515625" style="22" customWidth="1"/>
+    <col min="9223" max="9224" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="9225" max="9230" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="9231" max="9231" width="9.140625" style="22"/>
+    <col min="9232" max="9232" width="10.5703125" style="22" customWidth="1"/>
+    <col min="9233" max="9241" width="9.140625" style="22"/>
+    <col min="9242" max="9251" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="9252" max="9473" width="9.140625" style="22"/>
+    <col min="9474" max="9475" width="38.7109375" style="22" customWidth="1"/>
+    <col min="9476" max="9476" width="28.7109375" style="22" customWidth="1"/>
+    <col min="9477" max="9477" width="22.7109375" style="22" customWidth="1"/>
+    <col min="9478" max="9478" width="6.28515625" style="22" customWidth="1"/>
+    <col min="9479" max="9480" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="9481" max="9486" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="9487" max="9487" width="9.140625" style="22"/>
+    <col min="9488" max="9488" width="10.5703125" style="22" customWidth="1"/>
+    <col min="9489" max="9497" width="9.140625" style="22"/>
+    <col min="9498" max="9507" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="9508" max="9729" width="9.140625" style="22"/>
+    <col min="9730" max="9731" width="38.7109375" style="22" customWidth="1"/>
+    <col min="9732" max="9732" width="28.7109375" style="22" customWidth="1"/>
+    <col min="9733" max="9733" width="22.7109375" style="22" customWidth="1"/>
+    <col min="9734" max="9734" width="6.28515625" style="22" customWidth="1"/>
+    <col min="9735" max="9736" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="9737" max="9742" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="9743" max="9743" width="9.140625" style="22"/>
+    <col min="9744" max="9744" width="10.5703125" style="22" customWidth="1"/>
+    <col min="9745" max="9753" width="9.140625" style="22"/>
+    <col min="9754" max="9763" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="9764" max="9985" width="9.140625" style="22"/>
+    <col min="9986" max="9987" width="38.7109375" style="22" customWidth="1"/>
+    <col min="9988" max="9988" width="28.7109375" style="22" customWidth="1"/>
+    <col min="9989" max="9989" width="22.7109375" style="22" customWidth="1"/>
+    <col min="9990" max="9990" width="6.28515625" style="22" customWidth="1"/>
+    <col min="9991" max="9992" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="9993" max="9998" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="9999" max="9999" width="9.140625" style="22"/>
+    <col min="10000" max="10000" width="10.5703125" style="22" customWidth="1"/>
+    <col min="10001" max="10009" width="9.140625" style="22"/>
+    <col min="10010" max="10019" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="10020" max="10241" width="9.140625" style="22"/>
+    <col min="10242" max="10243" width="38.7109375" style="22" customWidth="1"/>
+    <col min="10244" max="10244" width="28.7109375" style="22" customWidth="1"/>
+    <col min="10245" max="10245" width="22.7109375" style="22" customWidth="1"/>
+    <col min="10246" max="10246" width="6.28515625" style="22" customWidth="1"/>
+    <col min="10247" max="10248" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="10249" max="10254" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="10255" max="10255" width="9.140625" style="22"/>
+    <col min="10256" max="10256" width="10.5703125" style="22" customWidth="1"/>
+    <col min="10257" max="10265" width="9.140625" style="22"/>
+    <col min="10266" max="10275" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="10276" max="10497" width="9.140625" style="22"/>
+    <col min="10498" max="10499" width="38.7109375" style="22" customWidth="1"/>
+    <col min="10500" max="10500" width="28.7109375" style="22" customWidth="1"/>
+    <col min="10501" max="10501" width="22.7109375" style="22" customWidth="1"/>
+    <col min="10502" max="10502" width="6.28515625" style="22" customWidth="1"/>
+    <col min="10503" max="10504" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="10505" max="10510" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="10511" max="10511" width="9.140625" style="22"/>
+    <col min="10512" max="10512" width="10.5703125" style="22" customWidth="1"/>
+    <col min="10513" max="10521" width="9.140625" style="22"/>
+    <col min="10522" max="10531" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="10532" max="10753" width="9.140625" style="22"/>
+    <col min="10754" max="10755" width="38.7109375" style="22" customWidth="1"/>
+    <col min="10756" max="10756" width="28.7109375" style="22" customWidth="1"/>
+    <col min="10757" max="10757" width="22.7109375" style="22" customWidth="1"/>
+    <col min="10758" max="10758" width="6.28515625" style="22" customWidth="1"/>
+    <col min="10759" max="10760" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="10761" max="10766" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="10767" max="10767" width="9.140625" style="22"/>
+    <col min="10768" max="10768" width="10.5703125" style="22" customWidth="1"/>
+    <col min="10769" max="10777" width="9.140625" style="22"/>
+    <col min="10778" max="10787" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="10788" max="11009" width="9.140625" style="22"/>
+    <col min="11010" max="11011" width="38.7109375" style="22" customWidth="1"/>
+    <col min="11012" max="11012" width="28.7109375" style="22" customWidth="1"/>
+    <col min="11013" max="11013" width="22.7109375" style="22" customWidth="1"/>
+    <col min="11014" max="11014" width="6.28515625" style="22" customWidth="1"/>
+    <col min="11015" max="11016" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="11017" max="11022" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="11023" max="11023" width="9.140625" style="22"/>
+    <col min="11024" max="11024" width="10.5703125" style="22" customWidth="1"/>
+    <col min="11025" max="11033" width="9.140625" style="22"/>
+    <col min="11034" max="11043" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="11044" max="11265" width="9.140625" style="22"/>
+    <col min="11266" max="11267" width="38.7109375" style="22" customWidth="1"/>
+    <col min="11268" max="11268" width="28.7109375" style="22" customWidth="1"/>
+    <col min="11269" max="11269" width="22.7109375" style="22" customWidth="1"/>
+    <col min="11270" max="11270" width="6.28515625" style="22" customWidth="1"/>
+    <col min="11271" max="11272" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="11273" max="11278" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="11279" max="11279" width="9.140625" style="22"/>
+    <col min="11280" max="11280" width="10.5703125" style="22" customWidth="1"/>
+    <col min="11281" max="11289" width="9.140625" style="22"/>
+    <col min="11290" max="11299" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="11300" max="11521" width="9.140625" style="22"/>
+    <col min="11522" max="11523" width="38.7109375" style="22" customWidth="1"/>
+    <col min="11524" max="11524" width="28.7109375" style="22" customWidth="1"/>
+    <col min="11525" max="11525" width="22.7109375" style="22" customWidth="1"/>
+    <col min="11526" max="11526" width="6.28515625" style="22" customWidth="1"/>
+    <col min="11527" max="11528" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="11529" max="11534" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="11535" max="11535" width="9.140625" style="22"/>
+    <col min="11536" max="11536" width="10.5703125" style="22" customWidth="1"/>
+    <col min="11537" max="11545" width="9.140625" style="22"/>
+    <col min="11546" max="11555" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="11556" max="11777" width="9.140625" style="22"/>
+    <col min="11778" max="11779" width="38.7109375" style="22" customWidth="1"/>
+    <col min="11780" max="11780" width="28.7109375" style="22" customWidth="1"/>
+    <col min="11781" max="11781" width="22.7109375" style="22" customWidth="1"/>
+    <col min="11782" max="11782" width="6.28515625" style="22" customWidth="1"/>
+    <col min="11783" max="11784" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="11785" max="11790" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="11791" max="11791" width="9.140625" style="22"/>
+    <col min="11792" max="11792" width="10.5703125" style="22" customWidth="1"/>
+    <col min="11793" max="11801" width="9.140625" style="22"/>
+    <col min="11802" max="11811" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="11812" max="12033" width="9.140625" style="22"/>
+    <col min="12034" max="12035" width="38.7109375" style="22" customWidth="1"/>
+    <col min="12036" max="12036" width="28.7109375" style="22" customWidth="1"/>
+    <col min="12037" max="12037" width="22.7109375" style="22" customWidth="1"/>
+    <col min="12038" max="12038" width="6.28515625" style="22" customWidth="1"/>
+    <col min="12039" max="12040" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="12041" max="12046" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="12047" max="12047" width="9.140625" style="22"/>
+    <col min="12048" max="12048" width="10.5703125" style="22" customWidth="1"/>
+    <col min="12049" max="12057" width="9.140625" style="22"/>
+    <col min="12058" max="12067" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="12068" max="12289" width="9.140625" style="22"/>
+    <col min="12290" max="12291" width="38.7109375" style="22" customWidth="1"/>
+    <col min="12292" max="12292" width="28.7109375" style="22" customWidth="1"/>
+    <col min="12293" max="12293" width="22.7109375" style="22" customWidth="1"/>
+    <col min="12294" max="12294" width="6.28515625" style="22" customWidth="1"/>
+    <col min="12295" max="12296" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="12297" max="12302" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="12303" max="12303" width="9.140625" style="22"/>
+    <col min="12304" max="12304" width="10.5703125" style="22" customWidth="1"/>
+    <col min="12305" max="12313" width="9.140625" style="22"/>
+    <col min="12314" max="12323" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="12324" max="12545" width="9.140625" style="22"/>
+    <col min="12546" max="12547" width="38.7109375" style="22" customWidth="1"/>
+    <col min="12548" max="12548" width="28.7109375" style="22" customWidth="1"/>
+    <col min="12549" max="12549" width="22.7109375" style="22" customWidth="1"/>
+    <col min="12550" max="12550" width="6.28515625" style="22" customWidth="1"/>
+    <col min="12551" max="12552" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="12553" max="12558" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="12559" max="12559" width="9.140625" style="22"/>
+    <col min="12560" max="12560" width="10.5703125" style="22" customWidth="1"/>
+    <col min="12561" max="12569" width="9.140625" style="22"/>
+    <col min="12570" max="12579" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="12580" max="12801" width="9.140625" style="22"/>
+    <col min="12802" max="12803" width="38.7109375" style="22" customWidth="1"/>
+    <col min="12804" max="12804" width="28.7109375" style="22" customWidth="1"/>
+    <col min="12805" max="12805" width="22.7109375" style="22" customWidth="1"/>
+    <col min="12806" max="12806" width="6.28515625" style="22" customWidth="1"/>
+    <col min="12807" max="12808" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="12809" max="12814" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="12815" max="12815" width="9.140625" style="22"/>
+    <col min="12816" max="12816" width="10.5703125" style="22" customWidth="1"/>
+    <col min="12817" max="12825" width="9.140625" style="22"/>
+    <col min="12826" max="12835" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="12836" max="13057" width="9.140625" style="22"/>
+    <col min="13058" max="13059" width="38.7109375" style="22" customWidth="1"/>
+    <col min="13060" max="13060" width="28.7109375" style="22" customWidth="1"/>
+    <col min="13061" max="13061" width="22.7109375" style="22" customWidth="1"/>
+    <col min="13062" max="13062" width="6.28515625" style="22" customWidth="1"/>
+    <col min="13063" max="13064" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="13065" max="13070" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="13071" max="13071" width="9.140625" style="22"/>
+    <col min="13072" max="13072" width="10.5703125" style="22" customWidth="1"/>
+    <col min="13073" max="13081" width="9.140625" style="22"/>
+    <col min="13082" max="13091" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="13092" max="13313" width="9.140625" style="22"/>
+    <col min="13314" max="13315" width="38.7109375" style="22" customWidth="1"/>
+    <col min="13316" max="13316" width="28.7109375" style="22" customWidth="1"/>
+    <col min="13317" max="13317" width="22.7109375" style="22" customWidth="1"/>
+    <col min="13318" max="13318" width="6.28515625" style="22" customWidth="1"/>
+    <col min="13319" max="13320" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="13321" max="13326" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="13327" max="13327" width="9.140625" style="22"/>
+    <col min="13328" max="13328" width="10.5703125" style="22" customWidth="1"/>
+    <col min="13329" max="13337" width="9.140625" style="22"/>
+    <col min="13338" max="13347" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="13348" max="13569" width="9.140625" style="22"/>
+    <col min="13570" max="13571" width="38.7109375" style="22" customWidth="1"/>
+    <col min="13572" max="13572" width="28.7109375" style="22" customWidth="1"/>
+    <col min="13573" max="13573" width="22.7109375" style="22" customWidth="1"/>
+    <col min="13574" max="13574" width="6.28515625" style="22" customWidth="1"/>
+    <col min="13575" max="13576" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="13577" max="13582" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="13583" max="13583" width="9.140625" style="22"/>
+    <col min="13584" max="13584" width="10.5703125" style="22" customWidth="1"/>
+    <col min="13585" max="13593" width="9.140625" style="22"/>
+    <col min="13594" max="13603" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="13604" max="13825" width="9.140625" style="22"/>
+    <col min="13826" max="13827" width="38.7109375" style="22" customWidth="1"/>
+    <col min="13828" max="13828" width="28.7109375" style="22" customWidth="1"/>
+    <col min="13829" max="13829" width="22.7109375" style="22" customWidth="1"/>
+    <col min="13830" max="13830" width="6.28515625" style="22" customWidth="1"/>
+    <col min="13831" max="13832" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="13833" max="13838" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="13839" max="13839" width="9.140625" style="22"/>
+    <col min="13840" max="13840" width="10.5703125" style="22" customWidth="1"/>
+    <col min="13841" max="13849" width="9.140625" style="22"/>
+    <col min="13850" max="13859" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="13860" max="14081" width="9.140625" style="22"/>
+    <col min="14082" max="14083" width="38.7109375" style="22" customWidth="1"/>
+    <col min="14084" max="14084" width="28.7109375" style="22" customWidth="1"/>
+    <col min="14085" max="14085" width="22.7109375" style="22" customWidth="1"/>
+    <col min="14086" max="14086" width="6.28515625" style="22" customWidth="1"/>
+    <col min="14087" max="14088" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="14089" max="14094" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="14095" max="14095" width="9.140625" style="22"/>
+    <col min="14096" max="14096" width="10.5703125" style="22" customWidth="1"/>
+    <col min="14097" max="14105" width="9.140625" style="22"/>
+    <col min="14106" max="14115" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="14116" max="14337" width="9.140625" style="22"/>
+    <col min="14338" max="14339" width="38.7109375" style="22" customWidth="1"/>
+    <col min="14340" max="14340" width="28.7109375" style="22" customWidth="1"/>
+    <col min="14341" max="14341" width="22.7109375" style="22" customWidth="1"/>
+    <col min="14342" max="14342" width="6.28515625" style="22" customWidth="1"/>
+    <col min="14343" max="14344" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="14345" max="14350" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="14351" max="14351" width="9.140625" style="22"/>
+    <col min="14352" max="14352" width="10.5703125" style="22" customWidth="1"/>
+    <col min="14353" max="14361" width="9.140625" style="22"/>
+    <col min="14362" max="14371" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="14372" max="14593" width="9.140625" style="22"/>
+    <col min="14594" max="14595" width="38.7109375" style="22" customWidth="1"/>
+    <col min="14596" max="14596" width="28.7109375" style="22" customWidth="1"/>
+    <col min="14597" max="14597" width="22.7109375" style="22" customWidth="1"/>
+    <col min="14598" max="14598" width="6.28515625" style="22" customWidth="1"/>
+    <col min="14599" max="14600" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="14601" max="14606" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="14607" max="14607" width="9.140625" style="22"/>
+    <col min="14608" max="14608" width="10.5703125" style="22" customWidth="1"/>
+    <col min="14609" max="14617" width="9.140625" style="22"/>
+    <col min="14618" max="14627" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="14628" max="14849" width="9.140625" style="22"/>
+    <col min="14850" max="14851" width="38.7109375" style="22" customWidth="1"/>
+    <col min="14852" max="14852" width="28.7109375" style="22" customWidth="1"/>
+    <col min="14853" max="14853" width="22.7109375" style="22" customWidth="1"/>
+    <col min="14854" max="14854" width="6.28515625" style="22" customWidth="1"/>
+    <col min="14855" max="14856" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="14857" max="14862" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="14863" max="14863" width="9.140625" style="22"/>
+    <col min="14864" max="14864" width="10.5703125" style="22" customWidth="1"/>
+    <col min="14865" max="14873" width="9.140625" style="22"/>
+    <col min="14874" max="14883" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="14884" max="15105" width="9.140625" style="22"/>
+    <col min="15106" max="15107" width="38.7109375" style="22" customWidth="1"/>
+    <col min="15108" max="15108" width="28.7109375" style="22" customWidth="1"/>
+    <col min="15109" max="15109" width="22.7109375" style="22" customWidth="1"/>
+    <col min="15110" max="15110" width="6.28515625" style="22" customWidth="1"/>
+    <col min="15111" max="15112" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="15113" max="15118" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="15119" max="15119" width="9.140625" style="22"/>
+    <col min="15120" max="15120" width="10.5703125" style="22" customWidth="1"/>
+    <col min="15121" max="15129" width="9.140625" style="22"/>
+    <col min="15130" max="15139" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="15140" max="15361" width="9.140625" style="22"/>
+    <col min="15362" max="15363" width="38.7109375" style="22" customWidth="1"/>
+    <col min="15364" max="15364" width="28.7109375" style="22" customWidth="1"/>
+    <col min="15365" max="15365" width="22.7109375" style="22" customWidth="1"/>
+    <col min="15366" max="15366" width="6.28515625" style="22" customWidth="1"/>
+    <col min="15367" max="15368" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="15369" max="15374" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="15375" max="15375" width="9.140625" style="22"/>
+    <col min="15376" max="15376" width="10.5703125" style="22" customWidth="1"/>
+    <col min="15377" max="15385" width="9.140625" style="22"/>
+    <col min="15386" max="15395" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="15396" max="15617" width="9.140625" style="22"/>
+    <col min="15618" max="15619" width="38.7109375" style="22" customWidth="1"/>
+    <col min="15620" max="15620" width="28.7109375" style="22" customWidth="1"/>
+    <col min="15621" max="15621" width="22.7109375" style="22" customWidth="1"/>
+    <col min="15622" max="15622" width="6.28515625" style="22" customWidth="1"/>
+    <col min="15623" max="15624" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="15625" max="15630" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="15631" max="15631" width="9.140625" style="22"/>
+    <col min="15632" max="15632" width="10.5703125" style="22" customWidth="1"/>
+    <col min="15633" max="15641" width="9.140625" style="22"/>
+    <col min="15642" max="15651" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="15652" max="15873" width="9.140625" style="22"/>
+    <col min="15874" max="15875" width="38.7109375" style="22" customWidth="1"/>
+    <col min="15876" max="15876" width="28.7109375" style="22" customWidth="1"/>
+    <col min="15877" max="15877" width="22.7109375" style="22" customWidth="1"/>
+    <col min="15878" max="15878" width="6.28515625" style="22" customWidth="1"/>
+    <col min="15879" max="15880" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="15881" max="15886" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="15887" max="15887" width="9.140625" style="22"/>
+    <col min="15888" max="15888" width="10.5703125" style="22" customWidth="1"/>
+    <col min="15889" max="15897" width="9.140625" style="22"/>
+    <col min="15898" max="15907" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="15908" max="16129" width="9.140625" style="22"/>
+    <col min="16130" max="16131" width="38.7109375" style="22" customWidth="1"/>
+    <col min="16132" max="16132" width="28.7109375" style="22" customWidth="1"/>
+    <col min="16133" max="16133" width="22.7109375" style="22" customWidth="1"/>
+    <col min="16134" max="16134" width="6.28515625" style="22" customWidth="1"/>
+    <col min="16135" max="16136" width="10" style="22" bestFit="1" customWidth="1"/>
+    <col min="16137" max="16142" width="9.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="16143" max="16143" width="9.140625" style="22"/>
+    <col min="16144" max="16144" width="10.5703125" style="22" customWidth="1"/>
+    <col min="16145" max="16153" width="9.140625" style="22"/>
+    <col min="16154" max="16163" width="4.85546875" style="22" bestFit="1" customWidth="1"/>
+    <col min="16164" max="16384" width="9.140625" style="22"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:34" s="1" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:35" s="1" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="8"/>
       <c r="D1" s="6"/>
       <c r="E1" s="6"/>
       <c r="F1" s="3"/>
       <c r="G1" s="6"/>
       <c r="H1" s="6"/>
       <c r="I1" s="6"/>
       <c r="J1" s="6"/>
       <c r="K1" s="5"/>
       <c r="L1" s="6"/>
       <c r="M1" s="5"/>
-      <c r="N1" s="27"/>
-[...6 lines deleted...]
-      <c r="U1" s="38"/>
+      <c r="N1" s="24"/>
+      <c r="O1" s="28"/>
+      <c r="P1" s="24"/>
+      <c r="Q1" s="28"/>
+      <c r="R1" s="24"/>
+      <c r="S1" s="30"/>
+      <c r="T1" s="26"/>
+      <c r="U1" s="31"/>
     </row>
-    <row r="2" spans="1:34" s="1" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B2" s="72"/>
+    <row r="2" spans="1:35" s="1" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="82" t="s">
+        <v>155</v>
+      </c>
+      <c r="B2" s="82"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="2"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="5"/>
       <c r="L2" s="6"/>
       <c r="M2" s="5"/>
-      <c r="N2" s="27"/>
-[...6 lines deleted...]
-      <c r="U2" s="36"/>
+      <c r="N2" s="24"/>
+      <c r="O2" s="28"/>
+      <c r="P2" s="24"/>
+      <c r="Q2" s="28"/>
+      <c r="R2" s="24"/>
+      <c r="S2" s="30"/>
+      <c r="T2" s="25"/>
+      <c r="U2" s="30"/>
     </row>
-    <row r="3" spans="1:34" s="1" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:35" s="1" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="8"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="3"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="6"/>
       <c r="J3" s="6"/>
       <c r="K3" s="5"/>
       <c r="L3" s="6"/>
       <c r="M3" s="5"/>
-      <c r="N3" s="27"/>
-[...6 lines deleted...]
-      <c r="U3" s="38"/>
+      <c r="N3" s="24"/>
+      <c r="O3" s="28"/>
+      <c r="P3" s="24"/>
+      <c r="Q3" s="28"/>
+      <c r="R3" s="24"/>
+      <c r="S3" s="30"/>
+      <c r="T3" s="26"/>
+      <c r="U3" s="31"/>
     </row>
-    <row r="4" spans="1:34" s="4" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="76" t="s">
+    <row r="4" spans="1:35" s="4" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="88" t="s">
+        <v>162</v>
+      </c>
+      <c r="B4" s="89"/>
+      <c r="C4" s="89"/>
+      <c r="D4" s="89"/>
+      <c r="E4" s="89"/>
+      <c r="F4" s="89"/>
+      <c r="G4" s="89"/>
+      <c r="H4" s="89"/>
+      <c r="I4" s="89"/>
+      <c r="J4" s="89"/>
+      <c r="K4" s="89"/>
+      <c r="L4" s="89"/>
+      <c r="M4" s="89"/>
+      <c r="N4" s="89"/>
+      <c r="O4" s="89"/>
+      <c r="P4" s="89"/>
+      <c r="Q4" s="89"/>
+      <c r="R4" s="89"/>
+      <c r="S4" s="89"/>
+      <c r="T4" s="89"/>
+      <c r="U4" s="89"/>
+      <c r="V4" s="89"/>
+      <c r="W4" s="89"/>
+      <c r="X4" s="89"/>
+      <c r="Y4" s="89"/>
+      <c r="Z4" s="89"/>
+      <c r="AA4" s="89"/>
+      <c r="AB4" s="89"/>
+      <c r="AC4" s="89"/>
+      <c r="AD4" s="89"/>
+      <c r="AE4" s="89"/>
+      <c r="AF4" s="89"/>
+      <c r="AG4" s="89"/>
+      <c r="AH4" s="89"/>
+      <c r="AI4" s="90"/>
+    </row>
+    <row r="5" spans="1:35" s="4" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="86" t="s">
+        <v>163</v>
+      </c>
+      <c r="B5" s="87"/>
+      <c r="C5" s="91" t="s">
+        <v>164</v>
+      </c>
+      <c r="D5" s="92"/>
+      <c r="E5" s="92"/>
+      <c r="F5" s="93"/>
+      <c r="G5" s="94" t="s">
+        <v>165</v>
+      </c>
+      <c r="H5" s="94"/>
+      <c r="I5" s="94"/>
+      <c r="J5" s="95"/>
+      <c r="K5" s="96" t="s">
+        <v>166</v>
+      </c>
+      <c r="L5" s="94"/>
+      <c r="M5" s="94"/>
+      <c r="N5" s="95"/>
+      <c r="O5" s="45" t="s">
+        <v>363</v>
+      </c>
+      <c r="P5" s="46"/>
+      <c r="Q5" s="46"/>
+      <c r="R5" s="46"/>
+      <c r="S5" s="46"/>
+      <c r="T5" s="46"/>
+      <c r="U5" s="46"/>
+      <c r="V5" s="47"/>
+      <c r="W5" s="48" t="s">
+        <v>167</v>
+      </c>
+      <c r="X5" s="48"/>
+      <c r="Y5" s="48"/>
+      <c r="Z5" s="48"/>
+      <c r="AA5" s="48"/>
+      <c r="AB5" s="48"/>
+      <c r="AC5" s="48"/>
+      <c r="AD5" s="48"/>
+      <c r="AE5" s="48"/>
+      <c r="AF5" s="48"/>
+      <c r="AG5" s="48"/>
+      <c r="AH5" s="48"/>
+      <c r="AI5" s="49"/>
+    </row>
+    <row r="6" spans="1:35" s="4" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="50" t="s">
+        <v>168</v>
+      </c>
+      <c r="B6" s="50" t="s">
+        <v>169</v>
+      </c>
+      <c r="C6" s="56" t="s">
+        <v>170</v>
+      </c>
+      <c r="D6" s="56" t="s">
+        <v>171</v>
+      </c>
+      <c r="E6" s="56" t="s">
+        <v>172</v>
+      </c>
+      <c r="F6" s="83" t="s">
+        <v>155</v>
+      </c>
+      <c r="G6" s="70" t="s">
         <v>173</v>
       </c>
-      <c r="B4" s="77"/>
-[...34 lines deleted...]
-      <c r="A5" s="79" t="s">
+      <c r="H6" s="56" t="s">
         <v>174</v>
       </c>
-      <c r="B5" s="80"/>
-[...65 lines deleted...]
-      <c r="H6" s="67" t="s">
+      <c r="I6" s="56" t="s">
+        <v>81</v>
+      </c>
+      <c r="J6" s="79" t="s">
+        <v>0</v>
+      </c>
+      <c r="K6" s="61" t="s">
+        <v>106</v>
+      </c>
+      <c r="L6" s="56" t="s">
+        <v>107</v>
+      </c>
+      <c r="M6" s="56" t="s">
+        <v>108</v>
+      </c>
+      <c r="N6" s="61" t="s">
+        <v>82</v>
+      </c>
+      <c r="O6" s="53" t="s">
+        <v>37</v>
+      </c>
+      <c r="P6" s="58" t="s">
+        <v>83</v>
+      </c>
+      <c r="Q6" s="53" t="s">
+        <v>84</v>
+      </c>
+      <c r="R6" s="58" t="s">
         <v>85</v>
       </c>
-      <c r="I6" s="73" t="s">
-[...11 lines deleted...]
-      <c r="M6" s="69" t="s">
+      <c r="S6" s="53" t="s">
         <v>86</v>
       </c>
-      <c r="N6" s="43" t="s">
-[...2 lines deleted...]
-      <c r="O6" s="46" t="s">
+      <c r="T6" s="58" t="s">
         <v>87</v>
       </c>
-      <c r="P6" s="43" t="s">
+      <c r="U6" s="53" t="s">
         <v>88</v>
       </c>
-      <c r="Q6" s="46" t="s">
+      <c r="V6" s="58" t="s">
         <v>89</v>
       </c>
-      <c r="R6" s="43" t="s">
+      <c r="W6" s="50" t="s">
         <v>90</v>
       </c>
-      <c r="S6" s="46" t="s">
+      <c r="X6" s="50" t="s">
         <v>91</v>
       </c>
-      <c r="T6" s="43" t="s">
+      <c r="Y6" s="63" t="s">
         <v>92</v>
       </c>
-      <c r="U6" s="46" t="s">
-[...12 lines deleted...]
-      <c r="Z6" s="10"/>
+      <c r="Z6" s="9"/>
       <c r="AA6" s="10"/>
       <c r="AB6" s="10"/>
       <c r="AC6" s="10"/>
       <c r="AD6" s="10"/>
       <c r="AE6" s="10"/>
       <c r="AF6" s="10"/>
       <c r="AG6" s="10"/>
-      <c r="AH6" s="11"/>
+      <c r="AH6" s="10"/>
+      <c r="AI6" s="11"/>
     </row>
-    <row r="7" spans="1:34" s="4" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-[...35 lines deleted...]
-      <c r="AH7" s="60"/>
+    <row r="7" spans="1:35" s="4" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="51"/>
+      <c r="B7" s="51"/>
+      <c r="C7" s="57"/>
+      <c r="D7" s="57"/>
+      <c r="E7" s="57"/>
+      <c r="F7" s="84"/>
+      <c r="G7" s="71"/>
+      <c r="H7" s="57"/>
+      <c r="I7" s="57"/>
+      <c r="J7" s="80"/>
+      <c r="K7" s="62"/>
+      <c r="L7" s="57"/>
+      <c r="M7" s="57"/>
+      <c r="N7" s="62"/>
+      <c r="O7" s="54"/>
+      <c r="P7" s="59"/>
+      <c r="Q7" s="54"/>
+      <c r="R7" s="59"/>
+      <c r="S7" s="54"/>
+      <c r="T7" s="59"/>
+      <c r="U7" s="54"/>
+      <c r="V7" s="59"/>
+      <c r="W7" s="51"/>
+      <c r="X7" s="51"/>
+      <c r="Y7" s="64"/>
+      <c r="Z7" s="66" t="s">
+        <v>175</v>
+      </c>
+      <c r="AA7" s="67"/>
+      <c r="AB7" s="67"/>
+      <c r="AC7" s="67"/>
+      <c r="AD7" s="67"/>
+      <c r="AE7" s="67"/>
+      <c r="AF7" s="67"/>
+      <c r="AG7" s="67"/>
+      <c r="AH7" s="67"/>
+      <c r="AI7" s="68"/>
     </row>
-    <row r="8" spans="1:34" s="4" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-[...35 lines deleted...]
-      <c r="AH8" s="63"/>
+    <row r="8" spans="1:35" s="4" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="51"/>
+      <c r="B8" s="51"/>
+      <c r="C8" s="57"/>
+      <c r="D8" s="57"/>
+      <c r="E8" s="57"/>
+      <c r="F8" s="84"/>
+      <c r="G8" s="71"/>
+      <c r="H8" s="57"/>
+      <c r="I8" s="57"/>
+      <c r="J8" s="80"/>
+      <c r="K8" s="62"/>
+      <c r="L8" s="57"/>
+      <c r="M8" s="57"/>
+      <c r="N8" s="62"/>
+      <c r="O8" s="54"/>
+      <c r="P8" s="59"/>
+      <c r="Q8" s="54"/>
+      <c r="R8" s="59"/>
+      <c r="S8" s="54"/>
+      <c r="T8" s="59"/>
+      <c r="U8" s="54"/>
+      <c r="V8" s="59"/>
+      <c r="W8" s="51"/>
+      <c r="X8" s="51"/>
+      <c r="Y8" s="64"/>
+      <c r="Z8" s="73" t="s">
+        <v>93</v>
+      </c>
+      <c r="AA8" s="74"/>
+      <c r="AB8" s="74"/>
+      <c r="AC8" s="74"/>
+      <c r="AD8" s="74"/>
+      <c r="AE8" s="74"/>
+      <c r="AF8" s="74"/>
+      <c r="AG8" s="74"/>
+      <c r="AH8" s="74"/>
+      <c r="AI8" s="75"/>
     </row>
-    <row r="9" spans="1:34" s="4" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-        <v>115</v>
+    <row r="9" spans="1:35" s="4" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="52"/>
+      <c r="B9" s="52"/>
+      <c r="C9" s="69"/>
+      <c r="D9" s="69"/>
+      <c r="E9" s="69"/>
+      <c r="F9" s="85"/>
+      <c r="G9" s="72"/>
+      <c r="H9" s="69"/>
+      <c r="I9" s="69"/>
+      <c r="J9" s="81"/>
+      <c r="K9" s="7" t="s">
+        <v>109</v>
       </c>
       <c r="L9" s="12" t="s">
-        <v>116</v>
-[...24 lines deleted...]
-      <c r="AH9" s="66"/>
+        <v>110</v>
+      </c>
+      <c r="M9" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="N9" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="O9" s="55"/>
+      <c r="P9" s="60"/>
+      <c r="Q9" s="55"/>
+      <c r="R9" s="60"/>
+      <c r="S9" s="55"/>
+      <c r="T9" s="60"/>
+      <c r="U9" s="55"/>
+      <c r="V9" s="60"/>
+      <c r="W9" s="52"/>
+      <c r="X9" s="52"/>
+      <c r="Y9" s="65"/>
+      <c r="Z9" s="76"/>
+      <c r="AA9" s="77"/>
+      <c r="AB9" s="77"/>
+      <c r="AC9" s="77"/>
+      <c r="AD9" s="77"/>
+      <c r="AE9" s="77"/>
+      <c r="AF9" s="77"/>
+      <c r="AG9" s="77"/>
+      <c r="AH9" s="77"/>
+      <c r="AI9" s="78"/>
     </row>
-    <row r="10" spans="1:34" s="4" customFormat="1" ht="15.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:35" s="4" customFormat="1" ht="15.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="13"/>
       <c r="B10" s="13"/>
       <c r="C10" s="14"/>
       <c r="D10" s="14"/>
       <c r="E10" s="14"/>
-      <c r="F10" s="14"/>
+      <c r="F10" s="13"/>
       <c r="G10" s="14"/>
       <c r="H10" s="14"/>
-      <c r="I10" s="15"/>
-[...1 lines deleted...]
-      <c r="K10" s="14"/>
+      <c r="I10" s="14"/>
+      <c r="J10" s="15"/>
+      <c r="K10" s="16"/>
       <c r="L10" s="14"/>
-      <c r="M10" s="16"/>
-[...8 lines deleted...]
-      <c r="V10" s="13"/>
+      <c r="M10" s="14"/>
+      <c r="N10" s="16"/>
+      <c r="O10" s="27"/>
+      <c r="P10" s="29"/>
+      <c r="Q10" s="27"/>
+      <c r="R10" s="29"/>
+      <c r="S10" s="27"/>
+      <c r="T10" s="29"/>
+      <c r="U10" s="27"/>
+      <c r="V10" s="29"/>
       <c r="W10" s="13"/>
       <c r="X10" s="13"/>
-      <c r="Y10" s="17"/>
+      <c r="Y10" s="13"/>
       <c r="Z10" s="17"/>
       <c r="AA10" s="17"/>
       <c r="AB10" s="17"/>
       <c r="AC10" s="17"/>
       <c r="AD10" s="17"/>
       <c r="AE10" s="17"/>
       <c r="AF10" s="17"/>
       <c r="AG10" s="17"/>
       <c r="AH10" s="17"/>
+      <c r="AI10" s="17"/>
     </row>
-    <row r="11" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="8" t="s">
+    <row r="11" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="36" t="s">
+        <v>364</v>
+      </c>
+      <c r="B11" s="39" t="s">
+        <v>365</v>
+      </c>
+      <c r="G11" s="41"/>
+      <c r="H11" s="41"/>
+      <c r="I11" s="41"/>
+      <c r="J11" s="42"/>
+      <c r="K11" s="41"/>
+      <c r="L11" s="41"/>
+      <c r="M11" s="41"/>
+      <c r="N11" s="41"/>
+      <c r="O11" s="43"/>
+      <c r="P11" s="41"/>
+      <c r="Q11" s="43"/>
+      <c r="R11" s="41"/>
+      <c r="S11" s="43"/>
+      <c r="T11" s="41"/>
+      <c r="U11" s="43"/>
+      <c r="V11" s="41"/>
+      <c r="W11" s="44"/>
+      <c r="X11" s="44"/>
+      <c r="Y11" s="44"/>
+      <c r="Z11" s="19"/>
+      <c r="AA11" s="19"/>
+      <c r="AB11" s="19"/>
+      <c r="AC11" s="19"/>
+      <c r="AD11" s="19"/>
+      <c r="AE11" s="19"/>
+      <c r="AF11" s="19"/>
+      <c r="AG11" s="19"/>
+      <c r="AH11" s="19"/>
+      <c r="AI11" s="19"/>
+    </row>
+    <row r="12" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B11" s="18" t="s">
+      <c r="B12" s="18" t="s">
+        <v>316</v>
+      </c>
+      <c r="C12" s="18" t="s">
+        <v>176</v>
+      </c>
+      <c r="D12" s="18" t="s">
+        <v>180</v>
+      </c>
+      <c r="E12" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F12" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" s="20">
+        <v>3855</v>
+      </c>
+      <c r="H12" s="20">
+        <v>4510</v>
+      </c>
+      <c r="I12" s="20">
+        <v>655</v>
+      </c>
+      <c r="J12" s="21">
+        <v>1.6990920881971467</v>
+      </c>
+      <c r="K12" s="20">
+        <v>80</v>
+      </c>
+      <c r="L12" s="20">
+        <v>185</v>
+      </c>
+      <c r="M12" s="20">
+        <v>65</v>
+      </c>
+      <c r="N12" s="20">
+        <v>335</v>
+      </c>
+      <c r="O12" s="34">
+        <v>71.72</v>
+      </c>
+      <c r="P12" s="20">
+        <v>149182</v>
+      </c>
+      <c r="Q12" s="34">
+        <v>49.52</v>
+      </c>
+      <c r="R12" s="20">
+        <v>102996</v>
+      </c>
+      <c r="S12" s="34">
+        <v>65.680000000000007</v>
+      </c>
+      <c r="T12" s="20">
+        <v>136609</v>
+      </c>
+      <c r="U12" s="34">
+        <v>82.82</v>
+      </c>
+      <c r="V12" s="20">
+        <v>172274</v>
+      </c>
+      <c r="W12" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X12" s="38" t="s">
+        <v>39</v>
+      </c>
+      <c r="Y12" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z12" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AA12" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB12" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC12" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AD12" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AE12" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AF12" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AG12" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="AH12" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AI12" s="19" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="13" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="B13" s="18" t="s">
+        <v>317</v>
+      </c>
+      <c r="C13" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="D13" s="18" t="s">
+        <v>318</v>
+      </c>
+      <c r="E13" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F13" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" s="20">
+        <v>1985</v>
+      </c>
+      <c r="H13" s="20">
+        <v>2135</v>
+      </c>
+      <c r="I13" s="20">
+        <v>150</v>
+      </c>
+      <c r="J13" s="21">
+        <v>0.75566750629722934</v>
+      </c>
+      <c r="K13" s="20">
+        <v>40</v>
+      </c>
+      <c r="L13" s="20">
+        <v>90</v>
+      </c>
+      <c r="M13" s="20">
+        <v>15</v>
+      </c>
+      <c r="N13" s="20">
+        <v>145</v>
+      </c>
+      <c r="O13" s="34">
+        <v>70.010000000000005</v>
+      </c>
+      <c r="P13" s="20">
+        <v>145625</v>
+      </c>
+      <c r="Q13" s="34">
+        <v>52.69</v>
+      </c>
+      <c r="R13" s="20">
+        <v>109605</v>
+      </c>
+      <c r="S13" s="34">
+        <v>66.28</v>
+      </c>
+      <c r="T13" s="20">
+        <v>137872</v>
+      </c>
+      <c r="U13" s="34">
+        <v>78.67</v>
+      </c>
+      <c r="V13" s="20">
+        <v>163636</v>
+      </c>
+      <c r="W13" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X13" s="38" t="s">
+        <v>39</v>
+      </c>
+      <c r="Y13" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z13" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA13" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB13" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AC13" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AD13" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AE13" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AF13" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AG13" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AH13" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AI13" s="19" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="14" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="B14" s="18" t="s">
+        <v>319</v>
+      </c>
+      <c r="C14" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D14" s="18" t="s">
+        <v>188</v>
+      </c>
+      <c r="E14" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F14" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" s="20">
+        <v>6195</v>
+      </c>
+      <c r="H14" s="20">
+        <v>8350</v>
+      </c>
+      <c r="I14" s="20">
+        <v>2155</v>
+      </c>
+      <c r="J14" s="21">
+        <v>3.4786117836965298</v>
+      </c>
+      <c r="K14" s="20">
+        <v>200</v>
+      </c>
+      <c r="L14" s="20">
+        <v>300</v>
+      </c>
+      <c r="M14" s="20">
+        <v>215</v>
+      </c>
+      <c r="N14" s="20">
+        <v>720</v>
+      </c>
+      <c r="O14" s="34">
+        <v>54.63</v>
+      </c>
+      <c r="P14" s="20">
+        <v>113630</v>
+      </c>
+      <c r="Q14" s="34">
+        <v>35.94</v>
+      </c>
+      <c r="R14" s="20">
+        <v>74747</v>
+      </c>
+      <c r="S14" s="34">
+        <v>48.44</v>
+      </c>
+      <c r="T14" s="20">
+        <v>100748</v>
+      </c>
+      <c r="U14" s="34">
+        <v>63.98</v>
+      </c>
+      <c r="V14" s="20">
+        <v>133071</v>
+      </c>
+      <c r="W14" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X14" s="38" t="s">
+        <v>94</v>
+      </c>
+      <c r="Y14" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z14" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AA14" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AB14" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC14" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AD14" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AE14" s="19" t="s">
+        <v>56</v>
+      </c>
+      <c r="AF14" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AG14" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AH14" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AI14" s="19" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="15" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="22" t="s">
+        <v>113</v>
+      </c>
+      <c r="B15" s="18" t="s">
+        <v>189</v>
+      </c>
+      <c r="C15" s="18" t="s">
+        <v>182</v>
+      </c>
+      <c r="D15" s="18" t="s">
+        <v>190</v>
+      </c>
+      <c r="E15" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F15" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" s="20">
+        <v>620</v>
+      </c>
+      <c r="H15" s="20">
+        <v>675</v>
+      </c>
+      <c r="I15" s="20">
+        <v>60</v>
+      </c>
+      <c r="J15" s="21">
+        <v>0.967741935483871</v>
+      </c>
+      <c r="K15" s="20">
+        <v>15</v>
+      </c>
+      <c r="L15" s="20">
+        <v>30</v>
+      </c>
+      <c r="M15" s="20">
+        <v>5</v>
+      </c>
+      <c r="N15" s="20">
+        <v>50</v>
+      </c>
+      <c r="O15" s="34">
+        <v>60.82</v>
+      </c>
+      <c r="P15" s="20">
+        <v>126497</v>
+      </c>
+      <c r="Q15" s="34">
+        <v>39.78</v>
+      </c>
+      <c r="R15" s="20">
+        <v>82752</v>
+      </c>
+      <c r="S15" s="34">
+        <v>49.46</v>
+      </c>
+      <c r="T15" s="20">
+        <v>102883</v>
+      </c>
+      <c r="U15" s="34">
+        <v>71.33</v>
+      </c>
+      <c r="V15" s="20">
+        <v>148369</v>
+      </c>
+      <c r="W15" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X15" s="38" t="s">
+        <v>39</v>
+      </c>
+      <c r="Y15" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z15" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="AA15" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB15" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AC15" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AD15" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AE15" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AF15" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AG15" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AH15" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AI15" s="19" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="16" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="E16" s="19"/>
+      <c r="F16" s="19"/>
+      <c r="J16" s="21"/>
+      <c r="W16" s="38"/>
+      <c r="X16" s="38"/>
+      <c r="Y16" s="38"/>
+      <c r="Z16" s="19"/>
+      <c r="AA16" s="19"/>
+      <c r="AB16" s="19"/>
+      <c r="AC16" s="19"/>
+      <c r="AD16" s="19"/>
+      <c r="AE16" s="19"/>
+      <c r="AF16" s="19"/>
+      <c r="AG16" s="19"/>
+      <c r="AH16" s="19"/>
+      <c r="AI16" s="19"/>
+    </row>
+    <row r="17" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="36" t="s">
+        <v>366</v>
+      </c>
+      <c r="B17" s="39" t="s">
+        <v>367</v>
+      </c>
+      <c r="G17" s="41"/>
+      <c r="H17" s="41"/>
+      <c r="I17" s="41"/>
+      <c r="J17" s="42"/>
+      <c r="K17" s="41"/>
+      <c r="L17" s="41"/>
+      <c r="M17" s="41"/>
+      <c r="N17" s="41"/>
+      <c r="O17" s="43"/>
+      <c r="P17" s="41"/>
+      <c r="Q17" s="43"/>
+      <c r="R17" s="41"/>
+      <c r="S17" s="43"/>
+      <c r="T17" s="41"/>
+      <c r="U17" s="43"/>
+      <c r="V17" s="41"/>
+      <c r="W17" s="44"/>
+      <c r="X17" s="44"/>
+      <c r="Y17" s="44"/>
+      <c r="Z17" s="19"/>
+      <c r="AA17" s="19"/>
+      <c r="AB17" s="19"/>
+      <c r="AC17" s="19"/>
+      <c r="AD17" s="19"/>
+      <c r="AE17" s="19"/>
+      <c r="AF17" s="19"/>
+      <c r="AG17" s="19"/>
+      <c r="AH17" s="19"/>
+      <c r="AI17" s="19"/>
+    </row>
+    <row r="18" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="22" t="s">
+        <v>148</v>
+      </c>
+      <c r="B18" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="C18" s="18" t="s">
+        <v>194</v>
+      </c>
+      <c r="D18" s="18" t="s">
+        <v>320</v>
+      </c>
+      <c r="E18" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F18" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" s="20">
+        <v>5600</v>
+      </c>
+      <c r="H18" s="20">
+        <v>6135</v>
+      </c>
+      <c r="I18" s="20">
+        <v>535</v>
+      </c>
+      <c r="J18" s="21">
+        <v>0.95535714285714279</v>
+      </c>
+      <c r="K18" s="20">
+        <v>145</v>
+      </c>
+      <c r="L18" s="20">
+        <v>195</v>
+      </c>
+      <c r="M18" s="20">
+        <v>55</v>
+      </c>
+      <c r="N18" s="20">
+        <v>395</v>
+      </c>
+      <c r="O18" s="34">
+        <v>44.87</v>
+      </c>
+      <c r="P18" s="20">
+        <v>93329</v>
+      </c>
+      <c r="Q18" s="34">
+        <v>31.32</v>
+      </c>
+      <c r="R18" s="20">
+        <v>65149</v>
+      </c>
+      <c r="S18" s="34">
+        <v>44.07</v>
+      </c>
+      <c r="T18" s="20">
+        <v>91664</v>
+      </c>
+      <c r="U18" s="34">
+        <v>51.64</v>
+      </c>
+      <c r="V18" s="20">
+        <v>107419</v>
+      </c>
+      <c r="W18" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X18" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y18" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z18" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA18" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AB18" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC18" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AD18" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AE18" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AF18" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG18" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AH18" s="19" t="s">
+        <v>67</v>
+      </c>
+      <c r="AI18" s="19" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="19" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="22" t="s">
+        <v>149</v>
+      </c>
+      <c r="B19" s="18" t="s">
+        <v>95</v>
+      </c>
+      <c r="C19" s="18" t="s">
+        <v>194</v>
+      </c>
+      <c r="D19" s="18" t="s">
+        <v>195</v>
+      </c>
+      <c r="E19" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F19" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" s="20">
+        <v>1250</v>
+      </c>
+      <c r="H19" s="20">
+        <v>1670</v>
+      </c>
+      <c r="I19" s="20">
+        <v>425</v>
+      </c>
+      <c r="J19" s="21">
+        <v>3.4000000000000004</v>
+      </c>
+      <c r="K19" s="20">
+        <v>30</v>
+      </c>
+      <c r="L19" s="20">
+        <v>55</v>
+      </c>
+      <c r="M19" s="20">
+        <v>40</v>
+      </c>
+      <c r="N19" s="20">
+        <v>130</v>
+      </c>
+      <c r="O19" s="34">
+        <v>56.11</v>
+      </c>
+      <c r="P19" s="20">
+        <v>116712</v>
+      </c>
+      <c r="Q19" s="34">
+        <v>35</v>
+      </c>
+      <c r="R19" s="20">
+        <v>72799</v>
+      </c>
+      <c r="S19" s="34">
+        <v>54.3</v>
+      </c>
+      <c r="T19" s="20">
+        <v>112948</v>
+      </c>
+      <c r="U19" s="34">
+        <v>66.67</v>
+      </c>
+      <c r="V19" s="20">
+        <v>138669</v>
+      </c>
+      <c r="W19" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X19" s="38" t="s">
+        <v>94</v>
+      </c>
+      <c r="Y19" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z19" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA19" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB19" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC19" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AD19" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AE19" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AF19" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG19" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AH19" s="19" t="s">
+        <v>65</v>
+      </c>
+      <c r="AI19" s="19" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="20" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="22" t="s">
+        <v>150</v>
+      </c>
+      <c r="B20" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="C20" s="18" t="s">
+        <v>194</v>
+      </c>
+      <c r="D20" s="18" t="s">
+        <v>195</v>
+      </c>
+      <c r="E20" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F20" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" s="20">
+        <v>1990</v>
+      </c>
+      <c r="H20" s="20">
+        <v>2145</v>
+      </c>
+      <c r="I20" s="20">
+        <v>155</v>
+      </c>
+      <c r="J20" s="21">
+        <v>0.77889447236180909</v>
+      </c>
+      <c r="K20" s="20">
+        <v>50</v>
+      </c>
+      <c r="L20" s="20">
+        <v>85</v>
+      </c>
+      <c r="M20" s="20">
+        <v>15</v>
+      </c>
+      <c r="N20" s="20">
+        <v>150</v>
+      </c>
+      <c r="O20" s="34">
+        <v>31.84</v>
+      </c>
+      <c r="P20" s="20">
+        <v>66227</v>
+      </c>
+      <c r="Q20" s="34">
+        <v>23.09</v>
+      </c>
+      <c r="R20" s="20">
+        <v>48022</v>
+      </c>
+      <c r="S20" s="34">
+        <v>30.56</v>
+      </c>
+      <c r="T20" s="20">
+        <v>63564</v>
+      </c>
+      <c r="U20" s="34">
+        <v>36.22</v>
+      </c>
+      <c r="V20" s="20">
+        <v>75329</v>
+      </c>
+      <c r="W20" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="X20" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y20" s="38" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z20" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AA20" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB20" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AC20" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AD20" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AE20" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AF20" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AG20" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AH20" s="19" t="s">
+        <v>65</v>
+      </c>
+      <c r="AI20" s="19" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="21" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="22" t="s">
+        <v>151</v>
+      </c>
+      <c r="B21" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="C21" s="18" t="s">
+        <v>194</v>
+      </c>
+      <c r="D21" s="18" t="s">
+        <v>321</v>
+      </c>
+      <c r="E21" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F21" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" s="20">
+        <v>5885</v>
+      </c>
+      <c r="H21" s="20">
+        <v>6090</v>
+      </c>
+      <c r="I21" s="20">
+        <v>205</v>
+      </c>
+      <c r="J21" s="21">
+        <v>0.34834324553950724</v>
+      </c>
+      <c r="K21" s="20">
+        <v>145</v>
+      </c>
+      <c r="L21" s="20">
+        <v>245</v>
+      </c>
+      <c r="M21" s="20">
+        <v>20</v>
+      </c>
+      <c r="N21" s="20">
+        <v>415</v>
+      </c>
+      <c r="O21" s="34">
+        <v>28.26</v>
+      </c>
+      <c r="P21" s="20">
+        <v>58776</v>
+      </c>
+      <c r="Q21" s="34">
+        <v>19.88</v>
+      </c>
+      <c r="R21" s="20">
+        <v>41355</v>
+      </c>
+      <c r="S21" s="34">
+        <v>27.26</v>
+      </c>
+      <c r="T21" s="20">
+        <v>56709</v>
+      </c>
+      <c r="U21" s="34">
+        <v>32.450000000000003</v>
+      </c>
+      <c r="V21" s="20">
+        <v>67487</v>
+      </c>
+      <c r="W21" s="38" t="s">
+        <v>71</v>
+      </c>
+      <c r="X21" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y21" s="38" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z21" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA21" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB21" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC21" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AD21" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AE21" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AF21" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG21" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AH21" s="19" t="s">
+        <v>67</v>
+      </c>
+      <c r="AI21" s="19" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="22" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="22" t="s">
+        <v>152</v>
+      </c>
+      <c r="B22" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="C22" s="18" t="s">
+        <v>194</v>
+      </c>
+      <c r="D22" s="18" t="s">
+        <v>195</v>
+      </c>
+      <c r="E22" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F22" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" s="20">
+        <v>1475</v>
+      </c>
+      <c r="H22" s="20">
+        <v>1555</v>
+      </c>
+      <c r="I22" s="20">
+        <v>80</v>
+      </c>
+      <c r="J22" s="21">
+        <v>0.5423728813559322</v>
+      </c>
+      <c r="K22" s="20">
+        <v>30</v>
+      </c>
+      <c r="L22" s="20">
+        <v>50</v>
+      </c>
+      <c r="M22" s="20">
+        <v>10</v>
+      </c>
+      <c r="N22" s="20">
+        <v>90</v>
+      </c>
+      <c r="O22" s="34">
+        <v>53.63</v>
+      </c>
+      <c r="P22" s="20">
+        <v>111558</v>
+      </c>
+      <c r="Q22" s="34">
+        <v>34.6</v>
+      </c>
+      <c r="R22" s="20">
+        <v>71961</v>
+      </c>
+      <c r="S22" s="34">
+        <v>51.47</v>
+      </c>
+      <c r="T22" s="20">
+        <v>107055</v>
+      </c>
+      <c r="U22" s="34">
+        <v>63.15</v>
+      </c>
+      <c r="V22" s="20">
+        <v>131357</v>
+      </c>
+      <c r="W22" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X22" s="38" t="s">
+        <v>39</v>
+      </c>
+      <c r="Y22" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z22" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AA22" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB22" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AC22" s="19" t="s">
+        <v>68</v>
+      </c>
+      <c r="AD22" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="AE22" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AF22" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG22" s="19" t="s">
+        <v>65</v>
+      </c>
+      <c r="AH22" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AI22" s="19" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="23" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="22" t="s">
+        <v>196</v>
+      </c>
+      <c r="B23" s="18" t="s">
+        <v>197</v>
+      </c>
+      <c r="C23" s="18" t="s">
+        <v>194</v>
+      </c>
+      <c r="D23" s="18" t="s">
+        <v>195</v>
+      </c>
+      <c r="E23" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F23" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" s="20">
+        <v>495</v>
+      </c>
+      <c r="H23" s="20">
+        <v>540</v>
+      </c>
+      <c r="I23" s="20">
+        <v>45</v>
+      </c>
+      <c r="J23" s="21">
+        <v>0.90909090909090917</v>
+      </c>
+      <c r="K23" s="20">
+        <v>15</v>
+      </c>
+      <c r="L23" s="20">
+        <v>15</v>
+      </c>
+      <c r="M23" s="20">
+        <v>5</v>
+      </c>
+      <c r="N23" s="20">
+        <v>35</v>
+      </c>
+      <c r="O23" s="34">
+        <v>48.8</v>
+      </c>
+      <c r="P23" s="20">
+        <v>101503</v>
+      </c>
+      <c r="Q23" s="34">
+        <v>31.18</v>
+      </c>
+      <c r="R23" s="20">
+        <v>64858</v>
+      </c>
+      <c r="S23" s="34">
+        <v>46.96</v>
+      </c>
+      <c r="T23" s="20">
+        <v>97685</v>
+      </c>
+      <c r="U23" s="34">
+        <v>57.61</v>
+      </c>
+      <c r="V23" s="20">
+        <v>119826</v>
+      </c>
+      <c r="W23" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X23" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y23" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z23" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA23" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB23" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC23" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AD23" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AE23" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AF23" s="19" t="s">
+        <v>68</v>
+      </c>
+      <c r="AG23" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AH23" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AI23" s="19" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="24" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="22" t="s">
+        <v>198</v>
+      </c>
+      <c r="B24" s="18" t="s">
+        <v>199</v>
+      </c>
+      <c r="C24" s="18" t="s">
+        <v>200</v>
+      </c>
+      <c r="D24" s="18" t="s">
+        <v>322</v>
+      </c>
+      <c r="E24" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F24" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" s="20">
+        <v>275</v>
+      </c>
+      <c r="H24" s="20">
+        <v>300</v>
+      </c>
+      <c r="I24" s="20">
+        <v>25</v>
+      </c>
+      <c r="J24" s="21">
+        <v>0.90909090909090917</v>
+      </c>
+      <c r="K24" s="20">
+        <v>5</v>
+      </c>
+      <c r="L24" s="20">
+        <v>10</v>
+      </c>
+      <c r="M24" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="N24" s="20">
+        <v>20</v>
+      </c>
+      <c r="O24" s="34">
+        <v>60.05</v>
+      </c>
+      <c r="P24" s="20">
+        <v>124906</v>
+      </c>
+      <c r="Q24" s="34">
+        <v>43.16</v>
+      </c>
+      <c r="R24" s="20">
+        <v>89765</v>
+      </c>
+      <c r="S24" s="34">
+        <v>63.16</v>
+      </c>
+      <c r="T24" s="20">
+        <v>131375</v>
+      </c>
+      <c r="U24" s="34">
+        <v>68.5</v>
+      </c>
+      <c r="V24" s="20">
+        <v>142477</v>
+      </c>
+      <c r="W24" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X24" s="38" t="s">
+        <v>94</v>
+      </c>
+      <c r="Y24" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z24" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA24" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB24" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AC24" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AD24" s="19" t="s">
+        <v>65</v>
+      </c>
+      <c r="AE24" s="19" t="s">
+        <v>201</v>
+      </c>
+      <c r="AF24" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AG24" s="19" t="s">
+        <v>68</v>
+      </c>
+      <c r="AH24" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AI24" s="19" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="25" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="22" t="s">
+        <v>202</v>
+      </c>
+      <c r="B25" s="18" t="s">
+        <v>323</v>
+      </c>
+      <c r="C25" s="18" t="s">
+        <v>194</v>
+      </c>
+      <c r="D25" s="18" t="s">
+        <v>195</v>
+      </c>
+      <c r="E25" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F25" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" s="20">
+        <v>3505</v>
+      </c>
+      <c r="H25" s="20">
+        <v>3635</v>
+      </c>
+      <c r="I25" s="20">
+        <v>135</v>
+      </c>
+      <c r="J25" s="21">
+        <v>0.38516405135520682</v>
+      </c>
+      <c r="K25" s="20">
+        <v>75</v>
+      </c>
+      <c r="L25" s="20">
+        <v>125</v>
+      </c>
+      <c r="M25" s="20">
+        <v>15</v>
+      </c>
+      <c r="N25" s="20">
+        <v>210</v>
+      </c>
+      <c r="O25" s="34">
+        <v>41.9</v>
+      </c>
+      <c r="P25" s="20">
+        <v>87157</v>
+      </c>
+      <c r="Q25" s="34">
+        <v>29.42</v>
+      </c>
+      <c r="R25" s="20">
+        <v>61189</v>
+      </c>
+      <c r="S25" s="34">
+        <v>39.520000000000003</v>
+      </c>
+      <c r="T25" s="20">
+        <v>82210</v>
+      </c>
+      <c r="U25" s="34">
+        <v>48.14</v>
+      </c>
+      <c r="V25" s="20">
+        <v>100141</v>
+      </c>
+      <c r="W25" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X25" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y25" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z25" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AA25" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AB25" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC25" s="19" t="s">
+        <v>65</v>
+      </c>
+      <c r="AD25" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE25" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AF25" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AG25" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="AH25" s="19" t="s">
+        <v>79</v>
+      </c>
+      <c r="AI25" s="19" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="26" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="22" t="s">
+        <v>153</v>
+      </c>
+      <c r="B26" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="C26" s="18" t="s">
+        <v>194</v>
+      </c>
+      <c r="D26" s="18" t="s">
+        <v>320</v>
+      </c>
+      <c r="E26" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F26" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" s="20">
+        <v>2670</v>
+      </c>
+      <c r="H26" s="20">
+        <v>2490</v>
+      </c>
+      <c r="I26" s="20">
+        <v>-180</v>
+      </c>
+      <c r="J26" s="21">
+        <v>-0.6741573033707865</v>
+      </c>
+      <c r="K26" s="20">
+        <v>65</v>
+      </c>
+      <c r="L26" s="20">
+        <v>90</v>
+      </c>
+      <c r="M26" s="20">
+        <v>-20</v>
+      </c>
+      <c r="N26" s="20">
+        <v>140</v>
+      </c>
+      <c r="O26" s="34">
+        <v>42.44</v>
+      </c>
+      <c r="P26" s="20">
+        <v>88279</v>
+      </c>
+      <c r="Q26" s="34">
+        <v>29.41</v>
+      </c>
+      <c r="R26" s="20">
+        <v>61163</v>
+      </c>
+      <c r="S26" s="34">
+        <v>40.68</v>
+      </c>
+      <c r="T26" s="20">
+        <v>84616</v>
+      </c>
+      <c r="U26" s="34">
+        <v>48.96</v>
+      </c>
+      <c r="V26" s="20">
+        <v>101837</v>
+      </c>
+      <c r="W26" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X26" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y26" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z26" s="19" t="s">
+        <v>68</v>
+      </c>
+      <c r="AA26" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB26" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AC26" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AD26" s="19" t="s">
+        <v>69</v>
+      </c>
+      <c r="AE26" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AF26" s="19" t="s">
+        <v>65</v>
+      </c>
+      <c r="AG26" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AH26" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AI26" s="19" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="27" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="22" t="s">
+        <v>203</v>
+      </c>
+      <c r="B27" s="18" t="s">
+        <v>204</v>
+      </c>
+      <c r="C27" s="18" t="s">
+        <v>194</v>
+      </c>
+      <c r="D27" s="18" t="s">
+        <v>320</v>
+      </c>
+      <c r="E27" s="18" t="s">
+        <v>205</v>
+      </c>
+      <c r="F27" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" s="20">
+        <v>5900</v>
+      </c>
+      <c r="H27" s="20">
+        <v>7230</v>
+      </c>
+      <c r="I27" s="20">
+        <v>1330</v>
+      </c>
+      <c r="J27" s="21">
+        <v>2.2542372881355934</v>
+      </c>
+      <c r="K27" s="20">
+        <v>115</v>
+      </c>
+      <c r="L27" s="20">
+        <v>235</v>
+      </c>
+      <c r="M27" s="20">
+        <v>135</v>
+      </c>
+      <c r="N27" s="20">
+        <v>480</v>
+      </c>
+      <c r="O27" s="34">
+        <v>55.77</v>
+      </c>
+      <c r="P27" s="20">
+        <v>116002</v>
+      </c>
+      <c r="Q27" s="34">
+        <v>37.909999999999997</v>
+      </c>
+      <c r="R27" s="20">
+        <v>78846</v>
+      </c>
+      <c r="S27" s="34">
+        <v>52.81</v>
+      </c>
+      <c r="T27" s="20">
+        <v>109848</v>
+      </c>
+      <c r="U27" s="34">
+        <v>64.7</v>
+      </c>
+      <c r="V27" s="20">
+        <v>134580</v>
+      </c>
+      <c r="W27" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X27" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y27" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z27" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA27" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB27" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC27" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD27" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE27" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF27" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG27" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH27" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI27" s="19" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="22" t="s">
+        <v>206</v>
+      </c>
+      <c r="B28" s="18" t="s">
+        <v>324</v>
+      </c>
+      <c r="C28" s="18" t="s">
+        <v>200</v>
+      </c>
+      <c r="D28" s="18" t="s">
+        <v>325</v>
+      </c>
+      <c r="E28" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F28" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" s="20">
+        <v>2420</v>
+      </c>
+      <c r="H28" s="20">
+        <v>3005</v>
+      </c>
+      <c r="I28" s="20">
+        <v>585</v>
+      </c>
+      <c r="J28" s="21">
+        <v>2.4173553719008263</v>
+      </c>
+      <c r="K28" s="20">
+        <v>70</v>
+      </c>
+      <c r="L28" s="20">
+        <v>95</v>
+      </c>
+      <c r="M28" s="20">
+        <v>60</v>
+      </c>
+      <c r="N28" s="20">
+        <v>225</v>
+      </c>
+      <c r="O28" s="34">
+        <v>43.56</v>
+      </c>
+      <c r="P28" s="20">
+        <v>90598</v>
+      </c>
+      <c r="Q28" s="34">
+        <v>27.4</v>
+      </c>
+      <c r="R28" s="20">
+        <v>56998</v>
+      </c>
+      <c r="S28" s="34">
+        <v>41.13</v>
+      </c>
+      <c r="T28" s="20">
+        <v>85551</v>
+      </c>
+      <c r="U28" s="34">
+        <v>51.63</v>
+      </c>
+      <c r="V28" s="20">
+        <v>107398</v>
+      </c>
+      <c r="W28" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X28" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y28" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z28" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA28" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB28" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AC28" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AD28" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AE28" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AF28" s="19" t="s">
+        <v>68</v>
+      </c>
+      <c r="AG28" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AH28" s="19" t="s">
+        <v>69</v>
+      </c>
+      <c r="AI28" s="19" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="29" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="22" t="s">
+        <v>207</v>
+      </c>
+      <c r="B29" s="18" t="s">
+        <v>208</v>
+      </c>
+      <c r="C29" s="18" t="s">
+        <v>194</v>
+      </c>
+      <c r="D29" s="18" t="s">
+        <v>326</v>
+      </c>
+      <c r="E29" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F29" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" s="20">
+        <v>1510</v>
+      </c>
+      <c r="H29" s="20">
+        <v>1900</v>
+      </c>
+      <c r="I29" s="20">
+        <v>390</v>
+      </c>
+      <c r="J29" s="21">
+        <v>2.5827814569536423</v>
+      </c>
+      <c r="K29" s="20">
+        <v>35</v>
+      </c>
+      <c r="L29" s="20">
+        <v>70</v>
+      </c>
+      <c r="M29" s="20">
+        <v>40</v>
+      </c>
+      <c r="N29" s="20">
+        <v>145</v>
+      </c>
+      <c r="O29" s="34">
+        <v>35.06</v>
+      </c>
+      <c r="P29" s="20">
+        <v>72935</v>
+      </c>
+      <c r="Q29" s="34">
+        <v>24.87</v>
+      </c>
+      <c r="R29" s="20">
+        <v>51735</v>
+      </c>
+      <c r="S29" s="34">
+        <v>32.26</v>
+      </c>
+      <c r="T29" s="20">
+        <v>67107</v>
+      </c>
+      <c r="U29" s="34">
+        <v>40.159999999999997</v>
+      </c>
+      <c r="V29" s="20">
+        <v>83535</v>
+      </c>
+      <c r="W29" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X29" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y29" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z29" s="19" t="s">
+        <v>68</v>
+      </c>
+      <c r="AA29" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB29" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AC29" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="AD29" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AE29" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AF29" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AG29" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AH29" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AI29" s="19" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="30" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="22" t="s">
+        <v>209</v>
+      </c>
+      <c r="B30" s="18" t="s">
+        <v>327</v>
+      </c>
+      <c r="C30" s="18" t="s">
+        <v>200</v>
+      </c>
+      <c r="D30" s="18" t="s">
+        <v>328</v>
+      </c>
+      <c r="E30" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F30" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" s="20">
+        <v>1920</v>
+      </c>
+      <c r="H30" s="20">
+        <v>2375</v>
+      </c>
+      <c r="I30" s="20">
+        <v>455</v>
+      </c>
+      <c r="J30" s="21">
+        <v>2.3697916666666665</v>
+      </c>
+      <c r="K30" s="20">
+        <v>60</v>
+      </c>
+      <c r="L30" s="20">
+        <v>90</v>
+      </c>
+      <c r="M30" s="20">
+        <v>45</v>
+      </c>
+      <c r="N30" s="20">
+        <v>195</v>
+      </c>
+      <c r="O30" s="34">
+        <v>37.33</v>
+      </c>
+      <c r="P30" s="20">
+        <v>77637</v>
+      </c>
+      <c r="Q30" s="34">
+        <v>21.79</v>
+      </c>
+      <c r="R30" s="20">
+        <v>45315</v>
+      </c>
+      <c r="S30" s="34">
+        <v>35.01</v>
+      </c>
+      <c r="T30" s="20">
+        <v>72822</v>
+      </c>
+      <c r="U30" s="34">
+        <v>45.1</v>
+      </c>
+      <c r="V30" s="20">
+        <v>93799</v>
+      </c>
+      <c r="W30" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X30" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y30" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z30" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA30" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB30" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC30" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD30" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE30" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF30" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG30" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH30" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI30" s="19" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="22" t="s">
+        <v>210</v>
+      </c>
+      <c r="B31" s="18" t="s">
+        <v>211</v>
+      </c>
+      <c r="C31" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="D31" s="18" t="s">
+        <v>329</v>
+      </c>
+      <c r="E31" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F31" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" s="20">
+        <v>3705</v>
+      </c>
+      <c r="H31" s="20">
+        <v>3995</v>
+      </c>
+      <c r="I31" s="20">
+        <v>290</v>
+      </c>
+      <c r="J31" s="21">
+        <v>0.78272604588394068</v>
+      </c>
+      <c r="K31" s="20">
+        <v>95</v>
+      </c>
+      <c r="L31" s="20">
+        <v>145</v>
+      </c>
+      <c r="M31" s="20">
+        <v>30</v>
+      </c>
+      <c r="N31" s="20">
+        <v>265</v>
+      </c>
+      <c r="O31" s="34">
+        <v>49.8</v>
+      </c>
+      <c r="P31" s="20">
+        <v>103582</v>
+      </c>
+      <c r="Q31" s="34">
+        <v>28.49</v>
+      </c>
+      <c r="R31" s="20">
+        <v>59263</v>
+      </c>
+      <c r="S31" s="34">
+        <v>49.85</v>
+      </c>
+      <c r="T31" s="20">
+        <v>103688</v>
+      </c>
+      <c r="U31" s="34">
+        <v>60.45</v>
+      </c>
+      <c r="V31" s="20">
+        <v>125742</v>
+      </c>
+      <c r="W31" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X31" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y31" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z31" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA31" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB31" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC31" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD31" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE31" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF31" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG31" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH31" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI31" s="19" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="32" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="B32" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="C32" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D32" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="E32" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F32" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" s="20">
+        <v>740</v>
+      </c>
+      <c r="H32" s="20">
+        <v>910</v>
+      </c>
+      <c r="I32" s="20">
+        <v>170</v>
+      </c>
+      <c r="J32" s="21">
+        <v>2.2972972972972974</v>
+      </c>
+      <c r="K32" s="20">
+        <v>15</v>
+      </c>
+      <c r="L32" s="20">
+        <v>25</v>
+      </c>
+      <c r="M32" s="20">
+        <v>15</v>
+      </c>
+      <c r="N32" s="20">
+        <v>55</v>
+      </c>
+      <c r="O32" s="34">
+        <v>61.57</v>
+      </c>
+      <c r="P32" s="20">
+        <v>128068</v>
+      </c>
+      <c r="Q32" s="34">
+        <v>41.16</v>
+      </c>
+      <c r="R32" s="20">
+        <v>85609</v>
+      </c>
+      <c r="S32" s="34">
+        <v>62.44</v>
+      </c>
+      <c r="T32" s="20">
+        <v>129873</v>
+      </c>
+      <c r="U32" s="34">
+        <v>71.78</v>
+      </c>
+      <c r="V32" s="20">
+        <v>149297</v>
+      </c>
+      <c r="W32" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X32" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y32" s="38" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z32" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AA32" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AB32" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AC32" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AD32" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE32" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AF32" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG32" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AH32" s="19" t="s">
+        <v>65</v>
+      </c>
+      <c r="AI32" s="19" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="33" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B33" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" s="18" t="s">
+        <v>176</v>
+      </c>
+      <c r="D33" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="E33" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F33" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" s="20">
+        <v>555</v>
+      </c>
+      <c r="H33" s="20">
+        <v>710</v>
+      </c>
+      <c r="I33" s="20">
+        <v>155</v>
+      </c>
+      <c r="J33" s="21">
+        <v>2.7927927927927927</v>
+      </c>
+      <c r="K33" s="20">
+        <v>20</v>
+      </c>
+      <c r="L33" s="20">
+        <v>20</v>
+      </c>
+      <c r="M33" s="20">
+        <v>15</v>
+      </c>
+      <c r="N33" s="20">
+        <v>55</v>
+      </c>
+      <c r="O33" s="34">
+        <v>43.02</v>
+      </c>
+      <c r="P33" s="20">
+        <v>89479</v>
+      </c>
+      <c r="Q33" s="34">
+        <v>24.51</v>
+      </c>
+      <c r="R33" s="20">
+        <v>50989</v>
+      </c>
+      <c r="S33" s="34">
+        <v>37.57</v>
+      </c>
+      <c r="T33" s="20">
+        <v>78139</v>
+      </c>
+      <c r="U33" s="34">
+        <v>52.27</v>
+      </c>
+      <c r="V33" s="20">
+        <v>108725</v>
+      </c>
+      <c r="W33" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X33" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y33" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z33" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AA33" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AB33" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC33" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AD33" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AE33" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AF33" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AG33" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AH33" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AI33" s="19" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="34" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="22" t="s">
+        <v>114</v>
+      </c>
+      <c r="B34" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="C34" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="D34" s="18" t="s">
+        <v>330</v>
+      </c>
+      <c r="E34" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F34" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" s="20">
+        <v>405</v>
+      </c>
+      <c r="H34" s="20">
+        <v>545</v>
+      </c>
+      <c r="I34" s="20">
+        <v>140</v>
+      </c>
+      <c r="J34" s="21">
+        <v>3.4567901234567899</v>
+      </c>
+      <c r="K34" s="20">
+        <v>10</v>
+      </c>
+      <c r="L34" s="20">
+        <v>15</v>
+      </c>
+      <c r="M34" s="20">
+        <v>15</v>
+      </c>
+      <c r="N34" s="20">
+        <v>40</v>
+      </c>
+      <c r="O34" s="34">
+        <v>43.4</v>
+      </c>
+      <c r="P34" s="20">
+        <v>90269</v>
+      </c>
+      <c r="Q34" s="34">
+        <v>22.81</v>
+      </c>
+      <c r="R34" s="20">
+        <v>47451</v>
+      </c>
+      <c r="S34" s="34">
+        <v>41.42</v>
+      </c>
+      <c r="T34" s="20">
+        <v>86162</v>
+      </c>
+      <c r="U34" s="34">
+        <v>53.69</v>
+      </c>
+      <c r="V34" s="20">
+        <v>111678</v>
+      </c>
+      <c r="W34" s="38" t="s">
+        <v>58</v>
+      </c>
+      <c r="X34" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y34" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z34" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AA34" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB34" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC34" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AD34" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AE34" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AF34" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AG34" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AH34" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="AI34" s="19" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="35" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="22" t="s">
+        <v>213</v>
+      </c>
+      <c r="B35" s="18" t="s">
+        <v>214</v>
+      </c>
+      <c r="C35" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="D35" s="18" t="s">
+        <v>330</v>
+      </c>
+      <c r="E35" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F35" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" s="20">
+        <v>2005</v>
+      </c>
+      <c r="H35" s="20">
+        <v>2760</v>
+      </c>
+      <c r="I35" s="20">
+        <v>750</v>
+      </c>
+      <c r="J35" s="21">
+        <v>3.7406483790523692</v>
+      </c>
+      <c r="K35" s="20">
+        <v>55</v>
+      </c>
+      <c r="L35" s="20">
+        <v>85</v>
+      </c>
+      <c r="M35" s="20">
+        <v>75</v>
+      </c>
+      <c r="N35" s="20">
+        <v>215</v>
+      </c>
+      <c r="O35" s="34">
+        <v>46.78</v>
+      </c>
+      <c r="P35" s="20">
+        <v>97303</v>
+      </c>
+      <c r="Q35" s="34">
+        <v>29.16</v>
+      </c>
+      <c r="R35" s="20">
+        <v>60658</v>
+      </c>
+      <c r="S35" s="34">
+        <v>47.1</v>
+      </c>
+      <c r="T35" s="20">
+        <v>97977</v>
+      </c>
+      <c r="U35" s="34">
+        <v>55.59</v>
+      </c>
+      <c r="V35" s="20">
+        <v>115626</v>
+      </c>
+      <c r="W35" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X35" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y35" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z35" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA35" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB35" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC35" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD35" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE35" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF35" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG35" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH35" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI35" s="19" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="36" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J36" s="21"/>
+      <c r="W36" s="38"/>
+      <c r="X36" s="38"/>
+      <c r="Y36" s="38"/>
+      <c r="Z36" s="19"/>
+      <c r="AA36" s="19"/>
+      <c r="AB36" s="19"/>
+      <c r="AC36" s="19"/>
+      <c r="AD36" s="19"/>
+      <c r="AE36" s="19"/>
+      <c r="AF36" s="19"/>
+      <c r="AG36" s="19"/>
+      <c r="AH36" s="19"/>
+      <c r="AI36" s="19"/>
+    </row>
+    <row r="37" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="36" t="s">
+        <v>368</v>
+      </c>
+      <c r="B37" s="39" t="s">
+        <v>369</v>
+      </c>
+      <c r="G37" s="41"/>
+      <c r="H37" s="41"/>
+      <c r="I37" s="41"/>
+      <c r="J37" s="42"/>
+      <c r="K37" s="41"/>
+      <c r="L37" s="41"/>
+      <c r="M37" s="41"/>
+      <c r="N37" s="41"/>
+      <c r="O37" s="43"/>
+      <c r="P37" s="41"/>
+      <c r="Q37" s="43"/>
+      <c r="R37" s="41"/>
+      <c r="S37" s="43"/>
+      <c r="T37" s="41"/>
+      <c r="U37" s="43"/>
+      <c r="V37" s="41"/>
+      <c r="W37" s="44"/>
+      <c r="X37" s="44"/>
+      <c r="Y37" s="44"/>
+      <c r="Z37" s="19"/>
+      <c r="AA37" s="19"/>
+      <c r="AB37" s="19"/>
+      <c r="AC37" s="19"/>
+      <c r="AD37" s="19"/>
+      <c r="AE37" s="19"/>
+      <c r="AF37" s="19"/>
+      <c r="AG37" s="19"/>
+      <c r="AH37" s="19"/>
+      <c r="AI37" s="19"/>
+    </row>
+    <row r="38" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="22" t="s">
+        <v>10</v>
+      </c>
+      <c r="B38" s="18" t="s">
+        <v>331</v>
+      </c>
+      <c r="C38" s="18" t="s">
+        <v>183</v>
+      </c>
+      <c r="D38" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="E38" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F38" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" s="20">
+        <v>790</v>
+      </c>
+      <c r="H38" s="20">
+        <v>860</v>
+      </c>
+      <c r="I38" s="20">
+        <v>70</v>
+      </c>
+      <c r="J38" s="21">
+        <v>0.88607594936708867</v>
+      </c>
+      <c r="K38" s="20">
+        <v>25</v>
+      </c>
+      <c r="L38" s="20">
+        <v>25</v>
+      </c>
+      <c r="M38" s="20">
+        <v>5</v>
+      </c>
+      <c r="N38" s="20">
+        <v>55</v>
+      </c>
+      <c r="O38" s="34">
+        <v>49.12</v>
+      </c>
+      <c r="P38" s="20">
+        <v>102164</v>
+      </c>
+      <c r="Q38" s="34">
+        <v>28.26</v>
+      </c>
+      <c r="R38" s="20">
+        <v>58777</v>
+      </c>
+      <c r="S38" s="34">
+        <v>41.82</v>
+      </c>
+      <c r="T38" s="20">
+        <v>86990</v>
+      </c>
+      <c r="U38" s="34">
+        <v>59.55</v>
+      </c>
+      <c r="V38" s="20">
+        <v>123857</v>
+      </c>
+      <c r="W38" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X38" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y38" s="38" t="s">
+        <v>72</v>
+      </c>
+      <c r="Z38" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AA38" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="AB38" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC38" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AD38" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE38" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AF38" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AG38" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AH38" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AI38" s="19" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="39" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="22" t="s">
+        <v>116</v>
+      </c>
+      <c r="B39" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="C39" s="18" t="s">
+        <v>183</v>
+      </c>
+      <c r="D39" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="E39" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F39" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" s="20">
+        <v>270</v>
+      </c>
+      <c r="H39" s="20">
+        <v>280</v>
+      </c>
+      <c r="I39" s="20">
+        <v>10</v>
+      </c>
+      <c r="J39" s="21">
+        <v>0.37037037037037035</v>
+      </c>
+      <c r="K39" s="20">
+        <v>10</v>
+      </c>
+      <c r="L39" s="20">
+        <v>10</v>
+      </c>
+      <c r="M39" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="N39" s="20">
+        <v>20</v>
+      </c>
+      <c r="O39" s="34">
+        <v>42.87</v>
+      </c>
+      <c r="P39" s="20">
+        <v>89164</v>
+      </c>
+      <c r="Q39" s="34">
+        <v>31.37</v>
+      </c>
+      <c r="R39" s="20">
+        <v>65252</v>
+      </c>
+      <c r="S39" s="34">
+        <v>40.130000000000003</v>
+      </c>
+      <c r="T39" s="20">
+        <v>83478</v>
+      </c>
+      <c r="U39" s="34">
+        <v>48.62</v>
+      </c>
+      <c r="V39" s="20">
+        <v>101120</v>
+      </c>
+      <c r="W39" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X39" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y39" s="38" t="s">
+        <v>72</v>
+      </c>
+      <c r="Z39" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA39" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB39" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AC39" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="AD39" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AE39" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AF39" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AG39" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AH39" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AI39" s="19" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="40" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="B40" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="C40" s="18" t="s">
+        <v>183</v>
+      </c>
+      <c r="D40" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="E40" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F40" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" s="20">
+        <v>290</v>
+      </c>
+      <c r="H40" s="20">
+        <v>315</v>
+      </c>
+      <c r="I40" s="20">
+        <v>25</v>
+      </c>
+      <c r="J40" s="21">
+        <v>0.86206896551724144</v>
+      </c>
+      <c r="K40" s="20">
+        <v>10</v>
+      </c>
+      <c r="L40" s="20">
+        <v>10</v>
+      </c>
+      <c r="M40" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="N40" s="20">
+        <v>20</v>
+      </c>
+      <c r="O40" s="34">
+        <v>39.86</v>
+      </c>
+      <c r="P40" s="20">
+        <v>82916</v>
+      </c>
+      <c r="Q40" s="34">
+        <v>30.35</v>
+      </c>
+      <c r="R40" s="20">
+        <v>63130</v>
+      </c>
+      <c r="S40" s="34">
+        <v>36.89</v>
+      </c>
+      <c r="T40" s="20">
+        <v>76725</v>
+      </c>
+      <c r="U40" s="34">
+        <v>44.62</v>
+      </c>
+      <c r="V40" s="20">
+        <v>92810</v>
+      </c>
+      <c r="W40" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X40" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y40" s="38" t="s">
+        <v>72</v>
+      </c>
+      <c r="Z40" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AA40" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB40" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AC40" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AD40" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AE40" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AF40" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="AG40" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AH40" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AI40" s="19" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="41" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="22" t="s">
+        <v>11</v>
+      </c>
+      <c r="B41" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C41" s="18" t="s">
+        <v>183</v>
+      </c>
+      <c r="D41" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="E41" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F41" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" s="20">
+        <v>2135</v>
+      </c>
+      <c r="H41" s="20">
+        <v>2330</v>
+      </c>
+      <c r="I41" s="20">
+        <v>195</v>
+      </c>
+      <c r="J41" s="21">
+        <v>0.9133489461358314</v>
+      </c>
+      <c r="K41" s="20">
+        <v>50</v>
+      </c>
+      <c r="L41" s="20">
+        <v>85</v>
+      </c>
+      <c r="M41" s="20">
+        <v>20</v>
+      </c>
+      <c r="N41" s="20">
+        <v>150</v>
+      </c>
+      <c r="O41" s="34">
+        <v>46.37</v>
+      </c>
+      <c r="P41" s="20">
+        <v>96445</v>
+      </c>
+      <c r="Q41" s="34">
+        <v>32.68</v>
+      </c>
+      <c r="R41" s="20">
+        <v>67979</v>
+      </c>
+      <c r="S41" s="34">
+        <v>45.43</v>
+      </c>
+      <c r="T41" s="20">
+        <v>94496</v>
+      </c>
+      <c r="U41" s="34">
+        <v>53.21</v>
+      </c>
+      <c r="V41" s="20">
+        <v>110678</v>
+      </c>
+      <c r="W41" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X41" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y41" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z41" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA41" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AB41" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AC41" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AD41" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AE41" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AF41" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="AG41" s="19" t="s">
+        <v>65</v>
+      </c>
+      <c r="AH41" s="19" t="s">
+        <v>55</v>
+      </c>
+      <c r="AI41" s="19" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="42" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="22" t="s">
+        <v>120</v>
+      </c>
+      <c r="B42" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="C42" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="D42" s="18" t="s">
+        <v>318</v>
+      </c>
+      <c r="E42" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F42" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" s="20">
+        <v>290</v>
+      </c>
+      <c r="H42" s="20">
+        <v>305</v>
+      </c>
+      <c r="I42" s="20">
+        <v>15</v>
+      </c>
+      <c r="J42" s="21">
+        <v>0.51724137931034486</v>
+      </c>
+      <c r="K42" s="20">
+        <v>5</v>
+      </c>
+      <c r="L42" s="20">
+        <v>10</v>
+      </c>
+      <c r="M42" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="N42" s="20">
+        <v>20</v>
+      </c>
+      <c r="O42" s="34">
+        <v>59.83</v>
+      </c>
+      <c r="P42" s="20">
+        <v>124452</v>
+      </c>
+      <c r="Q42" s="34">
+        <v>40.74</v>
+      </c>
+      <c r="R42" s="20">
+        <v>84740</v>
+      </c>
+      <c r="S42" s="34">
+        <v>53.4</v>
+      </c>
+      <c r="T42" s="20">
+        <v>111078</v>
+      </c>
+      <c r="U42" s="34">
+        <v>69.38</v>
+      </c>
+      <c r="V42" s="20">
+        <v>144308</v>
+      </c>
+      <c r="W42" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X42" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y42" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z42" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AA42" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB42" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC42" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AD42" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AE42" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AF42" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AG42" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AH42" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="AI42" s="19" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="43" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="22" t="s">
+        <v>13</v>
+      </c>
+      <c r="B43" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="C43" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="D43" s="18" t="s">
+        <v>318</v>
+      </c>
+      <c r="E43" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F43" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" s="20">
+        <v>1195</v>
+      </c>
+      <c r="H43" s="20">
+        <v>1275</v>
+      </c>
+      <c r="I43" s="20">
+        <v>80</v>
+      </c>
+      <c r="J43" s="21">
+        <v>0.66945606694560666</v>
+      </c>
+      <c r="K43" s="20">
+        <v>30</v>
+      </c>
+      <c r="L43" s="20">
+        <v>35</v>
+      </c>
+      <c r="M43" s="20">
+        <v>10</v>
+      </c>
+      <c r="N43" s="20">
+        <v>75</v>
+      </c>
+      <c r="O43" s="34">
+        <v>61.04</v>
+      </c>
+      <c r="P43" s="20">
+        <v>126955</v>
+      </c>
+      <c r="Q43" s="34">
+        <v>39.979999999999997</v>
+      </c>
+      <c r="R43" s="20">
+        <v>83163</v>
+      </c>
+      <c r="S43" s="34">
+        <v>51.57</v>
+      </c>
+      <c r="T43" s="20">
+        <v>107266</v>
+      </c>
+      <c r="U43" s="34">
+        <v>71.56</v>
+      </c>
+      <c r="V43" s="20">
+        <v>148851</v>
+      </c>
+      <c r="W43" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X43" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y43" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z43" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AA43" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB43" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC43" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AD43" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE43" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AF43" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AG43" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AH43" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AI43" s="19" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="44" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="22" t="s">
+        <v>122</v>
+      </c>
+      <c r="B44" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="C44" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="D44" s="18" t="s">
+        <v>318</v>
+      </c>
+      <c r="E44" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F44" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" s="20">
+        <v>380</v>
+      </c>
+      <c r="H44" s="20">
+        <v>435</v>
+      </c>
+      <c r="I44" s="20">
+        <v>55</v>
+      </c>
+      <c r="J44" s="21">
+        <v>1.4473684210526316</v>
+      </c>
+      <c r="K44" s="20">
+        <v>10</v>
+      </c>
+      <c r="L44" s="20">
+        <v>10</v>
+      </c>
+      <c r="M44" s="20">
+        <v>5</v>
+      </c>
+      <c r="N44" s="20">
+        <v>25</v>
+      </c>
+      <c r="O44" s="34">
+        <v>45.93</v>
+      </c>
+      <c r="P44" s="20">
+        <v>95532</v>
+      </c>
+      <c r="Q44" s="34">
+        <v>34.380000000000003</v>
+      </c>
+      <c r="R44" s="20">
+        <v>71512</v>
+      </c>
+      <c r="S44" s="34">
+        <v>43.71</v>
+      </c>
+      <c r="T44" s="20">
+        <v>90908</v>
+      </c>
+      <c r="U44" s="34">
+        <v>51.7</v>
+      </c>
+      <c r="V44" s="20">
+        <v>107541</v>
+      </c>
+      <c r="W44" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X44" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y44" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z44" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA44" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB44" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC44" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AD44" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE44" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AF44" s="19" t="s">
+        <v>65</v>
+      </c>
+      <c r="AG44" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AH44" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AI44" s="19" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="45" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="B45" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="C45" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="D45" s="18" t="s">
+        <v>318</v>
+      </c>
+      <c r="E45" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F45" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" s="20">
+        <v>2790</v>
+      </c>
+      <c r="H45" s="20">
+        <v>3285</v>
+      </c>
+      <c r="I45" s="20">
+        <v>495</v>
+      </c>
+      <c r="J45" s="21">
+        <v>1.774193548387097</v>
+      </c>
+      <c r="K45" s="20">
+        <v>75</v>
+      </c>
+      <c r="L45" s="20">
+        <v>90</v>
+      </c>
+      <c r="M45" s="20">
+        <v>50</v>
+      </c>
+      <c r="N45" s="20">
+        <v>215</v>
+      </c>
+      <c r="O45" s="34">
+        <v>48.24</v>
+      </c>
+      <c r="P45" s="20">
+        <v>100342</v>
+      </c>
+      <c r="Q45" s="34">
+        <v>35.46</v>
+      </c>
+      <c r="R45" s="20">
+        <v>73756</v>
+      </c>
+      <c r="S45" s="34">
+        <v>48.06</v>
+      </c>
+      <c r="T45" s="20">
+        <v>99956</v>
+      </c>
+      <c r="U45" s="34">
+        <v>54.63</v>
+      </c>
+      <c r="V45" s="20">
+        <v>113635</v>
+      </c>
+      <c r="W45" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X45" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y45" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z45" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA45" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB45" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC45" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AD45" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AE45" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AF45" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AG45" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AH45" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AI45" s="19" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="46" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="22" t="s">
+        <v>156</v>
+      </c>
+      <c r="B46" s="18" t="s">
+        <v>157</v>
+      </c>
+      <c r="C46" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="D46" s="18" t="s">
+        <v>318</v>
+      </c>
+      <c r="E46" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F46" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" s="20">
+        <v>315</v>
+      </c>
+      <c r="H46" s="20">
+        <v>355</v>
+      </c>
+      <c r="I46" s="20">
+        <v>40</v>
+      </c>
+      <c r="J46" s="21">
+        <v>1.2698412698412698</v>
+      </c>
+      <c r="K46" s="20">
+        <v>10</v>
+      </c>
+      <c r="L46" s="20">
+        <v>10</v>
+      </c>
+      <c r="M46" s="20">
+        <v>5</v>
+      </c>
+      <c r="N46" s="20">
+        <v>25</v>
+      </c>
+      <c r="O46" s="34">
+        <v>39.61</v>
+      </c>
+      <c r="P46" s="20">
+        <v>82385</v>
+      </c>
+      <c r="Q46" s="34">
+        <v>28.71</v>
+      </c>
+      <c r="R46" s="20">
+        <v>59715</v>
+      </c>
+      <c r="S46" s="34">
+        <v>36.85</v>
+      </c>
+      <c r="T46" s="20">
+        <v>76644</v>
+      </c>
+      <c r="U46" s="34">
+        <v>45.06</v>
+      </c>
+      <c r="V46" s="20">
+        <v>93720</v>
+      </c>
+      <c r="W46" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X46" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y46" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z46" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA46" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB46" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC46" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AD46" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AE46" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AF46" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG46" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AH46" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AI46" s="19" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="47" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="B47" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="C47" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="D47" s="18" t="s">
+        <v>318</v>
+      </c>
+      <c r="E47" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F47" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" s="20">
+        <v>4875</v>
+      </c>
+      <c r="H47" s="20">
+        <v>5625</v>
+      </c>
+      <c r="I47" s="20">
+        <v>750</v>
+      </c>
+      <c r="J47" s="21">
+        <v>1.5384615384615385</v>
+      </c>
+      <c r="K47" s="20">
+        <v>115</v>
+      </c>
+      <c r="L47" s="20">
+        <v>170</v>
+      </c>
+      <c r="M47" s="20">
+        <v>75</v>
+      </c>
+      <c r="N47" s="20">
+        <v>360</v>
+      </c>
+      <c r="O47" s="34">
+        <v>47.63</v>
+      </c>
+      <c r="P47" s="20">
+        <v>99071</v>
+      </c>
+      <c r="Q47" s="34">
+        <v>33.93</v>
+      </c>
+      <c r="R47" s="20">
+        <v>70574</v>
+      </c>
+      <c r="S47" s="34">
+        <v>46.91</v>
+      </c>
+      <c r="T47" s="20">
+        <v>97573</v>
+      </c>
+      <c r="U47" s="34">
+        <v>54.48</v>
+      </c>
+      <c r="V47" s="20">
+        <v>113320</v>
+      </c>
+      <c r="W47" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X47" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y47" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z47" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA47" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB47" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC47" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AD47" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AE47" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AF47" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="AG47" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AH47" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="AI47" s="19" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="48" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="22" t="s">
+        <v>216</v>
+      </c>
+      <c r="B48" s="18" t="s">
+        <v>217</v>
+      </c>
+      <c r="C48" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="D48" s="18" t="s">
+        <v>318</v>
+      </c>
+      <c r="E48" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F48" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" s="20">
+        <v>430</v>
+      </c>
+      <c r="H48" s="20">
+        <v>460</v>
+      </c>
+      <c r="I48" s="20">
+        <v>30</v>
+      </c>
+      <c r="J48" s="21">
+        <v>0.69767441860465118</v>
+      </c>
+      <c r="K48" s="20">
+        <v>10</v>
+      </c>
+      <c r="L48" s="20">
+        <v>15</v>
+      </c>
+      <c r="M48" s="20">
+        <v>5</v>
+      </c>
+      <c r="N48" s="20">
+        <v>30</v>
+      </c>
+      <c r="O48" s="34">
+        <v>47.86</v>
+      </c>
+      <c r="P48" s="20">
+        <v>99557</v>
+      </c>
+      <c r="Q48" s="34">
+        <v>34.700000000000003</v>
+      </c>
+      <c r="R48" s="20">
+        <v>72185</v>
+      </c>
+      <c r="S48" s="34">
+        <v>48.17</v>
+      </c>
+      <c r="T48" s="20">
+        <v>100197</v>
+      </c>
+      <c r="U48" s="34">
+        <v>54.44</v>
+      </c>
+      <c r="V48" s="20">
+        <v>113243</v>
+      </c>
+      <c r="W48" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X48" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y48" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z48" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA48" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB48" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC48" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD48" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE48" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF48" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG48" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH48" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI48" s="19" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="49" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="22" t="s">
+        <v>123</v>
+      </c>
+      <c r="B49" s="18" t="s">
+        <v>332</v>
+      </c>
+      <c r="C49" s="18" t="s">
+        <v>183</v>
+      </c>
+      <c r="D49" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="E49" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F49" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" s="20">
+        <v>1345</v>
+      </c>
+      <c r="H49" s="20">
+        <v>1425</v>
+      </c>
+      <c r="I49" s="20">
+        <v>80</v>
+      </c>
+      <c r="J49" s="21">
+        <v>0.59479553903345717</v>
+      </c>
+      <c r="K49" s="20">
+        <v>55</v>
+      </c>
+      <c r="L49" s="20">
+        <v>70</v>
+      </c>
+      <c r="M49" s="20">
+        <v>10</v>
+      </c>
+      <c r="N49" s="20">
+        <v>135</v>
+      </c>
+      <c r="O49" s="34">
+        <v>31.3</v>
+      </c>
+      <c r="P49" s="20">
+        <v>65096</v>
+      </c>
+      <c r="Q49" s="34">
+        <v>22.44</v>
+      </c>
+      <c r="R49" s="20">
+        <v>46676</v>
+      </c>
+      <c r="S49" s="34">
+        <v>30.6</v>
+      </c>
+      <c r="T49" s="20">
+        <v>63638</v>
+      </c>
+      <c r="U49" s="34">
+        <v>35.72</v>
+      </c>
+      <c r="V49" s="20">
+        <v>74306</v>
+      </c>
+      <c r="W49" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="X49" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y49" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z49" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA49" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AB49" s="19" t="s">
+        <v>65</v>
+      </c>
+      <c r="AC49" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AD49" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AE49" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AF49" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AG49" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AH49" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AI49" s="19" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="50" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="22" t="s">
+        <v>124</v>
+      </c>
+      <c r="B50" s="18" t="s">
+        <v>125</v>
+      </c>
+      <c r="C50" s="18" t="s">
+        <v>218</v>
+      </c>
+      <c r="D50" s="18" t="s">
+        <v>219</v>
+      </c>
+      <c r="E50" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F50" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" s="20">
+        <v>810</v>
+      </c>
+      <c r="H50" s="20">
+        <v>800</v>
+      </c>
+      <c r="I50" s="20">
+        <v>-15</v>
+      </c>
+      <c r="J50" s="21">
+        <v>-0.18518518518518517</v>
+      </c>
+      <c r="K50" s="20">
+        <v>30</v>
+      </c>
+      <c r="L50" s="20">
+        <v>35</v>
+      </c>
+      <c r="M50" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="N50" s="20">
+        <v>65</v>
+      </c>
+      <c r="O50" s="34">
+        <v>33.22</v>
+      </c>
+      <c r="P50" s="20">
+        <v>69096</v>
+      </c>
+      <c r="Q50" s="34">
+        <v>25.06</v>
+      </c>
+      <c r="R50" s="20">
+        <v>52132</v>
+      </c>
+      <c r="S50" s="34">
+        <v>31.33</v>
+      </c>
+      <c r="T50" s="20">
+        <v>65157</v>
+      </c>
+      <c r="U50" s="34">
+        <v>37.299999999999997</v>
+      </c>
+      <c r="V50" s="20">
+        <v>77577</v>
+      </c>
+      <c r="W50" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="X50" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y50" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z50" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AA50" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB50" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AC50" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AD50" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AE50" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AF50" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AG50" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="AH50" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="AI50" s="19" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="51" spans="1:35" s="36" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="22" t="s">
+        <v>100</v>
+      </c>
+      <c r="B51" s="18" t="s">
+        <v>333</v>
+      </c>
+      <c r="C51" s="18" t="s">
+        <v>183</v>
+      </c>
+      <c r="D51" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="E51" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F51" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" s="20">
+        <v>1055</v>
+      </c>
+      <c r="H51" s="20">
+        <v>1090</v>
+      </c>
+      <c r="I51" s="20">
+        <v>40</v>
+      </c>
+      <c r="J51" s="21">
+        <v>0.37914691943127965</v>
+      </c>
+      <c r="K51" s="20">
+        <v>40</v>
+      </c>
+      <c r="L51" s="20">
+        <v>55</v>
+      </c>
+      <c r="M51" s="20">
+        <v>5</v>
+      </c>
+      <c r="N51" s="20">
+        <v>100</v>
+      </c>
+      <c r="O51" s="34">
+        <v>32.19</v>
+      </c>
+      <c r="P51" s="20">
+        <v>66946</v>
+      </c>
+      <c r="Q51" s="34">
+        <v>23.21</v>
+      </c>
+      <c r="R51" s="20">
+        <v>48269</v>
+      </c>
+      <c r="S51" s="34">
+        <v>31.34</v>
+      </c>
+      <c r="T51" s="20">
+        <v>65190</v>
+      </c>
+      <c r="U51" s="34">
+        <v>36.68</v>
+      </c>
+      <c r="V51" s="20">
+        <v>76284</v>
+      </c>
+      <c r="W51" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="X51" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y51" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z51" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AA51" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB51" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC51" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AD51" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AE51" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AF51" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AG51" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AH51" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AI51" s="19" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="52" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="B52" s="18" t="s">
+        <v>334</v>
+      </c>
+      <c r="C52" s="18" t="s">
+        <v>218</v>
+      </c>
+      <c r="D52" s="18" t="s">
+        <v>219</v>
+      </c>
+      <c r="E52" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F52" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" s="20">
+        <v>1015</v>
+      </c>
+      <c r="H52" s="20">
+        <v>1045</v>
+      </c>
+      <c r="I52" s="20">
+        <v>30</v>
+      </c>
+      <c r="J52" s="21">
+        <v>0.29556650246305416</v>
+      </c>
+      <c r="K52" s="20">
+        <v>50</v>
+      </c>
+      <c r="L52" s="20">
+        <v>45</v>
+      </c>
+      <c r="M52" s="20">
+        <v>5</v>
+      </c>
+      <c r="N52" s="20">
+        <v>100</v>
+      </c>
+      <c r="O52" s="34">
+        <v>34.659999999999997</v>
+      </c>
+      <c r="P52" s="20">
+        <v>72097</v>
+      </c>
+      <c r="Q52" s="34">
+        <v>21.7</v>
+      </c>
+      <c r="R52" s="20">
+        <v>45132</v>
+      </c>
+      <c r="S52" s="34">
+        <v>35.64</v>
+      </c>
+      <c r="T52" s="20">
+        <v>74139</v>
+      </c>
+      <c r="U52" s="34">
+        <v>41.14</v>
+      </c>
+      <c r="V52" s="20">
+        <v>85579</v>
+      </c>
+      <c r="W52" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="X52" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y52" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z52" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA52" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB52" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC52" s="19" t="s">
+        <v>78</v>
+      </c>
+      <c r="AD52" s="19" t="s">
+        <v>79</v>
+      </c>
+      <c r="AE52" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AF52" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AG52" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AH52" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AI52" s="19" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="53" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="22" t="s">
+        <v>145</v>
+      </c>
+      <c r="B53" s="18" t="s">
+        <v>335</v>
+      </c>
+      <c r="C53" s="18" t="s">
+        <v>218</v>
+      </c>
+      <c r="D53" s="18" t="s">
+        <v>219</v>
+      </c>
+      <c r="E53" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F53" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" s="20">
+        <v>205</v>
+      </c>
+      <c r="H53" s="20">
+        <v>210</v>
+      </c>
+      <c r="I53" s="20">
+        <v>0</v>
+      </c>
+      <c r="J53" s="21">
+        <v>0</v>
+      </c>
+      <c r="K53" s="20">
+        <v>10</v>
+      </c>
+      <c r="L53" s="20">
+        <v>10</v>
+      </c>
+      <c r="M53" s="20">
+        <v>0</v>
+      </c>
+      <c r="N53" s="20">
+        <v>20</v>
+      </c>
+      <c r="O53" s="34">
+        <v>35.94</v>
+      </c>
+      <c r="P53" s="20">
+        <v>74761</v>
+      </c>
+      <c r="Q53" s="34">
+        <v>25.57</v>
+      </c>
+      <c r="R53" s="20">
+        <v>53190</v>
+      </c>
+      <c r="S53" s="34">
+        <v>37.590000000000003</v>
+      </c>
+      <c r="T53" s="20">
+        <v>78186</v>
+      </c>
+      <c r="U53" s="34">
+        <v>41.13</v>
+      </c>
+      <c r="V53" s="20">
+        <v>85547</v>
+      </c>
+      <c r="W53" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="X53" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y53" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z53" s="19" t="s">
+        <v>73</v>
+      </c>
+      <c r="AA53" s="19" t="s">
+        <v>79</v>
+      </c>
+      <c r="AB53" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AC53" s="19" t="s">
+        <v>78</v>
+      </c>
+      <c r="AD53" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AE53" s="19" t="s">
+        <v>69</v>
+      </c>
+      <c r="AF53" s="19" t="s">
+        <v>77</v>
+      </c>
+      <c r="AG53" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AH53" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AI53" s="19" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="54" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="B54" s="18" t="s">
+        <v>336</v>
+      </c>
+      <c r="C54" s="18" t="s">
+        <v>218</v>
+      </c>
+      <c r="D54" s="18" t="s">
+        <v>219</v>
+      </c>
+      <c r="E54" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F54" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" s="20">
+        <v>915</v>
+      </c>
+      <c r="H54" s="20">
+        <v>995</v>
+      </c>
+      <c r="I54" s="20">
+        <v>80</v>
+      </c>
+      <c r="J54" s="21">
+        <v>0.87431693989071035</v>
+      </c>
+      <c r="K54" s="20">
+        <v>35</v>
+      </c>
+      <c r="L54" s="20">
+        <v>50</v>
+      </c>
+      <c r="M54" s="20">
+        <v>10</v>
+      </c>
+      <c r="N54" s="20">
+        <v>95</v>
+      </c>
+      <c r="O54" s="34">
+        <v>31.52</v>
+      </c>
+      <c r="P54" s="20">
+        <v>65569</v>
+      </c>
+      <c r="Q54" s="34">
+        <v>23.15</v>
+      </c>
+      <c r="R54" s="20">
+        <v>48158</v>
+      </c>
+      <c r="S54" s="34">
+        <v>29.01</v>
+      </c>
+      <c r="T54" s="20">
+        <v>60333</v>
+      </c>
+      <c r="U54" s="34">
+        <v>35.71</v>
+      </c>
+      <c r="V54" s="20">
+        <v>74275</v>
+      </c>
+      <c r="W54" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="X54" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y54" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z54" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA54" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB54" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AC54" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AD54" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AE54" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AF54" s="19" t="s">
+        <v>65</v>
+      </c>
+      <c r="AG54" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="AH54" s="19" t="s">
+        <v>220</v>
+      </c>
+      <c r="AI54" s="19" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="55" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="22" t="s">
+        <v>126</v>
+      </c>
+      <c r="B55" s="18" t="s">
+        <v>337</v>
+      </c>
+      <c r="C55" s="18" t="s">
+        <v>218</v>
+      </c>
+      <c r="D55" s="18" t="s">
+        <v>219</v>
+      </c>
+      <c r="E55" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F55" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" s="20">
+        <v>605</v>
+      </c>
+      <c r="H55" s="20">
+        <v>620</v>
+      </c>
+      <c r="I55" s="20">
+        <v>15</v>
+      </c>
+      <c r="J55" s="21">
+        <v>0.24793388429752067</v>
+      </c>
+      <c r="K55" s="20">
+        <v>25</v>
+      </c>
+      <c r="L55" s="20">
+        <v>30</v>
+      </c>
+      <c r="M55" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="N55" s="20">
+        <v>55</v>
+      </c>
+      <c r="O55" s="34">
+        <v>36.57</v>
+      </c>
+      <c r="P55" s="20">
+        <v>76059</v>
+      </c>
+      <c r="Q55" s="34">
+        <v>25.27</v>
+      </c>
+      <c r="R55" s="20">
+        <v>52556</v>
+      </c>
+      <c r="S55" s="34">
+        <v>31.81</v>
+      </c>
+      <c r="T55" s="20">
+        <v>66163</v>
+      </c>
+      <c r="U55" s="34">
+        <v>42.22</v>
+      </c>
+      <c r="V55" s="20">
+        <v>87811</v>
+      </c>
+      <c r="W55" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="X55" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y55" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z55" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA55" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB55" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC55" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AD55" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AE55" s="19" t="s">
+        <v>73</v>
+      </c>
+      <c r="AF55" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AG55" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AH55" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AI55" s="19" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="56" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="B56" s="18" t="s">
+        <v>338</v>
+      </c>
+      <c r="C56" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D56" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="E56" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F56" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" s="20">
+        <v>550</v>
+      </c>
+      <c r="H56" s="20">
+        <v>600</v>
+      </c>
+      <c r="I56" s="20">
+        <v>45</v>
+      </c>
+      <c r="J56" s="21">
+        <v>0.81818181818181812</v>
+      </c>
+      <c r="K56" s="20">
+        <v>20</v>
+      </c>
+      <c r="L56" s="20">
+        <v>30</v>
+      </c>
+      <c r="M56" s="20">
+        <v>5</v>
+      </c>
+      <c r="N56" s="20">
+        <v>55</v>
+      </c>
+      <c r="O56" s="34">
+        <v>32.229999999999997</v>
+      </c>
+      <c r="P56" s="20">
+        <v>67030</v>
+      </c>
+      <c r="Q56" s="34">
+        <v>22.56</v>
+      </c>
+      <c r="R56" s="20">
+        <v>46915</v>
+      </c>
+      <c r="S56" s="34">
+        <v>30.75</v>
+      </c>
+      <c r="T56" s="20">
+        <v>63960</v>
+      </c>
+      <c r="U56" s="34">
+        <v>37.06</v>
+      </c>
+      <c r="V56" s="20">
+        <v>77088</v>
+      </c>
+      <c r="W56" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="X56" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y56" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z56" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA56" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB56" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC56" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD56" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE56" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF56" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG56" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH56" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI56" s="19" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="57" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="22" t="s">
+        <v>127</v>
+      </c>
+      <c r="B57" s="18" t="s">
+        <v>339</v>
+      </c>
+      <c r="C57" s="18" t="s">
+        <v>183</v>
+      </c>
+      <c r="D57" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="E57" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F57" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" s="20">
+        <v>365</v>
+      </c>
+      <c r="H57" s="20">
+        <v>385</v>
+      </c>
+      <c r="I57" s="20">
+        <v>20</v>
+      </c>
+      <c r="J57" s="21">
+        <v>0.54794520547945202</v>
+      </c>
+      <c r="K57" s="20">
+        <v>15</v>
+      </c>
+      <c r="L57" s="20">
+        <v>30</v>
+      </c>
+      <c r="M57" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="N57" s="20">
+        <v>45</v>
+      </c>
+      <c r="O57" s="34">
+        <v>26.53</v>
+      </c>
+      <c r="P57" s="20">
+        <v>55185</v>
+      </c>
+      <c r="Q57" s="34">
+        <v>18.510000000000002</v>
+      </c>
+      <c r="R57" s="20">
+        <v>38494</v>
+      </c>
+      <c r="S57" s="34">
+        <v>25.58</v>
+      </c>
+      <c r="T57" s="20">
+        <v>53214</v>
+      </c>
+      <c r="U57" s="34">
+        <v>30.54</v>
+      </c>
+      <c r="V57" s="20">
+        <v>63531</v>
+      </c>
+      <c r="W57" s="38" t="s">
+        <v>54</v>
+      </c>
+      <c r="X57" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y57" s="38" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z57" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA57" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB57" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AC57" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AD57" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE57" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AF57" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AG57" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AH57" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AI57" s="19" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="58" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="E58" s="19"/>
+      <c r="J58" s="21"/>
+      <c r="W58" s="38"/>
+      <c r="X58" s="38"/>
+      <c r="Y58" s="38"/>
+      <c r="Z58" s="19"/>
+      <c r="AA58" s="19"/>
+      <c r="AB58" s="19"/>
+      <c r="AC58" s="19"/>
+      <c r="AD58" s="19"/>
+      <c r="AE58" s="19"/>
+      <c r="AF58" s="19"/>
+      <c r="AG58" s="19"/>
+      <c r="AH58" s="19"/>
+      <c r="AI58" s="19"/>
+    </row>
+    <row r="59" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="36" t="s">
+        <v>370</v>
+      </c>
+      <c r="B59" s="39" t="s">
+        <v>371</v>
+      </c>
+      <c r="G59" s="41"/>
+      <c r="H59" s="41"/>
+      <c r="I59" s="41"/>
+      <c r="J59" s="42"/>
+      <c r="K59" s="41"/>
+      <c r="L59" s="41"/>
+      <c r="M59" s="41"/>
+      <c r="N59" s="41"/>
+      <c r="O59" s="43"/>
+      <c r="P59" s="41"/>
+      <c r="Q59" s="43"/>
+      <c r="R59" s="41"/>
+      <c r="S59" s="43"/>
+      <c r="T59" s="41"/>
+      <c r="U59" s="43"/>
+      <c r="V59" s="41"/>
+      <c r="W59" s="44"/>
+      <c r="X59" s="44"/>
+      <c r="Y59" s="44"/>
+      <c r="Z59" s="19"/>
+      <c r="AA59" s="19"/>
+      <c r="AB59" s="19"/>
+      <c r="AC59" s="19"/>
+      <c r="AD59" s="19"/>
+      <c r="AE59" s="19"/>
+      <c r="AF59" s="19"/>
+      <c r="AG59" s="19"/>
+      <c r="AH59" s="19"/>
+      <c r="AI59" s="19"/>
+    </row>
+    <row r="60" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="22" t="s">
+        <v>128</v>
+      </c>
+      <c r="B60" s="18" t="s">
+        <v>129</v>
+      </c>
+      <c r="C60" s="18" t="s">
+        <v>182</v>
+      </c>
+      <c r="D60" s="18" t="s">
+        <v>224</v>
+      </c>
+      <c r="E60" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F60" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" s="20">
+        <v>305</v>
+      </c>
+      <c r="H60" s="20">
+        <v>315</v>
+      </c>
+      <c r="I60" s="20">
+        <v>5</v>
+      </c>
+      <c r="J60" s="21">
+        <v>0.16393442622950821</v>
+      </c>
+      <c r="K60" s="20">
+        <v>5</v>
+      </c>
+      <c r="L60" s="20">
+        <v>20</v>
+      </c>
+      <c r="M60" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="N60" s="20">
+        <v>25</v>
+      </c>
+      <c r="O60" s="34">
+        <v>52.87</v>
+      </c>
+      <c r="P60" s="20">
+        <v>109979</v>
+      </c>
+      <c r="Q60" s="34">
+        <v>27.02</v>
+      </c>
+      <c r="R60" s="20">
+        <v>56197</v>
+      </c>
+      <c r="S60" s="34">
+        <v>46</v>
+      </c>
+      <c r="T60" s="20">
+        <v>95675</v>
+      </c>
+      <c r="U60" s="34">
+        <v>65.8</v>
+      </c>
+      <c r="V60" s="20">
+        <v>136870</v>
+      </c>
+      <c r="W60" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X60" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y60" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z60" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA60" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AB60" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AC60" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AD60" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="AE60" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AF60" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AG60" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AH60" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AI60" s="19" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="61" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="22" t="s">
+        <v>101</v>
+      </c>
+      <c r="B61" s="18" t="s">
+        <v>340</v>
+      </c>
+      <c r="C61" s="18" t="s">
+        <v>182</v>
+      </c>
+      <c r="D61" s="18" t="s">
+        <v>341</v>
+      </c>
+      <c r="E61" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F61" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" s="20">
+        <v>455</v>
+      </c>
+      <c r="H61" s="20">
+        <v>470</v>
+      </c>
+      <c r="I61" s="20">
+        <v>15</v>
+      </c>
+      <c r="J61" s="21">
+        <v>0.32967032967032966</v>
+      </c>
+      <c r="K61" s="20">
+        <v>5</v>
+      </c>
+      <c r="L61" s="20">
+        <v>30</v>
+      </c>
+      <c r="M61" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="N61" s="20">
+        <v>40</v>
+      </c>
+      <c r="O61" s="34">
+        <v>32.92</v>
+      </c>
+      <c r="P61" s="20">
+        <v>68483</v>
+      </c>
+      <c r="Q61" s="34">
+        <v>22.47</v>
+      </c>
+      <c r="R61" s="20">
+        <v>46742</v>
+      </c>
+      <c r="S61" s="34">
+        <v>30.51</v>
+      </c>
+      <c r="T61" s="20">
+        <v>63454</v>
+      </c>
+      <c r="U61" s="34">
+        <v>38.15</v>
+      </c>
+      <c r="V61" s="20">
+        <v>79354</v>
+      </c>
+      <c r="W61" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X61" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y61" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z61" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA61" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB61" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AC61" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AD61" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AE61" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AF61" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AG61" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AH61" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AI61" s="19" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="62" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B62" s="18" t="s">
+        <v>342</v>
+      </c>
+      <c r="C62" s="18" t="s">
+        <v>182</v>
+      </c>
+      <c r="D62" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="E62" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F62" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" s="20">
+        <v>1505</v>
+      </c>
+      <c r="H62" s="20">
+        <v>1590</v>
+      </c>
+      <c r="I62" s="20">
+        <v>85</v>
+      </c>
+      <c r="J62" s="21">
+        <v>0.56478405315614622</v>
+      </c>
+      <c r="K62" s="20">
+        <v>25</v>
+      </c>
+      <c r="L62" s="20">
+        <v>95</v>
+      </c>
+      <c r="M62" s="20">
+        <v>10</v>
+      </c>
+      <c r="N62" s="20">
+        <v>130</v>
+      </c>
+      <c r="O62" s="34">
+        <v>40.26</v>
+      </c>
+      <c r="P62" s="20">
+        <v>83735</v>
+      </c>
+      <c r="Q62" s="34">
+        <v>24.12</v>
+      </c>
+      <c r="R62" s="20">
+        <v>50163</v>
+      </c>
+      <c r="S62" s="34">
+        <v>34.83</v>
+      </c>
+      <c r="T62" s="20">
+        <v>72438</v>
+      </c>
+      <c r="U62" s="34">
+        <v>48.33</v>
+      </c>
+      <c r="V62" s="20">
+        <v>100521</v>
+      </c>
+      <c r="W62" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X62" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y62" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z62" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AA62" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB62" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC62" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="AD62" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AE62" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AF62" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AG62" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AH62" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AI62" s="19" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="63" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="22" t="s">
+        <v>226</v>
+      </c>
+      <c r="B63" s="18" t="s">
+        <v>227</v>
+      </c>
+      <c r="C63" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="D63" s="18" t="s">
+        <v>330</v>
+      </c>
+      <c r="E63" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F63" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" s="20">
+        <v>330</v>
+      </c>
+      <c r="H63" s="20">
+        <v>345</v>
+      </c>
+      <c r="I63" s="20">
+        <v>15</v>
+      </c>
+      <c r="J63" s="21">
+        <v>0.45454545454545459</v>
+      </c>
+      <c r="K63" s="20">
+        <v>5</v>
+      </c>
+      <c r="L63" s="20">
+        <v>20</v>
+      </c>
+      <c r="M63" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="N63" s="20">
+        <v>25</v>
+      </c>
+      <c r="O63" s="34">
+        <v>39.07</v>
+      </c>
+      <c r="P63" s="20">
+        <v>81256</v>
+      </c>
+      <c r="Q63" s="34">
+        <v>24.75</v>
+      </c>
+      <c r="R63" s="20">
+        <v>51485</v>
+      </c>
+      <c r="S63" s="34">
+        <v>38.06</v>
+      </c>
+      <c r="T63" s="20">
+        <v>79170</v>
+      </c>
+      <c r="U63" s="34">
+        <v>46.22</v>
+      </c>
+      <c r="V63" s="20">
+        <v>96142</v>
+      </c>
+      <c r="W63" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X63" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y63" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z63" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA63" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB63" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC63" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD63" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE63" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF63" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG63" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH63" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI63" s="19" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="64" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="22" t="s">
+        <v>102</v>
+      </c>
+      <c r="B64" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="C64" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="D64" s="18" t="s">
+        <v>330</v>
+      </c>
+      <c r="E64" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F64" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" s="20">
+        <v>865</v>
+      </c>
+      <c r="H64" s="20">
+        <v>950</v>
+      </c>
+      <c r="I64" s="20">
+        <v>85</v>
+      </c>
+      <c r="J64" s="21">
+        <v>0.98265895953757232</v>
+      </c>
+      <c r="K64" s="20">
+        <v>15</v>
+      </c>
+      <c r="L64" s="20">
+        <v>55</v>
+      </c>
+      <c r="M64" s="20">
+        <v>10</v>
+      </c>
+      <c r="N64" s="20">
+        <v>80</v>
+      </c>
+      <c r="O64" s="34">
+        <v>32.479999999999997</v>
+      </c>
+      <c r="P64" s="20">
+        <v>67569</v>
+      </c>
+      <c r="Q64" s="34">
+        <v>23.68</v>
+      </c>
+      <c r="R64" s="20">
+        <v>49249</v>
+      </c>
+      <c r="S64" s="34">
+        <v>30.77</v>
+      </c>
+      <c r="T64" s="20">
+        <v>64007</v>
+      </c>
+      <c r="U64" s="34">
+        <v>36.89</v>
+      </c>
+      <c r="V64" s="20">
+        <v>76728</v>
+      </c>
+      <c r="W64" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X64" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y64" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z64" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA64" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB64" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AC64" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AD64" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AE64" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="AF64" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AG64" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AH64" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AI64" s="19" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="65" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B65" s="18" t="s">
+        <v>228</v>
+      </c>
+      <c r="C65" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D65" s="18" t="s">
+        <v>343</v>
+      </c>
+      <c r="E65" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F65" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" s="20">
+        <v>715</v>
+      </c>
+      <c r="H65" s="20">
+        <v>845</v>
+      </c>
+      <c r="I65" s="20">
+        <v>130</v>
+      </c>
+      <c r="J65" s="21">
+        <v>1.8181818181818183</v>
+      </c>
+      <c r="K65" s="20">
+        <v>10</v>
+      </c>
+      <c r="L65" s="20">
+        <v>30</v>
+      </c>
+      <c r="M65" s="20">
+        <v>15</v>
+      </c>
+      <c r="N65" s="20">
+        <v>50</v>
+      </c>
+      <c r="O65" s="34">
+        <v>43.73</v>
+      </c>
+      <c r="P65" s="20">
+        <v>90961</v>
+      </c>
+      <c r="Q65" s="34">
+        <v>30.19</v>
+      </c>
+      <c r="R65" s="20">
+        <v>62790</v>
+      </c>
+      <c r="S65" s="34">
+        <v>40.869999999999997</v>
+      </c>
+      <c r="T65" s="20">
+        <v>85009</v>
+      </c>
+      <c r="U65" s="34">
+        <v>50.5</v>
+      </c>
+      <c r="V65" s="20">
+        <v>105046</v>
+      </c>
+      <c r="W65" s="38" t="s">
+        <v>74</v>
+      </c>
+      <c r="X65" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y65" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z65" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AA65" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AB65" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="AC65" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AD65" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AE65" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AF65" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AG65" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AH65" s="19" t="s">
+        <v>65</v>
+      </c>
+      <c r="AI65" s="19" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="66" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="22" t="s">
+        <v>130</v>
+      </c>
+      <c r="B66" s="18" t="s">
+        <v>131</v>
+      </c>
+      <c r="C66" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="D66" s="18" t="s">
+        <v>330</v>
+      </c>
+      <c r="E66" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F66" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" s="20">
+        <v>645</v>
+      </c>
+      <c r="H66" s="20">
+        <v>740</v>
+      </c>
+      <c r="I66" s="20">
+        <v>100</v>
+      </c>
+      <c r="J66" s="21">
+        <v>1.5503875968992249</v>
+      </c>
+      <c r="K66" s="20">
+        <v>10</v>
+      </c>
+      <c r="L66" s="20">
+        <v>35</v>
+      </c>
+      <c r="M66" s="20">
+        <v>10</v>
+      </c>
+      <c r="N66" s="20">
+        <v>55</v>
+      </c>
+      <c r="O66" s="34">
+        <v>43.76</v>
+      </c>
+      <c r="P66" s="20">
+        <v>91025</v>
+      </c>
+      <c r="Q66" s="34">
+        <v>29.43</v>
+      </c>
+      <c r="R66" s="20">
+        <v>61224</v>
+      </c>
+      <c r="S66" s="34">
+        <v>39.340000000000003</v>
+      </c>
+      <c r="T66" s="20">
+        <v>81830</v>
+      </c>
+      <c r="U66" s="34">
+        <v>50.93</v>
+      </c>
+      <c r="V66" s="20">
+        <v>105926</v>
+      </c>
+      <c r="W66" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X66" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y66" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z66" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="AA66" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB66" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC66" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AD66" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE66" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AF66" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AG66" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AH66" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AI66" s="19" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="67" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="B67" s="18" t="s">
+        <v>344</v>
+      </c>
+      <c r="C67" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="D67" s="18" t="s">
+        <v>330</v>
+      </c>
+      <c r="E67" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F67" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" s="20">
+        <v>640</v>
+      </c>
+      <c r="H67" s="20">
+        <v>685</v>
+      </c>
+      <c r="I67" s="20">
+        <v>45</v>
+      </c>
+      <c r="J67" s="21">
+        <v>0.703125</v>
+      </c>
+      <c r="K67" s="20">
+        <v>10</v>
+      </c>
+      <c r="L67" s="20">
+        <v>40</v>
+      </c>
+      <c r="M67" s="20">
+        <v>5</v>
+      </c>
+      <c r="N67" s="20">
+        <v>55</v>
+      </c>
+      <c r="O67" s="34">
+        <v>38</v>
+      </c>
+      <c r="P67" s="20">
+        <v>79034</v>
+      </c>
+      <c r="Q67" s="34">
+        <v>26.89</v>
+      </c>
+      <c r="R67" s="20">
+        <v>55932</v>
+      </c>
+      <c r="S67" s="34">
+        <v>35.6</v>
+      </c>
+      <c r="T67" s="20">
+        <v>74058</v>
+      </c>
+      <c r="U67" s="34">
+        <v>43.55</v>
+      </c>
+      <c r="V67" s="20">
+        <v>90585</v>
+      </c>
+      <c r="W67" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X67" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y67" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z67" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA67" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AB67" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC67" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="AD67" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AE67" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AF67" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AG67" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AH67" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="AI67" s="19" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="68" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="22" t="s">
+        <v>229</v>
+      </c>
+      <c r="B68" s="18" t="s">
+        <v>345</v>
+      </c>
+      <c r="C68" s="18" t="s">
         <v>191</v>
       </c>
-      <c r="C11" s="18" t="s">
+      <c r="D68" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="E68" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F68" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" s="20">
+        <v>635</v>
+      </c>
+      <c r="H68" s="20">
+        <v>765</v>
+      </c>
+      <c r="I68" s="20">
+        <v>130</v>
+      </c>
+      <c r="J68" s="21">
+        <v>2.0472440944881889</v>
+      </c>
+      <c r="K68" s="20">
+        <v>15</v>
+      </c>
+      <c r="L68" s="20">
+        <v>20</v>
+      </c>
+      <c r="M68" s="20">
+        <v>15</v>
+      </c>
+      <c r="N68" s="20">
+        <v>45</v>
+      </c>
+      <c r="O68" s="34">
+        <v>49.31</v>
+      </c>
+      <c r="P68" s="20">
+        <v>102558</v>
+      </c>
+      <c r="Q68" s="34">
+        <v>29.86</v>
+      </c>
+      <c r="R68" s="20">
+        <v>62107</v>
+      </c>
+      <c r="S68" s="34">
+        <v>47.4</v>
+      </c>
+      <c r="T68" s="20">
+        <v>98583</v>
+      </c>
+      <c r="U68" s="34">
+        <v>59.03</v>
+      </c>
+      <c r="V68" s="20">
+        <v>122783</v>
+      </c>
+      <c r="W68" s="38" t="s">
+        <v>74</v>
+      </c>
+      <c r="X68" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y68" s="38" t="s">
+        <v>72</v>
+      </c>
+      <c r="Z68" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA68" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AB68" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC68" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AD68" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AE68" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AF68" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AG68" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AH68" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AI68" s="19" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="69" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="B69" s="18" t="s">
+        <v>232</v>
+      </c>
+      <c r="C69" s="18" t="s">
+        <v>191</v>
+      </c>
+      <c r="D69" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="E69" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F69" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" s="20">
+        <v>560</v>
+      </c>
+      <c r="H69" s="20">
+        <v>605</v>
+      </c>
+      <c r="I69" s="20">
+        <v>40</v>
+      </c>
+      <c r="J69" s="21">
+        <v>0.71428571428571419</v>
+      </c>
+      <c r="K69" s="20">
+        <v>10</v>
+      </c>
+      <c r="L69" s="20">
+        <v>25</v>
+      </c>
+      <c r="M69" s="20">
+        <v>5</v>
+      </c>
+      <c r="N69" s="20">
+        <v>40</v>
+      </c>
+      <c r="O69" s="34">
+        <v>32.19</v>
+      </c>
+      <c r="P69" s="20">
+        <v>66962</v>
+      </c>
+      <c r="Q69" s="34">
+        <v>21.03</v>
+      </c>
+      <c r="R69" s="20">
+        <v>43736</v>
+      </c>
+      <c r="S69" s="34">
+        <v>33.799999999999997</v>
+      </c>
+      <c r="T69" s="20">
+        <v>70304</v>
+      </c>
+      <c r="U69" s="34">
+        <v>37.78</v>
+      </c>
+      <c r="V69" s="20">
+        <v>78575</v>
+      </c>
+      <c r="W69" s="38" t="s">
+        <v>58</v>
+      </c>
+      <c r="X69" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y69" s="38" t="s">
+        <v>72</v>
+      </c>
+      <c r="Z69" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA69" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB69" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC69" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AD69" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AE69" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AF69" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AG69" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AH69" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AI69" s="19" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="70" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="22" t="s">
+        <v>132</v>
+      </c>
+      <c r="B70" s="18" t="s">
+        <v>346</v>
+      </c>
+      <c r="C70" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="D70" s="18" t="s">
+        <v>347</v>
+      </c>
+      <c r="E70" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F70" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" s="20">
+        <v>290</v>
+      </c>
+      <c r="H70" s="20">
+        <v>315</v>
+      </c>
+      <c r="I70" s="20">
+        <v>25</v>
+      </c>
+      <c r="J70" s="21">
+        <v>0.86206896551724144</v>
+      </c>
+      <c r="K70" s="20">
+        <v>5</v>
+      </c>
+      <c r="L70" s="20">
+        <v>15</v>
+      </c>
+      <c r="M70" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="N70" s="20">
+        <v>25</v>
+      </c>
+      <c r="O70" s="34">
+        <v>36.630000000000003</v>
+      </c>
+      <c r="P70" s="20">
+        <v>76192</v>
+      </c>
+      <c r="Q70" s="34">
+        <v>27.26</v>
+      </c>
+      <c r="R70" s="20">
+        <v>56708</v>
+      </c>
+      <c r="S70" s="34">
+        <v>36.450000000000003</v>
+      </c>
+      <c r="T70" s="20">
+        <v>75808</v>
+      </c>
+      <c r="U70" s="34">
+        <v>41.31</v>
+      </c>
+      <c r="V70" s="20">
+        <v>85934</v>
+      </c>
+      <c r="W70" s="38" t="s">
+        <v>58</v>
+      </c>
+      <c r="X70" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y70" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z70" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA70" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AB70" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC70" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AD70" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AE70" s="19" t="s">
+        <v>65</v>
+      </c>
+      <c r="AF70" s="19" t="s">
+        <v>234</v>
+      </c>
+      <c r="AG70" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AH70" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="AI70" s="19" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="71" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="22" t="s">
+        <v>235</v>
+      </c>
+      <c r="B71" s="18" t="s">
+        <v>236</v>
+      </c>
+      <c r="C71" s="18" t="s">
+        <v>182</v>
+      </c>
+      <c r="D71" s="18" t="s">
+        <v>341</v>
+      </c>
+      <c r="E71" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F71" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" s="20">
+        <v>1600</v>
+      </c>
+      <c r="H71" s="20">
+        <v>1630</v>
+      </c>
+      <c r="I71" s="20">
+        <v>30</v>
+      </c>
+      <c r="J71" s="21">
+        <v>0.1875</v>
+      </c>
+      <c r="K71" s="20">
+        <v>40</v>
+      </c>
+      <c r="L71" s="20">
+        <v>175</v>
+      </c>
+      <c r="M71" s="20">
+        <v>5</v>
+      </c>
+      <c r="N71" s="20">
+        <v>220</v>
+      </c>
+      <c r="O71" s="34">
+        <v>20.47</v>
+      </c>
+      <c r="P71" s="20">
+        <v>42573</v>
+      </c>
+      <c r="Q71" s="34">
+        <v>14.11</v>
+      </c>
+      <c r="R71" s="20">
+        <v>29342</v>
+      </c>
+      <c r="S71" s="34">
+        <v>18.91</v>
+      </c>
+      <c r="T71" s="20">
+        <v>39330</v>
+      </c>
+      <c r="U71" s="34">
+        <v>23.65</v>
+      </c>
+      <c r="V71" s="20">
+        <v>49189</v>
+      </c>
+      <c r="W71" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="X71" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y71" s="38" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z71" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA71" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB71" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC71" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AD71" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AE71" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AF71" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="AG71" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AH71" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AI71" s="19" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="72" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="22" t="s">
+        <v>237</v>
+      </c>
+      <c r="B72" s="18" t="s">
+        <v>238</v>
+      </c>
+      <c r="C72" s="18" t="s">
+        <v>182</v>
+      </c>
+      <c r="D72" s="18" t="s">
+        <v>341</v>
+      </c>
+      <c r="E72" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F72" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" s="20">
+        <v>510</v>
+      </c>
+      <c r="H72" s="20">
+        <v>530</v>
+      </c>
+      <c r="I72" s="20">
+        <v>20</v>
+      </c>
+      <c r="J72" s="21">
+        <v>0.39215686274509803</v>
+      </c>
+      <c r="K72" s="20">
+        <v>15</v>
+      </c>
+      <c r="L72" s="20">
+        <v>55</v>
+      </c>
+      <c r="M72" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="N72" s="20">
+        <v>70</v>
+      </c>
+      <c r="O72" s="34">
+        <v>24.04</v>
+      </c>
+      <c r="P72" s="20">
+        <v>49994</v>
+      </c>
+      <c r="Q72" s="34">
+        <v>18.940000000000001</v>
+      </c>
+      <c r="R72" s="20">
+        <v>39392</v>
+      </c>
+      <c r="S72" s="34">
+        <v>22.89</v>
+      </c>
+      <c r="T72" s="20">
+        <v>47613</v>
+      </c>
+      <c r="U72" s="34">
+        <v>26.58</v>
+      </c>
+      <c r="V72" s="20">
+        <v>55295</v>
+      </c>
+      <c r="W72" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="X72" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y72" s="38" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z72" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA72" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB72" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC72" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AD72" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AE72" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="AF72" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AG72" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="AH72" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AI72" s="19" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="73" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B73" s="18" t="s">
+        <v>158</v>
+      </c>
+      <c r="C73" s="18" t="s">
+        <v>182</v>
+      </c>
+      <c r="D73" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="E73" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F73" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" s="20">
+        <v>1125</v>
+      </c>
+      <c r="H73" s="20">
+        <v>1235</v>
+      </c>
+      <c r="I73" s="20">
+        <v>110</v>
+      </c>
+      <c r="J73" s="21">
+        <v>0.97777777777777786</v>
+      </c>
+      <c r="K73" s="20">
+        <v>40</v>
+      </c>
+      <c r="L73" s="20">
+        <v>105</v>
+      </c>
+      <c r="M73" s="20">
+        <v>10</v>
+      </c>
+      <c r="N73" s="20">
+        <v>155</v>
+      </c>
+      <c r="O73" s="34">
+        <v>25.71</v>
+      </c>
+      <c r="P73" s="20">
+        <v>53486</v>
+      </c>
+      <c r="Q73" s="34">
+        <v>19.62</v>
+      </c>
+      <c r="R73" s="20">
+        <v>40800</v>
+      </c>
+      <c r="S73" s="34">
+        <v>24.66</v>
+      </c>
+      <c r="T73" s="20">
+        <v>51300</v>
+      </c>
+      <c r="U73" s="34">
+        <v>28.76</v>
+      </c>
+      <c r="V73" s="20">
+        <v>59828</v>
+      </c>
+      <c r="W73" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X73" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y73" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z73" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA73" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB73" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC73" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="AD73" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AE73" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AF73" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AG73" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AH73" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AI73" s="19" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="74" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="22" t="s">
+        <v>99</v>
+      </c>
+      <c r="B74" s="18" t="s">
+        <v>159</v>
+      </c>
+      <c r="C74" s="18" t="s">
+        <v>218</v>
+      </c>
+      <c r="D74" s="18" t="s">
+        <v>219</v>
+      </c>
+      <c r="E74" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F74" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" s="20">
+        <v>585</v>
+      </c>
+      <c r="H74" s="20">
+        <v>655</v>
+      </c>
+      <c r="I74" s="20">
+        <v>65</v>
+      </c>
+      <c r="J74" s="21">
+        <v>1.1111111111111112</v>
+      </c>
+      <c r="K74" s="20">
+        <v>15</v>
+      </c>
+      <c r="L74" s="20">
+        <v>60</v>
+      </c>
+      <c r="M74" s="20">
+        <v>5</v>
+      </c>
+      <c r="N74" s="20">
+        <v>80</v>
+      </c>
+      <c r="O74" s="34">
+        <v>25</v>
+      </c>
+      <c r="P74" s="20">
+        <v>52001</v>
+      </c>
+      <c r="Q74" s="34">
+        <v>20.02</v>
+      </c>
+      <c r="R74" s="20">
+        <v>41645</v>
+      </c>
+      <c r="S74" s="34">
+        <v>25.1</v>
+      </c>
+      <c r="T74" s="20">
+        <v>52200</v>
+      </c>
+      <c r="U74" s="34">
+        <v>27.49</v>
+      </c>
+      <c r="V74" s="20">
+        <v>57179</v>
+      </c>
+      <c r="W74" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="X74" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y74" s="38" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z74" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="AA74" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB74" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC74" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AD74" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AE74" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AF74" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AG74" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AH74" s="19" t="s">
+        <v>73</v>
+      </c>
+      <c r="AI74" s="19" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="75" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="22" t="s">
+        <v>154</v>
+      </c>
+      <c r="B75" s="18" t="s">
+        <v>348</v>
+      </c>
+      <c r="C75" s="18" t="s">
+        <v>182</v>
+      </c>
+      <c r="D75" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="E75" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F75" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" s="20">
+        <v>340</v>
+      </c>
+      <c r="H75" s="20">
+        <v>370</v>
+      </c>
+      <c r="I75" s="20">
+        <v>30</v>
+      </c>
+      <c r="J75" s="21">
+        <v>0.88235294117647067</v>
+      </c>
+      <c r="K75" s="20">
+        <v>5</v>
+      </c>
+      <c r="L75" s="20">
+        <v>30</v>
+      </c>
+      <c r="M75" s="20">
+        <v>5</v>
+      </c>
+      <c r="N75" s="20">
+        <v>40</v>
+      </c>
+      <c r="O75" s="34">
+        <v>28.16</v>
+      </c>
+      <c r="P75" s="20">
+        <v>58568</v>
+      </c>
+      <c r="Q75" s="34">
+        <v>20.440000000000001</v>
+      </c>
+      <c r="R75" s="20">
+        <v>42515</v>
+      </c>
+      <c r="S75" s="34">
+        <v>28.24</v>
+      </c>
+      <c r="T75" s="20">
+        <v>58731</v>
+      </c>
+      <c r="U75" s="34">
+        <v>32.020000000000003</v>
+      </c>
+      <c r="V75" s="20">
+        <v>66594</v>
+      </c>
+      <c r="W75" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="X75" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y75" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z75" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA75" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB75" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC75" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AD75" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AE75" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AF75" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="AG75" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AH75" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AI75" s="19" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="76" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="22" t="s">
+        <v>160</v>
+      </c>
+      <c r="B76" s="18" t="s">
+        <v>349</v>
+      </c>
+      <c r="C76" s="18" t="s">
+        <v>182</v>
+      </c>
+      <c r="D76" s="18" t="s">
+        <v>190</v>
+      </c>
+      <c r="E76" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F76" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G76" s="20">
+        <v>455</v>
+      </c>
+      <c r="H76" s="20">
+        <v>480</v>
+      </c>
+      <c r="I76" s="20">
+        <v>20</v>
+      </c>
+      <c r="J76" s="21">
+        <v>0.43956043956043961</v>
+      </c>
+      <c r="K76" s="20">
+        <v>15</v>
+      </c>
+      <c r="L76" s="20">
+        <v>45</v>
+      </c>
+      <c r="M76" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="N76" s="20">
+        <v>60</v>
+      </c>
+      <c r="O76" s="34">
+        <v>23.77</v>
+      </c>
+      <c r="P76" s="20">
+        <v>49435</v>
+      </c>
+      <c r="Q76" s="34">
+        <v>17.45</v>
+      </c>
+      <c r="R76" s="20">
+        <v>36303</v>
+      </c>
+      <c r="S76" s="34">
+        <v>23.21</v>
+      </c>
+      <c r="T76" s="20">
+        <v>48282</v>
+      </c>
+      <c r="U76" s="34">
+        <v>26.92</v>
+      </c>
+      <c r="V76" s="20">
+        <v>56001</v>
+      </c>
+      <c r="W76" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="X76" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y76" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z76" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA76" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB76" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC76" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AD76" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AE76" s="19" t="s">
+        <v>55</v>
+      </c>
+      <c r="AF76" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="AG76" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="AH76" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AI76" s="19" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="77" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="22" t="s">
+        <v>240</v>
+      </c>
+      <c r="B77" s="18" t="s">
+        <v>350</v>
+      </c>
+      <c r="C77" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="D77" s="18" t="s">
+        <v>330</v>
+      </c>
+      <c r="E77" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F77" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G77" s="20">
+        <v>620</v>
+      </c>
+      <c r="H77" s="20">
+        <v>650</v>
+      </c>
+      <c r="I77" s="20">
+        <v>35</v>
+      </c>
+      <c r="J77" s="21">
+        <v>0.56451612903225801</v>
+      </c>
+      <c r="K77" s="20">
+        <v>20</v>
+      </c>
+      <c r="L77" s="20">
+        <v>60</v>
+      </c>
+      <c r="M77" s="20">
+        <v>5</v>
+      </c>
+      <c r="N77" s="20">
+        <v>80</v>
+      </c>
+      <c r="O77" s="34">
+        <v>23.26</v>
+      </c>
+      <c r="P77" s="20">
+        <v>48379</v>
+      </c>
+      <c r="Q77" s="34">
+        <v>17.29</v>
+      </c>
+      <c r="R77" s="20">
+        <v>35957</v>
+      </c>
+      <c r="S77" s="34">
+        <v>21.17</v>
+      </c>
+      <c r="T77" s="20">
+        <v>44044</v>
+      </c>
+      <c r="U77" s="34">
+        <v>26.25</v>
+      </c>
+      <c r="V77" s="20">
+        <v>54590</v>
+      </c>
+      <c r="W77" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="X77" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y77" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z77" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA77" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB77" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC77" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD77" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE77" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF77" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG77" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH77" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI77" s="19" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="78" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="F78" s="19"/>
+      <c r="J78" s="21"/>
+      <c r="W78" s="38"/>
+      <c r="X78" s="38"/>
+      <c r="Y78" s="38"/>
+      <c r="Z78" s="19"/>
+      <c r="AA78" s="19"/>
+      <c r="AB78" s="19"/>
+      <c r="AC78" s="19"/>
+      <c r="AD78" s="19"/>
+      <c r="AE78" s="19"/>
+      <c r="AF78" s="19"/>
+      <c r="AG78" s="19"/>
+      <c r="AH78" s="19"/>
+      <c r="AI78" s="19"/>
+    </row>
+    <row r="79" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="36" t="s">
+        <v>372</v>
+      </c>
+      <c r="B79" s="39" t="s">
+        <v>373</v>
+      </c>
+      <c r="G79" s="41"/>
+      <c r="H79" s="41"/>
+      <c r="I79" s="41"/>
+      <c r="J79" s="42"/>
+      <c r="K79" s="41"/>
+      <c r="L79" s="41"/>
+      <c r="M79" s="41"/>
+      <c r="N79" s="41"/>
+      <c r="O79" s="43"/>
+      <c r="P79" s="41"/>
+      <c r="Q79" s="43"/>
+      <c r="R79" s="41"/>
+      <c r="S79" s="43"/>
+      <c r="T79" s="41"/>
+      <c r="U79" s="43"/>
+      <c r="V79" s="41"/>
+      <c r="W79" s="44"/>
+      <c r="X79" s="44"/>
+      <c r="Y79" s="44"/>
+      <c r="Z79" s="19"/>
+      <c r="AA79" s="19"/>
+      <c r="AB79" s="19"/>
+      <c r="AC79" s="19"/>
+      <c r="AD79" s="19"/>
+      <c r="AE79" s="19"/>
+      <c r="AF79" s="19"/>
+      <c r="AG79" s="19"/>
+      <c r="AH79" s="19"/>
+      <c r="AI79" s="19"/>
+    </row>
+    <row r="80" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="22" t="s">
+        <v>133</v>
+      </c>
+      <c r="B80" s="18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C80" s="18" t="s">
+        <v>184</v>
+      </c>
+      <c r="D80" s="18" t="s">
+        <v>242</v>
+      </c>
+      <c r="E80" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F80" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G80" s="20">
+        <v>465</v>
+      </c>
+      <c r="H80" s="20">
+        <v>520</v>
+      </c>
+      <c r="I80" s="20">
+        <v>55</v>
+      </c>
+      <c r="J80" s="21">
+        <v>1.1827956989247312</v>
+      </c>
+      <c r="K80" s="20">
+        <v>20</v>
+      </c>
+      <c r="L80" s="20">
+        <v>15</v>
+      </c>
+      <c r="M80" s="20">
+        <v>5</v>
+      </c>
+      <c r="N80" s="20">
+        <v>45</v>
+      </c>
+      <c r="O80" s="35">
+        <v>151.37343749999999</v>
+      </c>
+      <c r="P80" s="20">
+        <v>96879</v>
+      </c>
+      <c r="Q80" s="35">
+        <v>86.464062499999997</v>
+      </c>
+      <c r="R80" s="20">
+        <v>55337</v>
+      </c>
+      <c r="S80" s="35">
+        <v>134.58750000000001</v>
+      </c>
+      <c r="T80" s="20">
+        <v>86136</v>
+      </c>
+      <c r="U80" s="35">
+        <v>183.82656249999999</v>
+      </c>
+      <c r="V80" s="20">
+        <v>117649</v>
+      </c>
+      <c r="W80" s="38" t="s">
+        <v>74</v>
+      </c>
+      <c r="X80" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y80" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z80" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="AA80" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB80" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC80" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AD80" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AE80" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AF80" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AG80" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AH80" s="19" t="s">
+        <v>67</v>
+      </c>
+      <c r="AI80" s="19" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="81" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="22" t="s">
+        <v>104</v>
+      </c>
+      <c r="B81" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="C81" s="18" t="s">
+        <v>184</v>
+      </c>
+      <c r="D81" s="18" t="s">
+        <v>242</v>
+      </c>
+      <c r="E81" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F81" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G81" s="20">
+        <v>660</v>
+      </c>
+      <c r="H81" s="20">
+        <v>725</v>
+      </c>
+      <c r="I81" s="20">
+        <v>65</v>
+      </c>
+      <c r="J81" s="21">
+        <v>0.98484848484848486</v>
+      </c>
+      <c r="K81" s="20">
+        <v>30</v>
+      </c>
+      <c r="L81" s="20">
+        <v>25</v>
+      </c>
+      <c r="M81" s="20">
+        <v>5</v>
+      </c>
+      <c r="N81" s="20">
+        <v>60</v>
+      </c>
+      <c r="O81" s="35">
+        <v>143.15937500000001</v>
+      </c>
+      <c r="P81" s="20">
+        <v>91622</v>
+      </c>
+      <c r="Q81" s="35">
+        <v>82.862499999999997</v>
+      </c>
+      <c r="R81" s="20">
+        <v>53032</v>
+      </c>
+      <c r="S81" s="35">
+        <v>122.3640625</v>
+      </c>
+      <c r="T81" s="20">
+        <v>78313</v>
+      </c>
+      <c r="U81" s="35">
+        <v>173.30937499999999</v>
+      </c>
+      <c r="V81" s="20">
+        <v>110918</v>
+      </c>
+      <c r="W81" s="38" t="s">
+        <v>74</v>
+      </c>
+      <c r="X81" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y81" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z81" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AA81" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AB81" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC81" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="AD81" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AE81" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AF81" s="19" t="s">
+        <v>67</v>
+      </c>
+      <c r="AG81" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AH81" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AI81" s="19" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="82" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="22" t="s">
+        <v>135</v>
+      </c>
+      <c r="B82" s="18" t="s">
+        <v>136</v>
+      </c>
+      <c r="C82" s="18" t="s">
+        <v>184</v>
+      </c>
+      <c r="D82" s="18" t="s">
+        <v>242</v>
+      </c>
+      <c r="E82" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F82" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G82" s="20">
+        <v>515</v>
+      </c>
+      <c r="H82" s="20">
+        <v>600</v>
+      </c>
+      <c r="I82" s="20">
+        <v>80</v>
+      </c>
+      <c r="J82" s="21">
+        <v>1.5533980582524269</v>
+      </c>
+      <c r="K82" s="20">
+        <v>25</v>
+      </c>
+      <c r="L82" s="20">
+        <v>20</v>
+      </c>
+      <c r="M82" s="20">
+        <v>10</v>
+      </c>
+      <c r="N82" s="20">
+        <v>50</v>
+      </c>
+      <c r="O82" s="35">
+        <v>192.78593749999999</v>
+      </c>
+      <c r="P82" s="20">
+        <v>123383</v>
+      </c>
+      <c r="Q82" s="35">
+        <v>120.49843749999999</v>
+      </c>
+      <c r="R82" s="20">
+        <v>77119</v>
+      </c>
+      <c r="S82" s="35">
+        <v>174.64531249999999</v>
+      </c>
+      <c r="T82" s="20">
+        <v>111773</v>
+      </c>
+      <c r="U82" s="35">
+        <v>228.92812499999999</v>
+      </c>
+      <c r="V82" s="20">
+        <v>146514</v>
+      </c>
+      <c r="W82" s="38" t="s">
+        <v>74</v>
+      </c>
+      <c r="X82" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y82" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z82" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="AA82" s="19" t="s">
+        <v>67</v>
+      </c>
+      <c r="AB82" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC82" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AD82" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AE82" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AF82" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AG82" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AH82" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AI82" s="19" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="83" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="22" t="s">
+        <v>137</v>
+      </c>
+      <c r="B83" s="18" t="s">
+        <v>138</v>
+      </c>
+      <c r="C83" s="18" t="s">
+        <v>184</v>
+      </c>
+      <c r="D83" s="18" t="s">
+        <v>242</v>
+      </c>
+      <c r="E83" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F83" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" s="20">
+        <v>295</v>
+      </c>
+      <c r="H83" s="20">
+        <v>330</v>
+      </c>
+      <c r="I83" s="20">
+        <v>35</v>
+      </c>
+      <c r="J83" s="21">
+        <v>1.1864406779661016</v>
+      </c>
+      <c r="K83" s="20">
+        <v>15</v>
+      </c>
+      <c r="L83" s="20">
+        <v>10</v>
+      </c>
+      <c r="M83" s="20">
+        <v>5</v>
+      </c>
+      <c r="N83" s="20">
+        <v>25</v>
+      </c>
+      <c r="O83" s="35">
+        <v>162.87656250000001</v>
+      </c>
+      <c r="P83" s="20">
+        <v>104241</v>
+      </c>
+      <c r="Q83" s="35">
+        <v>99.896874999999994</v>
+      </c>
+      <c r="R83" s="20">
+        <v>63934</v>
+      </c>
+      <c r="S83" s="35">
+        <v>152.01406249999999</v>
+      </c>
+      <c r="T83" s="20">
+        <v>97289</v>
+      </c>
+      <c r="U83" s="35">
+        <v>194.3671875</v>
+      </c>
+      <c r="V83" s="20">
+        <v>124395</v>
+      </c>
+      <c r="W83" s="38" t="s">
+        <v>74</v>
+      </c>
+      <c r="X83" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y83" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z83" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="AA83" s="19" t="s">
+        <v>67</v>
+      </c>
+      <c r="AB83" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC83" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AD83" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AE83" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AF83" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AG83" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AH83" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AI83" s="19" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="84" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="B84" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="C84" s="18" t="s">
+        <v>184</v>
+      </c>
+      <c r="D84" s="18" t="s">
+        <v>242</v>
+      </c>
+      <c r="E84" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F84" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G84" s="20">
+        <v>705</v>
+      </c>
+      <c r="H84" s="20">
+        <v>810</v>
+      </c>
+      <c r="I84" s="20">
+        <v>105</v>
+      </c>
+      <c r="J84" s="21">
+        <v>1.4893617021276595</v>
+      </c>
+      <c r="K84" s="20">
+        <v>35</v>
+      </c>
+      <c r="L84" s="20">
+        <v>25</v>
+      </c>
+      <c r="M84" s="20">
+        <v>10</v>
+      </c>
+      <c r="N84" s="20">
+        <v>70</v>
+      </c>
+      <c r="O84" s="35">
+        <v>144.74531250000001</v>
+      </c>
+      <c r="P84" s="20">
+        <v>92637</v>
+      </c>
+      <c r="Q84" s="35">
+        <v>88.814062500000006</v>
+      </c>
+      <c r="R84" s="20">
+        <v>56841</v>
+      </c>
+      <c r="S84" s="35">
+        <v>122.50624999999999</v>
+      </c>
+      <c r="T84" s="20">
+        <v>78404</v>
+      </c>
+      <c r="U84" s="35">
+        <v>172.7109375</v>
+      </c>
+      <c r="V84" s="20">
+        <v>110535</v>
+      </c>
+      <c r="W84" s="38" t="s">
+        <v>74</v>
+      </c>
+      <c r="X84" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y84" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z84" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA84" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB84" s="19" t="s">
+        <v>67</v>
+      </c>
+      <c r="AC84" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AD84" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE84" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AF84" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="AG84" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AH84" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AI84" s="19" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="85" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="22" t="s">
+        <v>139</v>
+      </c>
+      <c r="B85" s="18" t="s">
+        <v>140</v>
+      </c>
+      <c r="C85" s="18" t="s">
+        <v>184</v>
+      </c>
+      <c r="D85" s="18" t="s">
+        <v>242</v>
+      </c>
+      <c r="E85" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F85" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G85" s="20">
+        <v>250</v>
+      </c>
+      <c r="H85" s="20">
+        <v>275</v>
+      </c>
+      <c r="I85" s="20">
+        <v>25</v>
+      </c>
+      <c r="J85" s="21">
+        <v>1</v>
+      </c>
+      <c r="K85" s="20">
+        <v>10</v>
+      </c>
+      <c r="L85" s="20">
+        <v>10</v>
+      </c>
+      <c r="M85" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="N85" s="20">
+        <v>25</v>
+      </c>
+      <c r="O85" s="35">
+        <v>149.078125</v>
+      </c>
+      <c r="P85" s="20">
+        <v>95410</v>
+      </c>
+      <c r="Q85" s="35">
+        <v>91.625</v>
+      </c>
+      <c r="R85" s="20">
+        <v>58640</v>
+      </c>
+      <c r="S85" s="35">
+        <v>128.99843749999999</v>
+      </c>
+      <c r="T85" s="20">
+        <v>82559</v>
+      </c>
+      <c r="U85" s="35">
+        <v>177.80625000000001</v>
+      </c>
+      <c r="V85" s="20">
+        <v>113796</v>
+      </c>
+      <c r="W85" s="38" t="s">
+        <v>74</v>
+      </c>
+      <c r="X85" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y85" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z85" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA85" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AB85" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AC85" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AD85" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE85" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AF85" s="19" t="s">
+        <v>67</v>
+      </c>
+      <c r="AG85" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AH85" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="AI85" s="19" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="86" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="22" t="s">
+        <v>146</v>
+      </c>
+      <c r="B86" s="18" t="s">
+        <v>147</v>
+      </c>
+      <c r="C86" s="18" t="s">
+        <v>184</v>
+      </c>
+      <c r="D86" s="18" t="s">
+        <v>242</v>
+      </c>
+      <c r="E86" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F86" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G86" s="20">
+        <v>190</v>
+      </c>
+      <c r="H86" s="20">
+        <v>210</v>
+      </c>
+      <c r="I86" s="20">
+        <v>20</v>
+      </c>
+      <c r="J86" s="21">
+        <v>1.0526315789473684</v>
+      </c>
+      <c r="K86" s="20">
+        <v>10</v>
+      </c>
+      <c r="L86" s="20">
+        <v>5</v>
+      </c>
+      <c r="M86" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="N86" s="20">
+        <v>20</v>
+      </c>
+      <c r="O86" s="35">
+        <v>179.75468749999999</v>
+      </c>
+      <c r="P86" s="20">
+        <v>115043</v>
+      </c>
+      <c r="Q86" s="35">
+        <v>108.03281250000001</v>
+      </c>
+      <c r="R86" s="20">
+        <v>69141</v>
+      </c>
+      <c r="S86" s="35">
+        <v>156.8046875</v>
+      </c>
+      <c r="T86" s="20">
+        <v>100355</v>
+      </c>
+      <c r="U86" s="35">
+        <v>215.6171875</v>
+      </c>
+      <c r="V86" s="20">
+        <v>137995</v>
+      </c>
+      <c r="W86" s="38" t="s">
+        <v>74</v>
+      </c>
+      <c r="X86" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y86" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z86" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="AA86" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB86" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="AC86" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AD86" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AE86" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AF86" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AG86" s="19" t="s">
+        <v>67</v>
+      </c>
+      <c r="AH86" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AI86" s="19" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="87" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="22" t="s">
+        <v>141</v>
+      </c>
+      <c r="B87" s="18" t="s">
+        <v>142</v>
+      </c>
+      <c r="C87" s="18" t="s">
+        <v>184</v>
+      </c>
+      <c r="D87" s="18" t="s">
+        <v>242</v>
+      </c>
+      <c r="E87" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F87" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G87" s="20">
+        <v>355</v>
+      </c>
+      <c r="H87" s="20">
+        <v>395</v>
+      </c>
+      <c r="I87" s="20">
+        <v>40</v>
+      </c>
+      <c r="J87" s="21">
+        <v>1.1267605633802817</v>
+      </c>
+      <c r="K87" s="20">
+        <v>15</v>
+      </c>
+      <c r="L87" s="20">
+        <v>15</v>
+      </c>
+      <c r="M87" s="20">
+        <v>5</v>
+      </c>
+      <c r="N87" s="20">
+        <v>35</v>
+      </c>
+      <c r="O87" s="35">
+        <v>131.21562499999999</v>
+      </c>
+      <c r="P87" s="20">
+        <v>83978</v>
+      </c>
+      <c r="Q87" s="35">
+        <v>76.332812500000003</v>
+      </c>
+      <c r="R87" s="20">
+        <v>48853</v>
+      </c>
+      <c r="S87" s="35">
+        <v>118.03749999999999</v>
+      </c>
+      <c r="T87" s="20">
+        <v>75544</v>
+      </c>
+      <c r="U87" s="35">
+        <v>158.65625</v>
+      </c>
+      <c r="V87" s="20">
+        <v>101540</v>
+      </c>
+      <c r="W87" s="38" t="s">
+        <v>74</v>
+      </c>
+      <c r="X87" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y87" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z87" s="19" t="s">
+        <v>67</v>
+      </c>
+      <c r="AA87" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB87" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC87" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AD87" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE87" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AF87" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AG87" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AH87" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AI87" s="19" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="88" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="22" t="s">
+        <v>243</v>
+      </c>
+      <c r="B88" s="18" t="s">
+        <v>244</v>
+      </c>
+      <c r="C88" s="18" t="s">
+        <v>184</v>
+      </c>
+      <c r="D88" s="18" t="s">
+        <v>242</v>
+      </c>
+      <c r="E88" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F88" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G88" s="20">
+        <v>270</v>
+      </c>
+      <c r="H88" s="20">
+        <v>295</v>
+      </c>
+      <c r="I88" s="20">
+        <v>25</v>
+      </c>
+      <c r="J88" s="21">
+        <v>0.92592592592592582</v>
+      </c>
+      <c r="K88" s="20">
+        <v>10</v>
+      </c>
+      <c r="L88" s="20">
+        <v>10</v>
+      </c>
+      <c r="M88" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="N88" s="20">
+        <v>25</v>
+      </c>
+      <c r="O88" s="35">
+        <v>131.1875</v>
+      </c>
+      <c r="P88" s="20">
+        <v>83960</v>
+      </c>
+      <c r="Q88" s="35">
+        <v>75.356250000000003</v>
+      </c>
+      <c r="R88" s="20">
+        <v>48228</v>
+      </c>
+      <c r="S88" s="35">
+        <v>118.8328125</v>
+      </c>
+      <c r="T88" s="20">
+        <v>76053</v>
+      </c>
+      <c r="U88" s="35">
+        <v>159.10312500000001</v>
+      </c>
+      <c r="V88" s="20">
+        <v>101826</v>
+      </c>
+      <c r="W88" s="38" t="s">
+        <v>74</v>
+      </c>
+      <c r="X88" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y88" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z88" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA88" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB88" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC88" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD88" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE88" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF88" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG88" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH88" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI88" s="19" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="89" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="B89" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="C89" s="18" t="s">
+        <v>184</v>
+      </c>
+      <c r="D89" s="18" t="s">
+        <v>242</v>
+      </c>
+      <c r="E89" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F89" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G89" s="20">
+        <v>2050</v>
+      </c>
+      <c r="H89" s="20">
+        <v>2580</v>
+      </c>
+      <c r="I89" s="20">
+        <v>530</v>
+      </c>
+      <c r="J89" s="21">
+        <v>2.5853658536585367</v>
+      </c>
+      <c r="K89" s="20">
+        <v>100</v>
+      </c>
+      <c r="L89" s="20">
+        <v>80</v>
+      </c>
+      <c r="M89" s="20">
+        <v>55</v>
+      </c>
+      <c r="N89" s="20">
+        <v>235</v>
+      </c>
+      <c r="O89" s="35">
+        <v>196.140625</v>
+      </c>
+      <c r="P89" s="20">
+        <v>125530</v>
+      </c>
+      <c r="Q89" s="35">
+        <v>84.025000000000006</v>
+      </c>
+      <c r="R89" s="20">
+        <v>53776</v>
+      </c>
+      <c r="S89" s="35">
+        <v>165.71875</v>
+      </c>
+      <c r="T89" s="20">
+        <v>106060</v>
+      </c>
+      <c r="U89" s="35">
+        <v>252.19843750000001</v>
+      </c>
+      <c r="V89" s="20">
+        <v>161407</v>
+      </c>
+      <c r="W89" s="38" t="s">
+        <v>74</v>
+      </c>
+      <c r="X89" s="38" t="s">
+        <v>94</v>
+      </c>
+      <c r="Y89" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z89" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="AA89" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB89" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC89" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AD89" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE89" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AF89" s="19" t="s">
+        <v>67</v>
+      </c>
+      <c r="AG89" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AH89" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AI89" s="19" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="90" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A90" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="B90" s="18" t="s">
+        <v>351</v>
+      </c>
+      <c r="C90" s="18" t="s">
+        <v>184</v>
+      </c>
+      <c r="D90" s="18" t="s">
+        <v>242</v>
+      </c>
+      <c r="E90" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F90" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G90" s="20">
+        <v>840</v>
+      </c>
+      <c r="H90" s="20">
+        <v>1050</v>
+      </c>
+      <c r="I90" s="20">
+        <v>210</v>
+      </c>
+      <c r="J90" s="21">
+        <v>2.5</v>
+      </c>
+      <c r="K90" s="20">
+        <v>40</v>
+      </c>
+      <c r="L90" s="20">
+        <v>30</v>
+      </c>
+      <c r="M90" s="20">
+        <v>20</v>
+      </c>
+      <c r="N90" s="20">
+        <v>95</v>
+      </c>
+      <c r="O90" s="35">
+        <v>115.340625</v>
+      </c>
+      <c r="P90" s="20">
+        <v>73818</v>
+      </c>
+      <c r="Q90" s="35">
+        <v>78.317187500000003</v>
+      </c>
+      <c r="R90" s="20">
+        <v>50123</v>
+      </c>
+      <c r="S90" s="35">
+        <v>112.36093750000001</v>
+      </c>
+      <c r="T90" s="20">
+        <v>71911</v>
+      </c>
+      <c r="U90" s="35">
+        <v>133.8515625</v>
+      </c>
+      <c r="V90" s="20">
+        <v>85665</v>
+      </c>
+      <c r="W90" s="38" t="s">
+        <v>74</v>
+      </c>
+      <c r="X90" s="38" t="s">
+        <v>94</v>
+      </c>
+      <c r="Y90" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z90" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="AA90" s="19" t="s">
+        <v>67</v>
+      </c>
+      <c r="AB90" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC90" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AD90" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AE90" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AF90" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AG90" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AH90" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AI90" s="19" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="91" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="E91" s="19"/>
+      <c r="F91" s="19"/>
+      <c r="J91" s="21"/>
+      <c r="W91" s="38"/>
+      <c r="X91" s="38"/>
+      <c r="Y91" s="38"/>
+      <c r="Z91" s="19"/>
+      <c r="AA91" s="19"/>
+      <c r="AB91" s="19"/>
+      <c r="AC91" s="19"/>
+      <c r="AD91" s="19"/>
+      <c r="AE91" s="19"/>
+      <c r="AF91" s="19"/>
+      <c r="AG91" s="19"/>
+      <c r="AH91" s="19"/>
+      <c r="AI91" s="19"/>
+    </row>
+    <row r="92" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A92" s="36" t="s">
+        <v>374</v>
+      </c>
+      <c r="B92" s="39" t="s">
+        <v>375</v>
+      </c>
+      <c r="G92" s="41"/>
+      <c r="H92" s="41"/>
+      <c r="I92" s="41"/>
+      <c r="J92" s="42"/>
+      <c r="K92" s="41"/>
+      <c r="L92" s="41"/>
+      <c r="M92" s="41"/>
+      <c r="N92" s="41"/>
+      <c r="O92" s="43"/>
+      <c r="P92" s="41"/>
+      <c r="Q92" s="43"/>
+      <c r="R92" s="41"/>
+      <c r="S92" s="43"/>
+      <c r="T92" s="41"/>
+      <c r="U92" s="43"/>
+      <c r="V92" s="41"/>
+      <c r="W92" s="44"/>
+      <c r="X92" s="44"/>
+      <c r="Y92" s="44"/>
+      <c r="Z92" s="19"/>
+      <c r="AA92" s="19"/>
+      <c r="AB92" s="19"/>
+      <c r="AC92" s="19"/>
+      <c r="AD92" s="19"/>
+      <c r="AE92" s="19"/>
+      <c r="AF92" s="19"/>
+      <c r="AG92" s="19"/>
+      <c r="AH92" s="19"/>
+      <c r="AI92" s="19"/>
+    </row>
+    <row r="93" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="B93" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C93" s="18" t="s">
         <v>187</v>
       </c>
-      <c r="D11" s="18" t="s">
-[...17 lines deleted...]
-      <c r="J11" s="22">
+      <c r="D93" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E93" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F93" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G93" s="20">
+        <v>1155</v>
+      </c>
+      <c r="H93" s="20">
+        <v>1375</v>
+      </c>
+      <c r="I93" s="20">
+        <v>220</v>
+      </c>
+      <c r="J93" s="21">
+        <v>1.9047619047619047</v>
+      </c>
+      <c r="K93" s="20">
+        <v>40</v>
+      </c>
+      <c r="L93" s="20">
+        <v>10</v>
+      </c>
+      <c r="M93" s="20">
+        <v>20</v>
+      </c>
+      <c r="N93" s="20">
+        <v>70</v>
+      </c>
+      <c r="O93" s="34">
+        <v>35.25</v>
+      </c>
+      <c r="P93" s="20">
+        <v>73328</v>
+      </c>
+      <c r="Q93" s="34">
+        <v>22.05</v>
+      </c>
+      <c r="R93" s="20">
+        <v>45861</v>
+      </c>
+      <c r="S93" s="34">
+        <v>31.89</v>
+      </c>
+      <c r="T93" s="20">
+        <v>66336</v>
+      </c>
+      <c r="U93" s="34">
+        <v>41.86</v>
+      </c>
+      <c r="V93" s="20">
+        <v>87062</v>
+      </c>
+      <c r="W93" s="38" t="s">
+        <v>74</v>
+      </c>
+      <c r="X93" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y93" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z93" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA93" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB93" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC93" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AD93" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AE93" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AF93" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AG93" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AH93" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI93" s="19" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="94" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A94" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="B94" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="C94" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D94" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E94" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F94" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G94" s="20">
+        <v>1075</v>
+      </c>
+      <c r="H94" s="20">
+        <v>1190</v>
+      </c>
+      <c r="I94" s="20">
+        <v>115</v>
+      </c>
+      <c r="J94" s="21">
+        <v>1.069767441860465</v>
+      </c>
+      <c r="K94" s="20">
+        <v>25</v>
+      </c>
+      <c r="L94" s="20">
+        <v>5</v>
+      </c>
+      <c r="M94" s="20">
+        <v>10</v>
+      </c>
+      <c r="N94" s="20">
+        <v>45</v>
+      </c>
+      <c r="O94" s="34">
+        <v>104.09</v>
+      </c>
+      <c r="P94" s="20">
+        <v>216517</v>
+      </c>
+      <c r="Q94" s="34">
+        <v>49.37</v>
+      </c>
+      <c r="R94" s="20">
+        <v>102699</v>
+      </c>
+      <c r="S94" s="34">
+        <v>84.13</v>
+      </c>
+      <c r="T94" s="20">
+        <v>174989</v>
+      </c>
+      <c r="U94" s="34">
+        <v>131.44999999999999</v>
+      </c>
+      <c r="V94" s="20">
+        <v>273426</v>
+      </c>
+      <c r="W94" s="38" t="s">
+        <v>74</v>
+      </c>
+      <c r="X94" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y94" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z94" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AA94" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AB94" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC94" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AD94" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AE94" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AF94" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AG94" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AH94" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI94" s="19" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="95" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A95" s="22" t="s">
+        <v>35</v>
+      </c>
+      <c r="B95" s="18" t="s">
+        <v>352</v>
+      </c>
+      <c r="C95" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D95" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E95" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F95" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G95" s="20">
+        <v>755</v>
+      </c>
+      <c r="H95" s="20">
+        <v>840</v>
+      </c>
+      <c r="I95" s="20">
+        <v>85</v>
+      </c>
+      <c r="J95" s="21">
+        <v>1.1258278145695364</v>
+      </c>
+      <c r="K95" s="20">
+        <v>30</v>
+      </c>
+      <c r="L95" s="20">
+        <v>20</v>
+      </c>
+      <c r="M95" s="20">
+        <v>10</v>
+      </c>
+      <c r="N95" s="20">
+        <v>60</v>
+      </c>
+      <c r="O95" s="34">
+        <v>33.29</v>
+      </c>
+      <c r="P95" s="20">
+        <v>69239</v>
+      </c>
+      <c r="Q95" s="34">
+        <v>27.34</v>
+      </c>
+      <c r="R95" s="20">
+        <v>56877</v>
+      </c>
+      <c r="S95" s="34">
+        <v>33.119999999999997</v>
+      </c>
+      <c r="T95" s="20">
+        <v>68880</v>
+      </c>
+      <c r="U95" s="34">
+        <v>36.26</v>
+      </c>
+      <c r="V95" s="20">
+        <v>75419</v>
+      </c>
+      <c r="W95" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X95" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y95" s="38" t="s">
+        <v>72</v>
+      </c>
+      <c r="Z95" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA95" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB95" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AC95" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AD95" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AE95" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AF95" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AG95" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AH95" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI95" s="19" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="96" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A96" s="22" t="s">
+        <v>246</v>
+      </c>
+      <c r="B96" s="18" t="s">
+        <v>247</v>
+      </c>
+      <c r="C96" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D96" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E96" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F96" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G96" s="20">
+        <v>535</v>
+      </c>
+      <c r="H96" s="20">
+        <v>630</v>
+      </c>
+      <c r="I96" s="20">
+        <v>95</v>
+      </c>
+      <c r="J96" s="21">
+        <v>1.7757009345794392</v>
+      </c>
+      <c r="K96" s="20">
+        <v>15</v>
+      </c>
+      <c r="L96" s="20">
+        <v>5</v>
+      </c>
+      <c r="M96" s="20">
+        <v>10</v>
+      </c>
+      <c r="N96" s="20">
+        <v>30</v>
+      </c>
+      <c r="O96" s="34">
+        <v>60.35</v>
+      </c>
+      <c r="P96" s="20">
+        <v>125525</v>
+      </c>
+      <c r="Q96" s="34">
+        <v>35.78</v>
+      </c>
+      <c r="R96" s="20">
+        <v>74426</v>
+      </c>
+      <c r="S96" s="34">
+        <v>57.69</v>
+      </c>
+      <c r="T96" s="20">
+        <v>119989</v>
+      </c>
+      <c r="U96" s="34">
+        <v>72.63</v>
+      </c>
+      <c r="V96" s="20">
+        <v>151074</v>
+      </c>
+      <c r="W96" s="38" t="s">
+        <v>74</v>
+      </c>
+      <c r="X96" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y96" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z96" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA96" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB96" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC96" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AD96" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AE96" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AF96" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="AG96" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AH96" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="AI96" s="19" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="97" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="22" t="s">
+        <v>248</v>
+      </c>
+      <c r="B97" s="18" t="s">
+        <v>249</v>
+      </c>
+      <c r="C97" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D97" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E97" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F97" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G97" s="20">
+        <v>2845</v>
+      </c>
+      <c r="H97" s="20">
+        <v>3060</v>
+      </c>
+      <c r="I97" s="20">
+        <v>215</v>
+      </c>
+      <c r="J97" s="21">
+        <v>0.75571177504393672</v>
+      </c>
+      <c r="K97" s="20">
+        <v>70</v>
+      </c>
+      <c r="L97" s="20">
+        <v>40</v>
+      </c>
+      <c r="M97" s="20">
+        <v>20</v>
+      </c>
+      <c r="N97" s="20">
+        <v>130</v>
+      </c>
+      <c r="O97" s="34">
+        <v>63.05</v>
+      </c>
+      <c r="P97" s="20">
+        <v>131150</v>
+      </c>
+      <c r="Q97" s="34">
+        <v>50.32</v>
+      </c>
+      <c r="R97" s="20">
+        <v>104660</v>
+      </c>
+      <c r="S97" s="34">
+        <v>64.05</v>
+      </c>
+      <c r="T97" s="20">
+        <v>133220</v>
+      </c>
+      <c r="U97" s="34">
+        <v>69.42</v>
+      </c>
+      <c r="V97" s="20">
+        <v>144395</v>
+      </c>
+      <c r="W97" s="38" t="s">
+        <v>74</v>
+      </c>
+      <c r="X97" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y97" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z97" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA97" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB97" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC97" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AD97" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AE97" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AF97" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG97" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AH97" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AI97" s="19" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="98" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="22" t="s">
+        <v>250</v>
+      </c>
+      <c r="B98" s="18" t="s">
+        <v>251</v>
+      </c>
+      <c r="C98" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D98" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E98" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F98" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G98" s="20">
+        <v>1205</v>
+      </c>
+      <c r="H98" s="20">
+        <v>1580</v>
+      </c>
+      <c r="I98" s="20">
+        <v>370</v>
+      </c>
+      <c r="J98" s="21">
+        <v>3.0705394190871371</v>
+      </c>
+      <c r="K98" s="20">
+        <v>30</v>
+      </c>
+      <c r="L98" s="20">
+        <v>40</v>
+      </c>
+      <c r="M98" s="20">
+        <v>35</v>
+      </c>
+      <c r="N98" s="20">
+        <v>105</v>
+      </c>
+      <c r="O98" s="34">
+        <v>65.12</v>
+      </c>
+      <c r="P98" s="20">
+        <v>135449</v>
+      </c>
+      <c r="Q98" s="34">
+        <v>52.17</v>
+      </c>
+      <c r="R98" s="20">
+        <v>108519</v>
+      </c>
+      <c r="S98" s="34">
+        <v>64.13</v>
+      </c>
+      <c r="T98" s="20">
+        <v>133400</v>
+      </c>
+      <c r="U98" s="34">
+        <v>71.59</v>
+      </c>
+      <c r="V98" s="20">
+        <v>148914</v>
+      </c>
+      <c r="W98" s="38" t="s">
+        <v>58</v>
+      </c>
+      <c r="X98" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y98" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z98" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AA98" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB98" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC98" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AD98" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE98" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AF98" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AG98" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AH98" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AI98" s="19" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="99" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="22" t="s">
+        <v>252</v>
+      </c>
+      <c r="B99" s="18" t="s">
+        <v>253</v>
+      </c>
+      <c r="C99" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D99" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E99" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F99" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G99" s="20">
+        <v>1355</v>
+      </c>
+      <c r="H99" s="20">
+        <v>1630</v>
+      </c>
+      <c r="I99" s="20">
+        <v>275</v>
+      </c>
+      <c r="J99" s="21">
+        <v>2.0295202952029521</v>
+      </c>
+      <c r="K99" s="20">
+        <v>45</v>
+      </c>
+      <c r="L99" s="20">
+        <v>35</v>
+      </c>
+      <c r="M99" s="20">
+        <v>25</v>
+      </c>
+      <c r="N99" s="20">
+        <v>110</v>
+      </c>
+      <c r="O99" s="34">
+        <v>43.84</v>
+      </c>
+      <c r="P99" s="20">
+        <v>91196</v>
+      </c>
+      <c r="Q99" s="34">
+        <v>34.42</v>
+      </c>
+      <c r="R99" s="20">
+        <v>71601</v>
+      </c>
+      <c r="S99" s="34">
+        <v>42.68</v>
+      </c>
+      <c r="T99" s="20">
+        <v>88780</v>
+      </c>
+      <c r="U99" s="34">
+        <v>48.55</v>
+      </c>
+      <c r="V99" s="20">
+        <v>100993</v>
+      </c>
+      <c r="W99" s="38" t="s">
+        <v>58</v>
+      </c>
+      <c r="X99" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y99" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z99" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA99" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AB99" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC99" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AD99" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="AE99" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AF99" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AG99" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AH99" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AI99" s="19" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="100" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="22" t="s">
+        <v>254</v>
+      </c>
+      <c r="B100" s="18" t="s">
+        <v>255</v>
+      </c>
+      <c r="C100" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D100" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E100" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F100" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G100" s="20">
+        <v>2320</v>
+      </c>
+      <c r="H100" s="20">
+        <v>2830</v>
+      </c>
+      <c r="I100" s="20">
+        <v>505</v>
+      </c>
+      <c r="J100" s="21">
+        <v>2.1767241379310347</v>
+      </c>
+      <c r="K100" s="20">
+        <v>60</v>
+      </c>
+      <c r="L100" s="20">
+        <v>40</v>
+      </c>
+      <c r="M100" s="20">
+        <v>50</v>
+      </c>
+      <c r="N100" s="20">
+        <v>150</v>
+      </c>
+      <c r="O100" s="34">
+        <v>44.53</v>
+      </c>
+      <c r="P100" s="20">
+        <v>92630</v>
+      </c>
+      <c r="Q100" s="34">
+        <v>33.97</v>
+      </c>
+      <c r="R100" s="20">
+        <v>70659</v>
+      </c>
+      <c r="S100" s="34">
+        <v>46.1</v>
+      </c>
+      <c r="T100" s="20">
+        <v>95890</v>
+      </c>
+      <c r="U100" s="34">
+        <v>49.82</v>
+      </c>
+      <c r="V100" s="20">
+        <v>103616</v>
+      </c>
+      <c r="W100" s="38" t="s">
+        <v>74</v>
+      </c>
+      <c r="X100" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y100" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z100" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA100" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB100" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC100" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD100" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AE100" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AF100" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AG100" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AH100" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AI100" s="19" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="101" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A101" s="22" t="s">
+        <v>256</v>
+      </c>
+      <c r="B101" s="18" t="s">
+        <v>257</v>
+      </c>
+      <c r="C101" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D101" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E101" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F101" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G101" s="20">
+        <v>410</v>
+      </c>
+      <c r="H101" s="20">
+        <v>435</v>
+      </c>
+      <c r="I101" s="20">
+        <v>25</v>
+      </c>
+      <c r="J101" s="21">
+        <v>0.6097560975609756</v>
+      </c>
+      <c r="K101" s="20">
+        <v>15</v>
+      </c>
+      <c r="L101" s="20">
+        <v>15</v>
+      </c>
+      <c r="M101" s="20">
+        <v>5</v>
+      </c>
+      <c r="N101" s="20">
+        <v>35</v>
+      </c>
+      <c r="O101" s="34">
+        <v>26.65</v>
+      </c>
+      <c r="P101" s="20">
+        <v>55428</v>
+      </c>
+      <c r="Q101" s="34">
+        <v>20.82</v>
+      </c>
+      <c r="R101" s="20">
+        <v>43301</v>
+      </c>
+      <c r="S101" s="34">
+        <v>24.29</v>
+      </c>
+      <c r="T101" s="20">
+        <v>50524</v>
+      </c>
+      <c r="U101" s="34">
+        <v>29.56</v>
+      </c>
+      <c r="V101" s="20">
+        <v>61492</v>
+      </c>
+      <c r="W101" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X101" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y101" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z101" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA101" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB101" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="AC101" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AD101" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AE101" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AF101" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="AG101" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AH101" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AI101" s="19" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="102" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A102" s="22" t="s">
+        <v>258</v>
+      </c>
+      <c r="B102" s="18" t="s">
+        <v>259</v>
+      </c>
+      <c r="C102" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D102" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E102" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F102" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G102" s="20">
+        <v>1000</v>
+      </c>
+      <c r="H102" s="20">
+        <v>1155</v>
+      </c>
+      <c r="I102" s="20">
+        <v>160</v>
+      </c>
+      <c r="J102" s="21">
+        <v>1.6</v>
+      </c>
+      <c r="K102" s="20">
+        <v>35</v>
+      </c>
+      <c r="L102" s="20">
+        <v>20</v>
+      </c>
+      <c r="M102" s="20">
+        <v>15</v>
+      </c>
+      <c r="N102" s="20">
+        <v>70</v>
+      </c>
+      <c r="O102" s="34">
+        <v>34.36</v>
+      </c>
+      <c r="P102" s="20">
+        <v>71460</v>
+      </c>
+      <c r="Q102" s="34">
+        <v>28.49</v>
+      </c>
+      <c r="R102" s="20">
+        <v>59257</v>
+      </c>
+      <c r="S102" s="34">
+        <v>33.07</v>
+      </c>
+      <c r="T102" s="20">
+        <v>68789</v>
+      </c>
+      <c r="U102" s="34">
+        <v>37.29</v>
+      </c>
+      <c r="V102" s="20">
+        <v>77562</v>
+      </c>
+      <c r="W102" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="X102" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y102" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z102" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA102" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB102" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AC102" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AD102" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AE102" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AF102" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG102" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AH102" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AI102" s="19" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="103" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A103" s="22" t="s">
+        <v>260</v>
+      </c>
+      <c r="B103" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="C103" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D103" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E103" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F103" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G103" s="20">
+        <v>1500</v>
+      </c>
+      <c r="H103" s="20">
+        <v>1910</v>
+      </c>
+      <c r="I103" s="20">
+        <v>410</v>
+      </c>
+      <c r="J103" s="21">
+        <v>2.7333333333333334</v>
+      </c>
+      <c r="K103" s="20">
+        <v>45</v>
+      </c>
+      <c r="L103" s="20">
+        <v>45</v>
+      </c>
+      <c r="M103" s="20">
+        <v>40</v>
+      </c>
+      <c r="N103" s="20">
+        <v>130</v>
+      </c>
+      <c r="O103" s="34">
+        <v>40.98</v>
+      </c>
+      <c r="P103" s="20">
+        <v>85231</v>
+      </c>
+      <c r="Q103" s="34">
+        <v>31.49</v>
+      </c>
+      <c r="R103" s="20">
+        <v>65498</v>
+      </c>
+      <c r="S103" s="34">
+        <v>39</v>
+      </c>
+      <c r="T103" s="20">
+        <v>81122</v>
+      </c>
+      <c r="U103" s="34">
+        <v>45.72</v>
+      </c>
+      <c r="V103" s="20">
+        <v>95097</v>
+      </c>
+      <c r="W103" s="38" t="s">
+        <v>58</v>
+      </c>
+      <c r="X103" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y103" s="38" t="s">
+        <v>72</v>
+      </c>
+      <c r="Z103" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA103" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB103" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC103" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AD103" s="19" t="s">
+        <v>67</v>
+      </c>
+      <c r="AE103" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AF103" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AG103" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AH103" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AI103" s="19" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="104" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A104" s="22" t="s">
+        <v>262</v>
+      </c>
+      <c r="B104" s="18" t="s">
+        <v>263</v>
+      </c>
+      <c r="C104" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D104" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E104" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F104" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G104" s="20">
+        <v>605</v>
+      </c>
+      <c r="H104" s="20">
+        <v>695</v>
+      </c>
+      <c r="I104" s="20">
+        <v>90</v>
+      </c>
+      <c r="J104" s="21">
+        <v>1.4876033057851239</v>
+      </c>
+      <c r="K104" s="20">
+        <v>20</v>
+      </c>
+      <c r="L104" s="20">
+        <v>15</v>
+      </c>
+      <c r="M104" s="20">
+        <v>10</v>
+      </c>
+      <c r="N104" s="20">
+        <v>45</v>
+      </c>
+      <c r="O104" s="34">
+        <v>26.37</v>
+      </c>
+      <c r="P104" s="20">
+        <v>54859</v>
+      </c>
+      <c r="Q104" s="34">
+        <v>20.32</v>
+      </c>
+      <c r="R104" s="20">
+        <v>42273</v>
+      </c>
+      <c r="S104" s="34">
+        <v>25.77</v>
+      </c>
+      <c r="T104" s="20">
+        <v>53598</v>
+      </c>
+      <c r="U104" s="34">
+        <v>29.4</v>
+      </c>
+      <c r="V104" s="20">
+        <v>61151</v>
+      </c>
+      <c r="W104" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X104" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y104" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z104" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA104" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB104" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC104" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD104" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE104" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF104" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG104" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH104" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI104" s="19" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="105" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A105" s="22" t="s">
+        <v>264</v>
+      </c>
+      <c r="B105" s="18" t="s">
+        <v>265</v>
+      </c>
+      <c r="C105" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D105" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E105" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F105" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G105" s="20">
+        <v>1560</v>
+      </c>
+      <c r="H105" s="20">
+        <v>1835</v>
+      </c>
+      <c r="I105" s="20">
+        <v>275</v>
+      </c>
+      <c r="J105" s="21">
+        <v>1.762820512820513</v>
+      </c>
+      <c r="K105" s="20">
+        <v>40</v>
+      </c>
+      <c r="L105" s="20">
+        <v>15</v>
+      </c>
+      <c r="M105" s="20">
+        <v>30</v>
+      </c>
+      <c r="N105" s="20">
+        <v>85</v>
+      </c>
+      <c r="O105" s="34">
+        <v>52.46</v>
+      </c>
+      <c r="P105" s="20">
+        <v>109109</v>
+      </c>
+      <c r="Q105" s="34">
+        <v>31.53</v>
+      </c>
+      <c r="R105" s="20">
+        <v>65581</v>
+      </c>
+      <c r="S105" s="34">
+        <v>48.51</v>
+      </c>
+      <c r="T105" s="20">
+        <v>100910</v>
+      </c>
+      <c r="U105" s="34">
+        <v>62.92</v>
+      </c>
+      <c r="V105" s="20">
+        <v>130874</v>
+      </c>
+      <c r="W105" s="38" t="s">
+        <v>74</v>
+      </c>
+      <c r="X105" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y105" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z105" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA105" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB105" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AC105" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AD105" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AE105" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AF105" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="AG105" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AH105" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AI105" s="19" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="106" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A106" s="22" t="s">
+        <v>266</v>
+      </c>
+      <c r="B106" s="18" t="s">
+        <v>267</v>
+      </c>
+      <c r="C106" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D106" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E106" s="18" t="s">
+        <v>205</v>
+      </c>
+      <c r="F106" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G106" s="20">
+        <v>35700</v>
+      </c>
+      <c r="H106" s="20">
+        <v>39275</v>
+      </c>
+      <c r="I106" s="20">
+        <v>3570</v>
+      </c>
+      <c r="J106" s="21">
+        <v>1</v>
+      </c>
+      <c r="K106" s="20">
+        <v>1245</v>
+      </c>
+      <c r="L106" s="20">
+        <v>770</v>
+      </c>
+      <c r="M106" s="20">
+        <v>355</v>
+      </c>
+      <c r="N106" s="20">
+        <v>2375</v>
+      </c>
+      <c r="O106" s="34">
+        <v>37.39</v>
+      </c>
+      <c r="P106" s="20">
+        <v>77779</v>
+      </c>
+      <c r="Q106" s="34">
+        <v>29.9</v>
+      </c>
+      <c r="R106" s="20">
+        <v>62201</v>
+      </c>
+      <c r="S106" s="34">
+        <v>37</v>
+      </c>
+      <c r="T106" s="20">
+        <v>76959</v>
+      </c>
+      <c r="U106" s="34">
+        <v>41.14</v>
+      </c>
+      <c r="V106" s="20">
+        <v>85568</v>
+      </c>
+      <c r="W106" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="X106" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y106" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z106" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AA106" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB106" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="AC106" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AD106" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE106" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AF106" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG106" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AH106" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AI106" s="19" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="107" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A107" s="22" t="s">
+        <v>268</v>
+      </c>
+      <c r="B107" s="18" t="s">
+        <v>269</v>
+      </c>
+      <c r="C107" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D107" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E107" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F107" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G107" s="20">
+        <v>375</v>
+      </c>
+      <c r="H107" s="20">
+        <v>435</v>
+      </c>
+      <c r="I107" s="20">
+        <v>60</v>
+      </c>
+      <c r="J107" s="21">
+        <v>1.6</v>
+      </c>
+      <c r="K107" s="20">
+        <v>10</v>
+      </c>
+      <c r="L107" s="20">
+        <v>10</v>
+      </c>
+      <c r="M107" s="20">
+        <v>5</v>
+      </c>
+      <c r="N107" s="20">
+        <v>20</v>
+      </c>
+      <c r="O107" s="34">
+        <v>118.16</v>
+      </c>
+      <c r="P107" s="20">
+        <v>245776</v>
+      </c>
+      <c r="Q107" s="34">
+        <v>94.5</v>
+      </c>
+      <c r="R107" s="20">
+        <v>196562</v>
+      </c>
+      <c r="S107" s="34">
+        <v>110.56</v>
+      </c>
+      <c r="T107" s="20">
+        <v>229954</v>
+      </c>
+      <c r="U107" s="34">
+        <v>129.99</v>
+      </c>
+      <c r="V107" s="20">
+        <v>270384</v>
+      </c>
+      <c r="W107" s="38" t="s">
+        <v>58</v>
+      </c>
+      <c r="X107" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y107" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z107" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AA107" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB107" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AC107" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AD107" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AE107" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AF107" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AG107" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AH107" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="AI107" s="19" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="108" spans="1:35" s="36" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A108" s="22" t="s">
+        <v>270</v>
+      </c>
+      <c r="B108" s="18" t="s">
+        <v>271</v>
+      </c>
+      <c r="C108" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D108" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E108" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F108" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G108" s="20">
+        <v>2395</v>
+      </c>
+      <c r="H108" s="20">
+        <v>3675</v>
+      </c>
+      <c r="I108" s="20">
+        <v>1280</v>
+      </c>
+      <c r="J108" s="21">
+        <v>5.3444676409185803</v>
+      </c>
+      <c r="K108" s="20">
+        <v>65</v>
+      </c>
+      <c r="L108" s="20">
+        <v>65</v>
+      </c>
+      <c r="M108" s="20">
+        <v>130</v>
+      </c>
+      <c r="N108" s="20">
+        <v>260</v>
+      </c>
+      <c r="O108" s="34">
+        <v>63.95</v>
+      </c>
+      <c r="P108" s="20">
+        <v>133022</v>
+      </c>
+      <c r="Q108" s="34">
+        <v>49.41</v>
+      </c>
+      <c r="R108" s="20">
+        <v>102778</v>
+      </c>
+      <c r="S108" s="34">
+        <v>62.22</v>
+      </c>
+      <c r="T108" s="20">
+        <v>129422</v>
+      </c>
+      <c r="U108" s="34">
+        <v>71.22</v>
+      </c>
+      <c r="V108" s="20">
+        <v>148143</v>
+      </c>
+      <c r="W108" s="38" t="s">
+        <v>58</v>
+      </c>
+      <c r="X108" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y108" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z108" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA108" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AB108" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AC108" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AD108" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AE108" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AF108" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AG108" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AH108" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AI108" s="19" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="109" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A109" s="22" t="s">
+        <v>272</v>
+      </c>
+      <c r="B109" s="18" t="s">
+        <v>273</v>
+      </c>
+      <c r="C109" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D109" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E109" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F109" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G109" s="20">
+        <v>1875</v>
+      </c>
+      <c r="H109" s="20">
+        <v>2065</v>
+      </c>
+      <c r="I109" s="20">
+        <v>190</v>
+      </c>
+      <c r="J109" s="21">
+        <v>1.0133333333333332</v>
+      </c>
+      <c r="K109" s="20">
+        <v>40</v>
+      </c>
+      <c r="L109" s="20">
+        <v>10</v>
+      </c>
+      <c r="M109" s="20">
+        <v>20</v>
+      </c>
+      <c r="N109" s="20">
+        <v>70</v>
+      </c>
+      <c r="O109" s="34">
+        <v>140.4</v>
+      </c>
+      <c r="P109" s="20">
+        <v>292030</v>
+      </c>
+      <c r="Q109" s="34">
+        <v>69.05</v>
+      </c>
+      <c r="R109" s="20">
+        <v>143631</v>
+      </c>
+      <c r="S109" s="35" t="s">
+        <v>1</v>
+      </c>
+      <c r="T109" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="U109" s="35" t="s">
+        <v>1</v>
+      </c>
+      <c r="V109" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="W109" s="38" t="s">
+        <v>74</v>
+      </c>
+      <c r="X109" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y109" s="38" t="s">
+        <v>72</v>
+      </c>
+      <c r="Z109" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AA109" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB109" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC109" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AD109" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AE109" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AF109" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AG109" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AH109" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AI109" s="19" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="110" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A110" s="22" t="s">
+        <v>274</v>
+      </c>
+      <c r="B110" s="18" t="s">
+        <v>275</v>
+      </c>
+      <c r="C110" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D110" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E110" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F110" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G110" s="20">
+        <v>1525</v>
+      </c>
+      <c r="H110" s="20">
+        <v>1635</v>
+      </c>
+      <c r="I110" s="20">
+        <v>110</v>
+      </c>
+      <c r="J110" s="21">
+        <v>0.72131147540983609</v>
+      </c>
+      <c r="K110" s="20">
+        <v>30</v>
+      </c>
+      <c r="L110" s="20">
+        <v>10</v>
+      </c>
+      <c r="M110" s="20">
+        <v>10</v>
+      </c>
+      <c r="N110" s="20">
+        <v>50</v>
+      </c>
+      <c r="O110" s="34">
+        <v>125.93</v>
+      </c>
+      <c r="P110" s="20">
+        <v>261932</v>
+      </c>
+      <c r="Q110" s="34">
+        <v>60.62</v>
+      </c>
+      <c r="R110" s="20">
+        <v>126090</v>
+      </c>
+      <c r="S110" s="35" t="s">
+        <v>1</v>
+      </c>
+      <c r="T110" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="U110" s="35" t="s">
+        <v>1</v>
+      </c>
+      <c r="V110" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="W110" s="38" t="s">
+        <v>74</v>
+      </c>
+      <c r="X110" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y110" s="38" t="s">
+        <v>72</v>
+      </c>
+      <c r="Z110" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA110" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB110" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC110" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD110" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE110" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF110" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG110" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH110" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI110" s="19" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="111" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A111" s="22" t="s">
+        <v>276</v>
+      </c>
+      <c r="B111" s="18" t="s">
+        <v>277</v>
+      </c>
+      <c r="C111" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D111" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E111" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F111" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G111" s="20">
+        <v>2415</v>
+      </c>
+      <c r="H111" s="20">
+        <v>2805</v>
+      </c>
+      <c r="I111" s="20">
+        <v>390</v>
+      </c>
+      <c r="J111" s="21">
+        <v>1.6149068322981366</v>
+      </c>
+      <c r="K111" s="20">
+        <v>110</v>
+      </c>
+      <c r="L111" s="20">
+        <v>55</v>
+      </c>
+      <c r="M111" s="20">
+        <v>40</v>
+      </c>
+      <c r="N111" s="20">
+        <v>210</v>
+      </c>
+      <c r="O111" s="34">
+        <v>40.93</v>
+      </c>
+      <c r="P111" s="20">
+        <v>85128</v>
+      </c>
+      <c r="Q111" s="34">
+        <v>37.33</v>
+      </c>
+      <c r="R111" s="20">
+        <v>77640</v>
+      </c>
+      <c r="S111" s="34">
+        <v>39.79</v>
+      </c>
+      <c r="T111" s="20">
+        <v>82769</v>
+      </c>
+      <c r="U111" s="34">
+        <v>42.73</v>
+      </c>
+      <c r="V111" s="20">
+        <v>88872</v>
+      </c>
+      <c r="W111" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="X111" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y111" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z111" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA111" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB111" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC111" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AD111" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE111" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AF111" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AG111" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AH111" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="AI111" s="19" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="112" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A112" s="22" t="s">
+        <v>278</v>
+      </c>
+      <c r="B112" s="18" t="s">
+        <v>279</v>
+      </c>
+      <c r="C112" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D112" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E112" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F112" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G112" s="20">
+        <v>945</v>
+      </c>
+      <c r="H112" s="20">
+        <v>1030</v>
+      </c>
+      <c r="I112" s="20">
         <v>80</v>
       </c>
-      <c r="K11" s="22">
-[...2 lines deleted...]
-      <c r="L11" s="22">
+      <c r="J112" s="21">
+        <v>0.84656084656084651</v>
+      </c>
+      <c r="K112" s="20">
+        <v>35</v>
+      </c>
+      <c r="L112" s="20">
+        <v>20</v>
+      </c>
+      <c r="M112" s="20">
+        <v>10</v>
+      </c>
+      <c r="N112" s="20">
         <v>65</v>
       </c>
-      <c r="M11" s="22">
-[...26 lines deleted...]
-      <c r="V11" s="24" t="s">
+      <c r="O112" s="34">
+        <v>44.63</v>
+      </c>
+      <c r="P112" s="20">
+        <v>92831</v>
+      </c>
+      <c r="Q112" s="34">
+        <v>30.23</v>
+      </c>
+      <c r="R112" s="20">
+        <v>62880</v>
+      </c>
+      <c r="S112" s="34">
+        <v>41.75</v>
+      </c>
+      <c r="T112" s="20">
+        <v>86833</v>
+      </c>
+      <c r="U112" s="34">
+        <v>51.83</v>
+      </c>
+      <c r="V112" s="20">
+        <v>107806</v>
+      </c>
+      <c r="W112" s="38" t="s">
+        <v>58</v>
+      </c>
+      <c r="X112" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y112" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z112" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA112" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB112" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC112" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD112" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE112" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF112" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG112" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH112" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI112" s="19" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="113" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A113" s="22" t="s">
+        <v>280</v>
+      </c>
+      <c r="B113" s="18" t="s">
+        <v>353</v>
+      </c>
+      <c r="C113" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D113" s="18" t="s">
+        <v>281</v>
+      </c>
+      <c r="E113" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F113" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G113" s="20">
+        <v>2955</v>
+      </c>
+      <c r="H113" s="20">
+        <v>3210</v>
+      </c>
+      <c r="I113" s="20">
+        <v>255</v>
+      </c>
+      <c r="J113" s="21">
+        <v>0.86294416243654815</v>
+      </c>
+      <c r="K113" s="20">
+        <v>105</v>
+      </c>
+      <c r="L113" s="20">
+        <v>90</v>
+      </c>
+      <c r="M113" s="20">
+        <v>25</v>
+      </c>
+      <c r="N113" s="20">
+        <v>220</v>
+      </c>
+      <c r="O113" s="34">
+        <v>27.46</v>
+      </c>
+      <c r="P113" s="20">
+        <v>57114</v>
+      </c>
+      <c r="Q113" s="34">
+        <v>19.11</v>
+      </c>
+      <c r="R113" s="20">
+        <v>39754</v>
+      </c>
+      <c r="S113" s="34">
+        <v>26.23</v>
+      </c>
+      <c r="T113" s="20">
+        <v>54558</v>
+      </c>
+      <c r="U113" s="34">
+        <v>31.63</v>
+      </c>
+      <c r="V113" s="20">
+        <v>65793</v>
+      </c>
+      <c r="W113" s="38" t="s">
         <v>38</v>
       </c>
-      <c r="W11" s="24" t="s">
-[...5 lines deleted...]
-      <c r="Y11" s="21" t="s">
+      <c r="X113" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y113" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z113" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA113" s="19" t="s">
         <v>44</v>
       </c>
-      <c r="Z11" s="21" t="s">
+      <c r="AB113" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC113" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="AD113" s="19" t="s">
+        <v>73</v>
+      </c>
+      <c r="AE113" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AF113" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AG113" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AH113" s="19" t="s">
+        <v>69</v>
+      </c>
+      <c r="AI113" s="19" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="114" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A114" s="22" t="s">
+        <v>282</v>
+      </c>
+      <c r="B114" s="18" t="s">
+        <v>354</v>
+      </c>
+      <c r="C114" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D114" s="18" t="s">
+        <v>281</v>
+      </c>
+      <c r="E114" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F114" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G114" s="20">
+        <v>445</v>
+      </c>
+      <c r="H114" s="20">
+        <v>485</v>
+      </c>
+      <c r="I114" s="20">
+        <v>40</v>
+      </c>
+      <c r="J114" s="21">
+        <v>0.898876404494382</v>
+      </c>
+      <c r="K114" s="20">
+        <v>15</v>
+      </c>
+      <c r="L114" s="20">
+        <v>15</v>
+      </c>
+      <c r="M114" s="20">
+        <v>5</v>
+      </c>
+      <c r="N114" s="20">
+        <v>30</v>
+      </c>
+      <c r="O114" s="34">
+        <v>32.869999999999997</v>
+      </c>
+      <c r="P114" s="20">
+        <v>68365</v>
+      </c>
+      <c r="Q114" s="34">
+        <v>19.600000000000001</v>
+      </c>
+      <c r="R114" s="20">
+        <v>40767</v>
+      </c>
+      <c r="S114" s="34">
+        <v>33.1</v>
+      </c>
+      <c r="T114" s="20">
+        <v>68841</v>
+      </c>
+      <c r="U114" s="34">
+        <v>39.5</v>
+      </c>
+      <c r="V114" s="20">
+        <v>82165</v>
+      </c>
+      <c r="W114" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="X114" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y114" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z114" s="19" t="s">
         <v>43</v>
       </c>
-      <c r="AA11" s="21" t="s">
+      <c r="AA114" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB114" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AC114" s="19" t="s">
+        <v>73</v>
+      </c>
+      <c r="AD114" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AE114" s="19" t="s">
         <v>45</v>
       </c>
-      <c r="AB11" s="21" t="s">
+      <c r="AF114" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AG114" s="19" t="s">
         <v>42</v>
       </c>
-      <c r="AC11" s="21" t="s">
+      <c r="AH114" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI114" s="19" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="115" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A115" s="22" t="s">
+        <v>283</v>
+      </c>
+      <c r="B115" s="18" t="s">
+        <v>284</v>
+      </c>
+      <c r="C115" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D115" s="18" t="s">
+        <v>281</v>
+      </c>
+      <c r="E115" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F115" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G115" s="20">
+        <v>690</v>
+      </c>
+      <c r="H115" s="20">
+        <v>825</v>
+      </c>
+      <c r="I115" s="20">
+        <v>135</v>
+      </c>
+      <c r="J115" s="21">
+        <v>1.9565217391304348</v>
+      </c>
+      <c r="K115" s="20">
+        <v>20</v>
+      </c>
+      <c r="L115" s="20">
+        <v>20</v>
+      </c>
+      <c r="M115" s="20">
+        <v>15</v>
+      </c>
+      <c r="N115" s="20">
+        <v>55</v>
+      </c>
+      <c r="O115" s="34">
+        <v>40.65</v>
+      </c>
+      <c r="P115" s="20">
+        <v>84542</v>
+      </c>
+      <c r="Q115" s="34">
+        <v>34.6</v>
+      </c>
+      <c r="R115" s="20">
+        <v>71978</v>
+      </c>
+      <c r="S115" s="34">
+        <v>40.33</v>
+      </c>
+      <c r="T115" s="20">
+        <v>83892</v>
+      </c>
+      <c r="U115" s="34">
+        <v>43.67</v>
+      </c>
+      <c r="V115" s="20">
+        <v>90824</v>
+      </c>
+      <c r="W115" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="X115" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y115" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z115" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA115" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB115" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AC115" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AD115" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AE115" s="19" t="s">
         <v>48</v>
       </c>
-      <c r="AD11" s="21" t="s">
+      <c r="AF115" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AG115" s="19" t="s">
+        <v>55</v>
+      </c>
+      <c r="AH115" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="AI115" s="19" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="116" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A116" s="22" t="s">
+        <v>285</v>
+      </c>
+      <c r="B116" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C116" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D116" s="18" t="s">
+        <v>281</v>
+      </c>
+      <c r="E116" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F116" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G116" s="20">
+        <v>2940</v>
+      </c>
+      <c r="H116" s="20">
+        <v>3260</v>
+      </c>
+      <c r="I116" s="20">
+        <v>320</v>
+      </c>
+      <c r="J116" s="21">
+        <v>1.0884353741496597</v>
+      </c>
+      <c r="K116" s="20">
+        <v>95</v>
+      </c>
+      <c r="L116" s="20">
+        <v>65</v>
+      </c>
+      <c r="M116" s="20">
+        <v>30</v>
+      </c>
+      <c r="N116" s="20">
+        <v>195</v>
+      </c>
+      <c r="O116" s="34">
+        <v>32.08</v>
+      </c>
+      <c r="P116" s="20">
+        <v>66734</v>
+      </c>
+      <c r="Q116" s="34">
+        <v>25.7</v>
+      </c>
+      <c r="R116" s="20">
+        <v>53460</v>
+      </c>
+      <c r="S116" s="34">
+        <v>30.94</v>
+      </c>
+      <c r="T116" s="20">
+        <v>64354</v>
+      </c>
+      <c r="U116" s="34">
+        <v>35.270000000000003</v>
+      </c>
+      <c r="V116" s="20">
+        <v>73371</v>
+      </c>
+      <c r="W116" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="X116" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y116" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z116" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA116" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AB116" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC116" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD116" s="19" t="s">
         <v>46</v>
       </c>
-      <c r="AE11" s="21" t="s">
-[...2 lines deleted...]
-      <c r="AF11" s="21" t="s">
+      <c r="AE116" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AF116" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AG116" s="19" t="s">
+        <v>77</v>
+      </c>
+      <c r="AH116" s="19" t="s">
         <v>51</v>
       </c>
-      <c r="AG11" s="21" t="s">
-[...3 lines deleted...]
-        <v>56</v>
+      <c r="AI116" s="19" t="s">
+        <v>73</v>
       </c>
     </row>
-    <row r="12" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-[...69 lines deleted...]
-      <c r="Y12" s="21" t="s">
+    <row r="117" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A117" s="22" t="s">
+        <v>286</v>
+      </c>
+      <c r="B117" s="18" t="s">
+        <v>287</v>
+      </c>
+      <c r="C117" s="18" t="s">
+        <v>241</v>
+      </c>
+      <c r="D117" s="18" t="s">
+        <v>356</v>
+      </c>
+      <c r="E117" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F117" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G117" s="20">
+        <v>975</v>
+      </c>
+      <c r="H117" s="20">
+        <v>1075</v>
+      </c>
+      <c r="I117" s="20">
+        <v>100</v>
+      </c>
+      <c r="J117" s="21">
+        <v>1.0256410256410255</v>
+      </c>
+      <c r="K117" s="20">
+        <v>25</v>
+      </c>
+      <c r="L117" s="20">
         <v>45</v>
       </c>
-      <c r="Z12" s="21" t="s">
-[...24 lines deleted...]
-        <v>55</v>
+      <c r="M117" s="20">
+        <v>10</v>
+      </c>
+      <c r="N117" s="20">
+        <v>80</v>
+      </c>
+      <c r="O117" s="34">
+        <v>21.56</v>
+      </c>
+      <c r="P117" s="20">
+        <v>44848</v>
+      </c>
+      <c r="Q117" s="34">
+        <v>16.73</v>
+      </c>
+      <c r="R117" s="20">
+        <v>34801</v>
+      </c>
+      <c r="S117" s="34">
+        <v>18.88</v>
+      </c>
+      <c r="T117" s="20">
+        <v>39264</v>
+      </c>
+      <c r="U117" s="34">
+        <v>23.98</v>
+      </c>
+      <c r="V117" s="20">
+        <v>49872</v>
+      </c>
+      <c r="W117" s="38" t="s">
+        <v>76</v>
+      </c>
+      <c r="X117" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y117" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z117" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA117" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB117" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC117" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD117" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE117" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF117" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG117" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH117" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI117" s="19" t="s">
+        <v>1</v>
       </c>
     </row>
-    <row r="13" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-[...2692 lines deleted...]
-      <c r="B39" s="18" t="s">
+    <row r="118" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A118" s="22" t="s">
+        <v>288</v>
+      </c>
+      <c r="B118" s="18" t="s">
+        <v>289</v>
+      </c>
+      <c r="C118" s="18" t="s">
         <v>241</v>
-      </c>
-[...8125 lines deleted...]
-        <v>352</v>
       </c>
       <c r="D118" s="18" t="s">
         <v>356</v>
       </c>
       <c r="E118" s="18" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="F118" s="22">
+        <v>178</v>
+      </c>
+      <c r="F118" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G118" s="20">
+        <v>1275</v>
+      </c>
+      <c r="H118" s="20">
+        <v>1385</v>
+      </c>
+      <c r="I118" s="20">
+        <v>110</v>
+      </c>
+      <c r="J118" s="21">
+        <v>0.86274509803921573</v>
+      </c>
+      <c r="K118" s="20">
+        <v>25</v>
+      </c>
+      <c r="L118" s="20">
+        <v>35</v>
+      </c>
+      <c r="M118" s="20">
+        <v>10</v>
+      </c>
+      <c r="N118" s="20">
+        <v>70</v>
+      </c>
+      <c r="O118" s="34">
+        <v>26.65</v>
+      </c>
+      <c r="P118" s="20">
+        <v>55424</v>
+      </c>
+      <c r="Q118" s="34">
+        <v>21.21</v>
+      </c>
+      <c r="R118" s="20">
+        <v>44115</v>
+      </c>
+      <c r="S118" s="34">
+        <v>25.71</v>
+      </c>
+      <c r="T118" s="20">
+        <v>53470</v>
+      </c>
+      <c r="U118" s="34">
+        <v>29.36</v>
+      </c>
+      <c r="V118" s="20">
+        <v>61078</v>
+      </c>
+      <c r="W118" s="38" t="s">
+        <v>76</v>
+      </c>
+      <c r="X118" s="38" t="s">
+        <v>94</v>
+      </c>
+      <c r="Y118" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z118" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA118" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB118" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC118" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD118" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE118" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF118" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG118" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH118" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI118" s="19" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="119" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A119" s="22" t="s">
+        <v>290</v>
+      </c>
+      <c r="B119" s="18" t="s">
+        <v>291</v>
+      </c>
+      <c r="C119" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D119" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E119" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F119" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G119" s="20">
+        <v>300</v>
+      </c>
+      <c r="H119" s="20">
         <v>325</v>
       </c>
-      <c r="G118" s="22">
+      <c r="I119" s="20">
+        <v>25</v>
+      </c>
+      <c r="J119" s="21">
+        <v>0.83333333333333326</v>
+      </c>
+      <c r="K119" s="20">
+        <v>15</v>
+      </c>
+      <c r="L119" s="20">
+        <v>15</v>
+      </c>
+      <c r="M119" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="N119" s="20">
+        <v>35</v>
+      </c>
+      <c r="O119" s="34">
+        <v>16.32</v>
+      </c>
+      <c r="P119" s="20">
+        <v>33945</v>
+      </c>
+      <c r="Q119" s="34">
+        <v>13.09</v>
+      </c>
+      <c r="R119" s="20">
+        <v>27219</v>
+      </c>
+      <c r="S119" s="34">
+        <v>16.350000000000001</v>
+      </c>
+      <c r="T119" s="20">
+        <v>34005</v>
+      </c>
+      <c r="U119" s="34">
+        <v>17.940000000000001</v>
+      </c>
+      <c r="V119" s="20">
+        <v>37308</v>
+      </c>
+      <c r="W119" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="X119" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y119" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z119" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA119" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB119" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AC119" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AD119" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AE119" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="AF119" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG119" s="19" t="s">
+        <v>67</v>
+      </c>
+      <c r="AH119" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AI119" s="19" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="120" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A120" s="22" t="s">
+        <v>292</v>
+      </c>
+      <c r="B120" s="18" t="s">
+        <v>293</v>
+      </c>
+      <c r="C120" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D120" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E120" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F120" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G120" s="20">
+        <v>4745</v>
+      </c>
+      <c r="H120" s="20">
+        <v>5300</v>
+      </c>
+      <c r="I120" s="20">
+        <v>555</v>
+      </c>
+      <c r="J120" s="21">
+        <v>1.1696522655426764</v>
+      </c>
+      <c r="K120" s="20">
+        <v>195</v>
+      </c>
+      <c r="L120" s="20">
+        <v>255</v>
+      </c>
+      <c r="M120" s="20">
+        <v>55</v>
+      </c>
+      <c r="N120" s="20">
+        <v>505</v>
+      </c>
+      <c r="O120" s="34">
+        <v>20.84</v>
+      </c>
+      <c r="P120" s="20">
+        <v>43353</v>
+      </c>
+      <c r="Q120" s="34">
+        <v>16.920000000000002</v>
+      </c>
+      <c r="R120" s="20">
+        <v>35193</v>
+      </c>
+      <c r="S120" s="34">
+        <v>19.899999999999999</v>
+      </c>
+      <c r="T120" s="20">
+        <v>41383</v>
+      </c>
+      <c r="U120" s="34">
+        <v>22.8</v>
+      </c>
+      <c r="V120" s="20">
+        <v>47433</v>
+      </c>
+      <c r="W120" s="38" t="s">
+        <v>54</v>
+      </c>
+      <c r="X120" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y120" s="38" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z120" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA120" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB120" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC120" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AD120" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AE120" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AF120" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG120" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AH120" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI120" s="19" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="121" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A121" s="22" t="s">
+        <v>294</v>
+      </c>
+      <c r="B121" s="18" t="s">
+        <v>295</v>
+      </c>
+      <c r="C121" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D121" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E121" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F121" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G121" s="20">
+        <v>320</v>
+      </c>
+      <c r="H121" s="20">
+        <v>385</v>
+      </c>
+      <c r="I121" s="20">
+        <v>65</v>
+      </c>
+      <c r="J121" s="21">
+        <v>2.03125</v>
+      </c>
+      <c r="K121" s="20">
+        <v>15</v>
+      </c>
+      <c r="L121" s="20">
+        <v>15</v>
+      </c>
+      <c r="M121" s="20">
+        <v>5</v>
+      </c>
+      <c r="N121" s="20">
+        <v>35</v>
+      </c>
+      <c r="O121" s="34">
+        <v>19.78</v>
+      </c>
+      <c r="P121" s="20">
+        <v>41152</v>
+      </c>
+      <c r="Q121" s="34">
+        <v>16.03</v>
+      </c>
+      <c r="R121" s="20">
+        <v>33336</v>
+      </c>
+      <c r="S121" s="34">
+        <v>19.07</v>
+      </c>
+      <c r="T121" s="20">
+        <v>39671</v>
+      </c>
+      <c r="U121" s="34">
+        <v>21.66</v>
+      </c>
+      <c r="V121" s="20">
+        <v>45059</v>
+      </c>
+      <c r="W121" s="38" t="s">
+        <v>76</v>
+      </c>
+      <c r="X121" s="38" t="s">
+        <v>94</v>
+      </c>
+      <c r="Y121" s="38" t="s">
+        <v>75</v>
+      </c>
+      <c r="Z121" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AA121" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB121" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AC121" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="AD121" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AE121" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AF121" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AG121" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH121" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="AI121" s="19" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="122" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A122" s="22" t="s">
+        <v>296</v>
+      </c>
+      <c r="B122" s="18" t="s">
+        <v>297</v>
+      </c>
+      <c r="C122" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D122" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E122" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F122" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G122" s="20">
+        <v>875</v>
+      </c>
+      <c r="H122" s="20">
+        <v>955</v>
+      </c>
+      <c r="I122" s="20">
+        <v>75</v>
+      </c>
+      <c r="J122" s="21">
+        <v>0.85714285714285721</v>
+      </c>
+      <c r="K122" s="20">
+        <v>30</v>
+      </c>
+      <c r="L122" s="20">
+        <v>25</v>
+      </c>
+      <c r="M122" s="20">
+        <v>10</v>
+      </c>
+      <c r="N122" s="20">
+        <v>65</v>
+      </c>
+      <c r="O122" s="34">
+        <v>26.42</v>
+      </c>
+      <c r="P122" s="20">
+        <v>54947</v>
+      </c>
+      <c r="Q122" s="34">
+        <v>21.26</v>
+      </c>
+      <c r="R122" s="20">
+        <v>44224</v>
+      </c>
+      <c r="S122" s="34">
+        <v>25.92</v>
+      </c>
+      <c r="T122" s="20">
+        <v>53922</v>
+      </c>
+      <c r="U122" s="34">
+        <v>28.99</v>
+      </c>
+      <c r="V122" s="20">
+        <v>60309</v>
+      </c>
+      <c r="W122" s="38" t="s">
+        <v>76</v>
+      </c>
+      <c r="X122" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y122" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z122" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AA122" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB122" s="19" t="s">
+        <v>73</v>
+      </c>
+      <c r="AC122" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="AD122" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AE122" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AF122" s="19" t="s">
+        <v>55</v>
+      </c>
+      <c r="AG122" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AH122" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AI122" s="19" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="123" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A123" s="22" t="s">
+        <v>298</v>
+      </c>
+      <c r="B123" s="18" t="s">
+        <v>357</v>
+      </c>
+      <c r="C123" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D123" s="18" t="s">
+        <v>281</v>
+      </c>
+      <c r="E123" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F123" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G123" s="20">
+        <v>1060</v>
+      </c>
+      <c r="H123" s="20">
+        <v>1315</v>
+      </c>
+      <c r="I123" s="20">
+        <v>255</v>
+      </c>
+      <c r="J123" s="21">
+        <v>2.4056603773584904</v>
+      </c>
+      <c r="K123" s="20">
+        <v>40</v>
+      </c>
+      <c r="L123" s="20">
+        <v>65</v>
+      </c>
+      <c r="M123" s="20">
+        <v>25</v>
+      </c>
+      <c r="N123" s="20">
+        <v>135</v>
+      </c>
+      <c r="O123" s="34">
+        <v>21.6</v>
+      </c>
+      <c r="P123" s="20">
+        <v>44935</v>
+      </c>
+      <c r="Q123" s="34">
+        <v>16.66</v>
+      </c>
+      <c r="R123" s="20">
+        <v>34655</v>
+      </c>
+      <c r="S123" s="34">
+        <v>20.09</v>
+      </c>
+      <c r="T123" s="20">
+        <v>41778</v>
+      </c>
+      <c r="U123" s="34">
+        <v>24.07</v>
+      </c>
+      <c r="V123" s="20">
+        <v>50074</v>
+      </c>
+      <c r="W123" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="X123" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y123" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z123" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA123" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB123" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC123" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AD123" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AE123" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AF123" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AG123" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AH123" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="AI123" s="19" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="124" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A124" s="22" t="s">
+        <v>299</v>
+      </c>
+      <c r="B124" s="18" t="s">
+        <v>300</v>
+      </c>
+      <c r="C124" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D124" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E124" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F124" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G124" s="20">
+        <v>505</v>
+      </c>
+      <c r="H124" s="20">
+        <v>610</v>
+      </c>
+      <c r="I124" s="20">
+        <v>110</v>
+      </c>
+      <c r="J124" s="21">
+        <v>2.1782178217821784</v>
+      </c>
+      <c r="K124" s="20">
+        <v>30</v>
+      </c>
+      <c r="L124" s="20">
+        <v>30</v>
+      </c>
+      <c r="M124" s="20">
+        <v>10</v>
+      </c>
+      <c r="N124" s="20">
+        <v>70</v>
+      </c>
+      <c r="O124" s="34">
+        <v>21.55</v>
+      </c>
+      <c r="P124" s="20">
+        <v>44822</v>
+      </c>
+      <c r="Q124" s="34">
+        <v>17.59</v>
+      </c>
+      <c r="R124" s="20">
+        <v>36584</v>
+      </c>
+      <c r="S124" s="34">
+        <v>21.23</v>
+      </c>
+      <c r="T124" s="20">
+        <v>44166</v>
+      </c>
+      <c r="U124" s="34">
+        <v>23.53</v>
+      </c>
+      <c r="V124" s="20">
+        <v>48941</v>
+      </c>
+      <c r="W124" s="38" t="s">
+        <v>76</v>
+      </c>
+      <c r="X124" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y124" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z124" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA124" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AB124" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC124" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD124" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AE124" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AF124" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="AG124" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="AH124" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AI124" s="19" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="125" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A125" s="22" t="s">
+        <v>301</v>
+      </c>
+      <c r="B125" s="18" t="s">
+        <v>358</v>
+      </c>
+      <c r="C125" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D125" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E125" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F125" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G125" s="20">
+        <v>5990</v>
+      </c>
+      <c r="H125" s="20">
+        <v>6705</v>
+      </c>
+      <c r="I125" s="20">
+        <v>715</v>
+      </c>
+      <c r="J125" s="21">
+        <v>1.1936560934891485</v>
+      </c>
+      <c r="K125" s="20">
+        <v>255</v>
+      </c>
+      <c r="L125" s="20">
+        <v>225</v>
+      </c>
+      <c r="M125" s="20">
+        <v>70</v>
+      </c>
+      <c r="N125" s="20">
+        <v>550</v>
+      </c>
+      <c r="O125" s="34">
+        <v>28.67</v>
+      </c>
+      <c r="P125" s="20">
+        <v>59641</v>
+      </c>
+      <c r="Q125" s="34">
+        <v>23.53</v>
+      </c>
+      <c r="R125" s="20">
+        <v>48948</v>
+      </c>
+      <c r="S125" s="34">
+        <v>28.59</v>
+      </c>
+      <c r="T125" s="20">
+        <v>59457</v>
+      </c>
+      <c r="U125" s="34">
+        <v>31.24</v>
+      </c>
+      <c r="V125" s="20">
+        <v>64987</v>
+      </c>
+      <c r="W125" s="38" t="s">
+        <v>76</v>
+      </c>
+      <c r="X125" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y125" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z125" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA125" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="AB125" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AC125" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AD125" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AE125" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AF125" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AG125" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AH125" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AI125" s="19" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="126" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A126" s="22" t="s">
+        <v>302</v>
+      </c>
+      <c r="B126" s="18" t="s">
+        <v>303</v>
+      </c>
+      <c r="C126" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D126" s="18" t="s">
+        <v>304</v>
+      </c>
+      <c r="E126" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F126" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G126" s="20">
+        <v>2425</v>
+      </c>
+      <c r="H126" s="20">
+        <v>2760</v>
+      </c>
+      <c r="I126" s="20">
+        <v>330</v>
+      </c>
+      <c r="J126" s="21">
+        <v>1.3608247422680411</v>
+      </c>
+      <c r="K126" s="20">
+        <v>95</v>
+      </c>
+      <c r="L126" s="20">
+        <v>75</v>
+      </c>
+      <c r="M126" s="20">
+        <v>35</v>
+      </c>
+      <c r="N126" s="20">
+        <v>205</v>
+      </c>
+      <c r="O126" s="34">
+        <v>25.31</v>
+      </c>
+      <c r="P126" s="20">
+        <v>52640</v>
+      </c>
+      <c r="Q126" s="34">
+        <v>19.93</v>
+      </c>
+      <c r="R126" s="20">
+        <v>41455</v>
+      </c>
+      <c r="S126" s="34">
+        <v>24.8</v>
+      </c>
+      <c r="T126" s="20">
+        <v>51580</v>
+      </c>
+      <c r="U126" s="34">
+        <v>28</v>
+      </c>
+      <c r="V126" s="20">
+        <v>58232</v>
+      </c>
+      <c r="W126" s="38" t="s">
+        <v>76</v>
+      </c>
+      <c r="X126" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y126" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z126" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA126" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB126" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC126" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD126" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE126" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF126" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG126" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH126" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI126" s="19" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="127" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A127" s="22" t="s">
+        <v>305</v>
+      </c>
+      <c r="B127" s="18" t="s">
+        <v>306</v>
+      </c>
+      <c r="C127" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D127" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E127" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F127" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G127" s="20">
+        <v>1085</v>
+      </c>
+      <c r="H127" s="20">
+        <v>1215</v>
+      </c>
+      <c r="I127" s="20">
+        <v>130</v>
+      </c>
+      <c r="J127" s="21">
+        <v>1.1981566820276497</v>
+      </c>
+      <c r="K127" s="20">
+        <v>50</v>
+      </c>
+      <c r="L127" s="20">
+        <v>50</v>
+      </c>
+      <c r="M127" s="20">
+        <v>15</v>
+      </c>
+      <c r="N127" s="20">
+        <v>110</v>
+      </c>
+      <c r="O127" s="34">
+        <v>20.67</v>
+      </c>
+      <c r="P127" s="20">
+        <v>42993</v>
+      </c>
+      <c r="Q127" s="34">
+        <v>17.23</v>
+      </c>
+      <c r="R127" s="20">
+        <v>35838</v>
+      </c>
+      <c r="S127" s="34">
+        <v>20.100000000000001</v>
+      </c>
+      <c r="T127" s="20">
+        <v>41809</v>
+      </c>
+      <c r="U127" s="34">
+        <v>22.39</v>
+      </c>
+      <c r="V127" s="20">
+        <v>46571</v>
+      </c>
+      <c r="W127" s="38" t="s">
+        <v>54</v>
+      </c>
+      <c r="X127" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y127" s="38" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z127" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA127" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB127" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC127" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AD127" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE127" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="AF127" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="AG127" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AH127" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="AI127" s="19" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="128" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A128" s="22" t="s">
+        <v>307</v>
+      </c>
+      <c r="B128" s="18" t="s">
+        <v>359</v>
+      </c>
+      <c r="C128" s="18" t="s">
+        <v>308</v>
+      </c>
+      <c r="D128" s="18" t="s">
+        <v>309</v>
+      </c>
+      <c r="E128" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F128" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G128" s="20">
+        <v>2385</v>
+      </c>
+      <c r="H128" s="20">
+        <v>2700</v>
+      </c>
+      <c r="I128" s="20">
+        <v>315</v>
+      </c>
+      <c r="J128" s="21">
+        <v>1.320754716981132</v>
+      </c>
+      <c r="K128" s="20">
+        <v>90</v>
+      </c>
+      <c r="L128" s="20">
+        <v>80</v>
+      </c>
+      <c r="M128" s="20">
+        <v>30</v>
+      </c>
+      <c r="N128" s="20">
+        <v>200</v>
+      </c>
+      <c r="O128" s="34">
+        <v>24.3</v>
+      </c>
+      <c r="P128" s="20">
+        <v>50554</v>
+      </c>
+      <c r="Q128" s="34">
+        <v>18.399999999999999</v>
+      </c>
+      <c r="R128" s="20">
+        <v>38266</v>
+      </c>
+      <c r="S128" s="34">
+        <v>22.12</v>
+      </c>
+      <c r="T128" s="20">
+        <v>46012</v>
+      </c>
+      <c r="U128" s="34">
+        <v>27.26</v>
+      </c>
+      <c r="V128" s="20">
+        <v>56697</v>
+      </c>
+      <c r="W128" s="38" t="s">
+        <v>76</v>
+      </c>
+      <c r="X128" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y128" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z128" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA128" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB128" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC128" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD128" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE128" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF128" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG128" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH128" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI128" s="19" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="129" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A129" s="22" t="s">
+        <v>310</v>
+      </c>
+      <c r="B129" s="18" t="s">
+        <v>360</v>
+      </c>
+      <c r="C129" s="18" t="s">
+        <v>308</v>
+      </c>
+      <c r="D129" s="18" t="s">
+        <v>311</v>
+      </c>
+      <c r="E129" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F129" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G129" s="20">
+        <v>325</v>
+      </c>
+      <c r="H129" s="20">
         <v>395</v>
       </c>
-      <c r="H118" s="22">
+      <c r="I129" s="20">
         <v>70</v>
       </c>
-      <c r="I118" s="23">
+      <c r="J129" s="21">
         <v>2.1538461538461542</v>
       </c>
-      <c r="J118" s="22">
+      <c r="K129" s="20">
         <v>10</v>
       </c>
-      <c r="K118" s="22">
+      <c r="L129" s="20">
         <v>10</v>
       </c>
-      <c r="L118" s="22">
+      <c r="M129" s="20">
         <v>5</v>
       </c>
-      <c r="M118" s="22">
+      <c r="N129" s="20">
         <v>30</v>
       </c>
-      <c r="N118" s="31">
-[...23 lines deleted...]
-      <c r="V118" s="24" t="s">
+      <c r="O129" s="34">
+        <v>34.75</v>
+      </c>
+      <c r="P129" s="20">
+        <v>72276</v>
+      </c>
+      <c r="Q129" s="34">
+        <v>23.94</v>
+      </c>
+      <c r="R129" s="20">
+        <v>49785</v>
+      </c>
+      <c r="S129" s="34">
+        <v>34.61</v>
+      </c>
+      <c r="T129" s="20">
+        <v>71979</v>
+      </c>
+      <c r="U129" s="34">
+        <v>40.15</v>
+      </c>
+      <c r="V129" s="20">
+        <v>83522</v>
+      </c>
+      <c r="W129" s="38" t="s">
         <v>47</v>
       </c>
-      <c r="W118" s="24" t="s">
-[...32 lines deleted...]
-      <c r="AH118" s="21" t="s">
+      <c r="X129" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y129" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z129" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA129" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB129" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC129" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD129" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE129" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF129" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG129" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH129" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI129" s="19" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="119" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-[...15 lines deleted...]
-      <c r="F119" s="22">
+    <row r="130" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A130" s="22" t="s">
+        <v>312</v>
+      </c>
+      <c r="B130" s="18" t="s">
+        <v>313</v>
+      </c>
+      <c r="C130" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D130" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E130" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F130" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G130" s="20">
         <v>325</v>
       </c>
-      <c r="G119" s="22">
+      <c r="H130" s="20">
         <v>385</v>
       </c>
-      <c r="H119" s="22">
+      <c r="I130" s="20">
         <v>60</v>
       </c>
-      <c r="I119" s="23">
+      <c r="J130" s="21">
         <v>1.8461538461538463</v>
       </c>
-      <c r="J119" s="22">
+      <c r="K130" s="20">
         <v>10</v>
       </c>
-      <c r="K119" s="22">
+      <c r="L130" s="20">
         <v>10</v>
       </c>
-      <c r="L119" s="22">
+      <c r="M130" s="20">
         <v>5</v>
       </c>
-      <c r="M119" s="22">
+      <c r="N130" s="20">
         <v>30</v>
       </c>
-      <c r="N119" s="32">
-[...23 lines deleted...]
-      <c r="V119" s="24" t="s">
+      <c r="O130" s="35">
+        <v>25.096153846153847</v>
+      </c>
+      <c r="P130" s="20">
+        <v>52200</v>
+      </c>
+      <c r="Q130" s="35">
+        <v>19.839903846153845</v>
+      </c>
+      <c r="R130" s="20">
+        <v>41267</v>
+      </c>
+      <c r="S130" s="35">
+        <v>23.894711538461539</v>
+      </c>
+      <c r="T130" s="20">
+        <v>49701</v>
+      </c>
+      <c r="U130" s="35">
+        <v>27.724519230769232</v>
+      </c>
+      <c r="V130" s="20">
+        <v>57667</v>
+      </c>
+      <c r="W130" s="38" t="s">
         <v>58</v>
       </c>
-      <c r="W119" s="24" t="s">
-[...5 lines deleted...]
-      <c r="Y119" s="21" t="s">
+      <c r="X130" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y130" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z130" s="19" t="s">
         <v>43</v>
       </c>
-      <c r="Z119" s="21" t="s">
+      <c r="AA130" s="19" t="s">
         <v>44</v>
       </c>
-      <c r="AA119" s="21" t="s">
+      <c r="AB130" s="19" t="s">
         <v>42</v>
       </c>
-      <c r="AB119" s="21" t="s">
+      <c r="AC130" s="19" t="s">
         <v>48</v>
       </c>
-      <c r="AC119" s="21" t="s">
+      <c r="AD130" s="19" t="s">
         <v>46</v>
       </c>
-      <c r="AD119" s="21" t="s">
+      <c r="AE130" s="19" t="s">
         <v>63</v>
       </c>
-      <c r="AE119" s="21" t="s">
+      <c r="AF130" s="19" t="s">
         <v>45</v>
       </c>
-      <c r="AF119" s="21" t="s">
+      <c r="AG130" s="19" t="s">
         <v>50</v>
       </c>
-      <c r="AG119" s="21" t="s">
+      <c r="AH130" s="19" t="s">
         <v>66</v>
       </c>
-      <c r="AH119" s="21" t="s">
+      <c r="AI130" s="19" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="120" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-[...15 lines deleted...]
-      <c r="F120" s="22">
+    <row r="131" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A131" s="22" t="s">
+        <v>314</v>
+      </c>
+      <c r="B131" s="18" t="s">
+        <v>361</v>
+      </c>
+      <c r="C131" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="D131" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="E131" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F131" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G131" s="20">
         <v>495</v>
       </c>
-      <c r="G120" s="22">
+      <c r="H131" s="20">
         <v>555</v>
       </c>
-      <c r="H120" s="22">
+      <c r="I131" s="20">
         <v>60</v>
       </c>
-      <c r="I120" s="23">
+      <c r="J131" s="21">
         <v>1.2121212121212122</v>
       </c>
-      <c r="J120" s="22">
+      <c r="K131" s="20">
         <v>15</v>
       </c>
-      <c r="K120" s="22">
+      <c r="L131" s="20">
         <v>15</v>
       </c>
-      <c r="L120" s="22">
+      <c r="M131" s="20">
         <v>5</v>
       </c>
-      <c r="M120" s="22">
+      <c r="N131" s="20">
         <v>35</v>
       </c>
-      <c r="N120" s="31">
-[...59 lines deleted...]
-      <c r="AH120" s="21" t="s">
+      <c r="O131" s="34">
+        <v>28.64</v>
+      </c>
+      <c r="P131" s="20">
+        <v>59580</v>
+      </c>
+      <c r="Q131" s="34">
+        <v>14.54</v>
+      </c>
+      <c r="R131" s="20">
+        <v>30246</v>
+      </c>
+      <c r="S131" s="34">
+        <v>17.63</v>
+      </c>
+      <c r="T131" s="20">
+        <v>36670</v>
+      </c>
+      <c r="U131" s="34">
+        <v>35.700000000000003</v>
+      </c>
+      <c r="V131" s="20">
+        <v>74246</v>
+      </c>
+      <c r="W131" s="38" t="s">
+        <v>76</v>
+      </c>
+      <c r="X131" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y131" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z131" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA131" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB131" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC131" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD131" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE131" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF131" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG131" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH131" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI131" s="19" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="121" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A121" s="8" t="s">
+    <row r="132" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J132" s="21"/>
+      <c r="W132" s="38"/>
+      <c r="X132" s="38"/>
+      <c r="Y132" s="38"/>
+      <c r="Z132" s="19"/>
+      <c r="AA132" s="19"/>
+      <c r="AB132" s="19"/>
+      <c r="AC132" s="19"/>
+      <c r="AD132" s="19"/>
+      <c r="AE132" s="19"/>
+      <c r="AF132" s="19"/>
+      <c r="AG132" s="19"/>
+      <c r="AH132" s="19"/>
+      <c r="AI132" s="19"/>
+    </row>
+    <row r="133" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A133" s="36" t="s">
+        <v>376</v>
+      </c>
+      <c r="B133" s="39" t="s">
+        <v>377</v>
+      </c>
+      <c r="G133" s="41"/>
+      <c r="H133" s="41"/>
+      <c r="I133" s="41"/>
+      <c r="J133" s="42"/>
+      <c r="K133" s="41"/>
+      <c r="L133" s="41"/>
+      <c r="M133" s="41"/>
+      <c r="N133" s="41"/>
+      <c r="O133" s="43"/>
+      <c r="P133" s="41"/>
+      <c r="Q133" s="43"/>
+      <c r="R133" s="41"/>
+      <c r="S133" s="43"/>
+      <c r="T133" s="41"/>
+      <c r="U133" s="43"/>
+      <c r="V133" s="41"/>
+      <c r="W133" s="44"/>
+      <c r="X133" s="44"/>
+      <c r="Y133" s="44"/>
+      <c r="Z133" s="19"/>
+      <c r="AA133" s="19"/>
+      <c r="AB133" s="19"/>
+      <c r="AC133" s="19"/>
+      <c r="AD133" s="19"/>
+      <c r="AE133" s="19"/>
+      <c r="AF133" s="19"/>
+      <c r="AG133" s="19"/>
+      <c r="AH133" s="19"/>
+      <c r="AI133" s="19"/>
+    </row>
+    <row r="134" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A134" s="22" t="s">
         <v>36</v>
       </c>
-      <c r="B121" s="18" t="s">
+      <c r="B134" s="18" t="s">
         <v>362</v>
       </c>
-      <c r="C121" s="18" t="s">
-[...5 lines deleted...]
-      <c r="F121" s="22">
+      <c r="C134" s="18" t="s">
+        <v>177</v>
+      </c>
+      <c r="D134" s="18" t="s">
+        <v>315</v>
+      </c>
+      <c r="E134" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F134" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G134" s="20">
         <v>3020</v>
       </c>
-      <c r="G121" s="22">
+      <c r="H134" s="20">
         <v>3170</v>
       </c>
-      <c r="H121" s="22">
+      <c r="I134" s="20">
         <v>150</v>
       </c>
-      <c r="I121" s="23">
+      <c r="J134" s="21">
         <v>0.49668874172185429</v>
       </c>
-      <c r="J121" s="22">
+      <c r="K134" s="20">
         <v>105</v>
       </c>
-      <c r="K121" s="22">
+      <c r="L134" s="20">
         <v>170</v>
       </c>
-      <c r="L121" s="22">
+      <c r="M134" s="20">
         <v>15</v>
       </c>
-      <c r="M121" s="22">
+      <c r="N134" s="20">
         <v>285</v>
       </c>
-      <c r="N121" s="31">
-[...23 lines deleted...]
-      <c r="V121" s="24" t="s">
+      <c r="O134" s="34">
+        <v>53.68</v>
+      </c>
+      <c r="P134" s="20">
+        <v>111662</v>
+      </c>
+      <c r="Q134" s="34">
+        <v>30.3</v>
+      </c>
+      <c r="R134" s="20">
+        <v>63017</v>
+      </c>
+      <c r="S134" s="34">
+        <v>49.39</v>
+      </c>
+      <c r="T134" s="20">
+        <v>102736</v>
+      </c>
+      <c r="U134" s="34">
+        <v>65.38</v>
+      </c>
+      <c r="V134" s="20">
+        <v>135984</v>
+      </c>
+      <c r="W134" s="38" t="s">
         <v>38</v>
       </c>
-      <c r="W121" s="24" t="s">
-[...2 lines deleted...]
-      <c r="X121" s="24" t="s">
+      <c r="X134" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y134" s="38" t="s">
         <v>62</v>
       </c>
-      <c r="Y121" s="21" t="s">
+      <c r="Z134" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="Z121" s="21" t="s">
+      <c r="AA134" s="19" t="s">
         <v>46</v>
       </c>
-      <c r="AA121" s="21" t="s">
+      <c r="AB134" s="19" t="s">
         <v>43</v>
       </c>
-      <c r="AB121" s="21" t="s">
+      <c r="AC134" s="19" t="s">
         <v>57</v>
       </c>
-      <c r="AC121" s="21" t="s">
+      <c r="AD134" s="19" t="s">
         <v>50</v>
       </c>
-      <c r="AD121" s="21" t="s">
+      <c r="AE134" s="19" t="s">
         <v>45</v>
       </c>
-      <c r="AE121" s="21" t="s">
+      <c r="AF134" s="19" t="s">
         <v>52</v>
       </c>
-      <c r="AF121" s="21" t="s">
+      <c r="AG134" s="19" t="s">
         <v>51</v>
       </c>
-      <c r="AG121" s="21" t="s">
+      <c r="AH134" s="19" t="s">
         <v>63</v>
       </c>
-      <c r="AH121" s="21" t="s">
+      <c r="AI134" s="19" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="122" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-[...15 lines deleted...]
-      <c r="F122" s="22">
+    <row r="135" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A135" s="22" t="s">
+        <v>143</v>
+      </c>
+      <c r="B135" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="C135" s="18" t="s">
+        <v>177</v>
+      </c>
+      <c r="D135" s="18" t="s">
+        <v>315</v>
+      </c>
+      <c r="E135" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="F135" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G135" s="20">
         <v>270</v>
       </c>
-      <c r="G122" s="22">
+      <c r="H135" s="20">
         <v>285</v>
       </c>
-      <c r="H122" s="22">
+      <c r="I135" s="20">
         <v>15</v>
       </c>
-      <c r="I122" s="23">
+      <c r="J135" s="21">
         <v>0.55555555555555558</v>
       </c>
-      <c r="J122" s="22">
+      <c r="K135" s="20">
         <v>10</v>
       </c>
-      <c r="K122" s="22">
+      <c r="L135" s="20">
         <v>15</v>
       </c>
-      <c r="L122" s="22" t="s">
+      <c r="M135" s="20" t="s">
         <v>20</v>
       </c>
-      <c r="M122" s="22">
+      <c r="N135" s="20">
         <v>25</v>
       </c>
-      <c r="N122" s="31">
-[...23 lines deleted...]
-      <c r="V122" s="24" t="s">
+      <c r="O135" s="34">
+        <v>51.29</v>
+      </c>
+      <c r="P135" s="20">
+        <v>106684</v>
+      </c>
+      <c r="Q135" s="34">
+        <v>33.840000000000003</v>
+      </c>
+      <c r="R135" s="20">
+        <v>70383</v>
+      </c>
+      <c r="S135" s="34">
+        <v>42.16</v>
+      </c>
+      <c r="T135" s="20">
+        <v>87691</v>
+      </c>
+      <c r="U135" s="34">
+        <v>60.02</v>
+      </c>
+      <c r="V135" s="20">
+        <v>124835</v>
+      </c>
+      <c r="W135" s="38" t="s">
         <v>38</v>
       </c>
-      <c r="W122" s="24" t="s">
-[...2 lines deleted...]
-      <c r="X122" s="24" t="s">
+      <c r="X135" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y135" s="38" t="s">
         <v>62</v>
       </c>
-      <c r="Y122" s="21" t="s">
+      <c r="Z135" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="Z122" s="21" t="s">
+      <c r="AA135" s="19" t="s">
         <v>46</v>
       </c>
-      <c r="AA122" s="21" t="s">
+      <c r="AB135" s="19" t="s">
         <v>43</v>
       </c>
-      <c r="AB122" s="21" t="s">
+      <c r="AC135" s="19" t="s">
         <v>44</v>
       </c>
-      <c r="AC122" s="21" t="s">
+      <c r="AD135" s="19" t="s">
         <v>42</v>
       </c>
-      <c r="AD122" s="21" t="s">
+      <c r="AE135" s="19" t="s">
         <v>45</v>
       </c>
-      <c r="AE122" s="21" t="s">
+      <c r="AF135" s="19" t="s">
         <v>50</v>
       </c>
-      <c r="AF122" s="21" t="s">
+      <c r="AG135" s="19" t="s">
         <v>41</v>
       </c>
-      <c r="AG122" s="21" t="s">
+      <c r="AH135" s="19" t="s">
         <v>57</v>
       </c>
-      <c r="AH122" s="21" t="s">
+      <c r="AI135" s="19" t="s">
         <v>63</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="34">
+  <mergeCells count="35">
+    <mergeCell ref="J6:J9"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="Q6:Q9"/>
     <mergeCell ref="R6:R9"/>
     <mergeCell ref="S6:S9"/>
-    <mergeCell ref="T6:T9"/>
-    <mergeCell ref="J6:J8"/>
     <mergeCell ref="O6:O9"/>
     <mergeCell ref="P6:P9"/>
     <mergeCell ref="F6:F9"/>
     <mergeCell ref="I6:I9"/>
     <mergeCell ref="K6:K8"/>
-    <mergeCell ref="A4:AH4"/>
     <mergeCell ref="A5:B5"/>
-    <mergeCell ref="C5:E5"/>
-    <mergeCell ref="F5:I5"/>
     <mergeCell ref="A6:A9"/>
+    <mergeCell ref="A4:AI4"/>
+    <mergeCell ref="C5:F5"/>
+    <mergeCell ref="G5:J5"/>
+    <mergeCell ref="K5:N5"/>
     <mergeCell ref="B6:B9"/>
     <mergeCell ref="C6:C9"/>
     <mergeCell ref="G6:G9"/>
     <mergeCell ref="H6:H9"/>
     <mergeCell ref="D6:D9"/>
     <mergeCell ref="E6:E9"/>
+    <mergeCell ref="O5:V5"/>
+    <mergeCell ref="W5:AI5"/>
     <mergeCell ref="X6:X9"/>
-    <mergeCell ref="N6:N9"/>
     <mergeCell ref="U6:U9"/>
-    <mergeCell ref="J5:M5"/>
-[...3 lines deleted...]
-    <mergeCell ref="Y8:AH9"/>
     <mergeCell ref="L6:L8"/>
     <mergeCell ref="M6:M8"/>
     <mergeCell ref="V6:V9"/>
     <mergeCell ref="W6:W9"/>
+    <mergeCell ref="N6:N8"/>
+    <mergeCell ref="Y6:Y9"/>
+    <mergeCell ref="Z7:AI7"/>
+    <mergeCell ref="Z8:AI9"/>
+    <mergeCell ref="T6:T9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor theme="7" tint="0.59999389629810485"/>
   </sheetPr>
   <dimension ref="A1:V3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="16384" width="8.85546875" style="25"/>
+    <col min="1" max="16384" width="8.85546875" style="22"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="25.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:22" s="1" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="39" t="s">
-[...2 lines deleted...]
-      <c r="B2" s="26"/>
+      <c r="A2" s="32" t="s">
+        <v>161</v>
+      </c>
+      <c r="B2" s="23"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="2"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="5"/>
       <c r="M2" s="6"/>
       <c r="N2" s="5"/>
       <c r="O2" s="6"/>
       <c r="P2" s="5"/>
       <c r="Q2" s="6"/>
       <c r="R2" s="5"/>
       <c r="S2" s="6"/>
       <c r="T2" s="3"/>
       <c r="U2" s="3"/>
       <c r="V2" s="3"/>
     </row>
     <row r="3" spans="1:22" ht="25.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>