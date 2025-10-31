--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\IWD Printable Publications\LMI Publications\Occupational Projections\2024\12-2024\STEM Jobs\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\Projections and Resources\Projections\Long Term Occ Projs\2022-2032 Occ Projs\2022-2032 Occ Projs Work\LWDA\LWDA 10-WP\LWDA 10-WP\2022-2032 LWDA 10-WP STEM Jobs\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0A5316E9-CA77-4AD9-B896-B7B9AF447FC1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A4C3656E-F2C7-4BD6-B051-FCAFAF6F33F6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="405" yWindow="420" windowWidth="24345" windowHeight="14430" tabRatio="881" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="29310" yWindow="-3075" windowWidth="26085" windowHeight="14775" tabRatio="881" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="STEM" sheetId="37" r:id="rId1"/>
     <sheet name="Notes" sheetId="36" r:id="rId2"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1273" uniqueCount="259">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1381" uniqueCount="273">
   <si>
     <t>Annual Growth Rate (%)</t>
   </si>
   <si>
     <t>N.A.</t>
   </si>
   <si>
     <t>11-9111</t>
   </si>
   <si>
     <t>*</t>
   </si>
   <si>
     <t>19-1013</t>
   </si>
   <si>
     <t>Registered Nurses</t>
   </si>
   <si>
     <t>29-2052</t>
   </si>
   <si>
     <t>Pharmacy Technicians</t>
   </si>
   <si>
@@ -415,510 +415,558 @@
   <si>
     <t>29-1131</t>
   </si>
   <si>
     <t>29-1215</t>
   </si>
   <si>
     <t>29-1292</t>
   </si>
   <si>
     <t>29-2010</t>
   </si>
   <si>
     <t>29-2055</t>
   </si>
   <si>
     <t>29-2056</t>
   </si>
   <si>
     <t>29-2081</t>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
-    <t>2022-2032 WESTERN PLAINS IOWA LWDA OCCUPATIONAL PROJECTIONS</t>
+    <t>SOC</t>
+  </si>
+  <si>
+    <t>Occupational Group/Title</t>
+  </si>
+  <si>
+    <t>Career Cluster</t>
+  </si>
+  <si>
+    <t>Career Pathway</t>
+  </si>
+  <si>
+    <t>Bright Outlook</t>
+  </si>
+  <si>
+    <t>2022 Estimated</t>
+  </si>
+  <si>
+    <t>2032 Projected</t>
+  </si>
+  <si>
+    <t>Top Skills</t>
+  </si>
+  <si>
+    <t>Business Management &amp; Administration</t>
+  </si>
+  <si>
+    <t>Marketing</t>
+  </si>
+  <si>
+    <t>Rapid Growth</t>
+  </si>
+  <si>
+    <t>Computer &amp; Information Systems Managers</t>
+  </si>
+  <si>
+    <t>Business Information Management</t>
+  </si>
+  <si>
+    <t>Agriculture, Food &amp; Natural Resources</t>
+  </si>
+  <si>
+    <t>Architecture &amp; Construction</t>
+  </si>
+  <si>
+    <t>Education &amp; Training</t>
+  </si>
+  <si>
+    <t>11-9041</t>
+  </si>
+  <si>
+    <t>Architectural &amp; Engineering Managers</t>
+  </si>
+  <si>
+    <t>Science, Technology, Engineering &amp; Mathematics</t>
+  </si>
+  <si>
+    <t>Engineering &amp; Technology</t>
+  </si>
+  <si>
+    <t>Medical &amp; Health Services Managers</t>
+  </si>
+  <si>
+    <t>Health Science</t>
+  </si>
+  <si>
+    <t>Support Services</t>
+  </si>
+  <si>
+    <t>Design/Pre-Construction</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>Programming &amp; Software Development</t>
+  </si>
+  <si>
+    <t>15-1231</t>
+  </si>
+  <si>
+    <t>Computer Network Support Specialists</t>
+  </si>
+  <si>
+    <t>Network Systems</t>
+  </si>
+  <si>
+    <t>Information Support &amp; Services</t>
+  </si>
+  <si>
+    <t>15-1251</t>
+  </si>
+  <si>
+    <t>Computer Programmers</t>
+  </si>
+  <si>
+    <t>15-1252</t>
+  </si>
+  <si>
+    <t>Software Developers</t>
+  </si>
+  <si>
+    <t>Rapid Growth; Numerous Job Openings</t>
+  </si>
+  <si>
+    <t>15-1253</t>
+  </si>
+  <si>
+    <t>Software Quality Assurance Analysts &amp; Testers</t>
+  </si>
+  <si>
+    <t>Information Technology; Information Technology</t>
+  </si>
+  <si>
+    <t>Information Support &amp; Services; Programming &amp; Software Development</t>
+  </si>
+  <si>
+    <t>15-1255</t>
+  </si>
+  <si>
+    <t>Web &amp; Digital Interface Designers</t>
+  </si>
+  <si>
+    <t>Information Support &amp; Services; Web &amp; Digital Communications</t>
+  </si>
+  <si>
+    <t>15-1299</t>
+  </si>
+  <si>
+    <t>Computer Occupations, All Other</t>
+  </si>
+  <si>
+    <t>Business Management &amp; Administration; Information Technology</t>
+  </si>
+  <si>
+    <t>Administrative Support; Information Support &amp; Services</t>
+  </si>
+  <si>
+    <t>17-3011</t>
+  </si>
+  <si>
+    <t>Architectural &amp; Civil Drafters</t>
+  </si>
+  <si>
+    <t>Manufacturing</t>
+  </si>
+  <si>
+    <t>Manufacturing Production Process Development</t>
+  </si>
+  <si>
+    <t>Civil Engineering Technologists &amp; Technicians</t>
+  </si>
+  <si>
+    <t>17-3023</t>
+  </si>
+  <si>
+    <t>Electrical &amp; Electronics Engineering Technologists &amp; Technicians</t>
+  </si>
+  <si>
+    <t>17-3026</t>
+  </si>
+  <si>
+    <t>Industrial Engineering Technologists &amp; Technicians</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> R4</t>
+  </si>
+  <si>
+    <t>17-3027</t>
+  </si>
+  <si>
+    <t>Mechanical Engineering Technologists &amp; Technicians</t>
+  </si>
+  <si>
+    <t>17-3029</t>
+  </si>
+  <si>
+    <t>Engineering Technologists &amp; Technicians, Except Drafters, All Other</t>
+  </si>
+  <si>
+    <t>Government &amp; Public Administration; Manufacturing</t>
+  </si>
+  <si>
+    <t>National Security; Manufacturing Production Process Development</t>
+  </si>
+  <si>
+    <t>Food Products &amp; Processing Systems</t>
+  </si>
+  <si>
+    <t>Plant Systems</t>
+  </si>
+  <si>
+    <t>Science &amp; Mathematics</t>
+  </si>
+  <si>
+    <t>19-2031</t>
+  </si>
+  <si>
+    <t>Chemists</t>
+  </si>
+  <si>
+    <t>19-4012</t>
+  </si>
+  <si>
+    <t>Agricultural Technicians</t>
+  </si>
+  <si>
+    <t>19-4013</t>
+  </si>
+  <si>
+    <t>Food Science Technicians</t>
+  </si>
+  <si>
+    <t>19-4021</t>
+  </si>
+  <si>
+    <t>Biological Technicians</t>
+  </si>
+  <si>
+    <t>19-4071</t>
+  </si>
+  <si>
+    <t>Forest &amp; Conservation Technicians</t>
+  </si>
+  <si>
+    <t>Natural Resources Systems</t>
+  </si>
+  <si>
+    <t>19-4099</t>
+  </si>
+  <si>
+    <t>Life, Physical, &amp; Social Science Technicians, All Other</t>
+  </si>
+  <si>
+    <t>Law, Public Safety, Corrections &amp; Security</t>
+  </si>
+  <si>
+    <t>Teaching/Training</t>
+  </si>
+  <si>
+    <t>25-1022</t>
+  </si>
+  <si>
+    <t>Mathematical Science Teachers, Postsecondary</t>
+  </si>
+  <si>
+    <t>25-1042</t>
+  </si>
+  <si>
+    <t>Biological Science Teachers, Postsecondary</t>
+  </si>
+  <si>
+    <t>29-1011</t>
+  </si>
+  <si>
+    <t>Chiropractors</t>
+  </si>
+  <si>
+    <t>Therapeutic Services</t>
+  </si>
+  <si>
+    <t>29-1021</t>
+  </si>
+  <si>
+    <t>Dentists, General</t>
+  </si>
+  <si>
+    <t>29-1031</t>
+  </si>
+  <si>
+    <t>Dietitians &amp; Nutritionists</t>
+  </si>
+  <si>
+    <t>29-1122</t>
+  </si>
+  <si>
+    <t>Occupational Therapists</t>
+  </si>
+  <si>
+    <t>29-1126</t>
+  </si>
+  <si>
+    <t>Respiratory Therapists</t>
+  </si>
+  <si>
+    <t>29-1229</t>
+  </si>
+  <si>
+    <t>Physicians, All Other</t>
+  </si>
+  <si>
+    <t>Diagnostic Services</t>
+  </si>
+  <si>
+    <t>29-2032</t>
+  </si>
+  <si>
+    <t>Diagnostic Medical Sonographers</t>
+  </si>
+  <si>
+    <t>Radiologic Technologists &amp; Technicians</t>
+  </si>
+  <si>
+    <t>29-2042</t>
+  </si>
+  <si>
+    <t>Emergency Medical Technicians</t>
+  </si>
+  <si>
+    <t>Emergency &amp; Fire Management Services</t>
+  </si>
+  <si>
+    <t>29-2043</t>
+  </si>
+  <si>
+    <t>Paramedics</t>
+  </si>
+  <si>
+    <t>29-2051</t>
+  </si>
+  <si>
+    <t>Dietetic Technicians</t>
+  </si>
+  <si>
+    <t>29-2053</t>
+  </si>
+  <si>
+    <t>Psychiatric Technicians</t>
+  </si>
+  <si>
+    <t>29-2057</t>
+  </si>
+  <si>
+    <t>Ophthalmic Medical Technicians</t>
+  </si>
+  <si>
+    <t>29-2072</t>
+  </si>
+  <si>
+    <t>Medical Records Specialists</t>
+  </si>
+  <si>
+    <t>Health Informatics</t>
+  </si>
+  <si>
+    <t>29-2099</t>
+  </si>
+  <si>
+    <t>Health Technologists &amp; Technicians, All Other</t>
+  </si>
+  <si>
+    <t>Health Science; Health Science</t>
+  </si>
+  <si>
+    <t>Therapeutic Services; Diagnostic Services</t>
+  </si>
+  <si>
+    <t>Professional Sales</t>
+  </si>
+  <si>
+    <t>Sales Representatives, Wholesale &amp; Manufacturing, Technical &amp; Scientific Products</t>
+  </si>
+  <si>
+    <t>2022-2032 NORTHEAST IOWA LWDA OCCUPATIONAL PROJECTIONS</t>
   </si>
   <si>
     <r>
       <t>Occupation</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>[1]</t>
     </r>
   </si>
   <si>
     <r>
       <t>Career Orientation</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>[2]</t>
     </r>
   </si>
   <si>
     <r>
       <t>Occupational Employment</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>[3]</t>
     </r>
   </si>
   <si>
     <r>
       <t>Annual Job Separations/Openings</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>[4]</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>2025 Occupational Wage &amp; Salary ($)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>[5]</t>
     </r>
   </si>
   <si>
     <r>
       <t>Career Preparation</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>[6]</t>
     </r>
   </si>
   <si>
-    <t>SOC</t>
-[...375 lines deleted...]
-    </r>
+    <t>11-0000</t>
+  </si>
+  <si>
+    <t>Management Occupations</t>
+  </si>
+  <si>
+    <t>15-0000</t>
+  </si>
+  <si>
+    <t>Computer &amp; Mathematical Occupations</t>
+  </si>
+  <si>
+    <t>17-0000</t>
+  </si>
+  <si>
+    <t>Architecture &amp; Engineering Occupations</t>
+  </si>
+  <si>
+    <t>19-0000</t>
+  </si>
+  <si>
+    <t>Life, Physical, &amp; Social Science Occupations</t>
+  </si>
+  <si>
+    <t>25-0000</t>
+  </si>
+  <si>
+    <t>Educational Instruction &amp; Library Occupations</t>
+  </si>
+  <si>
+    <t>29-0000</t>
+  </si>
+  <si>
+    <t>Healthcare Practitioners &amp; Technical Occupations</t>
+  </si>
+  <si>
+    <t>41-0000</t>
+  </si>
+  <si>
+    <t>Sales &amp; Related Occupations</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0"/>
   </numFmts>
   <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1047,104 +1095,105 @@
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <vertAlign val="superscript"/>
-[...6 lines deleted...]
-      <b/>
       <sz val="16"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF00B050"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <vertAlign val="superscript"/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="36">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
@@ -1622,285 +1671,330 @@
     <xf numFmtId="0" fontId="17" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="84">
+  <cellXfs count="103">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="2" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="3" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="3" fontId="21" fillId="34" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="21" fillId="35" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="21" fillId="35" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="21" fillId="35" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="35" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...12 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="165" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="21" fillId="35" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="166" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="166" fontId="21" fillId="35" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="21" fillId="34" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="21" fillId="34" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="21" fillId="34" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="164" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="34" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="34" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="34" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="21" fillId="34" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="3" fontId="23" fillId="34" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="21" fillId="34" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...104 lines deleted...]
-    <xf numFmtId="166" fontId="21" fillId="34" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="23" fillId="34" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="3" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="3" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="2" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="2" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="34" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="34" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="34" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="23" fillId="34" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="23" fillId="34" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="23" fillId="34" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="23" fillId="34" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="23" fillId="34" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="23" fillId="34" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="34" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="34" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="23" fillId="34" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="23" fillId="34" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="23" fillId="34" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="21" fillId="34" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="23" fillId="34" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="21" fillId="34" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="23" fillId="34" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="21" fillId="34" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="23" fillId="34" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="33" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="33" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="33" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="34" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="34" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="34" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="33" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="33" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="33" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="34" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="34" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="34" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="45">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
@@ -1940,2676 +2034,2691 @@
       <color rgb="FFE0CCD6"/>
       <color rgb="FFC93429"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>3</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>323849</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>22</xdr:col>
       <xdr:colOff>7620</xdr:colOff>
       <xdr:row>59</xdr:row>
-      <xdr:rowOff>19050</xdr:rowOff>
+      <xdr:rowOff>9524</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="4" name="TextBox 3">
+        <xdr:cNvPr id="3" name="TextBox 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000005000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="590550" y="971550"/>
-          <a:ext cx="12409170" cy="9086850"/>
+          <a:off x="590550" y="971549"/>
+          <a:ext cx="12409170" cy="9077325"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:sysClr val="window" lastClr="FFFFFF"/>
         </a:solidFill>
         <a:ln w="38100" cmpd="sng">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr rtl="0"/>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
-            <a:t>Legend/Methodology/Selection Criteria: </a:t>
+            <a:t>Notes: </a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1000">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
             <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPts val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
             <a:buClrTx/>
             <a:buSzTx/>
             <a:buFontTx/>
             <a:buNone/>
             <a:tabLst/>
             <a:defRPr/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>The acronym </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>STEM,</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> as used in this publication, is a combined</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" i="1">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>occupational gr</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>oup made</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> up </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>of occupations </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>(residual or undefined occupations were not included) f</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>rom existing and/or established</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>occupational groups adopted from the Office of Management and Budget's (OMB) Standard Occupational Classification (SOC) Manual. The Occupational Information Network (O*NET)</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> determined those occupations having</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> a preponderance of tools and skills from </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>S</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>cience, </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>T</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>echnology, </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>E</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>ngineering, and/or </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>M</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>athematics.</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>  </a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPts val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
             <a:buClrTx/>
             <a:buSzTx/>
             <a:buFontTx/>
             <a:buNone/>
             <a:tabLst/>
             <a:defRPr/>
           </a:pPr>
           <a:endParaRPr lang="en-US" sz="1000">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1"/>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>[1] SOC </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>= Standard Occupational Classification code. </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Occupational Group/Title </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>refers to groupings of occupations and their individual component occupations.</a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1000">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1"/>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>[2] Career Orientation </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>involves </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Career Clusters</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> (groups </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>of similar occupations in the same field of work that require similar skills which may be divided into several pathways), </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Career Pathways </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>(</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>schematic or mapped series of manageable education and training steps toward industry-aligned skills, credentials, and career advancement),</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Bright Outlooks</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> (occupations expected to grow rapidly in the next several years, will have large numbers of job openings, or are new and emerging occupations), and </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>STEM</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> (occupations requiring training in science,</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> technology, engineering, &amp; math) </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>occupational designations. </a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1000">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1"/>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>[3] Occupational Employment </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>refers to workers that are full- or part-time, self-employed, unpaid family, or engaged in agricultural support activities.</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Estimated </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>= Estimation of labor force by occupation (rounded); </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Projected </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>= Projection of future labor force by occupation (rounded); </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Numeric (Employment) Change </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>= Projected employment minus estimated employment (rounded); and </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Annual Growth Rate (%) </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>= Annual employment growth rate.</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1000">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1"/>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>[4] Annual Job Separations/Openings </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>include: </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Exits</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> = Annual projection of workers leaving an occupation and exiting the labor force entirely. </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Transfers </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>= Annual projection of workers leaving an occupation and transferring to a different occupation. </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>New (Growth) = </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Annual projection of new (growth) nonseparation occupational openings. </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Total </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>= {Exits [a] plus Transfers [b] plus New (Growth) [c]}; (or) Sum of annual openings including separations (exits and transfers) and new (growth). Separations (exits and transfers) are openings caused by workers leaving the labor market or changing occupations (an occupation not growing may still have opeings due to separations). Annual Job Separations/Openings are rounded (</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>o</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>ccupational employment data may not add up or equal occupational group totals due to rounding and/or suppression of occupations with less than ten rounded total annual openings; * = Employment data suppression). </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Visit </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>www.bls.gov/emp/about-overview.htm</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> and wwww.bls.gov/emp/methods-overview.htm </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>for further explanation on employment projections data including definitions and methodologies.</a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1000">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1"/>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>[5] Wage &amp; Salary ($) </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>includes: </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Mean (Average) Wage/Salary =</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> dividing the estimated total pay for an occupation by its weighted employment; </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Entry Wage/Salary = </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Average of the lowest third of reported pay for the occupation; </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Median Wage/Salary = </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>The point at which 50% of the employment was below this pay and 50% was above; and </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Experienced Wage/Salary = </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Average of the upper two-thirds of reported pay for the occupation. Pay provided in wage (hourly) and salary (annual) formats. Missing pay data may be derived from calculation or proration of any reported wage/salary data if available (i.e., legislator wages based on salary of 4-months service, education and coaching wages based on salary of 12-months service). N.A. = Not Available. </a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1000">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1"/>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>[6]</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> Career Preparation </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>determined by the U.S. Department of Labor’s Bureau of Labor Statistics (BLS). A</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>lternative employment pathways may exist as well as differing educational, training, or licensing requirements per</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> state</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>. Iowa requirements are used in this publication when available. </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Career Preparation</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> components include: </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Education </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>(typical education level needed to enter an occupation): DP = Doctoral</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> or</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> Professional degree, MA = Master's degree, BA = Bachelor's degree, AS = Associate's</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>degree,</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> PS = Postsecondary non-degree award, SC</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> = Some college, no degree, HS = High school</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> diploma or equivalent, and NE</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> = No formal Educational credential; </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Work Experience </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>(typical work experience</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> level commonly considered necessary for entry into an occupation, or substitutable for formal types of training)</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>: &gt; 5 = 5 years or more, &lt; 5 = Less than 5 years, and N = None; </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Job Training </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>(typical on-the-job training level needed to</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> attain occupational competency)</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>: I = Internship/residency, A = Apprenticeship, L = Long-term on-the-job training, M = Moderate-term on-the-job training, S = Short-term on-the-job</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> training, and None = N; and </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Top Skills </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>(top ten skills for a particular occupation as identified</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> by </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>sampled</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> workers'</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> questionaire responses conducted by occupational</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> analysts of</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> the U.S. Department of Labor's Occupational Information Network,</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> or </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>O*NET)</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> involving</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Basic Skills: </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>B1 = Active Learning, B2 = Active Listening, B3 =Critical Thinking, B4 = Learning Strategies, B5 = Mathematics, B6 = Monitoring, B7 = Reading Comprehension, B8 = Science, B9 = Speaking, and B10 = Writing;</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Complex Problem Solving Skills: </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>C1 = Complex Problem Solving;</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Resource Management Skills: </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>R1 = Management of Financial Resources, R2 = Management of Material Resources, R3 = Management of Personnel Resources, and R4 = Time Management;</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Social Skills: </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>SO1 = Coordination, SO2 = Instructing, SO3 = Negotiation, SO4 = Persuasion, SO5 = Service Orientation, and SO6 = Social Perceptiveness;</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Systems Skills: </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>SY1 = Judgment and Decision Making, SY2 = Systems Analysis, and SY3 = Systems Evaluation;</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> and</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Technical Skills: </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>T1 = Equipment Maintenance, T2 = Equipment Selection, T3 = Installation, T4 = Operation and Control, T5 = Operation Monitoring,</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>T6 = Operations Analysis, T7 = Programming, T8 = Quality Control Analysis, T9 = Repairing, T10 = Technology Design,</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> and </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>T11 = Troubleshooting.</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>N.A. = </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Not Available.</a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1000">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1"/>
           <a:r>
             <a:rPr lang="en-US" sz="1000" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1000">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1"/>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Iowa Local Workforce Development Area (LWDA) County Profile:</a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1000">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1"/>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Central Iowa LWDA: </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Boone, Dallas, Jasper, Madison, Marion, Polk, Story, Warren </a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1000">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1"/>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Eastcentral Iowa LWDA: </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Benton, Cedar, Iowa, Johnson, Jones, Linn, Washington</a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1000">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1"/>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Mississippi Valley Iowa LWDA: </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Clinton, Des Moines, Henry, Jackson, Lee, Louisa, Muscatine, Scott </a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1000">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1"/>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Northeast</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> Iowa LWDA: </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Allamakee, Black Hawk, Bremer, Buchanan, Butler, Cerro Gordo, Chickasaw, Clayton, Delaware, Dubuque, Fayette, Floyd, Franklin, Grundy, Hancock, Howard, Winnebago, Winneshiek, Worth</a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1000">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1"/>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Southcentral Iowa LWDA: </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Appanoose, Davis, Hardin, Jefferson, Keokuk, Lucas, Mahaska, Marshall, Monroe, Poweshiek, Tama, Van Buren, Wapello, Wayne </a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1000">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1"/>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Western Plains Iowa LWDA</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>: Adair, Adams, Audubon, Buena Vista, Calhoun, Clarke, Clay, Carroll, Cass, Cherokee, Crawford, Decatur, Dickinson, Emmet, Greene, Fremont, Guthrie, Hamilton, Harrison, Humboldt, Ida, Kossuth, Lyon, Mills, Monona, Montgomery, O'Brien, Osceola, Palo Alto, Page, Plymouth, Pocahontas, Pottawattamie, Ringgold, Sac, Shelby, Sioux, Taylor, Union, Webster, Woodbury, Wright</a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1000">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Sources: </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1000">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1"/>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Career Clusters/Career Pathways: </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>U.S. Department of Education,</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> Office of Vocational and Adult Edcucation, National School-to-Work Office, and National Skill Standards Board;</a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1000">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1"/>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Bright Outlooks/STEM/Top Skills: </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Occupational Information Network (O*NET);</a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1000">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1"/>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Education/Work Experience/Job Training: </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Bureau of Labor Statistics, U.S. Department of Labor;</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1000">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1"/>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Employment: </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>2022-2032 Occupational Projections estimates based on 2022 annual industry employment data and 2023 2</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" baseline="30000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>nd</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> quarter occupational staffing</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> pattern</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> data, Labor Market and Workforce Information Division, Iowa Workforce Development;</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Employment and</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> Training Administration, </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>U.S. Department of Labor;</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1000">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1"/>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Wages: </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
-[...6 lines deleted...]
-            <a:t>2024 Iowa Wage Survey (estimates based on 2023 2</a:t>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>2025 Iowa Wage Survey (estimates based on 2024 2</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" baseline="30000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>nd</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
-[...6 lines deleted...]
-            <a:t> quarter occupational wage data updated to 2024 2</a:t>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t> quarter occupational wage data updated to 2025 2</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" baseline="30000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>nd</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> quarter using Employment Cost Index), Labor Market and Workforce Information Division, Iowa Workforce Development. </a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1000">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1"/>
-          <a:r>
-[...58 lines deleted...]
-          </a:r>
           <a:endParaRPr lang="en-US" sz="1000">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:latin typeface="+mn-lt"/>
+            <a:ea typeface="+mn-ea"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:pPr eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1"/>
+          <a:r>
+            <a:rPr lang="en-US" sz="1000">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>This workforce product was funded by a grant awarded by the U.S. Department of Labor’s Employment and Training Administration. The product was created by the recipient and does not necessarily reflect the official position of the U.S. Department of Labor. The Department of Labor makes no guarantees, warranties, or assurances of any kind, express or implied, with respect to such information, including any information on linked sites and including, but not limited to, accuracy of the information or its completeness, timeliness, usefulness, adequacy, continued availability, or ownership.  This product is copyrighted by the institution that created it.  Internal use by an organization and/or personal use by an individual for non-commercial purposes is permissible.  All other uses require the prior authorization of the copyright owner. </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" sz="1000" b="0" i="0">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>This publication was produced by the Labor Market and Workforce Information Division of Iowa Workforce Development. Revisions and/or corrections made when necessary. Inquiries may be directed</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t> to Brent Paulson at 515.281.3439 or Brent.Paulson@iwd.iowa.gov. </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" sz="1000" b="0" i="0">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>Visit www.iowaworkforcedevelopment.gov to obtain the latest workforce data and trends including this document. Published 10/2025.</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" sz="1000">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t> </a:t>
+          </a:r>
+          <a:endParaRPr lang="en-US" sz="1000">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr rtl="0"/>
           <a:endParaRPr lang="en-US" sz="1000">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
             <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -4876,8006 +4985,8928 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor theme="7" tint="0.59999389629810485"/>
   </sheetPr>
-  <dimension ref="A1:AH77"/>
+  <dimension ref="A1:AI90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="10" topLeftCell="A11" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A6" sqref="A6:A9"/>
+      <selection pane="bottomLeft" activeCell="F6" sqref="F6:F9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="8.85546875" style="15"/>
-[...583 lines deleted...]
-    <col min="16163" max="16384" width="8.85546875" style="15"/>
+    <col min="1" max="1" width="9.140625" style="32"/>
+    <col min="2" max="3" width="38.7109375" style="49" customWidth="1"/>
+    <col min="4" max="4" width="28.7109375" style="49" customWidth="1"/>
+    <col min="5" max="5" width="22.85546875" style="49" customWidth="1"/>
+    <col min="6" max="6" width="6.28515625" style="50" bestFit="1" customWidth="1"/>
+    <col min="7" max="9" width="9.140625" style="6"/>
+    <col min="10" max="10" width="9.140625" style="1"/>
+    <col min="11" max="14" width="9.140625" style="6"/>
+    <col min="15" max="15" width="8.85546875" style="5" customWidth="1"/>
+    <col min="16" max="16" width="8.85546875" style="6" customWidth="1"/>
+    <col min="17" max="17" width="8.85546875" style="5" customWidth="1"/>
+    <col min="18" max="18" width="8.85546875" style="6" customWidth="1"/>
+    <col min="19" max="19" width="9.140625" style="5"/>
+    <col min="20" max="20" width="9.140625" style="6"/>
+    <col min="21" max="21" width="8.85546875" style="5" customWidth="1"/>
+    <col min="22" max="22" width="8.85546875" style="6" customWidth="1"/>
+    <col min="23" max="25" width="9.140625" style="3"/>
+    <col min="26" max="35" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="36" max="257" width="9.140625" style="1"/>
+    <col min="258" max="259" width="38.7109375" style="1" customWidth="1"/>
+    <col min="260" max="260" width="28.7109375" style="1" customWidth="1"/>
+    <col min="261" max="261" width="22.7109375" style="1" customWidth="1"/>
+    <col min="262" max="262" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="263" max="270" width="9.140625" style="1"/>
+    <col min="271" max="274" width="8.85546875" style="1" customWidth="1"/>
+    <col min="275" max="276" width="9.140625" style="1"/>
+    <col min="277" max="278" width="8.85546875" style="1" customWidth="1"/>
+    <col min="279" max="281" width="9.140625" style="1"/>
+    <col min="282" max="291" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="292" max="513" width="9.140625" style="1"/>
+    <col min="514" max="515" width="38.7109375" style="1" customWidth="1"/>
+    <col min="516" max="516" width="28.7109375" style="1" customWidth="1"/>
+    <col min="517" max="517" width="22.7109375" style="1" customWidth="1"/>
+    <col min="518" max="518" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="519" max="526" width="9.140625" style="1"/>
+    <col min="527" max="530" width="8.85546875" style="1" customWidth="1"/>
+    <col min="531" max="532" width="9.140625" style="1"/>
+    <col min="533" max="534" width="8.85546875" style="1" customWidth="1"/>
+    <col min="535" max="537" width="9.140625" style="1"/>
+    <col min="538" max="547" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="548" max="769" width="9.140625" style="1"/>
+    <col min="770" max="771" width="38.7109375" style="1" customWidth="1"/>
+    <col min="772" max="772" width="28.7109375" style="1" customWidth="1"/>
+    <col min="773" max="773" width="22.7109375" style="1" customWidth="1"/>
+    <col min="774" max="774" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="775" max="782" width="9.140625" style="1"/>
+    <col min="783" max="786" width="8.85546875" style="1" customWidth="1"/>
+    <col min="787" max="788" width="9.140625" style="1"/>
+    <col min="789" max="790" width="8.85546875" style="1" customWidth="1"/>
+    <col min="791" max="793" width="9.140625" style="1"/>
+    <col min="794" max="803" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="804" max="1025" width="9.140625" style="1"/>
+    <col min="1026" max="1027" width="38.7109375" style="1" customWidth="1"/>
+    <col min="1028" max="1028" width="28.7109375" style="1" customWidth="1"/>
+    <col min="1029" max="1029" width="22.7109375" style="1" customWidth="1"/>
+    <col min="1030" max="1030" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1031" max="1038" width="9.140625" style="1"/>
+    <col min="1039" max="1042" width="8.85546875" style="1" customWidth="1"/>
+    <col min="1043" max="1044" width="9.140625" style="1"/>
+    <col min="1045" max="1046" width="8.85546875" style="1" customWidth="1"/>
+    <col min="1047" max="1049" width="9.140625" style="1"/>
+    <col min="1050" max="1059" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1060" max="1281" width="9.140625" style="1"/>
+    <col min="1282" max="1283" width="38.7109375" style="1" customWidth="1"/>
+    <col min="1284" max="1284" width="28.7109375" style="1" customWidth="1"/>
+    <col min="1285" max="1285" width="22.7109375" style="1" customWidth="1"/>
+    <col min="1286" max="1286" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1287" max="1294" width="9.140625" style="1"/>
+    <col min="1295" max="1298" width="8.85546875" style="1" customWidth="1"/>
+    <col min="1299" max="1300" width="9.140625" style="1"/>
+    <col min="1301" max="1302" width="8.85546875" style="1" customWidth="1"/>
+    <col min="1303" max="1305" width="9.140625" style="1"/>
+    <col min="1306" max="1315" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1316" max="1537" width="9.140625" style="1"/>
+    <col min="1538" max="1539" width="38.7109375" style="1" customWidth="1"/>
+    <col min="1540" max="1540" width="28.7109375" style="1" customWidth="1"/>
+    <col min="1541" max="1541" width="22.7109375" style="1" customWidth="1"/>
+    <col min="1542" max="1542" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1543" max="1550" width="9.140625" style="1"/>
+    <col min="1551" max="1554" width="8.85546875" style="1" customWidth="1"/>
+    <col min="1555" max="1556" width="9.140625" style="1"/>
+    <col min="1557" max="1558" width="8.85546875" style="1" customWidth="1"/>
+    <col min="1559" max="1561" width="9.140625" style="1"/>
+    <col min="1562" max="1571" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1572" max="1793" width="9.140625" style="1"/>
+    <col min="1794" max="1795" width="38.7109375" style="1" customWidth="1"/>
+    <col min="1796" max="1796" width="28.7109375" style="1" customWidth="1"/>
+    <col min="1797" max="1797" width="22.7109375" style="1" customWidth="1"/>
+    <col min="1798" max="1798" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1799" max="1806" width="9.140625" style="1"/>
+    <col min="1807" max="1810" width="8.85546875" style="1" customWidth="1"/>
+    <col min="1811" max="1812" width="9.140625" style="1"/>
+    <col min="1813" max="1814" width="8.85546875" style="1" customWidth="1"/>
+    <col min="1815" max="1817" width="9.140625" style="1"/>
+    <col min="1818" max="1827" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1828" max="2049" width="9.140625" style="1"/>
+    <col min="2050" max="2051" width="38.7109375" style="1" customWidth="1"/>
+    <col min="2052" max="2052" width="28.7109375" style="1" customWidth="1"/>
+    <col min="2053" max="2053" width="22.7109375" style="1" customWidth="1"/>
+    <col min="2054" max="2054" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2055" max="2062" width="9.140625" style="1"/>
+    <col min="2063" max="2066" width="8.85546875" style="1" customWidth="1"/>
+    <col min="2067" max="2068" width="9.140625" style="1"/>
+    <col min="2069" max="2070" width="8.85546875" style="1" customWidth="1"/>
+    <col min="2071" max="2073" width="9.140625" style="1"/>
+    <col min="2074" max="2083" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2084" max="2305" width="9.140625" style="1"/>
+    <col min="2306" max="2307" width="38.7109375" style="1" customWidth="1"/>
+    <col min="2308" max="2308" width="28.7109375" style="1" customWidth="1"/>
+    <col min="2309" max="2309" width="22.7109375" style="1" customWidth="1"/>
+    <col min="2310" max="2310" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2311" max="2318" width="9.140625" style="1"/>
+    <col min="2319" max="2322" width="8.85546875" style="1" customWidth="1"/>
+    <col min="2323" max="2324" width="9.140625" style="1"/>
+    <col min="2325" max="2326" width="8.85546875" style="1" customWidth="1"/>
+    <col min="2327" max="2329" width="9.140625" style="1"/>
+    <col min="2330" max="2339" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2340" max="2561" width="9.140625" style="1"/>
+    <col min="2562" max="2563" width="38.7109375" style="1" customWidth="1"/>
+    <col min="2564" max="2564" width="28.7109375" style="1" customWidth="1"/>
+    <col min="2565" max="2565" width="22.7109375" style="1" customWidth="1"/>
+    <col min="2566" max="2566" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2567" max="2574" width="9.140625" style="1"/>
+    <col min="2575" max="2578" width="8.85546875" style="1" customWidth="1"/>
+    <col min="2579" max="2580" width="9.140625" style="1"/>
+    <col min="2581" max="2582" width="8.85546875" style="1" customWidth="1"/>
+    <col min="2583" max="2585" width="9.140625" style="1"/>
+    <col min="2586" max="2595" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2596" max="2817" width="9.140625" style="1"/>
+    <col min="2818" max="2819" width="38.7109375" style="1" customWidth="1"/>
+    <col min="2820" max="2820" width="28.7109375" style="1" customWidth="1"/>
+    <col min="2821" max="2821" width="22.7109375" style="1" customWidth="1"/>
+    <col min="2822" max="2822" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2823" max="2830" width="9.140625" style="1"/>
+    <col min="2831" max="2834" width="8.85546875" style="1" customWidth="1"/>
+    <col min="2835" max="2836" width="9.140625" style="1"/>
+    <col min="2837" max="2838" width="8.85546875" style="1" customWidth="1"/>
+    <col min="2839" max="2841" width="9.140625" style="1"/>
+    <col min="2842" max="2851" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2852" max="3073" width="9.140625" style="1"/>
+    <col min="3074" max="3075" width="38.7109375" style="1" customWidth="1"/>
+    <col min="3076" max="3076" width="28.7109375" style="1" customWidth="1"/>
+    <col min="3077" max="3077" width="22.7109375" style="1" customWidth="1"/>
+    <col min="3078" max="3078" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3079" max="3086" width="9.140625" style="1"/>
+    <col min="3087" max="3090" width="8.85546875" style="1" customWidth="1"/>
+    <col min="3091" max="3092" width="9.140625" style="1"/>
+    <col min="3093" max="3094" width="8.85546875" style="1" customWidth="1"/>
+    <col min="3095" max="3097" width="9.140625" style="1"/>
+    <col min="3098" max="3107" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3108" max="3329" width="9.140625" style="1"/>
+    <col min="3330" max="3331" width="38.7109375" style="1" customWidth="1"/>
+    <col min="3332" max="3332" width="28.7109375" style="1" customWidth="1"/>
+    <col min="3333" max="3333" width="22.7109375" style="1" customWidth="1"/>
+    <col min="3334" max="3334" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3335" max="3342" width="9.140625" style="1"/>
+    <col min="3343" max="3346" width="8.85546875" style="1" customWidth="1"/>
+    <col min="3347" max="3348" width="9.140625" style="1"/>
+    <col min="3349" max="3350" width="8.85546875" style="1" customWidth="1"/>
+    <col min="3351" max="3353" width="9.140625" style="1"/>
+    <col min="3354" max="3363" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3364" max="3585" width="9.140625" style="1"/>
+    <col min="3586" max="3587" width="38.7109375" style="1" customWidth="1"/>
+    <col min="3588" max="3588" width="28.7109375" style="1" customWidth="1"/>
+    <col min="3589" max="3589" width="22.7109375" style="1" customWidth="1"/>
+    <col min="3590" max="3590" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3591" max="3598" width="9.140625" style="1"/>
+    <col min="3599" max="3602" width="8.85546875" style="1" customWidth="1"/>
+    <col min="3603" max="3604" width="9.140625" style="1"/>
+    <col min="3605" max="3606" width="8.85546875" style="1" customWidth="1"/>
+    <col min="3607" max="3609" width="9.140625" style="1"/>
+    <col min="3610" max="3619" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3620" max="3841" width="9.140625" style="1"/>
+    <col min="3842" max="3843" width="38.7109375" style="1" customWidth="1"/>
+    <col min="3844" max="3844" width="28.7109375" style="1" customWidth="1"/>
+    <col min="3845" max="3845" width="22.7109375" style="1" customWidth="1"/>
+    <col min="3846" max="3846" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3847" max="3854" width="9.140625" style="1"/>
+    <col min="3855" max="3858" width="8.85546875" style="1" customWidth="1"/>
+    <col min="3859" max="3860" width="9.140625" style="1"/>
+    <col min="3861" max="3862" width="8.85546875" style="1" customWidth="1"/>
+    <col min="3863" max="3865" width="9.140625" style="1"/>
+    <col min="3866" max="3875" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3876" max="4097" width="9.140625" style="1"/>
+    <col min="4098" max="4099" width="38.7109375" style="1" customWidth="1"/>
+    <col min="4100" max="4100" width="28.7109375" style="1" customWidth="1"/>
+    <col min="4101" max="4101" width="22.7109375" style="1" customWidth="1"/>
+    <col min="4102" max="4102" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4103" max="4110" width="9.140625" style="1"/>
+    <col min="4111" max="4114" width="8.85546875" style="1" customWidth="1"/>
+    <col min="4115" max="4116" width="9.140625" style="1"/>
+    <col min="4117" max="4118" width="8.85546875" style="1" customWidth="1"/>
+    <col min="4119" max="4121" width="9.140625" style="1"/>
+    <col min="4122" max="4131" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4132" max="4353" width="9.140625" style="1"/>
+    <col min="4354" max="4355" width="38.7109375" style="1" customWidth="1"/>
+    <col min="4356" max="4356" width="28.7109375" style="1" customWidth="1"/>
+    <col min="4357" max="4357" width="22.7109375" style="1" customWidth="1"/>
+    <col min="4358" max="4358" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4359" max="4366" width="9.140625" style="1"/>
+    <col min="4367" max="4370" width="8.85546875" style="1" customWidth="1"/>
+    <col min="4371" max="4372" width="9.140625" style="1"/>
+    <col min="4373" max="4374" width="8.85546875" style="1" customWidth="1"/>
+    <col min="4375" max="4377" width="9.140625" style="1"/>
+    <col min="4378" max="4387" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4388" max="4609" width="9.140625" style="1"/>
+    <col min="4610" max="4611" width="38.7109375" style="1" customWidth="1"/>
+    <col min="4612" max="4612" width="28.7109375" style="1" customWidth="1"/>
+    <col min="4613" max="4613" width="22.7109375" style="1" customWidth="1"/>
+    <col min="4614" max="4614" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4615" max="4622" width="9.140625" style="1"/>
+    <col min="4623" max="4626" width="8.85546875" style="1" customWidth="1"/>
+    <col min="4627" max="4628" width="9.140625" style="1"/>
+    <col min="4629" max="4630" width="8.85546875" style="1" customWidth="1"/>
+    <col min="4631" max="4633" width="9.140625" style="1"/>
+    <col min="4634" max="4643" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4644" max="4865" width="9.140625" style="1"/>
+    <col min="4866" max="4867" width="38.7109375" style="1" customWidth="1"/>
+    <col min="4868" max="4868" width="28.7109375" style="1" customWidth="1"/>
+    <col min="4869" max="4869" width="22.7109375" style="1" customWidth="1"/>
+    <col min="4870" max="4870" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4871" max="4878" width="9.140625" style="1"/>
+    <col min="4879" max="4882" width="8.85546875" style="1" customWidth="1"/>
+    <col min="4883" max="4884" width="9.140625" style="1"/>
+    <col min="4885" max="4886" width="8.85546875" style="1" customWidth="1"/>
+    <col min="4887" max="4889" width="9.140625" style="1"/>
+    <col min="4890" max="4899" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4900" max="5121" width="9.140625" style="1"/>
+    <col min="5122" max="5123" width="38.7109375" style="1" customWidth="1"/>
+    <col min="5124" max="5124" width="28.7109375" style="1" customWidth="1"/>
+    <col min="5125" max="5125" width="22.7109375" style="1" customWidth="1"/>
+    <col min="5126" max="5126" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5127" max="5134" width="9.140625" style="1"/>
+    <col min="5135" max="5138" width="8.85546875" style="1" customWidth="1"/>
+    <col min="5139" max="5140" width="9.140625" style="1"/>
+    <col min="5141" max="5142" width="8.85546875" style="1" customWidth="1"/>
+    <col min="5143" max="5145" width="9.140625" style="1"/>
+    <col min="5146" max="5155" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5156" max="5377" width="9.140625" style="1"/>
+    <col min="5378" max="5379" width="38.7109375" style="1" customWidth="1"/>
+    <col min="5380" max="5380" width="28.7109375" style="1" customWidth="1"/>
+    <col min="5381" max="5381" width="22.7109375" style="1" customWidth="1"/>
+    <col min="5382" max="5382" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5383" max="5390" width="9.140625" style="1"/>
+    <col min="5391" max="5394" width="8.85546875" style="1" customWidth="1"/>
+    <col min="5395" max="5396" width="9.140625" style="1"/>
+    <col min="5397" max="5398" width="8.85546875" style="1" customWidth="1"/>
+    <col min="5399" max="5401" width="9.140625" style="1"/>
+    <col min="5402" max="5411" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5412" max="5633" width="9.140625" style="1"/>
+    <col min="5634" max="5635" width="38.7109375" style="1" customWidth="1"/>
+    <col min="5636" max="5636" width="28.7109375" style="1" customWidth="1"/>
+    <col min="5637" max="5637" width="22.7109375" style="1" customWidth="1"/>
+    <col min="5638" max="5638" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5639" max="5646" width="9.140625" style="1"/>
+    <col min="5647" max="5650" width="8.85546875" style="1" customWidth="1"/>
+    <col min="5651" max="5652" width="9.140625" style="1"/>
+    <col min="5653" max="5654" width="8.85546875" style="1" customWidth="1"/>
+    <col min="5655" max="5657" width="9.140625" style="1"/>
+    <col min="5658" max="5667" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5668" max="5889" width="9.140625" style="1"/>
+    <col min="5890" max="5891" width="38.7109375" style="1" customWidth="1"/>
+    <col min="5892" max="5892" width="28.7109375" style="1" customWidth="1"/>
+    <col min="5893" max="5893" width="22.7109375" style="1" customWidth="1"/>
+    <col min="5894" max="5894" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5895" max="5902" width="9.140625" style="1"/>
+    <col min="5903" max="5906" width="8.85546875" style="1" customWidth="1"/>
+    <col min="5907" max="5908" width="9.140625" style="1"/>
+    <col min="5909" max="5910" width="8.85546875" style="1" customWidth="1"/>
+    <col min="5911" max="5913" width="9.140625" style="1"/>
+    <col min="5914" max="5923" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5924" max="6145" width="9.140625" style="1"/>
+    <col min="6146" max="6147" width="38.7109375" style="1" customWidth="1"/>
+    <col min="6148" max="6148" width="28.7109375" style="1" customWidth="1"/>
+    <col min="6149" max="6149" width="22.7109375" style="1" customWidth="1"/>
+    <col min="6150" max="6150" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6151" max="6158" width="9.140625" style="1"/>
+    <col min="6159" max="6162" width="8.85546875" style="1" customWidth="1"/>
+    <col min="6163" max="6164" width="9.140625" style="1"/>
+    <col min="6165" max="6166" width="8.85546875" style="1" customWidth="1"/>
+    <col min="6167" max="6169" width="9.140625" style="1"/>
+    <col min="6170" max="6179" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6180" max="6401" width="9.140625" style="1"/>
+    <col min="6402" max="6403" width="38.7109375" style="1" customWidth="1"/>
+    <col min="6404" max="6404" width="28.7109375" style="1" customWidth="1"/>
+    <col min="6405" max="6405" width="22.7109375" style="1" customWidth="1"/>
+    <col min="6406" max="6406" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6407" max="6414" width="9.140625" style="1"/>
+    <col min="6415" max="6418" width="8.85546875" style="1" customWidth="1"/>
+    <col min="6419" max="6420" width="9.140625" style="1"/>
+    <col min="6421" max="6422" width="8.85546875" style="1" customWidth="1"/>
+    <col min="6423" max="6425" width="9.140625" style="1"/>
+    <col min="6426" max="6435" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6436" max="6657" width="9.140625" style="1"/>
+    <col min="6658" max="6659" width="38.7109375" style="1" customWidth="1"/>
+    <col min="6660" max="6660" width="28.7109375" style="1" customWidth="1"/>
+    <col min="6661" max="6661" width="22.7109375" style="1" customWidth="1"/>
+    <col min="6662" max="6662" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6663" max="6670" width="9.140625" style="1"/>
+    <col min="6671" max="6674" width="8.85546875" style="1" customWidth="1"/>
+    <col min="6675" max="6676" width="9.140625" style="1"/>
+    <col min="6677" max="6678" width="8.85546875" style="1" customWidth="1"/>
+    <col min="6679" max="6681" width="9.140625" style="1"/>
+    <col min="6682" max="6691" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6692" max="6913" width="9.140625" style="1"/>
+    <col min="6914" max="6915" width="38.7109375" style="1" customWidth="1"/>
+    <col min="6916" max="6916" width="28.7109375" style="1" customWidth="1"/>
+    <col min="6917" max="6917" width="22.7109375" style="1" customWidth="1"/>
+    <col min="6918" max="6918" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6919" max="6926" width="9.140625" style="1"/>
+    <col min="6927" max="6930" width="8.85546875" style="1" customWidth="1"/>
+    <col min="6931" max="6932" width="9.140625" style="1"/>
+    <col min="6933" max="6934" width="8.85546875" style="1" customWidth="1"/>
+    <col min="6935" max="6937" width="9.140625" style="1"/>
+    <col min="6938" max="6947" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6948" max="7169" width="9.140625" style="1"/>
+    <col min="7170" max="7171" width="38.7109375" style="1" customWidth="1"/>
+    <col min="7172" max="7172" width="28.7109375" style="1" customWidth="1"/>
+    <col min="7173" max="7173" width="22.7109375" style="1" customWidth="1"/>
+    <col min="7174" max="7174" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7175" max="7182" width="9.140625" style="1"/>
+    <col min="7183" max="7186" width="8.85546875" style="1" customWidth="1"/>
+    <col min="7187" max="7188" width="9.140625" style="1"/>
+    <col min="7189" max="7190" width="8.85546875" style="1" customWidth="1"/>
+    <col min="7191" max="7193" width="9.140625" style="1"/>
+    <col min="7194" max="7203" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7204" max="7425" width="9.140625" style="1"/>
+    <col min="7426" max="7427" width="38.7109375" style="1" customWidth="1"/>
+    <col min="7428" max="7428" width="28.7109375" style="1" customWidth="1"/>
+    <col min="7429" max="7429" width="22.7109375" style="1" customWidth="1"/>
+    <col min="7430" max="7430" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7431" max="7438" width="9.140625" style="1"/>
+    <col min="7439" max="7442" width="8.85546875" style="1" customWidth="1"/>
+    <col min="7443" max="7444" width="9.140625" style="1"/>
+    <col min="7445" max="7446" width="8.85546875" style="1" customWidth="1"/>
+    <col min="7447" max="7449" width="9.140625" style="1"/>
+    <col min="7450" max="7459" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7460" max="7681" width="9.140625" style="1"/>
+    <col min="7682" max="7683" width="38.7109375" style="1" customWidth="1"/>
+    <col min="7684" max="7684" width="28.7109375" style="1" customWidth="1"/>
+    <col min="7685" max="7685" width="22.7109375" style="1" customWidth="1"/>
+    <col min="7686" max="7686" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7687" max="7694" width="9.140625" style="1"/>
+    <col min="7695" max="7698" width="8.85546875" style="1" customWidth="1"/>
+    <col min="7699" max="7700" width="9.140625" style="1"/>
+    <col min="7701" max="7702" width="8.85546875" style="1" customWidth="1"/>
+    <col min="7703" max="7705" width="9.140625" style="1"/>
+    <col min="7706" max="7715" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7716" max="7937" width="9.140625" style="1"/>
+    <col min="7938" max="7939" width="38.7109375" style="1" customWidth="1"/>
+    <col min="7940" max="7940" width="28.7109375" style="1" customWidth="1"/>
+    <col min="7941" max="7941" width="22.7109375" style="1" customWidth="1"/>
+    <col min="7942" max="7942" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7943" max="7950" width="9.140625" style="1"/>
+    <col min="7951" max="7954" width="8.85546875" style="1" customWidth="1"/>
+    <col min="7955" max="7956" width="9.140625" style="1"/>
+    <col min="7957" max="7958" width="8.85546875" style="1" customWidth="1"/>
+    <col min="7959" max="7961" width="9.140625" style="1"/>
+    <col min="7962" max="7971" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7972" max="8193" width="9.140625" style="1"/>
+    <col min="8194" max="8195" width="38.7109375" style="1" customWidth="1"/>
+    <col min="8196" max="8196" width="28.7109375" style="1" customWidth="1"/>
+    <col min="8197" max="8197" width="22.7109375" style="1" customWidth="1"/>
+    <col min="8198" max="8198" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8199" max="8206" width="9.140625" style="1"/>
+    <col min="8207" max="8210" width="8.85546875" style="1" customWidth="1"/>
+    <col min="8211" max="8212" width="9.140625" style="1"/>
+    <col min="8213" max="8214" width="8.85546875" style="1" customWidth="1"/>
+    <col min="8215" max="8217" width="9.140625" style="1"/>
+    <col min="8218" max="8227" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8228" max="8449" width="9.140625" style="1"/>
+    <col min="8450" max="8451" width="38.7109375" style="1" customWidth="1"/>
+    <col min="8452" max="8452" width="28.7109375" style="1" customWidth="1"/>
+    <col min="8453" max="8453" width="22.7109375" style="1" customWidth="1"/>
+    <col min="8454" max="8454" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8455" max="8462" width="9.140625" style="1"/>
+    <col min="8463" max="8466" width="8.85546875" style="1" customWidth="1"/>
+    <col min="8467" max="8468" width="9.140625" style="1"/>
+    <col min="8469" max="8470" width="8.85546875" style="1" customWidth="1"/>
+    <col min="8471" max="8473" width="9.140625" style="1"/>
+    <col min="8474" max="8483" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8484" max="8705" width="9.140625" style="1"/>
+    <col min="8706" max="8707" width="38.7109375" style="1" customWidth="1"/>
+    <col min="8708" max="8708" width="28.7109375" style="1" customWidth="1"/>
+    <col min="8709" max="8709" width="22.7109375" style="1" customWidth="1"/>
+    <col min="8710" max="8710" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8711" max="8718" width="9.140625" style="1"/>
+    <col min="8719" max="8722" width="8.85546875" style="1" customWidth="1"/>
+    <col min="8723" max="8724" width="9.140625" style="1"/>
+    <col min="8725" max="8726" width="8.85546875" style="1" customWidth="1"/>
+    <col min="8727" max="8729" width="9.140625" style="1"/>
+    <col min="8730" max="8739" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8740" max="8961" width="9.140625" style="1"/>
+    <col min="8962" max="8963" width="38.7109375" style="1" customWidth="1"/>
+    <col min="8964" max="8964" width="28.7109375" style="1" customWidth="1"/>
+    <col min="8965" max="8965" width="22.7109375" style="1" customWidth="1"/>
+    <col min="8966" max="8966" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8967" max="8974" width="9.140625" style="1"/>
+    <col min="8975" max="8978" width="8.85546875" style="1" customWidth="1"/>
+    <col min="8979" max="8980" width="9.140625" style="1"/>
+    <col min="8981" max="8982" width="8.85546875" style="1" customWidth="1"/>
+    <col min="8983" max="8985" width="9.140625" style="1"/>
+    <col min="8986" max="8995" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8996" max="9217" width="9.140625" style="1"/>
+    <col min="9218" max="9219" width="38.7109375" style="1" customWidth="1"/>
+    <col min="9220" max="9220" width="28.7109375" style="1" customWidth="1"/>
+    <col min="9221" max="9221" width="22.7109375" style="1" customWidth="1"/>
+    <col min="9222" max="9222" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9223" max="9230" width="9.140625" style="1"/>
+    <col min="9231" max="9234" width="8.85546875" style="1" customWidth="1"/>
+    <col min="9235" max="9236" width="9.140625" style="1"/>
+    <col min="9237" max="9238" width="8.85546875" style="1" customWidth="1"/>
+    <col min="9239" max="9241" width="9.140625" style="1"/>
+    <col min="9242" max="9251" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9252" max="9473" width="9.140625" style="1"/>
+    <col min="9474" max="9475" width="38.7109375" style="1" customWidth="1"/>
+    <col min="9476" max="9476" width="28.7109375" style="1" customWidth="1"/>
+    <col min="9477" max="9477" width="22.7109375" style="1" customWidth="1"/>
+    <col min="9478" max="9478" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9479" max="9486" width="9.140625" style="1"/>
+    <col min="9487" max="9490" width="8.85546875" style="1" customWidth="1"/>
+    <col min="9491" max="9492" width="9.140625" style="1"/>
+    <col min="9493" max="9494" width="8.85546875" style="1" customWidth="1"/>
+    <col min="9495" max="9497" width="9.140625" style="1"/>
+    <col min="9498" max="9507" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9508" max="9729" width="9.140625" style="1"/>
+    <col min="9730" max="9731" width="38.7109375" style="1" customWidth="1"/>
+    <col min="9732" max="9732" width="28.7109375" style="1" customWidth="1"/>
+    <col min="9733" max="9733" width="22.7109375" style="1" customWidth="1"/>
+    <col min="9734" max="9734" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9735" max="9742" width="9.140625" style="1"/>
+    <col min="9743" max="9746" width="8.85546875" style="1" customWidth="1"/>
+    <col min="9747" max="9748" width="9.140625" style="1"/>
+    <col min="9749" max="9750" width="8.85546875" style="1" customWidth="1"/>
+    <col min="9751" max="9753" width="9.140625" style="1"/>
+    <col min="9754" max="9763" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9764" max="9985" width="9.140625" style="1"/>
+    <col min="9986" max="9987" width="38.7109375" style="1" customWidth="1"/>
+    <col min="9988" max="9988" width="28.7109375" style="1" customWidth="1"/>
+    <col min="9989" max="9989" width="22.7109375" style="1" customWidth="1"/>
+    <col min="9990" max="9990" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9991" max="9998" width="9.140625" style="1"/>
+    <col min="9999" max="10002" width="8.85546875" style="1" customWidth="1"/>
+    <col min="10003" max="10004" width="9.140625" style="1"/>
+    <col min="10005" max="10006" width="8.85546875" style="1" customWidth="1"/>
+    <col min="10007" max="10009" width="9.140625" style="1"/>
+    <col min="10010" max="10019" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="10020" max="10241" width="9.140625" style="1"/>
+    <col min="10242" max="10243" width="38.7109375" style="1" customWidth="1"/>
+    <col min="10244" max="10244" width="28.7109375" style="1" customWidth="1"/>
+    <col min="10245" max="10245" width="22.7109375" style="1" customWidth="1"/>
+    <col min="10246" max="10246" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10247" max="10254" width="9.140625" style="1"/>
+    <col min="10255" max="10258" width="8.85546875" style="1" customWidth="1"/>
+    <col min="10259" max="10260" width="9.140625" style="1"/>
+    <col min="10261" max="10262" width="8.85546875" style="1" customWidth="1"/>
+    <col min="10263" max="10265" width="9.140625" style="1"/>
+    <col min="10266" max="10275" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="10276" max="10497" width="9.140625" style="1"/>
+    <col min="10498" max="10499" width="38.7109375" style="1" customWidth="1"/>
+    <col min="10500" max="10500" width="28.7109375" style="1" customWidth="1"/>
+    <col min="10501" max="10501" width="22.7109375" style="1" customWidth="1"/>
+    <col min="10502" max="10502" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10503" max="10510" width="9.140625" style="1"/>
+    <col min="10511" max="10514" width="8.85546875" style="1" customWidth="1"/>
+    <col min="10515" max="10516" width="9.140625" style="1"/>
+    <col min="10517" max="10518" width="8.85546875" style="1" customWidth="1"/>
+    <col min="10519" max="10521" width="9.140625" style="1"/>
+    <col min="10522" max="10531" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="10532" max="10753" width="9.140625" style="1"/>
+    <col min="10754" max="10755" width="38.7109375" style="1" customWidth="1"/>
+    <col min="10756" max="10756" width="28.7109375" style="1" customWidth="1"/>
+    <col min="10757" max="10757" width="22.7109375" style="1" customWidth="1"/>
+    <col min="10758" max="10758" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10759" max="10766" width="9.140625" style="1"/>
+    <col min="10767" max="10770" width="8.85546875" style="1" customWidth="1"/>
+    <col min="10771" max="10772" width="9.140625" style="1"/>
+    <col min="10773" max="10774" width="8.85546875" style="1" customWidth="1"/>
+    <col min="10775" max="10777" width="9.140625" style="1"/>
+    <col min="10778" max="10787" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="10788" max="11009" width="9.140625" style="1"/>
+    <col min="11010" max="11011" width="38.7109375" style="1" customWidth="1"/>
+    <col min="11012" max="11012" width="28.7109375" style="1" customWidth="1"/>
+    <col min="11013" max="11013" width="22.7109375" style="1" customWidth="1"/>
+    <col min="11014" max="11014" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11015" max="11022" width="9.140625" style="1"/>
+    <col min="11023" max="11026" width="8.85546875" style="1" customWidth="1"/>
+    <col min="11027" max="11028" width="9.140625" style="1"/>
+    <col min="11029" max="11030" width="8.85546875" style="1" customWidth="1"/>
+    <col min="11031" max="11033" width="9.140625" style="1"/>
+    <col min="11034" max="11043" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11044" max="11265" width="9.140625" style="1"/>
+    <col min="11266" max="11267" width="38.7109375" style="1" customWidth="1"/>
+    <col min="11268" max="11268" width="28.7109375" style="1" customWidth="1"/>
+    <col min="11269" max="11269" width="22.7109375" style="1" customWidth="1"/>
+    <col min="11270" max="11270" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11271" max="11278" width="9.140625" style="1"/>
+    <col min="11279" max="11282" width="8.85546875" style="1" customWidth="1"/>
+    <col min="11283" max="11284" width="9.140625" style="1"/>
+    <col min="11285" max="11286" width="8.85546875" style="1" customWidth="1"/>
+    <col min="11287" max="11289" width="9.140625" style="1"/>
+    <col min="11290" max="11299" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11300" max="11521" width="9.140625" style="1"/>
+    <col min="11522" max="11523" width="38.7109375" style="1" customWidth="1"/>
+    <col min="11524" max="11524" width="28.7109375" style="1" customWidth="1"/>
+    <col min="11525" max="11525" width="22.7109375" style="1" customWidth="1"/>
+    <col min="11526" max="11526" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11527" max="11534" width="9.140625" style="1"/>
+    <col min="11535" max="11538" width="8.85546875" style="1" customWidth="1"/>
+    <col min="11539" max="11540" width="9.140625" style="1"/>
+    <col min="11541" max="11542" width="8.85546875" style="1" customWidth="1"/>
+    <col min="11543" max="11545" width="9.140625" style="1"/>
+    <col min="11546" max="11555" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11556" max="11777" width="9.140625" style="1"/>
+    <col min="11778" max="11779" width="38.7109375" style="1" customWidth="1"/>
+    <col min="11780" max="11780" width="28.7109375" style="1" customWidth="1"/>
+    <col min="11781" max="11781" width="22.7109375" style="1" customWidth="1"/>
+    <col min="11782" max="11782" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11783" max="11790" width="9.140625" style="1"/>
+    <col min="11791" max="11794" width="8.85546875" style="1" customWidth="1"/>
+    <col min="11795" max="11796" width="9.140625" style="1"/>
+    <col min="11797" max="11798" width="8.85546875" style="1" customWidth="1"/>
+    <col min="11799" max="11801" width="9.140625" style="1"/>
+    <col min="11802" max="11811" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11812" max="12033" width="9.140625" style="1"/>
+    <col min="12034" max="12035" width="38.7109375" style="1" customWidth="1"/>
+    <col min="12036" max="12036" width="28.7109375" style="1" customWidth="1"/>
+    <col min="12037" max="12037" width="22.7109375" style="1" customWidth="1"/>
+    <col min="12038" max="12038" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12039" max="12046" width="9.140625" style="1"/>
+    <col min="12047" max="12050" width="8.85546875" style="1" customWidth="1"/>
+    <col min="12051" max="12052" width="9.140625" style="1"/>
+    <col min="12053" max="12054" width="8.85546875" style="1" customWidth="1"/>
+    <col min="12055" max="12057" width="9.140625" style="1"/>
+    <col min="12058" max="12067" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12068" max="12289" width="9.140625" style="1"/>
+    <col min="12290" max="12291" width="38.7109375" style="1" customWidth="1"/>
+    <col min="12292" max="12292" width="28.7109375" style="1" customWidth="1"/>
+    <col min="12293" max="12293" width="22.7109375" style="1" customWidth="1"/>
+    <col min="12294" max="12294" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12295" max="12302" width="9.140625" style="1"/>
+    <col min="12303" max="12306" width="8.85546875" style="1" customWidth="1"/>
+    <col min="12307" max="12308" width="9.140625" style="1"/>
+    <col min="12309" max="12310" width="8.85546875" style="1" customWidth="1"/>
+    <col min="12311" max="12313" width="9.140625" style="1"/>
+    <col min="12314" max="12323" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12324" max="12545" width="9.140625" style="1"/>
+    <col min="12546" max="12547" width="38.7109375" style="1" customWidth="1"/>
+    <col min="12548" max="12548" width="28.7109375" style="1" customWidth="1"/>
+    <col min="12549" max="12549" width="22.7109375" style="1" customWidth="1"/>
+    <col min="12550" max="12550" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12551" max="12558" width="9.140625" style="1"/>
+    <col min="12559" max="12562" width="8.85546875" style="1" customWidth="1"/>
+    <col min="12563" max="12564" width="9.140625" style="1"/>
+    <col min="12565" max="12566" width="8.85546875" style="1" customWidth="1"/>
+    <col min="12567" max="12569" width="9.140625" style="1"/>
+    <col min="12570" max="12579" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12580" max="12801" width="9.140625" style="1"/>
+    <col min="12802" max="12803" width="38.7109375" style="1" customWidth="1"/>
+    <col min="12804" max="12804" width="28.7109375" style="1" customWidth="1"/>
+    <col min="12805" max="12805" width="22.7109375" style="1" customWidth="1"/>
+    <col min="12806" max="12806" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12807" max="12814" width="9.140625" style="1"/>
+    <col min="12815" max="12818" width="8.85546875" style="1" customWidth="1"/>
+    <col min="12819" max="12820" width="9.140625" style="1"/>
+    <col min="12821" max="12822" width="8.85546875" style="1" customWidth="1"/>
+    <col min="12823" max="12825" width="9.140625" style="1"/>
+    <col min="12826" max="12835" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12836" max="13057" width="9.140625" style="1"/>
+    <col min="13058" max="13059" width="38.7109375" style="1" customWidth="1"/>
+    <col min="13060" max="13060" width="28.7109375" style="1" customWidth="1"/>
+    <col min="13061" max="13061" width="22.7109375" style="1" customWidth="1"/>
+    <col min="13062" max="13062" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13063" max="13070" width="9.140625" style="1"/>
+    <col min="13071" max="13074" width="8.85546875" style="1" customWidth="1"/>
+    <col min="13075" max="13076" width="9.140625" style="1"/>
+    <col min="13077" max="13078" width="8.85546875" style="1" customWidth="1"/>
+    <col min="13079" max="13081" width="9.140625" style="1"/>
+    <col min="13082" max="13091" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13092" max="13313" width="9.140625" style="1"/>
+    <col min="13314" max="13315" width="38.7109375" style="1" customWidth="1"/>
+    <col min="13316" max="13316" width="28.7109375" style="1" customWidth="1"/>
+    <col min="13317" max="13317" width="22.7109375" style="1" customWidth="1"/>
+    <col min="13318" max="13318" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13319" max="13326" width="9.140625" style="1"/>
+    <col min="13327" max="13330" width="8.85546875" style="1" customWidth="1"/>
+    <col min="13331" max="13332" width="9.140625" style="1"/>
+    <col min="13333" max="13334" width="8.85546875" style="1" customWidth="1"/>
+    <col min="13335" max="13337" width="9.140625" style="1"/>
+    <col min="13338" max="13347" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13348" max="13569" width="9.140625" style="1"/>
+    <col min="13570" max="13571" width="38.7109375" style="1" customWidth="1"/>
+    <col min="13572" max="13572" width="28.7109375" style="1" customWidth="1"/>
+    <col min="13573" max="13573" width="22.7109375" style="1" customWidth="1"/>
+    <col min="13574" max="13574" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13575" max="13582" width="9.140625" style="1"/>
+    <col min="13583" max="13586" width="8.85546875" style="1" customWidth="1"/>
+    <col min="13587" max="13588" width="9.140625" style="1"/>
+    <col min="13589" max="13590" width="8.85546875" style="1" customWidth="1"/>
+    <col min="13591" max="13593" width="9.140625" style="1"/>
+    <col min="13594" max="13603" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13604" max="13825" width="9.140625" style="1"/>
+    <col min="13826" max="13827" width="38.7109375" style="1" customWidth="1"/>
+    <col min="13828" max="13828" width="28.7109375" style="1" customWidth="1"/>
+    <col min="13829" max="13829" width="22.7109375" style="1" customWidth="1"/>
+    <col min="13830" max="13830" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13831" max="13838" width="9.140625" style="1"/>
+    <col min="13839" max="13842" width="8.85546875" style="1" customWidth="1"/>
+    <col min="13843" max="13844" width="9.140625" style="1"/>
+    <col min="13845" max="13846" width="8.85546875" style="1" customWidth="1"/>
+    <col min="13847" max="13849" width="9.140625" style="1"/>
+    <col min="13850" max="13859" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13860" max="14081" width="9.140625" style="1"/>
+    <col min="14082" max="14083" width="38.7109375" style="1" customWidth="1"/>
+    <col min="14084" max="14084" width="28.7109375" style="1" customWidth="1"/>
+    <col min="14085" max="14085" width="22.7109375" style="1" customWidth="1"/>
+    <col min="14086" max="14086" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14087" max="14094" width="9.140625" style="1"/>
+    <col min="14095" max="14098" width="8.85546875" style="1" customWidth="1"/>
+    <col min="14099" max="14100" width="9.140625" style="1"/>
+    <col min="14101" max="14102" width="8.85546875" style="1" customWidth="1"/>
+    <col min="14103" max="14105" width="9.140625" style="1"/>
+    <col min="14106" max="14115" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14116" max="14337" width="9.140625" style="1"/>
+    <col min="14338" max="14339" width="38.7109375" style="1" customWidth="1"/>
+    <col min="14340" max="14340" width="28.7109375" style="1" customWidth="1"/>
+    <col min="14341" max="14341" width="22.7109375" style="1" customWidth="1"/>
+    <col min="14342" max="14342" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14343" max="14350" width="9.140625" style="1"/>
+    <col min="14351" max="14354" width="8.85546875" style="1" customWidth="1"/>
+    <col min="14355" max="14356" width="9.140625" style="1"/>
+    <col min="14357" max="14358" width="8.85546875" style="1" customWidth="1"/>
+    <col min="14359" max="14361" width="9.140625" style="1"/>
+    <col min="14362" max="14371" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14372" max="14593" width="9.140625" style="1"/>
+    <col min="14594" max="14595" width="38.7109375" style="1" customWidth="1"/>
+    <col min="14596" max="14596" width="28.7109375" style="1" customWidth="1"/>
+    <col min="14597" max="14597" width="22.7109375" style="1" customWidth="1"/>
+    <col min="14598" max="14598" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14599" max="14606" width="9.140625" style="1"/>
+    <col min="14607" max="14610" width="8.85546875" style="1" customWidth="1"/>
+    <col min="14611" max="14612" width="9.140625" style="1"/>
+    <col min="14613" max="14614" width="8.85546875" style="1" customWidth="1"/>
+    <col min="14615" max="14617" width="9.140625" style="1"/>
+    <col min="14618" max="14627" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14628" max="14849" width="9.140625" style="1"/>
+    <col min="14850" max="14851" width="38.7109375" style="1" customWidth="1"/>
+    <col min="14852" max="14852" width="28.7109375" style="1" customWidth="1"/>
+    <col min="14853" max="14853" width="22.7109375" style="1" customWidth="1"/>
+    <col min="14854" max="14854" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14855" max="14862" width="9.140625" style="1"/>
+    <col min="14863" max="14866" width="8.85546875" style="1" customWidth="1"/>
+    <col min="14867" max="14868" width="9.140625" style="1"/>
+    <col min="14869" max="14870" width="8.85546875" style="1" customWidth="1"/>
+    <col min="14871" max="14873" width="9.140625" style="1"/>
+    <col min="14874" max="14883" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14884" max="15105" width="9.140625" style="1"/>
+    <col min="15106" max="15107" width="38.7109375" style="1" customWidth="1"/>
+    <col min="15108" max="15108" width="28.7109375" style="1" customWidth="1"/>
+    <col min="15109" max="15109" width="22.7109375" style="1" customWidth="1"/>
+    <col min="15110" max="15110" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15111" max="15118" width="9.140625" style="1"/>
+    <col min="15119" max="15122" width="8.85546875" style="1" customWidth="1"/>
+    <col min="15123" max="15124" width="9.140625" style="1"/>
+    <col min="15125" max="15126" width="8.85546875" style="1" customWidth="1"/>
+    <col min="15127" max="15129" width="9.140625" style="1"/>
+    <col min="15130" max="15139" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15140" max="15361" width="9.140625" style="1"/>
+    <col min="15362" max="15363" width="38.7109375" style="1" customWidth="1"/>
+    <col min="15364" max="15364" width="28.7109375" style="1" customWidth="1"/>
+    <col min="15365" max="15365" width="22.7109375" style="1" customWidth="1"/>
+    <col min="15366" max="15366" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15367" max="15374" width="9.140625" style="1"/>
+    <col min="15375" max="15378" width="8.85546875" style="1" customWidth="1"/>
+    <col min="15379" max="15380" width="9.140625" style="1"/>
+    <col min="15381" max="15382" width="8.85546875" style="1" customWidth="1"/>
+    <col min="15383" max="15385" width="9.140625" style="1"/>
+    <col min="15386" max="15395" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15396" max="15617" width="9.140625" style="1"/>
+    <col min="15618" max="15619" width="38.7109375" style="1" customWidth="1"/>
+    <col min="15620" max="15620" width="28.7109375" style="1" customWidth="1"/>
+    <col min="15621" max="15621" width="22.7109375" style="1" customWidth="1"/>
+    <col min="15622" max="15622" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15623" max="15630" width="9.140625" style="1"/>
+    <col min="15631" max="15634" width="8.85546875" style="1" customWidth="1"/>
+    <col min="15635" max="15636" width="9.140625" style="1"/>
+    <col min="15637" max="15638" width="8.85546875" style="1" customWidth="1"/>
+    <col min="15639" max="15641" width="9.140625" style="1"/>
+    <col min="15642" max="15651" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15652" max="15873" width="9.140625" style="1"/>
+    <col min="15874" max="15875" width="38.7109375" style="1" customWidth="1"/>
+    <col min="15876" max="15876" width="28.7109375" style="1" customWidth="1"/>
+    <col min="15877" max="15877" width="22.7109375" style="1" customWidth="1"/>
+    <col min="15878" max="15878" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15879" max="15886" width="9.140625" style="1"/>
+    <col min="15887" max="15890" width="8.85546875" style="1" customWidth="1"/>
+    <col min="15891" max="15892" width="9.140625" style="1"/>
+    <col min="15893" max="15894" width="8.85546875" style="1" customWidth="1"/>
+    <col min="15895" max="15897" width="9.140625" style="1"/>
+    <col min="15898" max="15907" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15908" max="16129" width="9.140625" style="1"/>
+    <col min="16130" max="16131" width="38.7109375" style="1" customWidth="1"/>
+    <col min="16132" max="16132" width="28.7109375" style="1" customWidth="1"/>
+    <col min="16133" max="16133" width="22.7109375" style="1" customWidth="1"/>
+    <col min="16134" max="16134" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="16135" max="16142" width="9.140625" style="1"/>
+    <col min="16143" max="16146" width="8.85546875" style="1" customWidth="1"/>
+    <col min="16147" max="16148" width="9.140625" style="1"/>
+    <col min="16149" max="16150" width="8.85546875" style="1" customWidth="1"/>
+    <col min="16151" max="16153" width="9.140625" style="1"/>
+    <col min="16154" max="16163" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="16164" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:34" s="1" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
       <c r="D1" s="6"/>
       <c r="E1" s="6"/>
-      <c r="G1" s="6"/>
-[...1 lines deleted...]
-      <c r="I1" s="6"/>
+      <c r="F1" s="33"/>
       <c r="J1" s="6"/>
       <c r="K1" s="5"/>
-      <c r="L1" s="6"/>
       <c r="M1" s="5"/>
-      <c r="N1" s="26"/>
-[...6 lines deleted...]
-      <c r="U1" s="36"/>
+      <c r="N1" s="24"/>
+      <c r="O1" s="28"/>
+      <c r="P1" s="24"/>
+      <c r="Q1" s="28"/>
+      <c r="R1" s="24"/>
+      <c r="S1" s="30"/>
+      <c r="T1" s="26"/>
+      <c r="U1" s="31"/>
+      <c r="V1" s="1"/>
+      <c r="W1" s="1"/>
+      <c r="X1" s="1"/>
+      <c r="Y1" s="1"/>
     </row>
-    <row r="2" spans="1:34" s="1" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="80" t="s">
+    <row r="2" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="82" t="s">
         <v>67</v>
       </c>
-      <c r="B2" s="80"/>
+      <c r="B2" s="82"/>
+      <c r="C2" s="1"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
-      <c r="F2" s="2"/>
-[...2 lines deleted...]
-      <c r="I2" s="6"/>
+      <c r="F2" s="34"/>
       <c r="J2" s="6"/>
       <c r="K2" s="5"/>
-      <c r="L2" s="6"/>
       <c r="M2" s="5"/>
-      <c r="N2" s="26"/>
-[...6 lines deleted...]
-      <c r="U2" s="35"/>
+      <c r="N2" s="24"/>
+      <c r="O2" s="28"/>
+      <c r="P2" s="24"/>
+      <c r="Q2" s="28"/>
+      <c r="R2" s="24"/>
+      <c r="S2" s="30"/>
+      <c r="T2" s="25"/>
+      <c r="U2" s="30"/>
+      <c r="V2" s="1"/>
+      <c r="W2" s="1"/>
+      <c r="X2" s="1"/>
+      <c r="Y2" s="1"/>
     </row>
-    <row r="3" spans="1:34" s="1" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B3" s="1"/>
+      <c r="C3" s="1"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
-      <c r="G3" s="6"/>
-[...1 lines deleted...]
-      <c r="I3" s="6"/>
+      <c r="F3" s="33"/>
       <c r="J3" s="6"/>
       <c r="K3" s="5"/>
-      <c r="L3" s="6"/>
       <c r="M3" s="5"/>
-      <c r="N3" s="26"/>
-[...6 lines deleted...]
-      <c r="U3" s="36"/>
+      <c r="N3" s="24"/>
+      <c r="O3" s="28"/>
+      <c r="P3" s="24"/>
+      <c r="Q3" s="28"/>
+      <c r="R3" s="24"/>
+      <c r="S3" s="30"/>
+      <c r="T3" s="26"/>
+      <c r="U3" s="31"/>
+      <c r="V3" s="1"/>
+      <c r="W3" s="1"/>
+      <c r="X3" s="1"/>
+      <c r="Y3" s="1"/>
     </row>
-    <row r="4" spans="1:34" s="4" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="46" t="s">
+    <row r="4" spans="1:35" s="35" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="94" t="s">
+        <v>252</v>
+      </c>
+      <c r="B4" s="95"/>
+      <c r="C4" s="95"/>
+      <c r="D4" s="95"/>
+      <c r="E4" s="95"/>
+      <c r="F4" s="95"/>
+      <c r="G4" s="95"/>
+      <c r="H4" s="95"/>
+      <c r="I4" s="95"/>
+      <c r="J4" s="95"/>
+      <c r="K4" s="95"/>
+      <c r="L4" s="95"/>
+      <c r="M4" s="95"/>
+      <c r="N4" s="95"/>
+      <c r="O4" s="95"/>
+      <c r="P4" s="95"/>
+      <c r="Q4" s="95"/>
+      <c r="R4" s="95"/>
+      <c r="S4" s="95"/>
+      <c r="T4" s="95"/>
+      <c r="U4" s="95"/>
+      <c r="V4" s="95"/>
+      <c r="W4" s="95"/>
+      <c r="X4" s="95"/>
+      <c r="Y4" s="95"/>
+      <c r="Z4" s="95"/>
+      <c r="AA4" s="95"/>
+      <c r="AB4" s="95"/>
+      <c r="AC4" s="95"/>
+      <c r="AD4" s="95"/>
+      <c r="AE4" s="95"/>
+      <c r="AF4" s="95"/>
+      <c r="AG4" s="95"/>
+      <c r="AH4" s="95"/>
+      <c r="AI4" s="96"/>
+    </row>
+    <row r="5" spans="1:35" s="35" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="92" t="s">
+        <v>253</v>
+      </c>
+      <c r="B5" s="93"/>
+      <c r="C5" s="97" t="s">
+        <v>254</v>
+      </c>
+      <c r="D5" s="98"/>
+      <c r="E5" s="98"/>
+      <c r="F5" s="99"/>
+      <c r="G5" s="51" t="s">
+        <v>255</v>
+      </c>
+      <c r="H5" s="51"/>
+      <c r="I5" s="51"/>
+      <c r="J5" s="52"/>
+      <c r="K5" s="53" t="s">
+        <v>256</v>
+      </c>
+      <c r="L5" s="51"/>
+      <c r="M5" s="51"/>
+      <c r="N5" s="52"/>
+      <c r="O5" s="54" t="s">
+        <v>257</v>
+      </c>
+      <c r="P5" s="55"/>
+      <c r="Q5" s="55"/>
+      <c r="R5" s="55"/>
+      <c r="S5" s="55"/>
+      <c r="T5" s="55"/>
+      <c r="U5" s="55"/>
+      <c r="V5" s="56"/>
+      <c r="W5" s="57" t="s">
+        <v>258</v>
+      </c>
+      <c r="X5" s="57"/>
+      <c r="Y5" s="57"/>
+      <c r="Z5" s="57"/>
+      <c r="AA5" s="57"/>
+      <c r="AB5" s="57"/>
+      <c r="AC5" s="57"/>
+      <c r="AD5" s="57"/>
+      <c r="AE5" s="57"/>
+      <c r="AF5" s="57"/>
+      <c r="AG5" s="57"/>
+      <c r="AH5" s="57"/>
+      <c r="AI5" s="58"/>
+    </row>
+    <row r="6" spans="1:35" s="35" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="79" t="s">
         <v>131</v>
       </c>
-      <c r="B4" s="47"/>
-[...31 lines deleted...]
-      <c r="AH4" s="48"/>
+      <c r="B6" s="79" t="s">
+        <v>132</v>
+      </c>
+      <c r="C6" s="89" t="s">
+        <v>133</v>
+      </c>
+      <c r="D6" s="89" t="s">
+        <v>134</v>
+      </c>
+      <c r="E6" s="89" t="s">
+        <v>135</v>
+      </c>
+      <c r="F6" s="86" t="s">
+        <v>67</v>
+      </c>
+      <c r="G6" s="100" t="s">
+        <v>136</v>
+      </c>
+      <c r="H6" s="89" t="s">
+        <v>137</v>
+      </c>
+      <c r="I6" s="89" t="s">
+        <v>45</v>
+      </c>
+      <c r="J6" s="59" t="s">
+        <v>0</v>
+      </c>
+      <c r="K6" s="62" t="s">
+        <v>59</v>
+      </c>
+      <c r="L6" s="89" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" s="89" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" s="62" t="s">
+        <v>46</v>
+      </c>
+      <c r="O6" s="76" t="s">
+        <v>9</v>
+      </c>
+      <c r="P6" s="83" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q6" s="76" t="s">
+        <v>48</v>
+      </c>
+      <c r="R6" s="83" t="s">
+        <v>49</v>
+      </c>
+      <c r="S6" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="T6" s="83" t="s">
+        <v>51</v>
+      </c>
+      <c r="U6" s="76" t="s">
+        <v>52</v>
+      </c>
+      <c r="V6" s="83" t="s">
+        <v>53</v>
+      </c>
+      <c r="W6" s="79" t="s">
+        <v>54</v>
+      </c>
+      <c r="X6" s="79" t="s">
+        <v>55</v>
+      </c>
+      <c r="Y6" s="64" t="s">
+        <v>56</v>
+      </c>
+      <c r="Z6" s="36"/>
+      <c r="AA6" s="37"/>
+      <c r="AB6" s="37"/>
+      <c r="AC6" s="37"/>
+      <c r="AD6" s="37"/>
+      <c r="AE6" s="37"/>
+      <c r="AF6" s="37"/>
+      <c r="AG6" s="37"/>
+      <c r="AH6" s="37"/>
+      <c r="AI6" s="38"/>
     </row>
-    <row r="5" spans="1:34" s="4" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-[...45 lines deleted...]
-      <c r="AH5" s="51"/>
+    <row r="7" spans="1:35" s="35" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="80"/>
+      <c r="B7" s="80"/>
+      <c r="C7" s="90"/>
+      <c r="D7" s="90"/>
+      <c r="E7" s="90"/>
+      <c r="F7" s="87"/>
+      <c r="G7" s="101"/>
+      <c r="H7" s="90"/>
+      <c r="I7" s="90"/>
+      <c r="J7" s="60"/>
+      <c r="K7" s="63"/>
+      <c r="L7" s="90"/>
+      <c r="M7" s="90"/>
+      <c r="N7" s="63"/>
+      <c r="O7" s="77"/>
+      <c r="P7" s="84"/>
+      <c r="Q7" s="77"/>
+      <c r="R7" s="84"/>
+      <c r="S7" s="77"/>
+      <c r="T7" s="84"/>
+      <c r="U7" s="77"/>
+      <c r="V7" s="84"/>
+      <c r="W7" s="80"/>
+      <c r="X7" s="80"/>
+      <c r="Y7" s="65"/>
+      <c r="Z7" s="67" t="s">
+        <v>138</v>
+      </c>
+      <c r="AA7" s="68"/>
+      <c r="AB7" s="68"/>
+      <c r="AC7" s="68"/>
+      <c r="AD7" s="68"/>
+      <c r="AE7" s="68"/>
+      <c r="AF7" s="68"/>
+      <c r="AG7" s="68"/>
+      <c r="AH7" s="68"/>
+      <c r="AI7" s="69"/>
     </row>
-    <row r="6" spans="1:34" s="4" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="C6" s="43" t="s">
+    <row r="8" spans="1:35" s="35" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="80"/>
+      <c r="B8" s="80"/>
+      <c r="C8" s="90"/>
+      <c r="D8" s="90"/>
+      <c r="E8" s="90"/>
+      <c r="F8" s="87"/>
+      <c r="G8" s="101"/>
+      <c r="H8" s="90"/>
+      <c r="I8" s="90"/>
+      <c r="J8" s="60"/>
+      <c r="K8" s="63"/>
+      <c r="L8" s="90"/>
+      <c r="M8" s="90"/>
+      <c r="N8" s="63"/>
+      <c r="O8" s="77"/>
+      <c r="P8" s="84"/>
+      <c r="Q8" s="77"/>
+      <c r="R8" s="84"/>
+      <c r="S8" s="77"/>
+      <c r="T8" s="84"/>
+      <c r="U8" s="77"/>
+      <c r="V8" s="84"/>
+      <c r="W8" s="80"/>
+      <c r="X8" s="80"/>
+      <c r="Y8" s="65"/>
+      <c r="Z8" s="70" t="s">
+        <v>57</v>
+      </c>
+      <c r="AA8" s="71"/>
+      <c r="AB8" s="71"/>
+      <c r="AC8" s="71"/>
+      <c r="AD8" s="71"/>
+      <c r="AE8" s="71"/>
+      <c r="AF8" s="71"/>
+      <c r="AG8" s="71"/>
+      <c r="AH8" s="71"/>
+      <c r="AI8" s="72"/>
+    </row>
+    <row r="9" spans="1:35" s="35" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="81"/>
+      <c r="B9" s="81"/>
+      <c r="C9" s="91"/>
+      <c r="D9" s="91"/>
+      <c r="E9" s="91"/>
+      <c r="F9" s="88"/>
+      <c r="G9" s="102"/>
+      <c r="H9" s="91"/>
+      <c r="I9" s="91"/>
+      <c r="J9" s="61"/>
+      <c r="K9" s="39" t="s">
+        <v>62</v>
+      </c>
+      <c r="L9" s="40" t="s">
+        <v>63</v>
+      </c>
+      <c r="M9" s="40" t="s">
+        <v>64</v>
+      </c>
+      <c r="N9" s="39" t="s">
+        <v>65</v>
+      </c>
+      <c r="O9" s="78"/>
+      <c r="P9" s="85"/>
+      <c r="Q9" s="78"/>
+      <c r="R9" s="85"/>
+      <c r="S9" s="78"/>
+      <c r="T9" s="85"/>
+      <c r="U9" s="78"/>
+      <c r="V9" s="85"/>
+      <c r="W9" s="81"/>
+      <c r="X9" s="81"/>
+      <c r="Y9" s="66"/>
+      <c r="Z9" s="73"/>
+      <c r="AA9" s="74"/>
+      <c r="AB9" s="74"/>
+      <c r="AC9" s="74"/>
+      <c r="AD9" s="74"/>
+      <c r="AE9" s="74"/>
+      <c r="AF9" s="74"/>
+      <c r="AG9" s="74"/>
+      <c r="AH9" s="74"/>
+      <c r="AI9" s="75"/>
+    </row>
+    <row r="10" spans="1:35" s="4" customFormat="1" ht="15.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="7"/>
+      <c r="B10" s="7"/>
+      <c r="C10" s="8"/>
+      <c r="D10" s="8"/>
+      <c r="E10" s="8"/>
+      <c r="F10" s="7"/>
+      <c r="G10" s="8"/>
+      <c r="H10" s="8"/>
+      <c r="I10" s="8"/>
+      <c r="J10" s="9"/>
+      <c r="K10" s="8"/>
+      <c r="L10" s="8"/>
+      <c r="M10" s="8"/>
+      <c r="N10" s="8"/>
+      <c r="O10" s="27"/>
+      <c r="P10" s="29"/>
+      <c r="Q10" s="27"/>
+      <c r="R10" s="29"/>
+      <c r="S10" s="27"/>
+      <c r="T10" s="29"/>
+      <c r="U10" s="27"/>
+      <c r="V10" s="29"/>
+      <c r="W10" s="7"/>
+      <c r="X10" s="7"/>
+      <c r="Y10" s="7"/>
+      <c r="Z10" s="10"/>
+      <c r="AA10" s="10"/>
+      <c r="AB10" s="10"/>
+      <c r="AC10" s="10"/>
+      <c r="AD10" s="10"/>
+      <c r="AE10" s="10"/>
+      <c r="AF10" s="10"/>
+      <c r="AG10" s="10"/>
+      <c r="AH10" s="10"/>
+      <c r="AI10" s="10"/>
+    </row>
+    <row r="11" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="11" t="s">
+        <v>259</v>
+      </c>
+      <c r="B11" s="41" t="s">
+        <v>260</v>
+      </c>
+      <c r="C11" s="15"/>
+      <c r="D11" s="15"/>
+      <c r="E11" s="15"/>
+      <c r="F11" s="11"/>
+      <c r="G11" s="12"/>
+      <c r="H11" s="12"/>
+      <c r="I11" s="12"/>
+      <c r="J11" s="13"/>
+      <c r="K11" s="12"/>
+      <c r="L11" s="12"/>
+      <c r="M11" s="12"/>
+      <c r="N11" s="12"/>
+      <c r="O11" s="42"/>
+      <c r="P11" s="43"/>
+      <c r="Q11" s="42"/>
+      <c r="R11" s="43"/>
+      <c r="S11" s="42"/>
+      <c r="T11" s="43"/>
+      <c r="U11" s="42"/>
+      <c r="V11" s="43"/>
+      <c r="W11" s="44"/>
+      <c r="X11" s="44"/>
+      <c r="Y11" s="44"/>
+      <c r="Z11" s="14"/>
+      <c r="AA11" s="14"/>
+      <c r="AB11" s="14"/>
+      <c r="AC11" s="14"/>
+      <c r="AD11" s="14"/>
+      <c r="AE11" s="14"/>
+      <c r="AF11" s="14"/>
+      <c r="AG11" s="14"/>
+      <c r="AH11" s="14"/>
+      <c r="AI11" s="14"/>
+    </row>
+    <row r="12" spans="1:35" s="35" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="14" t="s">
+        <v>68</v>
+      </c>
+      <c r="B12" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="C12" s="15" t="s">
         <v>139</v>
       </c>
-      <c r="D6" s="43" t="s">
+      <c r="D12" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="E12" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F12" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G12" s="12">
+        <v>305</v>
+      </c>
+      <c r="H12" s="12">
+        <v>345</v>
+      </c>
+      <c r="I12" s="12">
+        <v>40</v>
+      </c>
+      <c r="J12" s="13">
+        <v>1.3114754098360657</v>
+      </c>
+      <c r="K12" s="12">
+        <v>5</v>
+      </c>
+      <c r="L12" s="12">
+        <v>15</v>
+      </c>
+      <c r="M12" s="12">
+        <v>5</v>
+      </c>
+      <c r="N12" s="12">
+        <v>25</v>
+      </c>
+      <c r="O12" s="45">
+        <v>62.83</v>
+      </c>
+      <c r="P12" s="46">
+        <v>130689</v>
+      </c>
+      <c r="Q12" s="45">
+        <v>42.05</v>
+      </c>
+      <c r="R12" s="46">
+        <v>87456</v>
+      </c>
+      <c r="S12" s="45">
+        <v>61.83</v>
+      </c>
+      <c r="T12" s="46">
+        <v>128606</v>
+      </c>
+      <c r="U12" s="45">
+        <v>73.22</v>
+      </c>
+      <c r="V12" s="46">
+        <v>152305</v>
+      </c>
+      <c r="W12" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="X12" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y12" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z12" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AA12" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AB12" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AC12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AD12" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AE12" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AF12" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG12" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="AH12" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AI12" s="14" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="13" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="14" t="s">
+        <v>147</v>
+      </c>
+      <c r="B13" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="C13" s="15" t="s">
+        <v>149</v>
+      </c>
+      <c r="D13" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="E13" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="F13" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G13" s="12">
+        <v>195</v>
+      </c>
+      <c r="H13" s="12">
+        <v>215</v>
+      </c>
+      <c r="I13" s="12">
+        <v>20</v>
+      </c>
+      <c r="J13" s="13">
+        <v>1.0256410256410255</v>
+      </c>
+      <c r="K13" s="12">
+        <v>5</v>
+      </c>
+      <c r="L13" s="12">
+        <v>10</v>
+      </c>
+      <c r="M13" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N13" s="12">
+        <v>15</v>
+      </c>
+      <c r="O13" s="45">
+        <v>66.23</v>
+      </c>
+      <c r="P13" s="46">
+        <v>137761</v>
+      </c>
+      <c r="Q13" s="45">
+        <v>48.84</v>
+      </c>
+      <c r="R13" s="46">
+        <v>101597</v>
+      </c>
+      <c r="S13" s="45">
+        <v>62.21</v>
+      </c>
+      <c r="T13" s="46">
+        <v>129390</v>
+      </c>
+      <c r="U13" s="45">
+        <v>74.92</v>
+      </c>
+      <c r="V13" s="46">
+        <v>155844</v>
+      </c>
+      <c r="W13" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="X13" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y13" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z13" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AA13" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AB13" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AC13" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AD13" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AE13" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AF13" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG13" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AH13" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="AI13" s="14" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="14" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="14" t="s">
+        <v>2</v>
+      </c>
+      <c r="B14" s="15" t="s">
+        <v>151</v>
+      </c>
+      <c r="C14" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D14" s="15" t="s">
+        <v>153</v>
+      </c>
+      <c r="E14" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F14" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G14" s="12">
+        <v>1195</v>
+      </c>
+      <c r="H14" s="12">
+        <v>1540</v>
+      </c>
+      <c r="I14" s="12">
+        <v>345</v>
+      </c>
+      <c r="J14" s="13">
+        <v>2.8870292887029287</v>
+      </c>
+      <c r="K14" s="12">
+        <v>40</v>
+      </c>
+      <c r="L14" s="12">
+        <v>55</v>
+      </c>
+      <c r="M14" s="12">
+        <v>35</v>
+      </c>
+      <c r="N14" s="12">
+        <v>130</v>
+      </c>
+      <c r="O14" s="45">
+        <v>52.99</v>
+      </c>
+      <c r="P14" s="46">
+        <v>110215</v>
+      </c>
+      <c r="Q14" s="45">
+        <v>35.42</v>
+      </c>
+      <c r="R14" s="46">
+        <v>73667</v>
+      </c>
+      <c r="S14" s="45">
+        <v>47.92</v>
+      </c>
+      <c r="T14" s="46">
+        <v>99681</v>
+      </c>
+      <c r="U14" s="45">
+        <v>61.77</v>
+      </c>
+      <c r="V14" s="46">
+        <v>128488</v>
+      </c>
+      <c r="W14" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="X14" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="Y14" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AA14" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AB14" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AC14" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AD14" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AE14" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="AF14" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AG14" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AH14" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="AI14" s="14" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="15" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="14"/>
+      <c r="B15" s="15"/>
+      <c r="C15" s="15"/>
+      <c r="D15" s="15"/>
+      <c r="E15" s="15"/>
+      <c r="F15" s="11"/>
+      <c r="G15" s="12"/>
+      <c r="H15" s="12"/>
+      <c r="I15" s="12"/>
+      <c r="J15" s="13"/>
+      <c r="K15" s="12"/>
+      <c r="L15" s="12"/>
+      <c r="M15" s="12"/>
+      <c r="N15" s="12"/>
+      <c r="O15" s="45"/>
+      <c r="P15" s="46"/>
+      <c r="Q15" s="45"/>
+      <c r="R15" s="46"/>
+      <c r="S15" s="45"/>
+      <c r="T15" s="46"/>
+      <c r="U15" s="45"/>
+      <c r="V15" s="46"/>
+      <c r="W15" s="16"/>
+      <c r="X15" s="16"/>
+      <c r="Y15" s="16"/>
+      <c r="Z15" s="14"/>
+      <c r="AA15" s="14"/>
+      <c r="AB15" s="14"/>
+      <c r="AC15" s="14"/>
+      <c r="AD15" s="14"/>
+      <c r="AE15" s="14"/>
+      <c r="AF15" s="14"/>
+      <c r="AG15" s="14"/>
+      <c r="AH15" s="14"/>
+      <c r="AI15" s="14"/>
+    </row>
+    <row r="16" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="11" t="s">
+        <v>261</v>
+      </c>
+      <c r="B16" s="41" t="s">
+        <v>262</v>
+      </c>
+      <c r="C16" s="15"/>
+      <c r="D16" s="15"/>
+      <c r="E16" s="14"/>
+      <c r="F16" s="11"/>
+      <c r="G16" s="12"/>
+      <c r="H16" s="12"/>
+      <c r="I16" s="12"/>
+      <c r="J16" s="13"/>
+      <c r="K16" s="12"/>
+      <c r="L16" s="12"/>
+      <c r="M16" s="12"/>
+      <c r="N16" s="12"/>
+      <c r="O16" s="42"/>
+      <c r="P16" s="43"/>
+      <c r="Q16" s="42"/>
+      <c r="R16" s="43"/>
+      <c r="S16" s="42"/>
+      <c r="T16" s="43"/>
+      <c r="U16" s="42"/>
+      <c r="V16" s="43"/>
+      <c r="W16" s="44"/>
+      <c r="X16" s="44"/>
+      <c r="Y16" s="44"/>
+      <c r="Z16" s="14"/>
+      <c r="AA16" s="14"/>
+      <c r="AB16" s="14"/>
+      <c r="AC16" s="14"/>
+      <c r="AD16" s="14"/>
+      <c r="AE16" s="14"/>
+      <c r="AF16" s="14"/>
+      <c r="AG16" s="14"/>
+      <c r="AH16" s="14"/>
+      <c r="AI16" s="14"/>
+    </row>
+    <row r="17" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="B17" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="C17" s="15" t="s">
+        <v>155</v>
+      </c>
+      <c r="D17" s="15" t="s">
+        <v>156</v>
+      </c>
+      <c r="E17" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F17" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G17" s="12">
+        <v>360</v>
+      </c>
+      <c r="H17" s="12">
+        <v>395</v>
+      </c>
+      <c r="I17" s="12">
+        <v>30</v>
+      </c>
+      <c r="J17" s="13">
+        <v>0.83333333333333326</v>
+      </c>
+      <c r="K17" s="12">
+        <v>10</v>
+      </c>
+      <c r="L17" s="12">
+        <v>10</v>
+      </c>
+      <c r="M17" s="12">
+        <v>5</v>
+      </c>
+      <c r="N17" s="12">
+        <v>25</v>
+      </c>
+      <c r="O17" s="45">
+        <v>39.79</v>
+      </c>
+      <c r="P17" s="46">
+        <v>82767</v>
+      </c>
+      <c r="Q17" s="45">
+        <v>26.65</v>
+      </c>
+      <c r="R17" s="46">
+        <v>55435</v>
+      </c>
+      <c r="S17" s="45">
+        <v>39.369999999999997</v>
+      </c>
+      <c r="T17" s="46">
+        <v>81884</v>
+      </c>
+      <c r="U17" s="45">
+        <v>46.36</v>
+      </c>
+      <c r="V17" s="46">
+        <v>96432</v>
+      </c>
+      <c r="W17" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="X17" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y17" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z17" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AA17" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AB17" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AC17" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AD17" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AE17" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AF17" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AG17" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AH17" s="14" t="s">
+        <v>94</v>
+      </c>
+      <c r="AI17" s="14" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="18" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="14" t="s">
+        <v>157</v>
+      </c>
+      <c r="B18" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="C18" s="15" t="s">
+        <v>155</v>
+      </c>
+      <c r="D18" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="E18" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F18" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G18" s="12">
+        <v>170</v>
+      </c>
+      <c r="H18" s="12">
+        <v>180</v>
+      </c>
+      <c r="I18" s="12">
+        <v>10</v>
+      </c>
+      <c r="J18" s="13">
+        <v>0.58823529411764697</v>
+      </c>
+      <c r="K18" s="12">
+        <v>5</v>
+      </c>
+      <c r="L18" s="12">
+        <v>5</v>
+      </c>
+      <c r="M18" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N18" s="12">
+        <v>10</v>
+      </c>
+      <c r="O18" s="45">
+        <v>29.58</v>
+      </c>
+      <c r="P18" s="46">
+        <v>61530</v>
+      </c>
+      <c r="Q18" s="45">
+        <v>21.27</v>
+      </c>
+      <c r="R18" s="46">
+        <v>44234</v>
+      </c>
+      <c r="S18" s="45">
+        <v>27.44</v>
+      </c>
+      <c r="T18" s="46">
+        <v>57072</v>
+      </c>
+      <c r="U18" s="45">
+        <v>33.74</v>
+      </c>
+      <c r="V18" s="46">
+        <v>70178</v>
+      </c>
+      <c r="W18" s="16" t="s">
+        <v>85</v>
+      </c>
+      <c r="X18" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y18" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="Z18" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AA18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AB18" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AC18" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AD18" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AE18" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AF18" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AG18" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AH18" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="AI18" s="14" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="19" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="14" t="s">
+        <v>71</v>
+      </c>
+      <c r="B19" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="C19" s="15" t="s">
+        <v>155</v>
+      </c>
+      <c r="D19" s="15" t="s">
+        <v>160</v>
+      </c>
+      <c r="E19" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F19" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G19" s="12">
+        <v>730</v>
+      </c>
+      <c r="H19" s="12">
+        <v>765</v>
+      </c>
+      <c r="I19" s="12">
+        <v>35</v>
+      </c>
+      <c r="J19" s="13">
+        <v>0.47945205479452052</v>
+      </c>
+      <c r="K19" s="12">
+        <v>20</v>
+      </c>
+      <c r="L19" s="12">
+        <v>30</v>
+      </c>
+      <c r="M19" s="12">
+        <v>5</v>
+      </c>
+      <c r="N19" s="12">
+        <v>55</v>
+      </c>
+      <c r="O19" s="45">
+        <v>26.23</v>
+      </c>
+      <c r="P19" s="46">
+        <v>54566</v>
+      </c>
+      <c r="Q19" s="45">
+        <v>18.13</v>
+      </c>
+      <c r="R19" s="46">
+        <v>37703</v>
+      </c>
+      <c r="S19" s="45">
+        <v>25.24</v>
+      </c>
+      <c r="T19" s="46">
+        <v>52492</v>
+      </c>
+      <c r="U19" s="45">
+        <v>30.29</v>
+      </c>
+      <c r="V19" s="46">
+        <v>62998</v>
+      </c>
+      <c r="W19" s="16" t="s">
+        <v>73</v>
+      </c>
+      <c r="X19" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y19" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="Z19" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA19" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AB19" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AC19" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AD19" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AE19" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AF19" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AG19" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AH19" s="14" t="s">
+        <v>94</v>
+      </c>
+      <c r="AI19" s="14" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="20" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="14" t="s">
+        <v>114</v>
+      </c>
+      <c r="B20" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="C20" s="15" t="s">
+        <v>155</v>
+      </c>
+      <c r="D20" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="E20" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="F20" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G20" s="12">
+        <v>445</v>
+      </c>
+      <c r="H20" s="12">
+        <v>455</v>
+      </c>
+      <c r="I20" s="12">
+        <v>5</v>
+      </c>
+      <c r="J20" s="13">
+        <v>0.11235955056179776</v>
+      </c>
+      <c r="K20" s="12">
+        <v>10</v>
+      </c>
+      <c r="L20" s="12">
+        <v>15</v>
+      </c>
+      <c r="M20" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N20" s="12">
+        <v>25</v>
+      </c>
+      <c r="O20" s="45">
+        <v>40.25</v>
+      </c>
+      <c r="P20" s="46">
+        <v>83719</v>
+      </c>
+      <c r="Q20" s="45">
+        <v>28.48</v>
+      </c>
+      <c r="R20" s="46">
+        <v>59235</v>
+      </c>
+      <c r="S20" s="45">
+        <v>38.159999999999997</v>
+      </c>
+      <c r="T20" s="46">
+        <v>79369</v>
+      </c>
+      <c r="U20" s="45">
+        <v>46.14</v>
+      </c>
+      <c r="V20" s="46">
+        <v>95962</v>
+      </c>
+      <c r="W20" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="X20" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y20" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z20" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AA20" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB20" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AC20" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="AD20" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AE20" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AF20" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AG20" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="AH20" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="AI20" s="14" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="21" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="B21" s="15" t="s">
+        <v>162</v>
+      </c>
+      <c r="C21" s="15" t="s">
+        <v>155</v>
+      </c>
+      <c r="D21" s="15" t="s">
+        <v>156</v>
+      </c>
+      <c r="E21" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="F21" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G21" s="12">
+        <v>175</v>
+      </c>
+      <c r="H21" s="12">
+        <v>160</v>
+      </c>
+      <c r="I21" s="12">
+        <v>-15</v>
+      </c>
+      <c r="J21" s="13">
+        <v>-0.8571428571428571</v>
+      </c>
+      <c r="K21" s="12">
+        <v>5</v>
+      </c>
+      <c r="L21" s="12">
+        <v>5</v>
+      </c>
+      <c r="M21" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N21" s="12">
+        <v>10</v>
+      </c>
+      <c r="O21" s="45">
+        <v>38.83</v>
+      </c>
+      <c r="P21" s="46">
+        <v>80757</v>
+      </c>
+      <c r="Q21" s="45">
+        <v>27.21</v>
+      </c>
+      <c r="R21" s="46">
+        <v>56587</v>
+      </c>
+      <c r="S21" s="45">
+        <v>38.01</v>
+      </c>
+      <c r="T21" s="46">
+        <v>79064</v>
+      </c>
+      <c r="U21" s="45">
+        <v>44.64</v>
+      </c>
+      <c r="V21" s="46">
+        <v>92841</v>
+      </c>
+      <c r="W21" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="X21" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y21" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z21" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="AA21" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AB21" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AC21" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AD21" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="AE21" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AF21" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="AG21" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AH21" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AI21" s="14" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="22" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="14" t="s">
+        <v>163</v>
+      </c>
+      <c r="B22" s="15" t="s">
+        <v>164</v>
+      </c>
+      <c r="C22" s="15" t="s">
+        <v>155</v>
+      </c>
+      <c r="D22" s="15" t="s">
+        <v>156</v>
+      </c>
+      <c r="E22" s="15" t="s">
+        <v>165</v>
+      </c>
+      <c r="F22" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G22" s="12">
+        <v>305</v>
+      </c>
+      <c r="H22" s="12">
+        <v>385</v>
+      </c>
+      <c r="I22" s="12">
+        <v>80</v>
+      </c>
+      <c r="J22" s="13">
+        <v>2.6229508196721314</v>
+      </c>
+      <c r="K22" s="12">
+        <v>5</v>
+      </c>
+      <c r="L22" s="12">
+        <v>10</v>
+      </c>
+      <c r="M22" s="12">
+        <v>10</v>
+      </c>
+      <c r="N22" s="12">
+        <v>25</v>
+      </c>
+      <c r="O22" s="45">
+        <v>55.25</v>
+      </c>
+      <c r="P22" s="46">
+        <v>114925</v>
+      </c>
+      <c r="Q22" s="45">
+        <v>34.9</v>
+      </c>
+      <c r="R22" s="46">
+        <v>72585</v>
+      </c>
+      <c r="S22" s="45">
+        <v>53.64</v>
+      </c>
+      <c r="T22" s="46">
+        <v>111573</v>
+      </c>
+      <c r="U22" s="45">
+        <v>65.430000000000007</v>
+      </c>
+      <c r="V22" s="46">
+        <v>136095</v>
+      </c>
+      <c r="W22" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="X22" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y22" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z22" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA22" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB22" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC22" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD22" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE22" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF22" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG22" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH22" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI22" s="14" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="23" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="14" t="s">
+        <v>166</v>
+      </c>
+      <c r="B23" s="15" t="s">
+        <v>167</v>
+      </c>
+      <c r="C23" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="D23" s="15" t="s">
+        <v>169</v>
+      </c>
+      <c r="E23" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F23" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G23" s="12">
+        <v>95</v>
+      </c>
+      <c r="H23" s="12">
+        <v>115</v>
+      </c>
+      <c r="I23" s="12">
+        <v>20</v>
+      </c>
+      <c r="J23" s="13">
+        <v>2.1052631578947367</v>
+      </c>
+      <c r="K23" s="12">
+        <v>5</v>
+      </c>
+      <c r="L23" s="12">
+        <v>5</v>
+      </c>
+      <c r="M23" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N23" s="12">
+        <v>10</v>
+      </c>
+      <c r="O23" s="45">
+        <v>38.75</v>
+      </c>
+      <c r="P23" s="46">
+        <v>80609</v>
+      </c>
+      <c r="Q23" s="45">
+        <v>24.17</v>
+      </c>
+      <c r="R23" s="46">
+        <v>50271</v>
+      </c>
+      <c r="S23" s="45">
+        <v>38.799999999999997</v>
+      </c>
+      <c r="T23" s="46">
+        <v>80712</v>
+      </c>
+      <c r="U23" s="45">
+        <v>46.05</v>
+      </c>
+      <c r="V23" s="46">
+        <v>95779</v>
+      </c>
+      <c r="W23" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="X23" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y23" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z23" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AA23" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AB23" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AC23" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AD23" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AE23" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AF23" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="AG23" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AH23" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="AI23" s="14" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="24" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="14" t="s">
+        <v>170</v>
+      </c>
+      <c r="B24" s="15" t="s">
+        <v>171</v>
+      </c>
+      <c r="C24" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="D24" s="15" t="s">
+        <v>172</v>
+      </c>
+      <c r="E24" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F24" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G24" s="12">
+        <v>110</v>
+      </c>
+      <c r="H24" s="12">
+        <v>130</v>
+      </c>
+      <c r="I24" s="12">
+        <v>20</v>
+      </c>
+      <c r="J24" s="13">
+        <v>1.8181818181818183</v>
+      </c>
+      <c r="K24" s="12">
+        <v>5</v>
+      </c>
+      <c r="L24" s="12">
+        <v>5</v>
+      </c>
+      <c r="M24" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N24" s="12">
+        <v>10</v>
+      </c>
+      <c r="O24" s="45">
+        <v>31.27</v>
+      </c>
+      <c r="P24" s="46">
+        <v>65040</v>
+      </c>
+      <c r="Q24" s="45">
+        <v>20.89</v>
+      </c>
+      <c r="R24" s="46">
+        <v>43447</v>
+      </c>
+      <c r="S24" s="45">
+        <v>29.77</v>
+      </c>
+      <c r="T24" s="46">
+        <v>61920</v>
+      </c>
+      <c r="U24" s="45">
+        <v>36.46</v>
+      </c>
+      <c r="V24" s="46">
+        <v>75837</v>
+      </c>
+      <c r="W24" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="X24" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y24" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z24" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA24" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB24" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC24" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD24" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE24" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF24" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG24" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH24" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI24" s="14" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="14" t="s">
+        <v>173</v>
+      </c>
+      <c r="B25" s="15" t="s">
+        <v>174</v>
+      </c>
+      <c r="C25" s="15" t="s">
+        <v>175</v>
+      </c>
+      <c r="D25" s="15" t="s">
+        <v>176</v>
+      </c>
+      <c r="E25" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F25" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G25" s="12">
+        <v>255</v>
+      </c>
+      <c r="H25" s="12">
+        <v>260</v>
+      </c>
+      <c r="I25" s="12">
+        <v>10</v>
+      </c>
+      <c r="J25" s="13">
+        <v>0.39215686274509803</v>
+      </c>
+      <c r="K25" s="12">
+        <v>5</v>
+      </c>
+      <c r="L25" s="12">
+        <v>10</v>
+      </c>
+      <c r="M25" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N25" s="12">
+        <v>15</v>
+      </c>
+      <c r="O25" s="45">
+        <v>49.3</v>
+      </c>
+      <c r="P25" s="46">
+        <v>102547</v>
+      </c>
+      <c r="Q25" s="45">
+        <v>28.89</v>
+      </c>
+      <c r="R25" s="46">
+        <v>60099</v>
+      </c>
+      <c r="S25" s="45">
+        <v>47.38</v>
+      </c>
+      <c r="T25" s="46">
+        <v>98550</v>
+      </c>
+      <c r="U25" s="45">
+        <v>59.51</v>
+      </c>
+      <c r="V25" s="46">
+        <v>123771</v>
+      </c>
+      <c r="W25" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="X25" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y25" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z25" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA25" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB25" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC25" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD25" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE25" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF25" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG25" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH25" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI25" s="14" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="26" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="14"/>
+      <c r="B26" s="15"/>
+      <c r="C26" s="15"/>
+      <c r="D26" s="15"/>
+      <c r="E26" s="15"/>
+      <c r="F26" s="11"/>
+      <c r="G26" s="12"/>
+      <c r="H26" s="12"/>
+      <c r="I26" s="12"/>
+      <c r="J26" s="13"/>
+      <c r="K26" s="12"/>
+      <c r="L26" s="12"/>
+      <c r="M26" s="12"/>
+      <c r="N26" s="12"/>
+      <c r="O26" s="45"/>
+      <c r="P26" s="46"/>
+      <c r="Q26" s="45"/>
+      <c r="R26" s="46"/>
+      <c r="S26" s="45"/>
+      <c r="T26" s="46"/>
+      <c r="U26" s="45"/>
+      <c r="V26" s="46"/>
+      <c r="W26" s="16"/>
+      <c r="X26" s="16"/>
+      <c r="Y26" s="16"/>
+      <c r="Z26" s="14"/>
+      <c r="AA26" s="14"/>
+      <c r="AB26" s="14"/>
+      <c r="AC26" s="14"/>
+      <c r="AD26" s="14"/>
+      <c r="AE26" s="14"/>
+      <c r="AF26" s="14"/>
+      <c r="AG26" s="14"/>
+      <c r="AH26" s="14"/>
+      <c r="AI26" s="14"/>
+    </row>
+    <row r="27" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="11" t="s">
+        <v>263</v>
+      </c>
+      <c r="B27" s="41" t="s">
+        <v>264</v>
+      </c>
+      <c r="C27" s="15"/>
+      <c r="D27" s="15"/>
+      <c r="E27" s="14"/>
+      <c r="F27" s="11"/>
+      <c r="G27" s="12"/>
+      <c r="H27" s="12"/>
+      <c r="I27" s="12"/>
+      <c r="J27" s="13"/>
+      <c r="K27" s="12"/>
+      <c r="L27" s="12"/>
+      <c r="M27" s="12"/>
+      <c r="N27" s="12"/>
+      <c r="O27" s="42"/>
+      <c r="P27" s="43"/>
+      <c r="Q27" s="42"/>
+      <c r="R27" s="43"/>
+      <c r="S27" s="42"/>
+      <c r="T27" s="43"/>
+      <c r="U27" s="42"/>
+      <c r="V27" s="43"/>
+      <c r="W27" s="44"/>
+      <c r="X27" s="44"/>
+      <c r="Y27" s="44"/>
+      <c r="Z27" s="14"/>
+      <c r="AA27" s="14"/>
+      <c r="AB27" s="14"/>
+      <c r="AC27" s="14"/>
+      <c r="AD27" s="14"/>
+      <c r="AE27" s="14"/>
+      <c r="AF27" s="14"/>
+      <c r="AG27" s="14"/>
+      <c r="AH27" s="14"/>
+      <c r="AI27" s="14"/>
+    </row>
+    <row r="28" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="14" t="s">
+        <v>77</v>
+      </c>
+      <c r="B28" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="C28" s="15" t="s">
+        <v>145</v>
+      </c>
+      <c r="D28" s="15" t="s">
+        <v>154</v>
+      </c>
+      <c r="E28" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F28" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G28" s="12">
+        <v>220</v>
+      </c>
+      <c r="H28" s="12">
+        <v>245</v>
+      </c>
+      <c r="I28" s="12">
+        <v>25</v>
+      </c>
+      <c r="J28" s="13">
+        <v>1.1363636363636362</v>
+      </c>
+      <c r="K28" s="12">
+        <v>5</v>
+      </c>
+      <c r="L28" s="12">
+        <v>10</v>
+      </c>
+      <c r="M28" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N28" s="12">
+        <v>15</v>
+      </c>
+      <c r="O28" s="45">
+        <v>46.05</v>
+      </c>
+      <c r="P28" s="46">
+        <v>95781</v>
+      </c>
+      <c r="Q28" s="45">
+        <v>31.86</v>
+      </c>
+      <c r="R28" s="46">
+        <v>66263</v>
+      </c>
+      <c r="S28" s="45">
+        <v>41.47</v>
+      </c>
+      <c r="T28" s="46">
+        <v>86258</v>
+      </c>
+      <c r="U28" s="45">
+        <v>53.14</v>
+      </c>
+      <c r="V28" s="46">
+        <v>110539</v>
+      </c>
+      <c r="W28" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="X28" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y28" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z28" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA28" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AB28" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AC28" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="AD28" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AE28" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AF28" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="AG28" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="AH28" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="AI28" s="14" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="29" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="14" t="s">
+        <v>79</v>
+      </c>
+      <c r="B29" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="C29" s="15" t="s">
+        <v>149</v>
+      </c>
+      <c r="D29" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="E29" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F29" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G29" s="12">
+        <v>425</v>
+      </c>
+      <c r="H29" s="12">
+        <v>505</v>
+      </c>
+      <c r="I29" s="12">
+        <v>80</v>
+      </c>
+      <c r="J29" s="13">
+        <v>1.8823529411764706</v>
+      </c>
+      <c r="K29" s="12">
+        <v>10</v>
+      </c>
+      <c r="L29" s="12">
+        <v>15</v>
+      </c>
+      <c r="M29" s="12">
+        <v>10</v>
+      </c>
+      <c r="N29" s="12">
+        <v>35</v>
+      </c>
+      <c r="O29" s="45">
+        <v>45.39</v>
+      </c>
+      <c r="P29" s="46">
+        <v>94412</v>
+      </c>
+      <c r="Q29" s="45">
+        <v>32.520000000000003</v>
+      </c>
+      <c r="R29" s="46">
+        <v>67645</v>
+      </c>
+      <c r="S29" s="45">
+        <v>44.84</v>
+      </c>
+      <c r="T29" s="46">
+        <v>93275</v>
+      </c>
+      <c r="U29" s="45">
+        <v>51.82</v>
+      </c>
+      <c r="V29" s="46">
+        <v>107795</v>
+      </c>
+      <c r="W29" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="X29" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y29" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z29" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA29" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AB29" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AC29" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AD29" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AE29" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AF29" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AG29" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AH29" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="AI29" s="14" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="30" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="14" t="s">
+        <v>81</v>
+      </c>
+      <c r="B30" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="C30" s="15" t="s">
+        <v>149</v>
+      </c>
+      <c r="D30" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="E30" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F30" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G30" s="12">
+        <v>435</v>
+      </c>
+      <c r="H30" s="12">
+        <v>510</v>
+      </c>
+      <c r="I30" s="12">
+        <v>75</v>
+      </c>
+      <c r="J30" s="13">
+        <v>1.7241379310344829</v>
+      </c>
+      <c r="K30" s="12">
+        <v>10</v>
+      </c>
+      <c r="L30" s="12">
+        <v>15</v>
+      </c>
+      <c r="M30" s="12">
+        <v>5</v>
+      </c>
+      <c r="N30" s="12">
+        <v>30</v>
+      </c>
+      <c r="O30" s="45">
+        <v>41.67</v>
+      </c>
+      <c r="P30" s="46">
+        <v>86668</v>
+      </c>
+      <c r="Q30" s="45">
+        <v>31.4</v>
+      </c>
+      <c r="R30" s="46">
+        <v>65305</v>
+      </c>
+      <c r="S30" s="45">
+        <v>39.159999999999997</v>
+      </c>
+      <c r="T30" s="46">
+        <v>81447</v>
+      </c>
+      <c r="U30" s="45">
+        <v>46.8</v>
+      </c>
+      <c r="V30" s="46">
+        <v>97349</v>
+      </c>
+      <c r="W30" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="X30" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y30" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z30" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA30" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AB30" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AC30" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AD30" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AE30" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="AF30" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="AG30" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AH30" s="14" t="s">
+        <v>83</v>
+      </c>
+      <c r="AI30" s="14" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="14" t="s">
+        <v>177</v>
+      </c>
+      <c r="B31" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="C31" s="15" t="s">
+        <v>145</v>
+      </c>
+      <c r="D31" s="15" t="s">
+        <v>154</v>
+      </c>
+      <c r="E31" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="F31" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G31" s="12">
+        <v>120</v>
+      </c>
+      <c r="H31" s="12">
+        <v>125</v>
+      </c>
+      <c r="I31" s="12">
+        <v>5</v>
+      </c>
+      <c r="J31" s="13">
+        <v>0.41666666666666663</v>
+      </c>
+      <c r="K31" s="12">
+        <v>5</v>
+      </c>
+      <c r="L31" s="12">
+        <v>5</v>
+      </c>
+      <c r="M31" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N31" s="12">
+        <v>10</v>
+      </c>
+      <c r="O31" s="45">
+        <v>34.17</v>
+      </c>
+      <c r="P31" s="46">
+        <v>71076</v>
+      </c>
+      <c r="Q31" s="45">
+        <v>24.06</v>
+      </c>
+      <c r="R31" s="46">
+        <v>50051</v>
+      </c>
+      <c r="S31" s="45">
+        <v>32.07</v>
+      </c>
+      <c r="T31" s="46">
+        <v>66710</v>
+      </c>
+      <c r="U31" s="45">
+        <v>39.229999999999997</v>
+      </c>
+      <c r="V31" s="46">
+        <v>81588</v>
+      </c>
+      <c r="W31" s="16" t="s">
+        <v>85</v>
+      </c>
+      <c r="X31" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y31" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z31" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AA31" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AB31" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="AC31" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AD31" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AE31" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AF31" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AG31" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="AH31" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AI31" s="14" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="32" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="14" t="s">
+        <v>115</v>
+      </c>
+      <c r="B32" s="15" t="s">
+        <v>84</v>
+      </c>
+      <c r="C32" s="15" t="s">
+        <v>179</v>
+      </c>
+      <c r="D32" s="15" t="s">
+        <v>180</v>
+      </c>
+      <c r="E32" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="F32" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G32" s="12">
+        <v>175</v>
+      </c>
+      <c r="H32" s="12">
+        <v>170</v>
+      </c>
+      <c r="I32" s="12">
+        <v>-5</v>
+      </c>
+      <c r="J32" s="13">
+        <v>-0.2857142857142857</v>
+      </c>
+      <c r="K32" s="12">
+        <v>5</v>
+      </c>
+      <c r="L32" s="12">
+        <v>10</v>
+      </c>
+      <c r="M32" s="12">
+        <v>0</v>
+      </c>
+      <c r="N32" s="12">
+        <v>15</v>
+      </c>
+      <c r="O32" s="45">
+        <v>29.76</v>
+      </c>
+      <c r="P32" s="46">
+        <v>61909</v>
+      </c>
+      <c r="Q32" s="45">
+        <v>22.5</v>
+      </c>
+      <c r="R32" s="46">
+        <v>46802</v>
+      </c>
+      <c r="S32" s="45">
+        <v>30.01</v>
+      </c>
+      <c r="T32" s="46">
+        <v>62430</v>
+      </c>
+      <c r="U32" s="45">
+        <v>33.4</v>
+      </c>
+      <c r="V32" s="46">
+        <v>69463</v>
+      </c>
+      <c r="W32" s="16" t="s">
+        <v>85</v>
+      </c>
+      <c r="X32" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y32" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z32" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AA32" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AB32" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AC32" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="AD32" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AE32" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AF32" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AG32" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="AH32" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="AI32" s="14" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="33" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="B33" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="C33" s="15" t="s">
+        <v>145</v>
+      </c>
+      <c r="D33" s="15" t="s">
+        <v>154</v>
+      </c>
+      <c r="E33" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="F33" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G33" s="12">
+        <v>170</v>
+      </c>
+      <c r="H33" s="12">
+        <v>175</v>
+      </c>
+      <c r="I33" s="12">
+        <v>5</v>
+      </c>
+      <c r="J33" s="13">
+        <v>0.29411764705882348</v>
+      </c>
+      <c r="K33" s="12">
+        <v>5</v>
+      </c>
+      <c r="L33" s="12">
+        <v>10</v>
+      </c>
+      <c r="M33" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N33" s="12">
+        <v>15</v>
+      </c>
+      <c r="O33" s="45">
+        <v>31.57</v>
+      </c>
+      <c r="P33" s="46">
+        <v>65673</v>
+      </c>
+      <c r="Q33" s="45">
+        <v>23.34</v>
+      </c>
+      <c r="R33" s="46">
+        <v>48553</v>
+      </c>
+      <c r="S33" s="45">
+        <v>31.55</v>
+      </c>
+      <c r="T33" s="46">
+        <v>65627</v>
+      </c>
+      <c r="U33" s="45">
+        <v>35.69</v>
+      </c>
+      <c r="V33" s="46">
+        <v>74233</v>
+      </c>
+      <c r="W33" s="16" t="s">
+        <v>85</v>
+      </c>
+      <c r="X33" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y33" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z33" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AA33" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AB33" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AC33" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="AD33" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AE33" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AF33" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AG33" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AH33" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AI33" s="14" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="34" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="14" t="s">
+        <v>182</v>
+      </c>
+      <c r="B34" s="15" t="s">
+        <v>183</v>
+      </c>
+      <c r="C34" s="15" t="s">
+        <v>179</v>
+      </c>
+      <c r="D34" s="15" t="s">
+        <v>180</v>
+      </c>
+      <c r="E34" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="F34" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G34" s="12">
+        <v>185</v>
+      </c>
+      <c r="H34" s="12">
+        <v>180</v>
+      </c>
+      <c r="I34" s="12">
+        <v>0</v>
+      </c>
+      <c r="J34" s="13">
+        <v>0</v>
+      </c>
+      <c r="K34" s="12">
+        <v>10</v>
+      </c>
+      <c r="L34" s="12">
+        <v>10</v>
+      </c>
+      <c r="M34" s="12">
+        <v>0</v>
+      </c>
+      <c r="N34" s="12">
+        <v>15</v>
+      </c>
+      <c r="O34" s="45">
+        <v>33.67</v>
+      </c>
+      <c r="P34" s="46">
+        <v>70027</v>
+      </c>
+      <c r="Q34" s="45">
+        <v>18.579999999999998</v>
+      </c>
+      <c r="R34" s="46">
+        <v>38655</v>
+      </c>
+      <c r="S34" s="45">
+        <v>29.96</v>
+      </c>
+      <c r="T34" s="46">
+        <v>62307</v>
+      </c>
+      <c r="U34" s="45">
+        <v>41.21</v>
+      </c>
+      <c r="V34" s="46">
+        <v>85713</v>
+      </c>
+      <c r="W34" s="16" t="s">
+        <v>85</v>
+      </c>
+      <c r="X34" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y34" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z34" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AA34" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AB34" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AC34" s="14" t="s">
+        <v>42</v>
+      </c>
+      <c r="AD34" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE34" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AF34" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AG34" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AH34" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AI34" s="14" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="35" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="14" t="s">
+        <v>184</v>
+      </c>
+      <c r="B35" s="15" t="s">
+        <v>185</v>
+      </c>
+      <c r="C35" s="15" t="s">
+        <v>179</v>
+      </c>
+      <c r="D35" s="15" t="s">
+        <v>180</v>
+      </c>
+      <c r="E35" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="F35" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G35" s="12">
+        <v>150</v>
+      </c>
+      <c r="H35" s="12">
+        <v>170</v>
+      </c>
+      <c r="I35" s="12">
+        <v>15</v>
+      </c>
+      <c r="J35" s="13">
+        <v>1</v>
+      </c>
+      <c r="K35" s="12">
+        <v>5</v>
+      </c>
+      <c r="L35" s="12">
+        <v>10</v>
+      </c>
+      <c r="M35" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N35" s="12">
+        <v>15</v>
+      </c>
+      <c r="O35" s="45">
+        <v>33.299999999999997</v>
+      </c>
+      <c r="P35" s="46">
+        <v>69264</v>
+      </c>
+      <c r="Q35" s="45">
+        <v>24.07</v>
+      </c>
+      <c r="R35" s="46">
+        <v>50064</v>
+      </c>
+      <c r="S35" s="45">
+        <v>29.35</v>
+      </c>
+      <c r="T35" s="46">
+        <v>61053</v>
+      </c>
+      <c r="U35" s="45">
+        <v>37.92</v>
+      </c>
+      <c r="V35" s="46">
+        <v>78864</v>
+      </c>
+      <c r="W35" s="16" t="s">
+        <v>85</v>
+      </c>
+      <c r="X35" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y35" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z35" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AA35" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AB35" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AC35" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AD35" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AE35" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AF35" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="AG35" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="AH35" s="14" t="s">
+        <v>186</v>
+      </c>
+      <c r="AI35" s="14" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="36" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="14" t="s">
+        <v>187</v>
+      </c>
+      <c r="B36" s="15" t="s">
+        <v>188</v>
+      </c>
+      <c r="C36" s="15" t="s">
+        <v>179</v>
+      </c>
+      <c r="D36" s="15" t="s">
+        <v>180</v>
+      </c>
+      <c r="E36" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="F36" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G36" s="12">
+        <v>105</v>
+      </c>
+      <c r="H36" s="12">
+        <v>110</v>
+      </c>
+      <c r="I36" s="12">
+        <v>5</v>
+      </c>
+      <c r="J36" s="13">
+        <v>0.47619047619047616</v>
+      </c>
+      <c r="K36" s="12">
+        <v>5</v>
+      </c>
+      <c r="L36" s="12">
+        <v>5</v>
+      </c>
+      <c r="M36" s="12">
+        <v>0</v>
+      </c>
+      <c r="N36" s="12">
+        <v>10</v>
+      </c>
+      <c r="O36" s="45">
+        <v>30.05</v>
+      </c>
+      <c r="P36" s="46">
+        <v>62508</v>
+      </c>
+      <c r="Q36" s="45">
+        <v>24.32</v>
+      </c>
+      <c r="R36" s="46">
+        <v>50577</v>
+      </c>
+      <c r="S36" s="45">
+        <v>27.18</v>
+      </c>
+      <c r="T36" s="46">
+        <v>56534</v>
+      </c>
+      <c r="U36" s="45">
+        <v>32.92</v>
+      </c>
+      <c r="V36" s="46">
+        <v>68474</v>
+      </c>
+      <c r="W36" s="16" t="s">
+        <v>85</v>
+      </c>
+      <c r="X36" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y36" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z36" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA36" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AB36" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AC36" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AD36" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AE36" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="AF36" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AG36" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AH36" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="AI36" s="14" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="37" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="14" t="s">
+        <v>189</v>
+      </c>
+      <c r="B37" s="15" t="s">
+        <v>190</v>
+      </c>
+      <c r="C37" s="15" t="s">
+        <v>191</v>
+      </c>
+      <c r="D37" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="E37" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="F37" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G37" s="12">
+        <v>125</v>
+      </c>
+      <c r="H37" s="12">
         <v>140</v>
       </c>
-      <c r="E6" s="43" t="s">
+      <c r="I37" s="12">
+        <v>15</v>
+      </c>
+      <c r="J37" s="13">
+        <v>1.2</v>
+      </c>
+      <c r="K37" s="12">
+        <v>5</v>
+      </c>
+      <c r="L37" s="12">
+        <v>5</v>
+      </c>
+      <c r="M37" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N37" s="12">
+        <v>15</v>
+      </c>
+      <c r="O37" s="45">
+        <v>33.28</v>
+      </c>
+      <c r="P37" s="46">
+        <v>69223</v>
+      </c>
+      <c r="Q37" s="45">
+        <v>24.14</v>
+      </c>
+      <c r="R37" s="46">
+        <v>50202</v>
+      </c>
+      <c r="S37" s="45">
+        <v>31.35</v>
+      </c>
+      <c r="T37" s="46">
+        <v>65216</v>
+      </c>
+      <c r="U37" s="45">
+        <v>37.85</v>
+      </c>
+      <c r="V37" s="46">
+        <v>78733</v>
+      </c>
+      <c r="W37" s="16" t="s">
+        <v>85</v>
+      </c>
+      <c r="X37" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y37" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z37" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA37" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB37" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC37" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD37" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE37" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF37" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG37" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH37" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI37" s="14" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="38" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="14"/>
+      <c r="B38" s="15"/>
+      <c r="C38" s="15"/>
+      <c r="D38" s="15"/>
+      <c r="E38" s="14"/>
+      <c r="F38" s="11"/>
+      <c r="G38" s="12"/>
+      <c r="H38" s="12"/>
+      <c r="I38" s="12"/>
+      <c r="J38" s="13"/>
+      <c r="K38" s="12"/>
+      <c r="L38" s="12"/>
+      <c r="M38" s="12"/>
+      <c r="N38" s="12"/>
+      <c r="O38" s="45"/>
+      <c r="P38" s="46"/>
+      <c r="Q38" s="45"/>
+      <c r="R38" s="46"/>
+      <c r="S38" s="45"/>
+      <c r="T38" s="46"/>
+      <c r="U38" s="45"/>
+      <c r="V38" s="46"/>
+      <c r="W38" s="16"/>
+      <c r="X38" s="16"/>
+      <c r="Y38" s="16"/>
+      <c r="Z38" s="14"/>
+      <c r="AA38" s="14"/>
+      <c r="AB38" s="14"/>
+      <c r="AC38" s="14"/>
+      <c r="AD38" s="14"/>
+      <c r="AE38" s="14"/>
+      <c r="AF38" s="14"/>
+      <c r="AG38" s="14"/>
+      <c r="AH38" s="14"/>
+      <c r="AI38" s="14"/>
+    </row>
+    <row r="39" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="11" t="s">
+        <v>265</v>
+      </c>
+      <c r="B39" s="41" t="s">
+        <v>266</v>
+      </c>
+      <c r="C39" s="15"/>
+      <c r="D39" s="15"/>
+      <c r="E39" s="14"/>
+      <c r="F39" s="11"/>
+      <c r="G39" s="12"/>
+      <c r="H39" s="12"/>
+      <c r="I39" s="12"/>
+      <c r="J39" s="13"/>
+      <c r="K39" s="12"/>
+      <c r="L39" s="12"/>
+      <c r="M39" s="12"/>
+      <c r="N39" s="12"/>
+      <c r="O39" s="42"/>
+      <c r="P39" s="43"/>
+      <c r="Q39" s="42"/>
+      <c r="R39" s="43"/>
+      <c r="S39" s="42"/>
+      <c r="T39" s="43"/>
+      <c r="U39" s="42"/>
+      <c r="V39" s="43"/>
+      <c r="W39" s="44"/>
+      <c r="X39" s="44"/>
+      <c r="Y39" s="44"/>
+      <c r="Z39" s="14"/>
+      <c r="AA39" s="14"/>
+      <c r="AB39" s="14"/>
+      <c r="AC39" s="14"/>
+      <c r="AD39" s="14"/>
+      <c r="AE39" s="14"/>
+      <c r="AF39" s="14"/>
+      <c r="AG39" s="14"/>
+      <c r="AH39" s="14"/>
+      <c r="AI39" s="14"/>
+    </row>
+    <row r="40" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="14" t="s">
+        <v>87</v>
+      </c>
+      <c r="B40" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="C40" s="15" t="s">
+        <v>144</v>
+      </c>
+      <c r="D40" s="15" t="s">
+        <v>193</v>
+      </c>
+      <c r="E40" s="15" t="s">
         <v>141</v>
       </c>
-      <c r="F6" s="43" t="s">
-[...5 lines deleted...]
-      <c r="H6" s="43" t="s">
+      <c r="F40" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G40" s="12">
+        <v>160</v>
+      </c>
+      <c r="H40" s="12">
+        <v>170</v>
+      </c>
+      <c r="I40" s="12">
+        <v>10</v>
+      </c>
+      <c r="J40" s="13">
+        <v>0.625</v>
+      </c>
+      <c r="K40" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="L40" s="12">
+        <v>10</v>
+      </c>
+      <c r="M40" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N40" s="12">
+        <v>15</v>
+      </c>
+      <c r="O40" s="45">
+        <v>32.54</v>
+      </c>
+      <c r="P40" s="46">
+        <v>67681</v>
+      </c>
+      <c r="Q40" s="45">
+        <v>23.96</v>
+      </c>
+      <c r="R40" s="46">
+        <v>49828</v>
+      </c>
+      <c r="S40" s="45">
+        <v>30.15</v>
+      </c>
+      <c r="T40" s="46">
+        <v>62721</v>
+      </c>
+      <c r="U40" s="45">
+        <v>36.83</v>
+      </c>
+      <c r="V40" s="46">
+        <v>76608</v>
+      </c>
+      <c r="W40" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="X40" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y40" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z40" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA40" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AB40" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AC40" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AD40" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AE40" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AF40" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AG40" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AH40" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AI40" s="14" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="41" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B41" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="C41" s="15" t="s">
+        <v>144</v>
+      </c>
+      <c r="D41" s="15" t="s">
+        <v>194</v>
+      </c>
+      <c r="E41" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F41" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G41" s="12">
+        <v>320</v>
+      </c>
+      <c r="H41" s="12">
+        <v>320</v>
+      </c>
+      <c r="I41" s="12">
+        <v>0</v>
+      </c>
+      <c r="J41" s="13">
+        <v>0</v>
+      </c>
+      <c r="K41" s="12">
+        <v>5</v>
+      </c>
+      <c r="L41" s="12">
+        <v>20</v>
+      </c>
+      <c r="M41" s="12">
+        <v>0</v>
+      </c>
+      <c r="N41" s="12">
+        <v>25</v>
+      </c>
+      <c r="O41" s="45">
+        <v>37.64</v>
+      </c>
+      <c r="P41" s="46">
+        <v>78300</v>
+      </c>
+      <c r="Q41" s="45">
+        <v>19.260000000000002</v>
+      </c>
+      <c r="R41" s="46">
+        <v>40070</v>
+      </c>
+      <c r="S41" s="45">
+        <v>31.88</v>
+      </c>
+      <c r="T41" s="46">
+        <v>66304</v>
+      </c>
+      <c r="U41" s="45">
+        <v>46.83</v>
+      </c>
+      <c r="V41" s="46">
+        <v>97414</v>
+      </c>
+      <c r="W41" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="X41" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y41" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z41" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AA41" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AB41" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AC41" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="AD41" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AE41" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF41" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG41" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AH41" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AI41" s="14" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="42" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="14" t="s">
+        <v>116</v>
+      </c>
+      <c r="B42" s="15" t="s">
+        <v>89</v>
+      </c>
+      <c r="C42" s="15" t="s">
+        <v>149</v>
+      </c>
+      <c r="D42" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="E42" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="F42" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G42" s="12">
+        <v>225</v>
+      </c>
+      <c r="H42" s="12">
+        <v>240</v>
+      </c>
+      <c r="I42" s="12">
+        <v>20</v>
+      </c>
+      <c r="J42" s="13">
+        <v>0.88888888888888895</v>
+      </c>
+      <c r="K42" s="12">
+        <v>5</v>
+      </c>
+      <c r="L42" s="12">
+        <v>15</v>
+      </c>
+      <c r="M42" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N42" s="12">
+        <v>20</v>
+      </c>
+      <c r="O42" s="45">
+        <v>33.35</v>
+      </c>
+      <c r="P42" s="46">
+        <v>69371</v>
+      </c>
+      <c r="Q42" s="45">
+        <v>24.29</v>
+      </c>
+      <c r="R42" s="46">
+        <v>50532</v>
+      </c>
+      <c r="S42" s="45">
+        <v>32.01</v>
+      </c>
+      <c r="T42" s="46">
+        <v>66581</v>
+      </c>
+      <c r="U42" s="45">
+        <v>37.880000000000003</v>
+      </c>
+      <c r="V42" s="46">
+        <v>78790</v>
+      </c>
+      <c r="W42" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="X42" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y42" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z42" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA42" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AB42" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AC42" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AD42" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AE42" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="AF42" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AG42" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AH42" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AI42" s="14" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="43" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="14" t="s">
+        <v>196</v>
+      </c>
+      <c r="B43" s="15" t="s">
+        <v>197</v>
+      </c>
+      <c r="C43" s="15" t="s">
+        <v>149</v>
+      </c>
+      <c r="D43" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="E43" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F43" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G43" s="12">
+        <v>95</v>
+      </c>
+      <c r="H43" s="12">
+        <v>110</v>
+      </c>
+      <c r="I43" s="12">
+        <v>15</v>
+      </c>
+      <c r="J43" s="13">
+        <v>1.5789473684210527</v>
+      </c>
+      <c r="K43" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="L43" s="12">
+        <v>5</v>
+      </c>
+      <c r="M43" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N43" s="12">
+        <v>10</v>
+      </c>
+      <c r="O43" s="45">
+        <v>39.86</v>
+      </c>
+      <c r="P43" s="46">
+        <v>82901</v>
+      </c>
+      <c r="Q43" s="45">
+        <v>26.6</v>
+      </c>
+      <c r="R43" s="46">
+        <v>55318</v>
+      </c>
+      <c r="S43" s="45">
+        <v>36.47</v>
+      </c>
+      <c r="T43" s="46">
+        <v>75850</v>
+      </c>
+      <c r="U43" s="45">
+        <v>46.49</v>
+      </c>
+      <c r="V43" s="46">
+        <v>96692</v>
+      </c>
+      <c r="W43" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="X43" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y43" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z43" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="AA43" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AB43" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AC43" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AD43" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AE43" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="AF43" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AG43" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AH43" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AI43" s="14" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="44" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="14" t="s">
+        <v>198</v>
+      </c>
+      <c r="B44" s="15" t="s">
+        <v>199</v>
+      </c>
+      <c r="C44" s="15" t="s">
+        <v>144</v>
+      </c>
+      <c r="D44" s="15" t="s">
+        <v>193</v>
+      </c>
+      <c r="E44" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F44" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G44" s="12">
+        <v>225</v>
+      </c>
+      <c r="H44" s="12">
+        <v>230</v>
+      </c>
+      <c r="I44" s="12">
+        <v>10</v>
+      </c>
+      <c r="J44" s="13">
+        <v>0.44444444444444448</v>
+      </c>
+      <c r="K44" s="12">
+        <v>5</v>
+      </c>
+      <c r="L44" s="12">
+        <v>25</v>
+      </c>
+      <c r="M44" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N44" s="12">
+        <v>30</v>
+      </c>
+      <c r="O44" s="45">
+        <v>19.170000000000002</v>
+      </c>
+      <c r="P44" s="46">
+        <v>39876</v>
+      </c>
+      <c r="Q44" s="45">
+        <v>14.7</v>
+      </c>
+      <c r="R44" s="46">
+        <v>30579</v>
+      </c>
+      <c r="S44" s="45">
+        <v>17.62</v>
+      </c>
+      <c r="T44" s="46">
+        <v>36657</v>
+      </c>
+      <c r="U44" s="45">
+        <v>21.41</v>
+      </c>
+      <c r="V44" s="46">
+        <v>44525</v>
+      </c>
+      <c r="W44" s="16" t="s">
+        <v>85</v>
+      </c>
+      <c r="X44" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y44" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="Z44" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AA44" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AB44" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AC44" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AD44" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AE44" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AF44" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="AG44" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AH44" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AI44" s="14" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="45" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="14" t="s">
+        <v>200</v>
+      </c>
+      <c r="B45" s="15" t="s">
+        <v>201</v>
+      </c>
+      <c r="C45" s="15" t="s">
+        <v>144</v>
+      </c>
+      <c r="D45" s="15" t="s">
+        <v>193</v>
+      </c>
+      <c r="E45" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F45" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G45" s="12">
+        <v>165</v>
+      </c>
+      <c r="H45" s="12">
+        <v>175</v>
+      </c>
+      <c r="I45" s="12">
+        <v>10</v>
+      </c>
+      <c r="J45" s="13">
+        <v>0.60606060606060608</v>
+      </c>
+      <c r="K45" s="12">
+        <v>5</v>
+      </c>
+      <c r="L45" s="12">
+        <v>20</v>
+      </c>
+      <c r="M45" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N45" s="12">
+        <v>25</v>
+      </c>
+      <c r="O45" s="45">
+        <v>25.37</v>
+      </c>
+      <c r="P45" s="46">
+        <v>52770</v>
+      </c>
+      <c r="Q45" s="45">
+        <v>20.190000000000001</v>
+      </c>
+      <c r="R45" s="46">
+        <v>42005</v>
+      </c>
+      <c r="S45" s="45">
+        <v>23.39</v>
+      </c>
+      <c r="T45" s="46">
+        <v>48644</v>
+      </c>
+      <c r="U45" s="45">
+        <v>27.96</v>
+      </c>
+      <c r="V45" s="46">
+        <v>58152</v>
+      </c>
+      <c r="W45" s="16" t="s">
+        <v>85</v>
+      </c>
+      <c r="X45" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y45" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="Z45" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AA45" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AB45" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AC45" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AD45" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AE45" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="AF45" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG45" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="AH45" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AI45" s="14" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="46" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="14" t="s">
+        <v>202</v>
+      </c>
+      <c r="B46" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="C46" s="15" t="s">
+        <v>144</v>
+      </c>
+      <c r="D46" s="15" t="s">
+        <v>194</v>
+      </c>
+      <c r="E46" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F46" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G46" s="12">
+        <v>75</v>
+      </c>
+      <c r="H46" s="12">
+        <v>85</v>
+      </c>
+      <c r="I46" s="12">
+        <v>10</v>
+      </c>
+      <c r="J46" s="13">
+        <v>1.3333333333333335</v>
+      </c>
+      <c r="K46" s="12">
+        <v>5</v>
+      </c>
+      <c r="L46" s="12">
+        <v>5</v>
+      </c>
+      <c r="M46" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N46" s="12">
+        <v>10</v>
+      </c>
+      <c r="O46" s="45">
+        <v>22.75</v>
+      </c>
+      <c r="P46" s="46">
+        <v>47327</v>
+      </c>
+      <c r="Q46" s="45">
+        <v>19.010000000000002</v>
+      </c>
+      <c r="R46" s="46">
+        <v>39531</v>
+      </c>
+      <c r="S46" s="45">
+        <v>22.15</v>
+      </c>
+      <c r="T46" s="46">
+        <v>46064</v>
+      </c>
+      <c r="U46" s="45">
+        <v>24.63</v>
+      </c>
+      <c r="V46" s="46">
+        <v>51225</v>
+      </c>
+      <c r="W46" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="X46" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y46" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z46" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AA46" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AB46" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AC46" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="AD46" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AE46" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AF46" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG46" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AH46" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AI46" s="14" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="47" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="B47" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="C47" s="15" t="s">
+        <v>179</v>
+      </c>
+      <c r="D47" s="15" t="s">
+        <v>180</v>
+      </c>
+      <c r="E47" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="F47" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G47" s="12">
+        <v>110</v>
+      </c>
+      <c r="H47" s="12">
+        <v>125</v>
+      </c>
+      <c r="I47" s="12">
+        <v>10</v>
+      </c>
+      <c r="J47" s="13">
+        <v>0.90909090909090917</v>
+      </c>
+      <c r="K47" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="L47" s="12">
+        <v>10</v>
+      </c>
+      <c r="M47" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N47" s="12">
+        <v>15</v>
+      </c>
+      <c r="O47" s="45">
+        <v>25.41</v>
+      </c>
+      <c r="P47" s="46">
+        <v>52857</v>
+      </c>
+      <c r="Q47" s="45">
+        <v>19.670000000000002</v>
+      </c>
+      <c r="R47" s="46">
+        <v>40910</v>
+      </c>
+      <c r="S47" s="45">
+        <v>24.53</v>
+      </c>
+      <c r="T47" s="46">
+        <v>51013</v>
+      </c>
+      <c r="U47" s="45">
+        <v>28.28</v>
+      </c>
+      <c r="V47" s="46">
+        <v>58831</v>
+      </c>
+      <c r="W47" s="16" t="s">
+        <v>85</v>
+      </c>
+      <c r="X47" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y47" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="Z47" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="AA47" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AB47" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AC47" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AD47" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AE47" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AF47" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AG47" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AH47" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="AI47" s="14" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="48" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="14" t="s">
+        <v>204</v>
+      </c>
+      <c r="B48" s="15" t="s">
+        <v>205</v>
+      </c>
+      <c r="C48" s="15" t="s">
+        <v>144</v>
+      </c>
+      <c r="D48" s="15" t="s">
+        <v>206</v>
+      </c>
+      <c r="E48" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="F48" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G48" s="12">
+        <v>155</v>
+      </c>
+      <c r="H48" s="12">
+        <v>165</v>
+      </c>
+      <c r="I48" s="12">
+        <v>10</v>
+      </c>
+      <c r="J48" s="13">
+        <v>0.64516129032258063</v>
+      </c>
+      <c r="K48" s="12">
+        <v>5</v>
+      </c>
+      <c r="L48" s="12">
+        <v>15</v>
+      </c>
+      <c r="M48" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N48" s="12">
+        <v>20</v>
+      </c>
+      <c r="O48" s="45">
+        <v>22.18</v>
+      </c>
+      <c r="P48" s="46">
+        <v>46130</v>
+      </c>
+      <c r="Q48" s="45">
+        <v>16.98</v>
+      </c>
+      <c r="R48" s="46">
+        <v>35323</v>
+      </c>
+      <c r="S48" s="45">
+        <v>21.5</v>
+      </c>
+      <c r="T48" s="46">
+        <v>44719</v>
+      </c>
+      <c r="U48" s="45">
+        <v>24.78</v>
+      </c>
+      <c r="V48" s="46">
+        <v>51533</v>
+      </c>
+      <c r="W48" s="16" t="s">
+        <v>85</v>
+      </c>
+      <c r="X48" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y48" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z48" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA48" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AB48" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AC48" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AD48" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AE48" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="AF48" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="AG48" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="AH48" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AI48" s="14" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="49" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="B49" s="15" t="s">
+        <v>208</v>
+      </c>
+      <c r="C49" s="15" t="s">
+        <v>149</v>
+      </c>
+      <c r="D49" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="E49" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="F49" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G49" s="12">
+        <v>100</v>
+      </c>
+      <c r="H49" s="12">
+        <v>105</v>
+      </c>
+      <c r="I49" s="12">
+        <v>10</v>
+      </c>
+      <c r="J49" s="13">
+        <v>1</v>
+      </c>
+      <c r="K49" s="12">
+        <v>5</v>
+      </c>
+      <c r="L49" s="12">
+        <v>10</v>
+      </c>
+      <c r="M49" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N49" s="12">
+        <v>15</v>
+      </c>
+      <c r="O49" s="45">
+        <v>22.86</v>
+      </c>
+      <c r="P49" s="46">
+        <v>47552</v>
+      </c>
+      <c r="Q49" s="45">
+        <v>17.27</v>
+      </c>
+      <c r="R49" s="46">
+        <v>35912</v>
+      </c>
+      <c r="S49" s="45">
+        <v>20.63</v>
+      </c>
+      <c r="T49" s="46">
+        <v>42912</v>
+      </c>
+      <c r="U49" s="45">
+        <v>25.66</v>
+      </c>
+      <c r="V49" s="46">
+        <v>53372</v>
+      </c>
+      <c r="W49" s="16" t="s">
+        <v>85</v>
+      </c>
+      <c r="X49" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y49" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z49" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA49" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB49" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC49" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD49" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE49" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF49" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG49" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH49" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI49" s="14" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="50" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="14"/>
+      <c r="B50" s="15"/>
+      <c r="C50" s="15"/>
+      <c r="D50" s="15"/>
+      <c r="E50" s="15"/>
+      <c r="F50" s="11"/>
+      <c r="G50" s="12"/>
+      <c r="H50" s="12"/>
+      <c r="I50" s="12"/>
+      <c r="J50" s="13"/>
+      <c r="K50" s="12"/>
+      <c r="L50" s="12"/>
+      <c r="M50" s="12"/>
+      <c r="N50" s="12"/>
+      <c r="O50" s="45"/>
+      <c r="P50" s="46"/>
+      <c r="Q50" s="45"/>
+      <c r="R50" s="46"/>
+      <c r="S50" s="45"/>
+      <c r="T50" s="46"/>
+      <c r="U50" s="45"/>
+      <c r="V50" s="46"/>
+      <c r="W50" s="16"/>
+      <c r="X50" s="16"/>
+      <c r="Y50" s="16"/>
+      <c r="Z50" s="14"/>
+      <c r="AA50" s="14"/>
+      <c r="AB50" s="14"/>
+      <c r="AC50" s="14"/>
+      <c r="AD50" s="14"/>
+      <c r="AE50" s="14"/>
+      <c r="AF50" s="14"/>
+      <c r="AG50" s="14"/>
+      <c r="AH50" s="14"/>
+      <c r="AI50" s="14"/>
+    </row>
+    <row r="51" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="11" t="s">
+        <v>267</v>
+      </c>
+      <c r="B51" s="41" t="s">
+        <v>268</v>
+      </c>
+      <c r="C51" s="15"/>
+      <c r="D51" s="15"/>
+      <c r="E51" s="15"/>
+      <c r="F51" s="11"/>
+      <c r="G51" s="12"/>
+      <c r="H51" s="12"/>
+      <c r="I51" s="12"/>
+      <c r="J51" s="13"/>
+      <c r="K51" s="12"/>
+      <c r="L51" s="12"/>
+      <c r="M51" s="12"/>
+      <c r="N51" s="12"/>
+      <c r="O51" s="42"/>
+      <c r="P51" s="43"/>
+      <c r="Q51" s="42"/>
+      <c r="R51" s="43"/>
+      <c r="S51" s="42"/>
+      <c r="T51" s="43"/>
+      <c r="U51" s="42"/>
+      <c r="V51" s="43"/>
+      <c r="W51" s="44"/>
+      <c r="X51" s="44"/>
+      <c r="Y51" s="44"/>
+      <c r="Z51" s="14"/>
+      <c r="AA51" s="14"/>
+      <c r="AB51" s="14"/>
+      <c r="AC51" s="14"/>
+      <c r="AD51" s="14"/>
+      <c r="AE51" s="14"/>
+      <c r="AF51" s="14"/>
+      <c r="AG51" s="14"/>
+      <c r="AH51" s="14"/>
+      <c r="AI51" s="14"/>
+    </row>
+    <row r="52" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="14" t="s">
+        <v>211</v>
+      </c>
+      <c r="B52" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="C52" s="15" t="s">
+        <v>146</v>
+      </c>
+      <c r="D52" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="E52" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="F52" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G52" s="12">
+        <v>100</v>
+      </c>
+      <c r="H52" s="12">
+        <v>105</v>
+      </c>
+      <c r="I52" s="12">
+        <v>5</v>
+      </c>
+      <c r="J52" s="13">
+        <v>0.5</v>
+      </c>
+      <c r="K52" s="12">
+        <v>5</v>
+      </c>
+      <c r="L52" s="12">
+        <v>5</v>
+      </c>
+      <c r="M52" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N52" s="12">
+        <v>10</v>
+      </c>
+      <c r="O52" s="47">
+        <v>34.773076923076921</v>
+      </c>
+      <c r="P52" s="46">
+        <v>72328</v>
+      </c>
+      <c r="Q52" s="47">
+        <v>24.783653846153847</v>
+      </c>
+      <c r="R52" s="46">
+        <v>51550</v>
+      </c>
+      <c r="S52" s="47">
+        <v>31.783173076923077</v>
+      </c>
+      <c r="T52" s="46">
+        <v>66109</v>
+      </c>
+      <c r="U52" s="47">
+        <v>39.767307692307689</v>
+      </c>
+      <c r="V52" s="46">
+        <v>82716</v>
+      </c>
+      <c r="W52" s="16" t="s">
+        <v>93</v>
+      </c>
+      <c r="X52" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y52" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z52" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="AA52" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AB52" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AC52" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="AD52" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AE52" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AF52" s="14" t="s">
+        <v>94</v>
+      </c>
+      <c r="AG52" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AH52" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AI52" s="14" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="53" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="14" t="s">
+        <v>213</v>
+      </c>
+      <c r="B53" s="15" t="s">
+        <v>214</v>
+      </c>
+      <c r="C53" s="15" t="s">
+        <v>146</v>
+      </c>
+      <c r="D53" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="E53" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F53" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G53" s="12">
+        <v>75</v>
+      </c>
+      <c r="H53" s="12">
+        <v>85</v>
+      </c>
+      <c r="I53" s="12">
+        <v>10</v>
+      </c>
+      <c r="J53" s="13">
+        <v>1.3333333333333335</v>
+      </c>
+      <c r="K53" s="12">
+        <v>5</v>
+      </c>
+      <c r="L53" s="12">
+        <v>5</v>
+      </c>
+      <c r="M53" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N53" s="12">
+        <v>10</v>
+      </c>
+      <c r="O53" s="47">
+        <v>33.815384615384616</v>
+      </c>
+      <c r="P53" s="46">
+        <v>70336</v>
+      </c>
+      <c r="Q53" s="47">
+        <v>24.758653846153845</v>
+      </c>
+      <c r="R53" s="46">
+        <v>51498</v>
+      </c>
+      <c r="S53" s="47">
+        <v>34.706730769230766</v>
+      </c>
+      <c r="T53" s="46">
+        <v>72190</v>
+      </c>
+      <c r="U53" s="47">
+        <v>38.34375</v>
+      </c>
+      <c r="V53" s="46">
+        <v>79755</v>
+      </c>
+      <c r="W53" s="16" t="s">
+        <v>93</v>
+      </c>
+      <c r="X53" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y53" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z53" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AA53" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="AB53" s="14" t="s">
+        <v>94</v>
+      </c>
+      <c r="AC53" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AD53" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AE53" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AF53" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="AG53" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AH53" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AI53" s="14" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="54" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="14" t="s">
+        <v>117</v>
+      </c>
+      <c r="B54" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="C54" s="15" t="s">
+        <v>146</v>
+      </c>
+      <c r="D54" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="E54" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F54" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G54" s="12">
+        <v>200</v>
+      </c>
+      <c r="H54" s="12">
+        <v>245</v>
+      </c>
+      <c r="I54" s="12">
         <v>45</v>
       </c>
-      <c r="I6" s="81" t="s">
-[...26 lines deleted...]
-      <c r="R6" s="37" t="s">
+      <c r="J54" s="13">
+        <v>2.25</v>
+      </c>
+      <c r="K54" s="12">
+        <v>10</v>
+      </c>
+      <c r="L54" s="12">
+        <v>10</v>
+      </c>
+      <c r="M54" s="12">
+        <v>5</v>
+      </c>
+      <c r="N54" s="12">
+        <v>25</v>
+      </c>
+      <c r="O54" s="47">
+        <v>37.658653846153847</v>
+      </c>
+      <c r="P54" s="46">
+        <v>78330</v>
+      </c>
+      <c r="Q54" s="47">
+        <v>26.504326923076924</v>
+      </c>
+      <c r="R54" s="46">
+        <v>55129</v>
+      </c>
+      <c r="S54" s="47">
+        <v>31.371634615384615</v>
+      </c>
+      <c r="T54" s="46">
+        <v>65253</v>
+      </c>
+      <c r="U54" s="47">
+        <v>43.236057692307689</v>
+      </c>
+      <c r="V54" s="46">
+        <v>89931</v>
+      </c>
+      <c r="W54" s="16" t="s">
+        <v>93</v>
+      </c>
+      <c r="X54" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="Y54" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z54" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="AA54" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AB54" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AC54" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AD54" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AE54" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AF54" s="14" t="s">
+        <v>94</v>
+      </c>
+      <c r="AG54" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AH54" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AI54" s="14" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="55" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="B55" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="C55" s="15" t="s">
+        <v>146</v>
+      </c>
+      <c r="D55" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="E55" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F55" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G55" s="12">
+        <v>220</v>
+      </c>
+      <c r="H55" s="12">
+        <v>270</v>
+      </c>
+      <c r="I55" s="12">
         <v>50</v>
       </c>
-      <c r="S6" s="77" t="s">
-[...11 lines deleted...]
-      <c r="W6" s="40" t="s">
+      <c r="J55" s="13">
+        <v>2.2727272727272725</v>
+      </c>
+      <c r="K55" s="12">
+        <v>10</v>
+      </c>
+      <c r="L55" s="12">
+        <v>10</v>
+      </c>
+      <c r="M55" s="12">
+        <v>5</v>
+      </c>
+      <c r="N55" s="12">
+        <v>25</v>
+      </c>
+      <c r="O55" s="47">
+        <v>32.573076923076925</v>
+      </c>
+      <c r="P55" s="46">
+        <v>67752</v>
+      </c>
+      <c r="Q55" s="47">
+        <v>23.723076923076924</v>
+      </c>
+      <c r="R55" s="46">
+        <v>49344</v>
+      </c>
+      <c r="S55" s="47">
+        <v>34.572596153846156</v>
+      </c>
+      <c r="T55" s="46">
+        <v>71911</v>
+      </c>
+      <c r="U55" s="47">
+        <v>36.998076923076923</v>
+      </c>
+      <c r="V55" s="46">
+        <v>76956</v>
+      </c>
+      <c r="W55" s="16" t="s">
+        <v>93</v>
+      </c>
+      <c r="X55" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="Y55" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z55" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="AA55" s="14" t="s">
+        <v>94</v>
+      </c>
+      <c r="AB55" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AC55" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AD55" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AE55" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AF55" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AG55" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH55" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AI55" s="14" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="56" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="14"/>
+      <c r="B56" s="15"/>
+      <c r="C56" s="15"/>
+      <c r="D56" s="15"/>
+      <c r="E56" s="14"/>
+      <c r="F56" s="11"/>
+      <c r="G56" s="12"/>
+      <c r="H56" s="12"/>
+      <c r="I56" s="12"/>
+      <c r="J56" s="13"/>
+      <c r="K56" s="12"/>
+      <c r="L56" s="12"/>
+      <c r="M56" s="12"/>
+      <c r="N56" s="12"/>
+      <c r="O56" s="45"/>
+      <c r="P56" s="46"/>
+      <c r="Q56" s="45"/>
+      <c r="R56" s="46"/>
+      <c r="S56" s="45"/>
+      <c r="T56" s="46"/>
+      <c r="U56" s="45"/>
+      <c r="V56" s="46"/>
+      <c r="W56" s="16"/>
+      <c r="X56" s="16"/>
+      <c r="Y56" s="16"/>
+      <c r="Z56" s="14"/>
+      <c r="AA56" s="14"/>
+      <c r="AB56" s="14"/>
+      <c r="AC56" s="14"/>
+      <c r="AD56" s="14"/>
+      <c r="AE56" s="14"/>
+      <c r="AF56" s="14"/>
+      <c r="AG56" s="14"/>
+      <c r="AH56" s="14"/>
+      <c r="AI56" s="14"/>
+    </row>
+    <row r="57" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="11" t="s">
+        <v>269</v>
+      </c>
+      <c r="B57" s="41" t="s">
+        <v>270</v>
+      </c>
+      <c r="C57" s="15"/>
+      <c r="D57" s="15"/>
+      <c r="E57" s="15"/>
+      <c r="F57" s="11"/>
+      <c r="G57" s="12"/>
+      <c r="H57" s="12"/>
+      <c r="I57" s="12"/>
+      <c r="J57" s="13"/>
+      <c r="K57" s="12"/>
+      <c r="L57" s="12"/>
+      <c r="M57" s="12"/>
+      <c r="N57" s="12"/>
+      <c r="O57" s="42"/>
+      <c r="P57" s="43"/>
+      <c r="Q57" s="42"/>
+      <c r="R57" s="43"/>
+      <c r="S57" s="42"/>
+      <c r="T57" s="43"/>
+      <c r="U57" s="42"/>
+      <c r="V57" s="43"/>
+      <c r="W57" s="44"/>
+      <c r="X57" s="44"/>
+      <c r="Y57" s="44"/>
+      <c r="Z57" s="14"/>
+      <c r="AA57" s="14"/>
+      <c r="AB57" s="14"/>
+      <c r="AC57" s="14"/>
+      <c r="AD57" s="14"/>
+      <c r="AE57" s="14"/>
+      <c r="AF57" s="14"/>
+      <c r="AG57" s="14"/>
+      <c r="AH57" s="14"/>
+      <c r="AI57" s="14"/>
+    </row>
+    <row r="58" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="14" t="s">
+        <v>215</v>
+      </c>
+      <c r="B58" s="15" t="s">
+        <v>216</v>
+      </c>
+      <c r="C58" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D58" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="E58" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F58" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G58" s="12">
+        <v>225</v>
+      </c>
+      <c r="H58" s="12">
+        <v>265</v>
+      </c>
+      <c r="I58" s="12">
+        <v>35</v>
+      </c>
+      <c r="J58" s="13">
+        <v>1.5555555555555556</v>
+      </c>
+      <c r="K58" s="12">
+        <v>5</v>
+      </c>
+      <c r="L58" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="M58" s="12">
+        <v>5</v>
+      </c>
+      <c r="N58" s="12">
+        <v>15</v>
+      </c>
+      <c r="O58" s="45">
+        <v>31.17</v>
+      </c>
+      <c r="P58" s="46">
+        <v>64839</v>
+      </c>
+      <c r="Q58" s="45">
+        <v>17.399999999999999</v>
+      </c>
+      <c r="R58" s="46">
+        <v>36190</v>
+      </c>
+      <c r="S58" s="45">
+        <v>30.19</v>
+      </c>
+      <c r="T58" s="46">
+        <v>62791</v>
+      </c>
+      <c r="U58" s="45">
+        <v>38.06</v>
+      </c>
+      <c r="V58" s="46">
+        <v>79163</v>
+      </c>
+      <c r="W58" s="16" t="s">
+        <v>93</v>
+      </c>
+      <c r="X58" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y58" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z58" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA58" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AB58" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AC58" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AD58" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="AE58" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AF58" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG58" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AH58" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="AI58" s="14" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="59" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="14" t="s">
+        <v>218</v>
+      </c>
+      <c r="B59" s="15" t="s">
+        <v>219</v>
+      </c>
+      <c r="C59" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D59" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="E59" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="F59" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G59" s="12">
+        <v>205</v>
+      </c>
+      <c r="H59" s="12">
+        <v>220</v>
+      </c>
+      <c r="I59" s="12">
+        <v>20</v>
+      </c>
+      <c r="J59" s="13">
+        <v>0.97560975609756095</v>
+      </c>
+      <c r="K59" s="12">
+        <v>5</v>
+      </c>
+      <c r="L59" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="M59" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N59" s="12">
+        <v>10</v>
+      </c>
+      <c r="O59" s="45">
+        <v>83.35</v>
+      </c>
+      <c r="P59" s="46">
+        <v>173369</v>
+      </c>
+      <c r="Q59" s="45">
+        <v>44.13</v>
+      </c>
+      <c r="R59" s="46">
+        <v>91790</v>
+      </c>
+      <c r="S59" s="45">
+        <v>79.38</v>
+      </c>
+      <c r="T59" s="46">
+        <v>165115</v>
+      </c>
+      <c r="U59" s="45">
+        <v>102.96</v>
+      </c>
+      <c r="V59" s="46">
+        <v>214158</v>
+      </c>
+      <c r="W59" s="16" t="s">
+        <v>93</v>
+      </c>
+      <c r="X59" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y59" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z59" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AA59" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB59" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AC59" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AD59" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AE59" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AF59" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AG59" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AH59" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="AI59" s="14" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="60" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="14" t="s">
+        <v>220</v>
+      </c>
+      <c r="B60" s="15" t="s">
+        <v>221</v>
+      </c>
+      <c r="C60" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D60" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="E60" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F60" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G60" s="12">
+        <v>125</v>
+      </c>
+      <c r="H60" s="12">
+        <v>130</v>
+      </c>
+      <c r="I60" s="12">
+        <v>10</v>
+      </c>
+      <c r="J60" s="13">
+        <v>0.8</v>
+      </c>
+      <c r="K60" s="12">
+        <v>5</v>
+      </c>
+      <c r="L60" s="12">
+        <v>5</v>
+      </c>
+      <c r="M60" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N60" s="12">
+        <v>10</v>
+      </c>
+      <c r="O60" s="45">
+        <v>32.83</v>
+      </c>
+      <c r="P60" s="46">
+        <v>68294</v>
+      </c>
+      <c r="Q60" s="45">
+        <v>26.91</v>
+      </c>
+      <c r="R60" s="46">
+        <v>55982</v>
+      </c>
+      <c r="S60" s="45">
+        <v>32.4</v>
+      </c>
+      <c r="T60" s="46">
+        <v>67383</v>
+      </c>
+      <c r="U60" s="45">
+        <v>35.79</v>
+      </c>
+      <c r="V60" s="46">
+        <v>74450</v>
+      </c>
+      <c r="W60" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="X60" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y60" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="Z60" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA60" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AB60" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AC60" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AD60" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="AE60" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AF60" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG60" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AH60" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="AI60" s="14" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="61" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="14" t="s">
+        <v>119</v>
+      </c>
+      <c r="B61" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="C61" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D61" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="E61" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="F61" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G61" s="12">
+        <v>540</v>
+      </c>
+      <c r="H61" s="12">
+        <v>550</v>
+      </c>
+      <c r="I61" s="12">
+        <v>10</v>
+      </c>
+      <c r="J61" s="13">
+        <v>0.18518518518518517</v>
+      </c>
+      <c r="K61" s="12">
+        <v>15</v>
+      </c>
+      <c r="L61" s="12">
+        <v>10</v>
+      </c>
+      <c r="M61" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N61" s="12">
+        <v>20</v>
+      </c>
+      <c r="O61" s="45">
+        <v>63.15</v>
+      </c>
+      <c r="P61" s="46">
+        <v>131349</v>
+      </c>
+      <c r="Q61" s="45">
+        <v>51.05</v>
+      </c>
+      <c r="R61" s="46">
+        <v>106191</v>
+      </c>
+      <c r="S61" s="45">
+        <v>62.88</v>
+      </c>
+      <c r="T61" s="46">
+        <v>130794</v>
+      </c>
+      <c r="U61" s="45">
+        <v>69.2</v>
+      </c>
+      <c r="V61" s="46">
+        <v>143927</v>
+      </c>
+      <c r="W61" s="16" t="s">
+        <v>93</v>
+      </c>
+      <c r="X61" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y61" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z61" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA61" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AB61" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AC61" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AD61" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AE61" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AF61" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AG61" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AH61" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AI61" s="14" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="62" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B62" s="15" t="s">
+        <v>97</v>
+      </c>
+      <c r="C62" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D62" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="E62" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F62" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G62" s="12">
+        <v>185</v>
+      </c>
+      <c r="H62" s="12">
+        <v>240</v>
+      </c>
+      <c r="I62" s="12">
         <v>55</v>
       </c>
-      <c r="X6" s="40" t="s">
-[...13 lines deleted...]
-      <c r="AH6" s="67"/>
+      <c r="J62" s="13">
+        <v>2.9729729729729728</v>
+      </c>
+      <c r="K62" s="12">
+        <v>5</v>
+      </c>
+      <c r="L62" s="12">
+        <v>5</v>
+      </c>
+      <c r="M62" s="12">
+        <v>5</v>
+      </c>
+      <c r="N62" s="12">
+        <v>15</v>
+      </c>
+      <c r="O62" s="45">
+        <v>65.959999999999994</v>
+      </c>
+      <c r="P62" s="46">
+        <v>137188</v>
+      </c>
+      <c r="Q62" s="45">
+        <v>53.55</v>
+      </c>
+      <c r="R62" s="46">
+        <v>111374</v>
+      </c>
+      <c r="S62" s="45">
+        <v>63.26</v>
+      </c>
+      <c r="T62" s="46">
+        <v>131576</v>
+      </c>
+      <c r="U62" s="45">
+        <v>72.16</v>
+      </c>
+      <c r="V62" s="46">
+        <v>150094</v>
+      </c>
+      <c r="W62" s="16" t="s">
+        <v>98</v>
+      </c>
+      <c r="X62" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y62" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z62" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AA62" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AB62" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AC62" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AD62" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="AE62" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="AF62" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AG62" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AH62" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AI62" s="14" t="s">
+        <v>13</v>
+      </c>
     </row>
-    <row r="7" spans="1:34" s="4" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-[...33 lines deleted...]
-      <c r="AH7" s="70"/>
+    <row r="63" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="14" t="s">
+        <v>222</v>
+      </c>
+      <c r="B63" s="15" t="s">
+        <v>223</v>
+      </c>
+      <c r="C63" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D63" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="E63" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F63" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G63" s="12">
+        <v>230</v>
+      </c>
+      <c r="H63" s="12">
+        <v>265</v>
+      </c>
+      <c r="I63" s="12">
+        <v>30</v>
+      </c>
+      <c r="J63" s="13">
+        <v>1.3043478260869565</v>
+      </c>
+      <c r="K63" s="12">
+        <v>5</v>
+      </c>
+      <c r="L63" s="12">
+        <v>5</v>
+      </c>
+      <c r="M63" s="12">
+        <v>5</v>
+      </c>
+      <c r="N63" s="12">
+        <v>15</v>
+      </c>
+      <c r="O63" s="45">
+        <v>43.84</v>
+      </c>
+      <c r="P63" s="46">
+        <v>91197</v>
+      </c>
+      <c r="Q63" s="45">
+        <v>34.68</v>
+      </c>
+      <c r="R63" s="46">
+        <v>72131</v>
+      </c>
+      <c r="S63" s="45">
+        <v>44.96</v>
+      </c>
+      <c r="T63" s="46">
+        <v>93509</v>
+      </c>
+      <c r="U63" s="45">
+        <v>48.43</v>
+      </c>
+      <c r="V63" s="46">
+        <v>100730</v>
+      </c>
+      <c r="W63" s="16" t="s">
+        <v>98</v>
+      </c>
+      <c r="X63" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y63" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z63" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA63" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AB63" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="AC63" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AD63" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="AE63" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AF63" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AG63" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="AH63" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AI63" s="14" t="s">
+        <v>24</v>
+      </c>
     </row>
-    <row r="8" spans="1:34" s="4" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-[...35 lines deleted...]
-      <c r="AH8" s="73"/>
+    <row r="64" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="14" t="s">
+        <v>121</v>
+      </c>
+      <c r="B64" s="15" t="s">
+        <v>99</v>
+      </c>
+      <c r="C64" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D64" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="E64" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F64" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G64" s="12">
+        <v>430</v>
+      </c>
+      <c r="H64" s="12">
+        <v>500</v>
+      </c>
+      <c r="I64" s="12">
+        <v>70</v>
+      </c>
+      <c r="J64" s="13">
+        <v>1.6279069767441861</v>
+      </c>
+      <c r="K64" s="12">
+        <v>10</v>
+      </c>
+      <c r="L64" s="12">
+        <v>5</v>
+      </c>
+      <c r="M64" s="12">
+        <v>5</v>
+      </c>
+      <c r="N64" s="12">
+        <v>25</v>
+      </c>
+      <c r="O64" s="45">
+        <v>44.71</v>
+      </c>
+      <c r="P64" s="46">
+        <v>92988</v>
+      </c>
+      <c r="Q64" s="45">
+        <v>33.58</v>
+      </c>
+      <c r="R64" s="46">
+        <v>69837</v>
+      </c>
+      <c r="S64" s="45">
+        <v>46.39</v>
+      </c>
+      <c r="T64" s="46">
+        <v>96482</v>
+      </c>
+      <c r="U64" s="45">
+        <v>50.27</v>
+      </c>
+      <c r="V64" s="46">
+        <v>104564</v>
+      </c>
+      <c r="W64" s="16" t="s">
+        <v>93</v>
+      </c>
+      <c r="X64" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y64" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z64" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA64" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AB64" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AC64" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="AD64" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="AE64" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AF64" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AG64" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AH64" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AI64" s="14" t="s">
+        <v>26</v>
+      </c>
     </row>
-    <row r="9" spans="1:34" s="4" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-[...41 lines deleted...]
-      <c r="AH9" s="76"/>
+    <row r="65" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="14" t="s">
+        <v>224</v>
+      </c>
+      <c r="B65" s="15" t="s">
+        <v>225</v>
+      </c>
+      <c r="C65" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D65" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="E65" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F65" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G65" s="12">
+        <v>160</v>
+      </c>
+      <c r="H65" s="12">
+        <v>175</v>
+      </c>
+      <c r="I65" s="12">
+        <v>20</v>
+      </c>
+      <c r="J65" s="13">
+        <v>1.25</v>
+      </c>
+      <c r="K65" s="12">
+        <v>5</v>
+      </c>
+      <c r="L65" s="12">
+        <v>5</v>
+      </c>
+      <c r="M65" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N65" s="12">
+        <v>10</v>
+      </c>
+      <c r="O65" s="45">
+        <v>34.340000000000003</v>
+      </c>
+      <c r="P65" s="46">
+        <v>71426</v>
+      </c>
+      <c r="Q65" s="45">
+        <v>27.94</v>
+      </c>
+      <c r="R65" s="46">
+        <v>58114</v>
+      </c>
+      <c r="S65" s="45">
+        <v>35.99</v>
+      </c>
+      <c r="T65" s="46">
+        <v>74868</v>
+      </c>
+      <c r="U65" s="45">
+        <v>37.54</v>
+      </c>
+      <c r="V65" s="46">
+        <v>78082</v>
+      </c>
+      <c r="W65" s="16" t="s">
+        <v>85</v>
+      </c>
+      <c r="X65" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y65" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z65" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA65" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AB65" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AC65" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AD65" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AE65" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AF65" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="AG65" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="AH65" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AI65" s="14" t="s">
+        <v>22</v>
+      </c>
     </row>
-    <row r="10" spans="1:34" s="4" customFormat="1" ht="15.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-[...33 lines deleted...]
-      <c r="AH10" s="11"/>
+    <row r="66" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="14" t="s">
+        <v>122</v>
+      </c>
+      <c r="B66" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="C66" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D66" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="E66" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F66" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G66" s="12">
+        <v>275</v>
+      </c>
+      <c r="H66" s="12">
+        <v>330</v>
+      </c>
+      <c r="I66" s="12">
+        <v>55</v>
+      </c>
+      <c r="J66" s="13">
+        <v>2</v>
+      </c>
+      <c r="K66" s="12">
+        <v>10</v>
+      </c>
+      <c r="L66" s="12">
+        <v>10</v>
+      </c>
+      <c r="M66" s="12">
+        <v>5</v>
+      </c>
+      <c r="N66" s="12">
+        <v>20</v>
+      </c>
+      <c r="O66" s="45">
+        <v>39.81</v>
+      </c>
+      <c r="P66" s="46">
+        <v>82812</v>
+      </c>
+      <c r="Q66" s="45">
+        <v>30.14</v>
+      </c>
+      <c r="R66" s="46">
+        <v>62686</v>
+      </c>
+      <c r="S66" s="45">
+        <v>38.94</v>
+      </c>
+      <c r="T66" s="46">
+        <v>80985</v>
+      </c>
+      <c r="U66" s="45">
+        <v>44.65</v>
+      </c>
+      <c r="V66" s="46">
+        <v>92875</v>
+      </c>
+      <c r="W66" s="16" t="s">
+        <v>98</v>
+      </c>
+      <c r="X66" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y66" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="Z66" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA66" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AB66" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AC66" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="AD66" s="14" t="s">
+        <v>94</v>
+      </c>
+      <c r="AE66" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AF66" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AG66" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AH66" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AI66" s="14" t="s">
+        <v>34</v>
+      </c>
     </row>
-    <row r="11" spans="1:34" s="12" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="C11" s="16" t="s">
+    <row r="67" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="14" t="s">
+        <v>123</v>
+      </c>
+      <c r="B67" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="C67" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D67" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="E67" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F67" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G67" s="12">
+        <v>385</v>
+      </c>
+      <c r="H67" s="12">
+        <v>460</v>
+      </c>
+      <c r="I67" s="12">
+        <v>75</v>
+      </c>
+      <c r="J67" s="13">
+        <v>1.9480519480519483</v>
+      </c>
+      <c r="K67" s="12">
+        <v>10</v>
+      </c>
+      <c r="L67" s="12">
+        <v>5</v>
+      </c>
+      <c r="M67" s="12">
+        <v>5</v>
+      </c>
+      <c r="N67" s="12">
+        <v>20</v>
+      </c>
+      <c r="O67" s="45">
+        <v>47.23</v>
+      </c>
+      <c r="P67" s="46">
+        <v>98246</v>
+      </c>
+      <c r="Q67" s="45">
+        <v>27.73</v>
+      </c>
+      <c r="R67" s="46">
+        <v>57672</v>
+      </c>
+      <c r="S67" s="45">
+        <v>44.99</v>
+      </c>
+      <c r="T67" s="46">
+        <v>93586</v>
+      </c>
+      <c r="U67" s="45">
+        <v>56.99</v>
+      </c>
+      <c r="V67" s="46">
+        <v>118532</v>
+      </c>
+      <c r="W67" s="16" t="s">
+        <v>93</v>
+      </c>
+      <c r="X67" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y67" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z67" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA67" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AB67" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AC67" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AD67" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AE67" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AF67" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="AG67" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AH67" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AI67" s="14" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="68" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="14" t="s">
+        <v>39</v>
+      </c>
+      <c r="B68" s="15" t="s">
+        <v>5</v>
+      </c>
+      <c r="C68" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D68" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="E68" s="15" t="s">
+        <v>165</v>
+      </c>
+      <c r="F68" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G68" s="12">
+        <v>6900</v>
+      </c>
+      <c r="H68" s="12">
+        <v>7305</v>
+      </c>
+      <c r="I68" s="12">
+        <v>400</v>
+      </c>
+      <c r="J68" s="13">
+        <v>0.57971014492753625</v>
+      </c>
+      <c r="K68" s="12">
+        <v>235</v>
+      </c>
+      <c r="L68" s="12">
         <v>145</v>
       </c>
-      <c r="D11" s="16" t="s">
-[...11 lines deleted...]
-      <c r="H11" s="13">
+      <c r="M68" s="12">
         <v>40</v>
       </c>
-      <c r="I11" s="14">
-[...5 lines deleted...]
-      <c r="K11" s="13">
+      <c r="N68" s="12">
+        <v>420</v>
+      </c>
+      <c r="O68" s="45">
+        <v>36.869999999999997</v>
+      </c>
+      <c r="P68" s="46">
+        <v>76681</v>
+      </c>
+      <c r="Q68" s="45">
+        <v>29.62</v>
+      </c>
+      <c r="R68" s="46">
+        <v>61616</v>
+      </c>
+      <c r="S68" s="45">
+        <v>36.6</v>
+      </c>
+      <c r="T68" s="46">
+        <v>76133</v>
+      </c>
+      <c r="U68" s="45">
+        <v>40.49</v>
+      </c>
+      <c r="V68" s="46">
+        <v>84214</v>
+      </c>
+      <c r="W68" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="X68" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y68" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z68" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="AA68" s="14" t="s">
         <v>15</v>
       </c>
-      <c r="L11" s="13">
-[...38 lines deleted...]
-      <c r="Y11" s="15" t="s">
+      <c r="AB68" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="AC68" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="Z11" s="15" t="s">
-[...2 lines deleted...]
-      <c r="AA11" s="15" t="s">
+      <c r="AD68" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="AE68" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AF68" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AG68" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="AB11" s="15" t="s">
-[...2 lines deleted...]
-      <c r="AC11" s="15" t="s">
+      <c r="AH68" s="14" t="s">
         <v>19</v>
       </c>
-      <c r="AD11" s="15" t="s">
-[...8 lines deleted...]
-      <c r="AG11" s="15" t="s">
+      <c r="AI68" s="14" t="s">
         <v>24</v>
       </c>
-      <c r="AH11" s="15" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="12" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-[...30 lines deleted...]
-      <c r="L12" s="13" t="s">
+    <row r="69" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B69" s="15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C69" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D69" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="E69" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F69" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="M12" s="13">
-[...1116 lines deleted...]
-      <c r="F23" s="13">
+      <c r="G69" s="12">
+        <v>440</v>
+      </c>
+      <c r="H69" s="12">
+        <v>660</v>
+      </c>
+      <c r="I69" s="12">
         <v>220</v>
-      </c>
-[...4740 lines deleted...]
-        <v>1.4814814814814814</v>
       </c>
       <c r="J69" s="13">
         <v>5</v>
       </c>
-      <c r="K69" s="13">
+      <c r="K69" s="12">
+        <v>10</v>
+      </c>
+      <c r="L69" s="12">
+        <v>10</v>
+      </c>
+      <c r="M69" s="12">
+        <v>20</v>
+      </c>
+      <c r="N69" s="12">
+        <v>45</v>
+      </c>
+      <c r="O69" s="45">
+        <v>66.09</v>
+      </c>
+      <c r="P69" s="46">
+        <v>137461</v>
+      </c>
+      <c r="Q69" s="45">
+        <v>50.14</v>
+      </c>
+      <c r="R69" s="46">
+        <v>104295</v>
+      </c>
+      <c r="S69" s="45">
+        <v>63.1</v>
+      </c>
+      <c r="T69" s="46">
+        <v>131239</v>
+      </c>
+      <c r="U69" s="45">
+        <v>74.06</v>
+      </c>
+      <c r="V69" s="46">
+        <v>154044</v>
+      </c>
+      <c r="W69" s="16" t="s">
+        <v>98</v>
+      </c>
+      <c r="X69" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y69" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z69" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA69" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AB69" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AC69" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AD69" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AE69" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AF69" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AG69" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="AH69" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AI69" s="14" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="70" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="B70" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="C70" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D70" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="E70" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="F70" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G70" s="12">
+        <v>335</v>
+      </c>
+      <c r="H70" s="12">
+        <v>345</v>
+      </c>
+      <c r="I70" s="12">
+        <v>10</v>
+      </c>
+      <c r="J70" s="13">
+        <v>0.29850746268656714</v>
+      </c>
+      <c r="K70" s="12">
         <v>5</v>
       </c>
-      <c r="L69" s="13" t="s">
+      <c r="L70" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="M69" s="13">
+      <c r="M70" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N70" s="12">
+        <v>10</v>
+      </c>
+      <c r="O70" s="45">
+        <v>142.25</v>
+      </c>
+      <c r="P70" s="46">
+        <v>295872</v>
+      </c>
+      <c r="Q70" s="45">
+        <v>79.31</v>
+      </c>
+      <c r="R70" s="46">
+        <v>164971</v>
+      </c>
+      <c r="S70" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="T70" s="12" t="s">
+        <v>1</v>
+      </c>
+      <c r="U70" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="V70" s="12" t="s">
+        <v>1</v>
+      </c>
+      <c r="W70" s="16" t="s">
+        <v>93</v>
+      </c>
+      <c r="X70" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y70" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="Z70" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AA70" s="14" t="s">
         <v>15</v>
       </c>
-      <c r="N69" s="30">
-[...23 lines deleted...]
-      <c r="V69" s="17" t="s">
+      <c r="AB70" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AC70" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AD70" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AE70" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AF70" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG70" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AH70" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AI70" s="14" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="71" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="14" t="s">
+        <v>226</v>
+      </c>
+      <c r="B71" s="15" t="s">
+        <v>227</v>
+      </c>
+      <c r="C71" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D71" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="E71" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="F71" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G71" s="12">
+        <v>270</v>
+      </c>
+      <c r="H71" s="12">
+        <v>285</v>
+      </c>
+      <c r="I71" s="12">
+        <v>15</v>
+      </c>
+      <c r="J71" s="13">
+        <v>0.55555555555555558</v>
+      </c>
+      <c r="K71" s="12">
+        <v>5</v>
+      </c>
+      <c r="L71" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="M71" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N71" s="12">
+        <v>10</v>
+      </c>
+      <c r="O71" s="45">
+        <v>136.71</v>
+      </c>
+      <c r="P71" s="46">
+        <v>284352</v>
+      </c>
+      <c r="Q71" s="45">
+        <v>72.98</v>
+      </c>
+      <c r="R71" s="46">
+        <v>151801</v>
+      </c>
+      <c r="S71" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="T71" s="12" t="s">
+        <v>1</v>
+      </c>
+      <c r="U71" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="V71" s="12" t="s">
+        <v>1</v>
+      </c>
+      <c r="W71" s="16" t="s">
+        <v>93</v>
+      </c>
+      <c r="X71" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y71" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="Z71" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA71" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB71" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC71" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD71" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE71" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF71" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG71" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH71" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI71" s="14" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="72" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="14" t="s">
+        <v>125</v>
+      </c>
+      <c r="B72" s="15" t="s">
+        <v>106</v>
+      </c>
+      <c r="C72" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D72" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="E72" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F72" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G72" s="12">
+        <v>355</v>
+      </c>
+      <c r="H72" s="12">
+        <v>390</v>
+      </c>
+      <c r="I72" s="12">
+        <v>35</v>
+      </c>
+      <c r="J72" s="13">
+        <v>0.98591549295774639</v>
+      </c>
+      <c r="K72" s="12">
+        <v>15</v>
+      </c>
+      <c r="L72" s="12">
+        <v>10</v>
+      </c>
+      <c r="M72" s="12">
+        <v>5</v>
+      </c>
+      <c r="N72" s="12">
+        <v>30</v>
+      </c>
+      <c r="O72" s="45">
+        <v>40.909999999999997</v>
+      </c>
+      <c r="P72" s="46">
+        <v>85100</v>
+      </c>
+      <c r="Q72" s="45">
+        <v>37.39</v>
+      </c>
+      <c r="R72" s="46">
+        <v>77768</v>
+      </c>
+      <c r="S72" s="45">
+        <v>39.049999999999997</v>
+      </c>
+      <c r="T72" s="46">
+        <v>81218</v>
+      </c>
+      <c r="U72" s="45">
+        <v>42.68</v>
+      </c>
+      <c r="V72" s="46">
+        <v>88766</v>
+      </c>
+      <c r="W72" s="16" t="s">
+        <v>85</v>
+      </c>
+      <c r="X72" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y72" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z72" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA72" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AB72" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AC72" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AD72" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="AE72" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="AF72" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AG72" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AH72" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="AI72" s="14" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="73" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="14" t="s">
+        <v>126</v>
+      </c>
+      <c r="B73" s="15" t="s">
+        <v>107</v>
+      </c>
+      <c r="C73" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D73" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="E73" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F73" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G73" s="12">
+        <v>550</v>
+      </c>
+      <c r="H73" s="12">
+        <v>570</v>
+      </c>
+      <c r="I73" s="12">
+        <v>20</v>
+      </c>
+      <c r="J73" s="13">
+        <v>0.36363636363636365</v>
+      </c>
+      <c r="K73" s="12">
+        <v>20</v>
+      </c>
+      <c r="L73" s="12">
+        <v>15</v>
+      </c>
+      <c r="M73" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N73" s="12">
+        <v>40</v>
+      </c>
+      <c r="O73" s="45">
+        <v>27.9</v>
+      </c>
+      <c r="P73" s="46">
+        <v>58037</v>
+      </c>
+      <c r="Q73" s="45">
+        <v>19.48</v>
+      </c>
+      <c r="R73" s="46">
+        <v>40521</v>
+      </c>
+      <c r="S73" s="45">
+        <v>28.35</v>
+      </c>
+      <c r="T73" s="46">
+        <v>58970</v>
+      </c>
+      <c r="U73" s="45">
+        <v>32.11</v>
+      </c>
+      <c r="V73" s="46">
+        <v>66795</v>
+      </c>
+      <c r="W73" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="X73" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y73" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z73" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA73" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AB73" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AC73" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="AD73" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="AE73" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AF73" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG73" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AH73" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="AI73" s="14" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="14" t="s">
+        <v>229</v>
+      </c>
+      <c r="B74" s="15" t="s">
+        <v>230</v>
+      </c>
+      <c r="C74" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D74" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="E74" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F74" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G74" s="12">
+        <v>155</v>
+      </c>
+      <c r="H74" s="12">
+        <v>175</v>
+      </c>
+      <c r="I74" s="12">
+        <v>20</v>
+      </c>
+      <c r="J74" s="13">
+        <v>1.2903225806451613</v>
+      </c>
+      <c r="K74" s="12">
+        <v>5</v>
+      </c>
+      <c r="L74" s="12">
+        <v>5</v>
+      </c>
+      <c r="M74" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N74" s="12">
+        <v>10</v>
+      </c>
+      <c r="O74" s="45">
+        <v>40.25</v>
+      </c>
+      <c r="P74" s="46">
+        <v>83723</v>
+      </c>
+      <c r="Q74" s="45">
+        <v>34.19</v>
+      </c>
+      <c r="R74" s="46">
+        <v>71111</v>
+      </c>
+      <c r="S74" s="45">
+        <v>40.74</v>
+      </c>
+      <c r="T74" s="46">
+        <v>84738</v>
+      </c>
+      <c r="U74" s="45">
+        <v>43.28</v>
+      </c>
+      <c r="V74" s="46">
+        <v>90029</v>
+      </c>
+      <c r="W74" s="16" t="s">
+        <v>85</v>
+      </c>
+      <c r="X74" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y74" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z74" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA74" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AB74" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="AC74" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AD74" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AE74" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AF74" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AG74" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="AH74" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="AI74" s="14" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="75" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B75" s="15" t="s">
+        <v>231</v>
+      </c>
+      <c r="C75" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D75" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="E75" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F75" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G75" s="12">
+        <v>535</v>
+      </c>
+      <c r="H75" s="12">
+        <v>555</v>
+      </c>
+      <c r="I75" s="12">
+        <v>20</v>
+      </c>
+      <c r="J75" s="13">
+        <v>0.37383177570093451</v>
+      </c>
+      <c r="K75" s="12">
+        <v>15</v>
+      </c>
+      <c r="L75" s="12">
+        <v>10</v>
+      </c>
+      <c r="M75" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N75" s="12">
+        <v>30</v>
+      </c>
+      <c r="O75" s="45">
+        <v>31.9</v>
+      </c>
+      <c r="P75" s="46">
+        <v>66346</v>
+      </c>
+      <c r="Q75" s="45">
+        <v>25.83</v>
+      </c>
+      <c r="R75" s="46">
+        <v>53728</v>
+      </c>
+      <c r="S75" s="45">
+        <v>31.16</v>
+      </c>
+      <c r="T75" s="46">
+        <v>64806</v>
+      </c>
+      <c r="U75" s="45">
+        <v>34.93</v>
+      </c>
+      <c r="V75" s="46">
+        <v>72656</v>
+      </c>
+      <c r="W75" s="16" t="s">
+        <v>85</v>
+      </c>
+      <c r="X75" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y75" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z75" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA75" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="AB75" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AC75" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="AD75" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AE75" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AF75" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG75" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="AH75" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="AI75" s="14" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="76" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="B76" s="15" t="s">
+        <v>233</v>
+      </c>
+      <c r="C76" s="15" t="s">
+        <v>209</v>
+      </c>
+      <c r="D76" s="15" t="s">
+        <v>234</v>
+      </c>
+      <c r="E76" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F76" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G76" s="12">
+        <v>285</v>
+      </c>
+      <c r="H76" s="12">
+        <v>300</v>
+      </c>
+      <c r="I76" s="12">
+        <v>15</v>
+      </c>
+      <c r="J76" s="13">
+        <v>0.52631578947368418</v>
+      </c>
+      <c r="K76" s="12">
+        <v>10</v>
+      </c>
+      <c r="L76" s="12">
+        <v>15</v>
+      </c>
+      <c r="M76" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N76" s="12">
+        <v>25</v>
+      </c>
+      <c r="O76" s="45">
+        <v>20.56</v>
+      </c>
+      <c r="P76" s="46">
+        <v>42772</v>
+      </c>
+      <c r="Q76" s="45">
+        <v>16.43</v>
+      </c>
+      <c r="R76" s="46">
+        <v>34172</v>
+      </c>
+      <c r="S76" s="45">
+        <v>18.73</v>
+      </c>
+      <c r="T76" s="46">
+        <v>38962</v>
+      </c>
+      <c r="U76" s="45">
+        <v>22.63</v>
+      </c>
+      <c r="V76" s="46">
+        <v>47072</v>
+      </c>
+      <c r="W76" s="16" t="s">
         <v>38</v>
       </c>
-      <c r="W69" s="17" t="s">
+      <c r="X76" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y76" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z76" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA76" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB76" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC76" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD76" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE76" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF76" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG76" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH76" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI76" s="14" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="77" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="14" t="s">
+        <v>235</v>
+      </c>
+      <c r="B77" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="C77" s="15" t="s">
+        <v>209</v>
+      </c>
+      <c r="D77" s="15" t="s">
+        <v>234</v>
+      </c>
+      <c r="E77" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F77" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G77" s="12">
+        <v>315</v>
+      </c>
+      <c r="H77" s="12">
+        <v>325</v>
+      </c>
+      <c r="I77" s="12">
+        <v>10</v>
+      </c>
+      <c r="J77" s="13">
+        <v>0.31746031746031744</v>
+      </c>
+      <c r="K77" s="12">
+        <v>5</v>
+      </c>
+      <c r="L77" s="12">
+        <v>10</v>
+      </c>
+      <c r="M77" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N77" s="12">
+        <v>15</v>
+      </c>
+      <c r="O77" s="45">
+        <v>26.19</v>
+      </c>
+      <c r="P77" s="46">
+        <v>54479</v>
+      </c>
+      <c r="Q77" s="45">
+        <v>21.1</v>
+      </c>
+      <c r="R77" s="46">
+        <v>43880</v>
+      </c>
+      <c r="S77" s="45">
+        <v>24.95</v>
+      </c>
+      <c r="T77" s="46">
+        <v>51906</v>
+      </c>
+      <c r="U77" s="45">
+        <v>28.74</v>
+      </c>
+      <c r="V77" s="46">
+        <v>59779</v>
+      </c>
+      <c r="W77" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X77" s="16" t="s">
         <v>58</v>
       </c>
-      <c r="X69" s="17" t="s">
+      <c r="Y77" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z77" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA77" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB77" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC77" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD77" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE77" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF77" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG77" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH77" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI77" s="14" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="78" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="14" t="s">
+        <v>237</v>
+      </c>
+      <c r="B78" s="15" t="s">
+        <v>238</v>
+      </c>
+      <c r="C78" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D78" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="E78" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="F78" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G78" s="12">
+        <v>70</v>
+      </c>
+      <c r="H78" s="12">
+        <v>70</v>
+      </c>
+      <c r="I78" s="12">
+        <v>0</v>
+      </c>
+      <c r="J78" s="13">
+        <v>0</v>
+      </c>
+      <c r="K78" s="12">
+        <v>5</v>
+      </c>
+      <c r="L78" s="12">
+        <v>5</v>
+      </c>
+      <c r="M78" s="12">
+        <v>0</v>
+      </c>
+      <c r="N78" s="12">
+        <v>10</v>
+      </c>
+      <c r="O78" s="45">
+        <v>15.42</v>
+      </c>
+      <c r="P78" s="46">
+        <v>32074</v>
+      </c>
+      <c r="Q78" s="45">
+        <v>12.24</v>
+      </c>
+      <c r="R78" s="46">
+        <v>25464</v>
+      </c>
+      <c r="S78" s="45">
+        <v>15.93</v>
+      </c>
+      <c r="T78" s="46">
+        <v>33136</v>
+      </c>
+      <c r="U78" s="45">
+        <v>17.010000000000002</v>
+      </c>
+      <c r="V78" s="46">
+        <v>35379</v>
+      </c>
+      <c r="W78" s="16" t="s">
+        <v>85</v>
+      </c>
+      <c r="X78" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y78" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z78" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AA78" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AB78" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AC78" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AD78" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AE78" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="AF78" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AG78" s="14" t="s">
+        <v>94</v>
+      </c>
+      <c r="AH78" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AI78" s="14" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="79" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="B79" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="C79" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D79" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="E79" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F79" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G79" s="12">
+        <v>840</v>
+      </c>
+      <c r="H79" s="12">
+        <v>900</v>
+      </c>
+      <c r="I79" s="12">
+        <v>65</v>
+      </c>
+      <c r="J79" s="13">
+        <v>0.77380952380952384</v>
+      </c>
+      <c r="K79" s="12">
+        <v>35</v>
+      </c>
+      <c r="L79" s="12">
+        <v>45</v>
+      </c>
+      <c r="M79" s="12">
+        <v>5</v>
+      </c>
+      <c r="N79" s="12">
+        <v>85</v>
+      </c>
+      <c r="O79" s="45">
+        <v>20.58</v>
+      </c>
+      <c r="P79" s="46">
+        <v>42804</v>
+      </c>
+      <c r="Q79" s="45">
+        <v>16.489999999999998</v>
+      </c>
+      <c r="R79" s="46">
+        <v>34309</v>
+      </c>
+      <c r="S79" s="45">
+        <v>19.71</v>
+      </c>
+      <c r="T79" s="46">
+        <v>40989</v>
+      </c>
+      <c r="U79" s="45">
+        <v>22.62</v>
+      </c>
+      <c r="V79" s="46">
+        <v>47051</v>
+      </c>
+      <c r="W79" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="X79" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y79" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="Z79" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA79" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AB79" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AC79" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AD79" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AE79" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="AF79" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AG79" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AH79" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="AI79" s="14" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="80" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="14" t="s">
+        <v>239</v>
+      </c>
+      <c r="B80" s="15" t="s">
+        <v>240</v>
+      </c>
+      <c r="C80" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D80" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="E80" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F80" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G80" s="12">
+        <v>135</v>
+      </c>
+      <c r="H80" s="12">
+        <v>155</v>
+      </c>
+      <c r="I80" s="12">
+        <v>20</v>
+      </c>
+      <c r="J80" s="13">
+        <v>1.4814814814814814</v>
+      </c>
+      <c r="K80" s="12">
+        <v>5</v>
+      </c>
+      <c r="L80" s="12">
+        <v>5</v>
+      </c>
+      <c r="M80" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N80" s="12">
+        <v>15</v>
+      </c>
+      <c r="O80" s="45">
+        <v>19.71</v>
+      </c>
+      <c r="P80" s="46">
+        <v>41002</v>
+      </c>
+      <c r="Q80" s="45">
+        <v>16.11</v>
+      </c>
+      <c r="R80" s="46">
+        <v>33518</v>
+      </c>
+      <c r="S80" s="45">
+        <v>19.07</v>
+      </c>
+      <c r="T80" s="46">
+        <v>39671</v>
+      </c>
+      <c r="U80" s="45">
+        <v>21.51</v>
+      </c>
+      <c r="V80" s="46">
+        <v>44744</v>
+      </c>
+      <c r="W80" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X80" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="Y80" s="16" t="s">
         <v>37</v>
       </c>
-      <c r="Y69" s="15" t="s">
+      <c r="Z80" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="Z69" s="15" t="s">
+      <c r="AA80" s="14" t="s">
         <v>15</v>
       </c>
-      <c r="AA69" s="15" t="s">
+      <c r="AB80" s="14" t="s">
         <v>19</v>
       </c>
-      <c r="AB69" s="15" t="s">
+      <c r="AC80" s="14" t="s">
         <v>22</v>
       </c>
-      <c r="AC69" s="15" t="s">
+      <c r="AD80" s="14" t="s">
         <v>18</v>
       </c>
-      <c r="AD69" s="15" t="s">
+      <c r="AE80" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="AE69" s="15" t="s">
+      <c r="AF80" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="AF69" s="15" t="s">
+      <c r="AG80" s="14" t="s">
         <v>23</v>
       </c>
-      <c r="AG69" s="15" t="s">
+      <c r="AH80" s="14" t="s">
         <v>34</v>
       </c>
-      <c r="AH69" s="15" t="s">
+      <c r="AI80" s="14" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="70" spans="1:34" s="12" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A70" s="15" t="s">
+    <row r="81" spans="1:35" s="35" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="14" t="s">
         <v>127</v>
       </c>
-      <c r="B70" s="16" t="s">
+      <c r="B81" s="15" t="s">
         <v>109</v>
       </c>
-      <c r="C70" s="16" t="s">
-[...8 lines deleted...]
-      <c r="F70" s="13">
+      <c r="C81" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D81" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="E81" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F81" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G81" s="12">
         <v>155</v>
       </c>
-      <c r="G70" s="13">
+      <c r="H81" s="12">
         <v>160</v>
       </c>
-      <c r="H70" s="13">
+      <c r="I81" s="12">
         <v>5</v>
       </c>
-      <c r="I70" s="14">
+      <c r="J81" s="13">
         <v>0.32258064516129031</v>
       </c>
-      <c r="J70" s="13">
+      <c r="K81" s="12">
         <v>5</v>
       </c>
-      <c r="K70" s="13">
+      <c r="L81" s="12">
         <v>5</v>
       </c>
-      <c r="L70" s="13" t="s">
+      <c r="M81" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="M70" s="13">
+      <c r="N81" s="12">
         <v>10</v>
       </c>
-      <c r="N70" s="30">
-[...23 lines deleted...]
-      <c r="V70" s="17" t="s">
+      <c r="O81" s="45">
+        <v>26.07</v>
+      </c>
+      <c r="P81" s="46">
+        <v>54218</v>
+      </c>
+      <c r="Q81" s="45">
+        <v>21.26</v>
+      </c>
+      <c r="R81" s="46">
+        <v>44227</v>
+      </c>
+      <c r="S81" s="45">
+        <v>25.19</v>
+      </c>
+      <c r="T81" s="46">
+        <v>52395</v>
+      </c>
+      <c r="U81" s="45">
+        <v>28.47</v>
+      </c>
+      <c r="V81" s="46">
+        <v>59213</v>
+      </c>
+      <c r="W81" s="16" t="s">
         <v>38</v>
       </c>
-      <c r="W70" s="17" t="s">
+      <c r="X81" s="16" t="s">
         <v>12</v>
       </c>
-      <c r="X70" s="17" t="s">
+      <c r="Y81" s="16" t="s">
         <v>12</v>
       </c>
-      <c r="Y70" s="15" t="s">
+      <c r="Z81" s="14" t="s">
         <v>19</v>
       </c>
-      <c r="Z70" s="15" t="s">
+      <c r="AA81" s="14" t="s">
         <v>15</v>
       </c>
-      <c r="AA70" s="15" t="s">
+      <c r="AB81" s="14" t="s">
         <v>36</v>
       </c>
-      <c r="AB70" s="15" t="s">
+      <c r="AC81" s="14" t="s">
         <v>22</v>
       </c>
-      <c r="AC70" s="15" t="s">
+      <c r="AD81" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="AD70" s="15" t="s">
+      <c r="AE81" s="14" t="s">
         <v>18</v>
       </c>
-      <c r="AE70" s="15" t="s">
+      <c r="AF81" s="14" t="s">
         <v>26</v>
       </c>
-      <c r="AF70" s="15" t="s">
+      <c r="AG81" s="14" t="s">
         <v>31</v>
       </c>
-      <c r="AG70" s="15" t="s">
+      <c r="AH81" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="AH70" s="15" t="s">
+      <c r="AI81" s="14" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="71" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A71" s="15" t="s">
+    <row r="82" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="14" t="s">
         <v>128</v>
       </c>
-      <c r="B71" s="16" t="s">
+      <c r="B82" s="15" t="s">
         <v>110</v>
       </c>
-      <c r="C71" s="16" t="s">
-[...8 lines deleted...]
-      <c r="F71" s="13">
+      <c r="C82" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D82" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="E82" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F82" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G82" s="12">
         <v>175</v>
       </c>
-      <c r="G71" s="13">
+      <c r="H82" s="12">
         <v>225</v>
       </c>
-      <c r="H71" s="13">
+      <c r="I82" s="12">
         <v>45</v>
       </c>
-      <c r="I71" s="14">
+      <c r="J82" s="13">
         <v>2.5714285714285712</v>
       </c>
-      <c r="J71" s="13">
+      <c r="K82" s="12">
         <v>5</v>
       </c>
-      <c r="K71" s="13">
+      <c r="L82" s="12">
         <v>10</v>
       </c>
-      <c r="L71" s="13">
+      <c r="M82" s="12">
         <v>5</v>
       </c>
-      <c r="M71" s="13">
+      <c r="N82" s="12">
         <v>25</v>
       </c>
-      <c r="N71" s="30">
-[...23 lines deleted...]
-      <c r="V71" s="17" t="s">
+      <c r="O82" s="45">
+        <v>19.39</v>
+      </c>
+      <c r="P82" s="46">
+        <v>40330</v>
+      </c>
+      <c r="Q82" s="45">
+        <v>14.99</v>
+      </c>
+      <c r="R82" s="46">
+        <v>31169</v>
+      </c>
+      <c r="S82" s="45">
+        <v>18.88</v>
+      </c>
+      <c r="T82" s="46">
+        <v>39269</v>
+      </c>
+      <c r="U82" s="45">
+        <v>21.59</v>
+      </c>
+      <c r="V82" s="46">
+        <v>44911</v>
+      </c>
+      <c r="W82" s="16" t="s">
         <v>85</v>
       </c>
-      <c r="W71" s="17" t="s">
+      <c r="X82" s="16" t="s">
         <v>12</v>
       </c>
-      <c r="X71" s="17" t="s">
+      <c r="Y82" s="16" t="s">
         <v>12</v>
       </c>
-      <c r="Y71" s="15" t="s">
+      <c r="Z82" s="14" t="s">
         <v>15</v>
       </c>
-      <c r="Z71" s="15" t="s">
+      <c r="AA82" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="AA71" s="15" t="s">
+      <c r="AB82" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="AB71" s="15" t="s">
+      <c r="AC82" s="14" t="s">
         <v>18</v>
       </c>
-      <c r="AC71" s="15" t="s">
+      <c r="AD82" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="AD71" s="15" t="s">
+      <c r="AE82" s="14" t="s">
         <v>19</v>
       </c>
-      <c r="AE71" s="15" t="s">
+      <c r="AF82" s="14" t="s">
         <v>24</v>
       </c>
-      <c r="AF71" s="15" t="s">
+      <c r="AG82" s="14" t="s">
         <v>31</v>
       </c>
-      <c r="AG71" s="15" t="s">
+      <c r="AH82" s="14" t="s">
         <v>22</v>
       </c>
-      <c r="AH71" s="15" t="s">
+      <c r="AI82" s="14" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="72" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A72" s="15" t="s">
+    <row r="83" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="14" t="s">
+        <v>241</v>
+      </c>
+      <c r="B83" s="15" t="s">
+        <v>242</v>
+      </c>
+      <c r="C83" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D83" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="E83" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F83" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G83" s="12">
+        <v>70</v>
+      </c>
+      <c r="H83" s="12">
+        <v>80</v>
+      </c>
+      <c r="I83" s="12">
+        <v>10</v>
+      </c>
+      <c r="J83" s="13">
+        <v>1.4285714285714284</v>
+      </c>
+      <c r="K83" s="12">
+        <v>5</v>
+      </c>
+      <c r="L83" s="12">
+        <v>5</v>
+      </c>
+      <c r="M83" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N83" s="12">
+        <v>10</v>
+      </c>
+      <c r="O83" s="45">
+        <v>19.559999999999999</v>
+      </c>
+      <c r="P83" s="46">
+        <v>40695</v>
+      </c>
+      <c r="Q83" s="45">
+        <v>16.18</v>
+      </c>
+      <c r="R83" s="46">
+        <v>33664</v>
+      </c>
+      <c r="S83" s="45">
+        <v>18.739999999999998</v>
+      </c>
+      <c r="T83" s="46">
+        <v>38980</v>
+      </c>
+      <c r="U83" s="45">
+        <v>21.26</v>
+      </c>
+      <c r="V83" s="46">
+        <v>44211</v>
+      </c>
+      <c r="W83" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X83" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y83" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z83" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA83" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AB83" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AC83" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="AD83" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="AE83" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AF83" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="AG83" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="AH83" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AI83" s="14" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="84" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B84" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="C84" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D84" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="E84" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F84" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G84" s="12">
+        <v>1510</v>
+      </c>
+      <c r="H84" s="12">
+        <v>1625</v>
+      </c>
+      <c r="I84" s="12">
+        <v>115</v>
+      </c>
+      <c r="J84" s="13">
+        <v>0.76158940397350994</v>
+      </c>
+      <c r="K84" s="12">
+        <v>65</v>
+      </c>
+      <c r="L84" s="12">
+        <v>55</v>
+      </c>
+      <c r="M84" s="12">
+        <v>10</v>
+      </c>
+      <c r="N84" s="12">
+        <v>130</v>
+      </c>
+      <c r="O84" s="45">
+        <v>28.3</v>
+      </c>
+      <c r="P84" s="46">
+        <v>58854</v>
+      </c>
+      <c r="Q84" s="45">
+        <v>23.14</v>
+      </c>
+      <c r="R84" s="46">
+        <v>48126</v>
+      </c>
+      <c r="S84" s="45">
+        <v>28.47</v>
+      </c>
+      <c r="T84" s="46">
+        <v>59218</v>
+      </c>
+      <c r="U84" s="45">
+        <v>30.87</v>
+      </c>
+      <c r="V84" s="46">
+        <v>64218</v>
+      </c>
+      <c r="W84" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X84" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y84" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z84" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="AA84" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="AB84" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="AC84" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AD84" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="AE84" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AF84" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG84" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AH84" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="AI84" s="14" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="85" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="14" t="s">
+        <v>243</v>
+      </c>
+      <c r="B85" s="15" t="s">
+        <v>244</v>
+      </c>
+      <c r="C85" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D85" s="15" t="s">
+        <v>245</v>
+      </c>
+      <c r="E85" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F85" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G85" s="12">
+        <v>425</v>
+      </c>
+      <c r="H85" s="12">
+        <v>460</v>
+      </c>
+      <c r="I85" s="12">
+        <v>30</v>
+      </c>
+      <c r="J85" s="13">
+        <v>0.70588235294117641</v>
+      </c>
+      <c r="K85" s="12">
+        <v>15</v>
+      </c>
+      <c r="L85" s="12">
+        <v>15</v>
+      </c>
+      <c r="M85" s="12">
+        <v>5</v>
+      </c>
+      <c r="N85" s="12">
+        <v>35</v>
+      </c>
+      <c r="O85" s="45">
+        <v>23.53</v>
+      </c>
+      <c r="P85" s="46">
+        <v>48949</v>
+      </c>
+      <c r="Q85" s="45">
+        <v>18.72</v>
+      </c>
+      <c r="R85" s="46">
+        <v>38933</v>
+      </c>
+      <c r="S85" s="45">
+        <v>23.13</v>
+      </c>
+      <c r="T85" s="46">
+        <v>48100</v>
+      </c>
+      <c r="U85" s="45">
+        <v>25.94</v>
+      </c>
+      <c r="V85" s="46">
+        <v>53957</v>
+      </c>
+      <c r="W85" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X85" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y85" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z85" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA85" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB85" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC85" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD85" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE85" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF85" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG85" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH85" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI85" s="14" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="86" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="14" t="s">
+        <v>129</v>
+      </c>
+      <c r="B86" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="C86" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D86" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="E86" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="F86" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G86" s="12">
+        <v>200</v>
+      </c>
+      <c r="H86" s="12">
+        <v>215</v>
+      </c>
+      <c r="I86" s="12">
+        <v>15</v>
+      </c>
+      <c r="J86" s="13">
+        <v>0.75</v>
+      </c>
+      <c r="K86" s="12">
+        <v>10</v>
+      </c>
+      <c r="L86" s="12">
+        <v>10</v>
+      </c>
+      <c r="M86" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="N86" s="12">
+        <v>20</v>
+      </c>
+      <c r="O86" s="45">
+        <v>20.03</v>
+      </c>
+      <c r="P86" s="46">
+        <v>41668</v>
+      </c>
+      <c r="Q86" s="45">
+        <v>16.96</v>
+      </c>
+      <c r="R86" s="46">
+        <v>35278</v>
+      </c>
+      <c r="S86" s="45">
+        <v>19.71</v>
+      </c>
+      <c r="T86" s="46">
+        <v>40990</v>
+      </c>
+      <c r="U86" s="45">
+        <v>21.57</v>
+      </c>
+      <c r="V86" s="46">
+        <v>44863</v>
+      </c>
+      <c r="W86" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="X86" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y86" s="16" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z86" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AA86" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="AB86" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="AC86" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="AD86" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="AE86" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="AF86" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="AG86" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="AH86" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AI86" s="14" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="87" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="14" t="s">
+        <v>246</v>
+      </c>
+      <c r="B87" s="15" t="s">
         <v>247</v>
       </c>
-      <c r="B72" s="16" t="s">
+      <c r="C87" s="15" t="s">
         <v>248</v>
       </c>
-      <c r="C72" s="16" t="s">
-[...14 lines deleted...]
-      <c r="H72" s="13">
+      <c r="D87" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="E87" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="F87" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G87" s="12">
+        <v>410</v>
+      </c>
+      <c r="H87" s="12">
+        <v>440</v>
+      </c>
+      <c r="I87" s="12">
+        <v>30</v>
+      </c>
+      <c r="J87" s="13">
+        <v>0.73170731707317072</v>
+      </c>
+      <c r="K87" s="12">
+        <v>15</v>
+      </c>
+      <c r="L87" s="12">
+        <v>15</v>
+      </c>
+      <c r="M87" s="12">
+        <v>5</v>
+      </c>
+      <c r="N87" s="12">
+        <v>30</v>
+      </c>
+      <c r="O87" s="45">
+        <v>23.55</v>
+      </c>
+      <c r="P87" s="46">
+        <v>48978</v>
+      </c>
+      <c r="Q87" s="45">
+        <v>17.920000000000002</v>
+      </c>
+      <c r="R87" s="46">
+        <v>37277</v>
+      </c>
+      <c r="S87" s="45">
+        <v>21.5</v>
+      </c>
+      <c r="T87" s="46">
+        <v>44725</v>
+      </c>
+      <c r="U87" s="45">
+        <v>26.36</v>
+      </c>
+      <c r="V87" s="46">
+        <v>54829</v>
+      </c>
+      <c r="W87" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X87" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y87" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z87" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA87" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB87" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC87" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD87" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE87" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF87" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG87" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH87" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI87" s="14" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="88" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="14"/>
+      <c r="B88" s="15"/>
+      <c r="C88" s="15"/>
+      <c r="D88" s="15"/>
+      <c r="E88" s="15"/>
+      <c r="F88" s="11"/>
+      <c r="G88" s="12"/>
+      <c r="H88" s="12"/>
+      <c r="I88" s="12"/>
+      <c r="J88" s="13"/>
+      <c r="K88" s="12"/>
+      <c r="L88" s="12"/>
+      <c r="M88" s="12"/>
+      <c r="N88" s="12"/>
+      <c r="O88" s="45"/>
+      <c r="P88" s="46"/>
+      <c r="Q88" s="45"/>
+      <c r="R88" s="46"/>
+      <c r="S88" s="45"/>
+      <c r="T88" s="46"/>
+      <c r="U88" s="45"/>
+      <c r="V88" s="46"/>
+      <c r="W88" s="16"/>
+      <c r="X88" s="16"/>
+      <c r="Y88" s="16"/>
+      <c r="Z88" s="14"/>
+      <c r="AA88" s="14"/>
+      <c r="AB88" s="14"/>
+      <c r="AC88" s="14"/>
+      <c r="AD88" s="14"/>
+      <c r="AE88" s="14"/>
+      <c r="AF88" s="14"/>
+      <c r="AG88" s="14"/>
+      <c r="AH88" s="14"/>
+      <c r="AI88" s="14"/>
+    </row>
+    <row r="89" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="11" t="s">
+        <v>271</v>
+      </c>
+      <c r="B89" s="41" t="s">
+        <v>272</v>
+      </c>
+      <c r="C89" s="15"/>
+      <c r="D89" s="15"/>
+      <c r="E89" s="15"/>
+      <c r="F89" s="11"/>
+      <c r="G89" s="12"/>
+      <c r="H89" s="12"/>
+      <c r="I89" s="12"/>
+      <c r="J89" s="13"/>
+      <c r="K89" s="12"/>
+      <c r="L89" s="12"/>
+      <c r="M89" s="12"/>
+      <c r="N89" s="12"/>
+      <c r="O89" s="42"/>
+      <c r="P89" s="43"/>
+      <c r="Q89" s="42"/>
+      <c r="R89" s="43"/>
+      <c r="S89" s="42"/>
+      <c r="T89" s="43"/>
+      <c r="U89" s="42"/>
+      <c r="V89" s="43"/>
+      <c r="W89" s="44"/>
+      <c r="X89" s="44"/>
+      <c r="Y89" s="44"/>
+      <c r="Z89" s="14"/>
+      <c r="AA89" s="14"/>
+      <c r="AB89" s="14"/>
+      <c r="AC89" s="14"/>
+      <c r="AD89" s="14"/>
+      <c r="AE89" s="14"/>
+      <c r="AF89" s="14"/>
+      <c r="AG89" s="14"/>
+      <c r="AH89" s="14"/>
+      <c r="AI89" s="14"/>
+    </row>
+    <row r="90" spans="1:35" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A90" s="14" t="s">
+        <v>112</v>
+      </c>
+      <c r="B90" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="C90" s="15" t="s">
+        <v>140</v>
+      </c>
+      <c r="D90" s="15" t="s">
+        <v>250</v>
+      </c>
+      <c r="E90" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="F90" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G90" s="12">
+        <v>565</v>
+      </c>
+      <c r="H90" s="12">
+        <v>575</v>
+      </c>
+      <c r="I90" s="12">
         <v>10</v>
       </c>
-      <c r="I72" s="14">
-[...8 lines deleted...]
-      <c r="L72" s="13" t="s">
+      <c r="J90" s="13">
+        <v>0.17699115044247787</v>
+      </c>
+      <c r="K90" s="12">
+        <v>20</v>
+      </c>
+      <c r="L90" s="12">
+        <v>30</v>
+      </c>
+      <c r="M90" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="M72" s="13">
+      <c r="N90" s="12">
+        <v>50</v>
+      </c>
+      <c r="O90" s="45">
+        <v>45.43</v>
+      </c>
+      <c r="P90" s="46">
+        <v>94492</v>
+      </c>
+      <c r="Q90" s="45">
+        <v>27.78</v>
+      </c>
+      <c r="R90" s="46">
+        <v>57776</v>
+      </c>
+      <c r="S90" s="45">
+        <v>38.46</v>
+      </c>
+      <c r="T90" s="46">
+        <v>80003</v>
+      </c>
+      <c r="U90" s="45">
+        <v>54.25</v>
+      </c>
+      <c r="V90" s="46">
+        <v>112850</v>
+      </c>
+      <c r="W90" s="16" t="s">
         <v>10</v>
       </c>
-      <c r="N72" s="30">
-[...26 lines deleted...]
-      <c r="W72" s="17" t="s">
+      <c r="X90" s="16" t="s">
         <v>12</v>
       </c>
-      <c r="X72" s="17" t="s">
-[...2 lines deleted...]
-      <c r="Y72" s="15" t="s">
+      <c r="Y90" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="Z90" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA90" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="AB90" s="14" t="s">
         <v>15</v>
       </c>
-      <c r="Z72" s="15" t="s">
-[...2 lines deleted...]
-      <c r="AA72" s="15" t="s">
+      <c r="AC90" s="14" t="s">
+        <v>113</v>
+      </c>
+      <c r="AD90" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="AE90" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="AB72" s="15" t="s">
+      <c r="AF90" s="14" t="s">
         <v>23</v>
       </c>
-      <c r="AC72" s="15" t="s">
-[...5 lines deleted...]
-      <c r="AE72" s="15" t="s">
+      <c r="AG90" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="AH90" s="14" t="s">
         <v>31</v>
       </c>
-      <c r="AF72" s="15" t="s">
-[...519 lines deleted...]
-      <c r="AH77" s="15" t="s">
+      <c r="AI90" s="14" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="34">
-[...5 lines deleted...]
-    <mergeCell ref="X6:X9"/>
+  <mergeCells count="35">
+    <mergeCell ref="E6:E9"/>
+    <mergeCell ref="A6:A9"/>
+    <mergeCell ref="B6:B9"/>
+    <mergeCell ref="C6:C9"/>
+    <mergeCell ref="G6:G9"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="S6:S9"/>
     <mergeCell ref="T6:T9"/>
     <mergeCell ref="F6:F9"/>
-    <mergeCell ref="J6:J8"/>
     <mergeCell ref="O6:O9"/>
     <mergeCell ref="P6:P9"/>
     <mergeCell ref="Q6:Q9"/>
     <mergeCell ref="R6:R9"/>
     <mergeCell ref="I6:I9"/>
     <mergeCell ref="K6:K8"/>
     <mergeCell ref="L6:L8"/>
-    <mergeCell ref="N6:N9"/>
+    <mergeCell ref="A5:B5"/>
+    <mergeCell ref="M6:M8"/>
+    <mergeCell ref="D6:D9"/>
+    <mergeCell ref="A4:AI4"/>
+    <mergeCell ref="C5:F5"/>
+    <mergeCell ref="G5:J5"/>
+    <mergeCell ref="K5:N5"/>
+    <mergeCell ref="O5:V5"/>
+    <mergeCell ref="W5:AI5"/>
+    <mergeCell ref="J6:J9"/>
+    <mergeCell ref="N6:N8"/>
+    <mergeCell ref="Y6:Y9"/>
+    <mergeCell ref="Z7:AI7"/>
+    <mergeCell ref="Z8:AI9"/>
+    <mergeCell ref="U6:U9"/>
+    <mergeCell ref="W6:W9"/>
+    <mergeCell ref="X6:X9"/>
     <mergeCell ref="V6:V9"/>
-    <mergeCell ref="E6:E9"/>
-[...5 lines deleted...]
-    <mergeCell ref="G6:G9"/>
     <mergeCell ref="H6:H9"/>
-    <mergeCell ref="A5:B5"/>
-[...4 lines deleted...]
-    <mergeCell ref="Y6:AH7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor theme="7" tint="0.59999389629810485"/>
   </sheetPr>
   <dimension ref="A1:V3"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A2" sqref="A2"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="8.85546875" style="19"/>
-[...7 lines deleted...]
-    <col min="12" max="16384" width="8.85546875" style="23"/>
+    <col min="1" max="1" width="8.85546875" style="17"/>
+    <col min="2" max="2" width="8.85546875" style="18"/>
+    <col min="3" max="3" width="8.85546875" style="19"/>
+    <col min="4" max="5" width="8.85546875" style="18"/>
+    <col min="6" max="6" width="8.85546875" style="20"/>
+    <col min="7" max="8" width="8.85546875" style="18"/>
+    <col min="9" max="10" width="8.85546875" style="14"/>
+    <col min="11" max="11" width="8.85546875" style="17"/>
+    <col min="12" max="16384" width="8.85546875" style="21"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="25.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:22" s="1" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="25" t="s">
+      <c r="A2" s="23" t="s">
         <v>130</v>
       </c>
-      <c r="B2" s="24"/>
+      <c r="B2" s="22"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="2"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="5"/>
       <c r="M2" s="6"/>
       <c r="N2" s="5"/>
       <c r="O2" s="6"/>
       <c r="P2" s="5"/>
       <c r="Q2" s="6"/>
       <c r="R2" s="5"/>
       <c r="S2" s="6"/>
       <c r="T2" s="3"/>
       <c r="U2" s="3"/>
       <c r="V2" s="3"/>
     </row>
     <row r="3" spans="1:22" ht="25.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>