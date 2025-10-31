--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\IWD Printable Publications\LMI Publications\Occupational Projections\2024\12-2024\STEM Jobs\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\Projections and Resources\Projections\Long Term Occ Projs\2022-2032 Occ Projs\2022-2032 Occ Projs Work\LWDA\LWDA 7-SC\LWDA 7-SC\2022-2032 LWDA 7-SC STEM Jobs\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FD7E224A-0F49-4436-9B70-300D605F6C35}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{528AE666-F0CF-4254-A80C-1D4DBC2380F4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="405" yWindow="420" windowWidth="24345" windowHeight="14430" tabRatio="881" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="29310" yWindow="-3075" windowWidth="26085" windowHeight="14775" tabRatio="881" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="STEM" sheetId="37" r:id="rId1"/>
     <sheet name="Notes" sheetId="36" r:id="rId2"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="468" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="494" uniqueCount="161">
   <si>
     <t>Annual Growth Rate (%)</t>
   </si>
   <si>
     <t>N.A.</t>
   </si>
   <si>
     <t>11-9111</t>
   </si>
   <si>
     <t>Computer Systems Analysts</t>
   </si>
   <si>
     <t>17-2112</t>
   </si>
   <si>
     <t>Industrial Engineers</t>
   </si>
   <si>
     <t>*</t>
   </si>
   <si>
     <t>Registered Nurses</t>
   </si>
   <si>
@@ -292,308 +292,357 @@
   <si>
     <t>Pharmacy Technicians</t>
   </si>
   <si>
     <t>41-4011</t>
   </si>
   <si>
     <t>SO3</t>
   </si>
   <si>
     <t>25-1071</t>
   </si>
   <si>
     <t>29-1123</t>
   </si>
   <si>
     <t>29-2010</t>
   </si>
   <si>
     <t>29-2052</t>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
-    <t>2022-2032 SOUTHCENTRAL IOWA LWDA OCCUPATIONAL PROJECTIONS</t>
+    <t>SOC</t>
+  </si>
+  <si>
+    <t>Occupational Group/Title</t>
+  </si>
+  <si>
+    <t>Career Cluster</t>
+  </si>
+  <si>
+    <t>Career Pathway</t>
+  </si>
+  <si>
+    <t>Bright Outlook</t>
+  </si>
+  <si>
+    <t>2022 Estimated</t>
+  </si>
+  <si>
+    <t>2032 Projected</t>
+  </si>
+  <si>
+    <t>Top Skills</t>
+  </si>
+  <si>
+    <t>Business Management &amp; Administration</t>
+  </si>
+  <si>
+    <t>Marketing</t>
+  </si>
+  <si>
+    <t>Rapid Growth</t>
+  </si>
+  <si>
+    <t>Computer &amp; Information Systems Managers</t>
+  </si>
+  <si>
+    <t>Business Information Management</t>
+  </si>
+  <si>
+    <t>Agriculture, Food &amp; Natural Resources</t>
+  </si>
+  <si>
+    <t>Architecture &amp; Construction</t>
+  </si>
+  <si>
+    <t>Education &amp; Training</t>
+  </si>
+  <si>
+    <t>Medical &amp; Health Services Managers</t>
+  </si>
+  <si>
+    <t>Health Science</t>
+  </si>
+  <si>
+    <t>Support Services</t>
+  </si>
+  <si>
+    <t>Design/Pre-Construction</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>Programming &amp; Software Development</t>
+  </si>
+  <si>
+    <t>Information Support &amp; Services</t>
+  </si>
+  <si>
+    <t>15-1252</t>
+  </si>
+  <si>
+    <t>Software Developers</t>
+  </si>
+  <si>
+    <t>Rapid Growth; Numerous Job Openings</t>
+  </si>
+  <si>
+    <t>15-1299</t>
+  </si>
+  <si>
+    <t>Computer Occupations, All Other</t>
+  </si>
+  <si>
+    <t>Business Management &amp; Administration; Information Technology</t>
+  </si>
+  <si>
+    <t>Administrative Support; Information Support &amp; Services</t>
+  </si>
+  <si>
+    <t>Science, Technology, Engineering &amp; Mathematics</t>
+  </si>
+  <si>
+    <t>Engineering &amp; Technology</t>
+  </si>
+  <si>
+    <t>19-1031</t>
+  </si>
+  <si>
+    <t>Conservation Scientists</t>
+  </si>
+  <si>
+    <t>Science &amp; Mathematics</t>
+  </si>
+  <si>
+    <t>Natural Resources Systems</t>
+  </si>
+  <si>
+    <t>Teaching/Training</t>
+  </si>
+  <si>
+    <t>29-1051</t>
+  </si>
+  <si>
+    <t>Pharmacists</t>
+  </si>
+  <si>
+    <t>Therapeutic Services</t>
+  </si>
+  <si>
+    <t>Diagnostic Services</t>
+  </si>
+  <si>
+    <t>29-2072</t>
+  </si>
+  <si>
+    <t>Medical Records Specialists</t>
+  </si>
+  <si>
+    <t>Health Informatics</t>
+  </si>
+  <si>
+    <t>29-2099</t>
+  </si>
+  <si>
+    <t>Health Technologists &amp; Technicians, All Other</t>
+  </si>
+  <si>
+    <t>Health Science; Health Science</t>
+  </si>
+  <si>
+    <t>Therapeutic Services; Diagnostic Services</t>
+  </si>
+  <si>
+    <t>Professional Sales</t>
+  </si>
+  <si>
+    <t>Sales Representatives, Wholesale &amp; Manufacturing, Technical &amp; Scientific Products</t>
+  </si>
+  <si>
+    <t>2022-2032 NORTHEAST IOWA LWDA OCCUPATIONAL PROJECTIONS</t>
   </si>
   <si>
     <r>
       <t>Occupation</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>[1]</t>
     </r>
   </si>
   <si>
     <r>
       <t>Career Orientation</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>[2]</t>
     </r>
   </si>
   <si>
     <r>
       <t>Occupational Employment</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>[3]</t>
     </r>
   </si>
   <si>
     <r>
       <t>Annual Job Separations/Openings</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>[4]</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>2025 Occupational Wage &amp; Salary ($)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>[5]</t>
     </r>
   </si>
   <si>
     <r>
       <t>Career Preparation</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>[6]</t>
     </r>
   </si>
   <si>
-    <t>SOC</t>
-[...162 lines deleted...]
-    </r>
+    <t>11-0000</t>
+  </si>
+  <si>
+    <t>Management Occupations</t>
+  </si>
+  <si>
+    <t>15-0000</t>
+  </si>
+  <si>
+    <t>Computer &amp; Mathematical Occupations</t>
+  </si>
+  <si>
+    <t>17-0000</t>
+  </si>
+  <si>
+    <t>Architecture &amp; Engineering Occupations</t>
+  </si>
+  <si>
+    <t>19-0000</t>
+  </si>
+  <si>
+    <t>Life, Physical, &amp; Social Science Occupations</t>
+  </si>
+  <si>
+    <t>25-0000</t>
+  </si>
+  <si>
+    <t>Educational Instruction &amp; Library Occupations</t>
+  </si>
+  <si>
+    <t>29-0000</t>
+  </si>
+  <si>
+    <t>Healthcare Practitioners &amp; Technical Occupations</t>
+  </si>
+  <si>
+    <t>41-0000</t>
+  </si>
+  <si>
+    <t>Sales &amp; Related Occupations</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
+    <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0"/>
   </numFmts>
-  <fonts count="30" x14ac:knownFonts="1">
+  <fonts count="29" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Cambria"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
@@ -710,110 +759,104 @@
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <vertAlign val="superscript"/>
-[...6 lines deleted...]
-      <b/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF00B050"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <vertAlign val="superscript"/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...4 lines deleted...]
-    </font>
   </fonts>
-  <fills count="36">
+  <fills count="35">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCC99"/>
       </patternFill>
@@ -958,56 +1001,50 @@
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.59999389629810485"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="24">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
@@ -1285,300 +1322,309 @@
     <xf numFmtId="0" fontId="17" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="91">
+  <cellXfs count="96">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="2" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="3" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...32 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="3" fontId="27" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="27" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="2" fontId="27" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="right"/>
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="165" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="21" fillId="35" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="166" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="26" fillId="34" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="34" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="34" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="26" fillId="34" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="28" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="26" fillId="34" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="2" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="3" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="3" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="2" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="26" fillId="34" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="26" fillId="34" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="26" fillId="34" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="26" fillId="34" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="26" fillId="34" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="26" fillId="34" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="21" fillId="34" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="26" fillId="34" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="34" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="21" fillId="34" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="34" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="21" fillId="34" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="34" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="21" fillId="34" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="26" fillId="34" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="21" fillId="34" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="34" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="34" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="34" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="34" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="34" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="34" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="34" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="166" fontId="26" fillId="34" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="21" fillId="34" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="26" fillId="34" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="26" fillId="34" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="26" fillId="34" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="26" fillId="34" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="26" fillId="34" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="34" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="34" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="33" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="33" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="33" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="26" fillId="34" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="26" fillId="34" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="26" fillId="34" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="33" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="21" fillId="34" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="33" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="34" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="26" fillId="33" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="34" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="26" fillId="34" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="34" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="26" fillId="34" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="34" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="34" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="34" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="34" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="34" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="34" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="26" fillId="34" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="26" fillId="34" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="34" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="26" fillId="34" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...47 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="33" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="26" fillId="34" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="33" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="26" fillId="34" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="33" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...32 lines deleted...]
-    <xf numFmtId="165" fontId="21" fillId="34" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="26" fillId="34" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="45">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
@@ -1624,111 +1670,111 @@
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>22</xdr:col>
       <xdr:colOff>7620</xdr:colOff>
-      <xdr:row>49</xdr:row>
-      <xdr:rowOff>106680</xdr:rowOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="3" name="TextBox 2">
+        <xdr:cNvPr id="4" name="TextBox 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000005000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="609600" y="365760"/>
-          <a:ext cx="12809220" cy="8519160"/>
+          <a:off x="590550" y="971550"/>
+          <a:ext cx="12409170" cy="9182100"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:sysClr val="window" lastClr="FFFFFF"/>
         </a:solidFill>
         <a:ln w="38100" cmpd="sng">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr rtl="0"/>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
-            <a:t>Legend/Methodology/Selection Criteria: </a:t>
+            <a:t>Notes: </a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1000">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
             <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPts val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
             <a:buClrTx/>
             <a:buSzTx/>
             <a:buFontTx/>
             <a:buNone/>
@@ -4113,75 +4159,75 @@
         </a:p>
         <a:p>
           <a:pPr eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1"/>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1" i="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Wages: </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>2024 Iowa Wage Survey (estimates based on 2023 2</a:t>
+            <a:t>2025 Iowa Wage Survey (estimates based on 2024 2</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" baseline="30000">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>nd</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t> quarter occupational wage data updated to 2024 2</a:t>
+            <a:t> quarter occupational wage data updated to 2025 2</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" baseline="30000">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>nd</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> quarter using Employment Cost Index), Labor Market and Workforce Information Division, Iowa Workforce Development. </a:t>
           </a:r>
@@ -4219,75 +4265,78 @@
             </a:rPr>
             <a:t>This publication was produced by the Labor Market and Workforce Information Division of Iowa Workforce Development. Revisions and/or corrections made when necessary. Inquiries may be directed</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> to Brent Paulson at 515.281.3439 or Brent.Paulson@iwd.iowa.gov. </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>Visit www.iowaworkforcedevelopment.gov to obtain the latest workforce data and trends including this document. Published 10/2024.</a:t>
+            <a:t>Visit www.iowaworkforcedevelopment.gov to obtain the latest workforce data and trends including this document. Published 10/2025.</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1000">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr rtl="0"/>
           <a:endParaRPr lang="en-US" sz="1000">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
             <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -4554,3655 +4603,3774 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor theme="7" tint="0.59999389629810485"/>
   </sheetPr>
-  <dimension ref="A1:AI213"/>
+  <dimension ref="A1:AI45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="10" topLeftCell="A11" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A6" sqref="A6:A9"/>
+      <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="F6" sqref="F6:F9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="8.85546875" style="21"/>
-[...584 lines deleted...]
-    <col min="16164" max="16384" width="8.85546875" style="21"/>
+    <col min="1" max="1" width="9.140625" style="1"/>
+    <col min="2" max="3" width="36.7109375" style="34" customWidth="1"/>
+    <col min="4" max="4" width="28.7109375" style="34" customWidth="1"/>
+    <col min="5" max="5" width="22.7109375" style="34" customWidth="1"/>
+    <col min="6" max="6" width="6.28515625" style="32" bestFit="1" customWidth="1"/>
+    <col min="7" max="9" width="9.140625" style="4"/>
+    <col min="10" max="10" width="9.140625" style="1"/>
+    <col min="11" max="14" width="9.140625" style="4"/>
+    <col min="15" max="15" width="9.140625" style="3"/>
+    <col min="16" max="16" width="9.140625" style="4"/>
+    <col min="17" max="17" width="9.140625" style="3"/>
+    <col min="18" max="18" width="9.140625" style="4"/>
+    <col min="19" max="19" width="9.140625" style="3"/>
+    <col min="20" max="20" width="9.140625" style="4"/>
+    <col min="21" max="21" width="9.140625" style="3"/>
+    <col min="22" max="22" width="9.140625" style="4"/>
+    <col min="23" max="25" width="9.140625" style="41"/>
+    <col min="26" max="35" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="36" max="257" width="9.140625" style="1"/>
+    <col min="258" max="259" width="36.7109375" style="1" customWidth="1"/>
+    <col min="260" max="260" width="28.7109375" style="1" customWidth="1"/>
+    <col min="261" max="261" width="22.7109375" style="1" customWidth="1"/>
+    <col min="262" max="262" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="263" max="281" width="9.140625" style="1"/>
+    <col min="282" max="291" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="292" max="513" width="9.140625" style="1"/>
+    <col min="514" max="515" width="36.7109375" style="1" customWidth="1"/>
+    <col min="516" max="516" width="28.7109375" style="1" customWidth="1"/>
+    <col min="517" max="517" width="22.7109375" style="1" customWidth="1"/>
+    <col min="518" max="518" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="519" max="537" width="9.140625" style="1"/>
+    <col min="538" max="547" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="548" max="769" width="9.140625" style="1"/>
+    <col min="770" max="771" width="36.7109375" style="1" customWidth="1"/>
+    <col min="772" max="772" width="28.7109375" style="1" customWidth="1"/>
+    <col min="773" max="773" width="22.7109375" style="1" customWidth="1"/>
+    <col min="774" max="774" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="775" max="793" width="9.140625" style="1"/>
+    <col min="794" max="803" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="804" max="1025" width="9.140625" style="1"/>
+    <col min="1026" max="1027" width="36.7109375" style="1" customWidth="1"/>
+    <col min="1028" max="1028" width="28.7109375" style="1" customWidth="1"/>
+    <col min="1029" max="1029" width="22.7109375" style="1" customWidth="1"/>
+    <col min="1030" max="1030" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1031" max="1049" width="9.140625" style="1"/>
+    <col min="1050" max="1059" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1060" max="1281" width="9.140625" style="1"/>
+    <col min="1282" max="1283" width="36.7109375" style="1" customWidth="1"/>
+    <col min="1284" max="1284" width="28.7109375" style="1" customWidth="1"/>
+    <col min="1285" max="1285" width="22.7109375" style="1" customWidth="1"/>
+    <col min="1286" max="1286" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1287" max="1305" width="9.140625" style="1"/>
+    <col min="1306" max="1315" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1316" max="1537" width="9.140625" style="1"/>
+    <col min="1538" max="1539" width="36.7109375" style="1" customWidth="1"/>
+    <col min="1540" max="1540" width="28.7109375" style="1" customWidth="1"/>
+    <col min="1541" max="1541" width="22.7109375" style="1" customWidth="1"/>
+    <col min="1542" max="1542" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1543" max="1561" width="9.140625" style="1"/>
+    <col min="1562" max="1571" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1572" max="1793" width="9.140625" style="1"/>
+    <col min="1794" max="1795" width="36.7109375" style="1" customWidth="1"/>
+    <col min="1796" max="1796" width="28.7109375" style="1" customWidth="1"/>
+    <col min="1797" max="1797" width="22.7109375" style="1" customWidth="1"/>
+    <col min="1798" max="1798" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1799" max="1817" width="9.140625" style="1"/>
+    <col min="1818" max="1827" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1828" max="2049" width="9.140625" style="1"/>
+    <col min="2050" max="2051" width="36.7109375" style="1" customWidth="1"/>
+    <col min="2052" max="2052" width="28.7109375" style="1" customWidth="1"/>
+    <col min="2053" max="2053" width="22.7109375" style="1" customWidth="1"/>
+    <col min="2054" max="2054" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2055" max="2073" width="9.140625" style="1"/>
+    <col min="2074" max="2083" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2084" max="2305" width="9.140625" style="1"/>
+    <col min="2306" max="2307" width="36.7109375" style="1" customWidth="1"/>
+    <col min="2308" max="2308" width="28.7109375" style="1" customWidth="1"/>
+    <col min="2309" max="2309" width="22.7109375" style="1" customWidth="1"/>
+    <col min="2310" max="2310" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2311" max="2329" width="9.140625" style="1"/>
+    <col min="2330" max="2339" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2340" max="2561" width="9.140625" style="1"/>
+    <col min="2562" max="2563" width="36.7109375" style="1" customWidth="1"/>
+    <col min="2564" max="2564" width="28.7109375" style="1" customWidth="1"/>
+    <col min="2565" max="2565" width="22.7109375" style="1" customWidth="1"/>
+    <col min="2566" max="2566" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2567" max="2585" width="9.140625" style="1"/>
+    <col min="2586" max="2595" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2596" max="2817" width="9.140625" style="1"/>
+    <col min="2818" max="2819" width="36.7109375" style="1" customWidth="1"/>
+    <col min="2820" max="2820" width="28.7109375" style="1" customWidth="1"/>
+    <col min="2821" max="2821" width="22.7109375" style="1" customWidth="1"/>
+    <col min="2822" max="2822" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2823" max="2841" width="9.140625" style="1"/>
+    <col min="2842" max="2851" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2852" max="3073" width="9.140625" style="1"/>
+    <col min="3074" max="3075" width="36.7109375" style="1" customWidth="1"/>
+    <col min="3076" max="3076" width="28.7109375" style="1" customWidth="1"/>
+    <col min="3077" max="3077" width="22.7109375" style="1" customWidth="1"/>
+    <col min="3078" max="3078" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3079" max="3097" width="9.140625" style="1"/>
+    <col min="3098" max="3107" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3108" max="3329" width="9.140625" style="1"/>
+    <col min="3330" max="3331" width="36.7109375" style="1" customWidth="1"/>
+    <col min="3332" max="3332" width="28.7109375" style="1" customWidth="1"/>
+    <col min="3333" max="3333" width="22.7109375" style="1" customWidth="1"/>
+    <col min="3334" max="3334" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3335" max="3353" width="9.140625" style="1"/>
+    <col min="3354" max="3363" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3364" max="3585" width="9.140625" style="1"/>
+    <col min="3586" max="3587" width="36.7109375" style="1" customWidth="1"/>
+    <col min="3588" max="3588" width="28.7109375" style="1" customWidth="1"/>
+    <col min="3589" max="3589" width="22.7109375" style="1" customWidth="1"/>
+    <col min="3590" max="3590" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3591" max="3609" width="9.140625" style="1"/>
+    <col min="3610" max="3619" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3620" max="3841" width="9.140625" style="1"/>
+    <col min="3842" max="3843" width="36.7109375" style="1" customWidth="1"/>
+    <col min="3844" max="3844" width="28.7109375" style="1" customWidth="1"/>
+    <col min="3845" max="3845" width="22.7109375" style="1" customWidth="1"/>
+    <col min="3846" max="3846" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3847" max="3865" width="9.140625" style="1"/>
+    <col min="3866" max="3875" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3876" max="4097" width="9.140625" style="1"/>
+    <col min="4098" max="4099" width="36.7109375" style="1" customWidth="1"/>
+    <col min="4100" max="4100" width="28.7109375" style="1" customWidth="1"/>
+    <col min="4101" max="4101" width="22.7109375" style="1" customWidth="1"/>
+    <col min="4102" max="4102" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4103" max="4121" width="9.140625" style="1"/>
+    <col min="4122" max="4131" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4132" max="4353" width="9.140625" style="1"/>
+    <col min="4354" max="4355" width="36.7109375" style="1" customWidth="1"/>
+    <col min="4356" max="4356" width="28.7109375" style="1" customWidth="1"/>
+    <col min="4357" max="4357" width="22.7109375" style="1" customWidth="1"/>
+    <col min="4358" max="4358" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4359" max="4377" width="9.140625" style="1"/>
+    <col min="4378" max="4387" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4388" max="4609" width="9.140625" style="1"/>
+    <col min="4610" max="4611" width="36.7109375" style="1" customWidth="1"/>
+    <col min="4612" max="4612" width="28.7109375" style="1" customWidth="1"/>
+    <col min="4613" max="4613" width="22.7109375" style="1" customWidth="1"/>
+    <col min="4614" max="4614" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4615" max="4633" width="9.140625" style="1"/>
+    <col min="4634" max="4643" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4644" max="4865" width="9.140625" style="1"/>
+    <col min="4866" max="4867" width="36.7109375" style="1" customWidth="1"/>
+    <col min="4868" max="4868" width="28.7109375" style="1" customWidth="1"/>
+    <col min="4869" max="4869" width="22.7109375" style="1" customWidth="1"/>
+    <col min="4870" max="4870" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4871" max="4889" width="9.140625" style="1"/>
+    <col min="4890" max="4899" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4900" max="5121" width="9.140625" style="1"/>
+    <col min="5122" max="5123" width="36.7109375" style="1" customWidth="1"/>
+    <col min="5124" max="5124" width="28.7109375" style="1" customWidth="1"/>
+    <col min="5125" max="5125" width="22.7109375" style="1" customWidth="1"/>
+    <col min="5126" max="5126" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5127" max="5145" width="9.140625" style="1"/>
+    <col min="5146" max="5155" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5156" max="5377" width="9.140625" style="1"/>
+    <col min="5378" max="5379" width="36.7109375" style="1" customWidth="1"/>
+    <col min="5380" max="5380" width="28.7109375" style="1" customWidth="1"/>
+    <col min="5381" max="5381" width="22.7109375" style="1" customWidth="1"/>
+    <col min="5382" max="5382" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5383" max="5401" width="9.140625" style="1"/>
+    <col min="5402" max="5411" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5412" max="5633" width="9.140625" style="1"/>
+    <col min="5634" max="5635" width="36.7109375" style="1" customWidth="1"/>
+    <col min="5636" max="5636" width="28.7109375" style="1" customWidth="1"/>
+    <col min="5637" max="5637" width="22.7109375" style="1" customWidth="1"/>
+    <col min="5638" max="5638" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5639" max="5657" width="9.140625" style="1"/>
+    <col min="5658" max="5667" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5668" max="5889" width="9.140625" style="1"/>
+    <col min="5890" max="5891" width="36.7109375" style="1" customWidth="1"/>
+    <col min="5892" max="5892" width="28.7109375" style="1" customWidth="1"/>
+    <col min="5893" max="5893" width="22.7109375" style="1" customWidth="1"/>
+    <col min="5894" max="5894" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5895" max="5913" width="9.140625" style="1"/>
+    <col min="5914" max="5923" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5924" max="6145" width="9.140625" style="1"/>
+    <col min="6146" max="6147" width="36.7109375" style="1" customWidth="1"/>
+    <col min="6148" max="6148" width="28.7109375" style="1" customWidth="1"/>
+    <col min="6149" max="6149" width="22.7109375" style="1" customWidth="1"/>
+    <col min="6150" max="6150" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6151" max="6169" width="9.140625" style="1"/>
+    <col min="6170" max="6179" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6180" max="6401" width="9.140625" style="1"/>
+    <col min="6402" max="6403" width="36.7109375" style="1" customWidth="1"/>
+    <col min="6404" max="6404" width="28.7109375" style="1" customWidth="1"/>
+    <col min="6405" max="6405" width="22.7109375" style="1" customWidth="1"/>
+    <col min="6406" max="6406" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6407" max="6425" width="9.140625" style="1"/>
+    <col min="6426" max="6435" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6436" max="6657" width="9.140625" style="1"/>
+    <col min="6658" max="6659" width="36.7109375" style="1" customWidth="1"/>
+    <col min="6660" max="6660" width="28.7109375" style="1" customWidth="1"/>
+    <col min="6661" max="6661" width="22.7109375" style="1" customWidth="1"/>
+    <col min="6662" max="6662" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6663" max="6681" width="9.140625" style="1"/>
+    <col min="6682" max="6691" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6692" max="6913" width="9.140625" style="1"/>
+    <col min="6914" max="6915" width="36.7109375" style="1" customWidth="1"/>
+    <col min="6916" max="6916" width="28.7109375" style="1" customWidth="1"/>
+    <col min="6917" max="6917" width="22.7109375" style="1" customWidth="1"/>
+    <col min="6918" max="6918" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6919" max="6937" width="9.140625" style="1"/>
+    <col min="6938" max="6947" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6948" max="7169" width="9.140625" style="1"/>
+    <col min="7170" max="7171" width="36.7109375" style="1" customWidth="1"/>
+    <col min="7172" max="7172" width="28.7109375" style="1" customWidth="1"/>
+    <col min="7173" max="7173" width="22.7109375" style="1" customWidth="1"/>
+    <col min="7174" max="7174" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7175" max="7193" width="9.140625" style="1"/>
+    <col min="7194" max="7203" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7204" max="7425" width="9.140625" style="1"/>
+    <col min="7426" max="7427" width="36.7109375" style="1" customWidth="1"/>
+    <col min="7428" max="7428" width="28.7109375" style="1" customWidth="1"/>
+    <col min="7429" max="7429" width="22.7109375" style="1" customWidth="1"/>
+    <col min="7430" max="7430" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7431" max="7449" width="9.140625" style="1"/>
+    <col min="7450" max="7459" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7460" max="7681" width="9.140625" style="1"/>
+    <col min="7682" max="7683" width="36.7109375" style="1" customWidth="1"/>
+    <col min="7684" max="7684" width="28.7109375" style="1" customWidth="1"/>
+    <col min="7685" max="7685" width="22.7109375" style="1" customWidth="1"/>
+    <col min="7686" max="7686" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7687" max="7705" width="9.140625" style="1"/>
+    <col min="7706" max="7715" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7716" max="7937" width="9.140625" style="1"/>
+    <col min="7938" max="7939" width="36.7109375" style="1" customWidth="1"/>
+    <col min="7940" max="7940" width="28.7109375" style="1" customWidth="1"/>
+    <col min="7941" max="7941" width="22.7109375" style="1" customWidth="1"/>
+    <col min="7942" max="7942" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7943" max="7961" width="9.140625" style="1"/>
+    <col min="7962" max="7971" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7972" max="8193" width="9.140625" style="1"/>
+    <col min="8194" max="8195" width="36.7109375" style="1" customWidth="1"/>
+    <col min="8196" max="8196" width="28.7109375" style="1" customWidth="1"/>
+    <col min="8197" max="8197" width="22.7109375" style="1" customWidth="1"/>
+    <col min="8198" max="8198" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8199" max="8217" width="9.140625" style="1"/>
+    <col min="8218" max="8227" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8228" max="8449" width="9.140625" style="1"/>
+    <col min="8450" max="8451" width="36.7109375" style="1" customWidth="1"/>
+    <col min="8452" max="8452" width="28.7109375" style="1" customWidth="1"/>
+    <col min="8453" max="8453" width="22.7109375" style="1" customWidth="1"/>
+    <col min="8454" max="8454" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8455" max="8473" width="9.140625" style="1"/>
+    <col min="8474" max="8483" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8484" max="8705" width="9.140625" style="1"/>
+    <col min="8706" max="8707" width="36.7109375" style="1" customWidth="1"/>
+    <col min="8708" max="8708" width="28.7109375" style="1" customWidth="1"/>
+    <col min="8709" max="8709" width="22.7109375" style="1" customWidth="1"/>
+    <col min="8710" max="8710" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8711" max="8729" width="9.140625" style="1"/>
+    <col min="8730" max="8739" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8740" max="8961" width="9.140625" style="1"/>
+    <col min="8962" max="8963" width="36.7109375" style="1" customWidth="1"/>
+    <col min="8964" max="8964" width="28.7109375" style="1" customWidth="1"/>
+    <col min="8965" max="8965" width="22.7109375" style="1" customWidth="1"/>
+    <col min="8966" max="8966" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8967" max="8985" width="9.140625" style="1"/>
+    <col min="8986" max="8995" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8996" max="9217" width="9.140625" style="1"/>
+    <col min="9218" max="9219" width="36.7109375" style="1" customWidth="1"/>
+    <col min="9220" max="9220" width="28.7109375" style="1" customWidth="1"/>
+    <col min="9221" max="9221" width="22.7109375" style="1" customWidth="1"/>
+    <col min="9222" max="9222" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9223" max="9241" width="9.140625" style="1"/>
+    <col min="9242" max="9251" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9252" max="9473" width="9.140625" style="1"/>
+    <col min="9474" max="9475" width="36.7109375" style="1" customWidth="1"/>
+    <col min="9476" max="9476" width="28.7109375" style="1" customWidth="1"/>
+    <col min="9477" max="9477" width="22.7109375" style="1" customWidth="1"/>
+    <col min="9478" max="9478" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9479" max="9497" width="9.140625" style="1"/>
+    <col min="9498" max="9507" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9508" max="9729" width="9.140625" style="1"/>
+    <col min="9730" max="9731" width="36.7109375" style="1" customWidth="1"/>
+    <col min="9732" max="9732" width="28.7109375" style="1" customWidth="1"/>
+    <col min="9733" max="9733" width="22.7109375" style="1" customWidth="1"/>
+    <col min="9734" max="9734" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9735" max="9753" width="9.140625" style="1"/>
+    <col min="9754" max="9763" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9764" max="9985" width="9.140625" style="1"/>
+    <col min="9986" max="9987" width="36.7109375" style="1" customWidth="1"/>
+    <col min="9988" max="9988" width="28.7109375" style="1" customWidth="1"/>
+    <col min="9989" max="9989" width="22.7109375" style="1" customWidth="1"/>
+    <col min="9990" max="9990" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9991" max="10009" width="9.140625" style="1"/>
+    <col min="10010" max="10019" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="10020" max="10241" width="9.140625" style="1"/>
+    <col min="10242" max="10243" width="36.7109375" style="1" customWidth="1"/>
+    <col min="10244" max="10244" width="28.7109375" style="1" customWidth="1"/>
+    <col min="10245" max="10245" width="22.7109375" style="1" customWidth="1"/>
+    <col min="10246" max="10246" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10247" max="10265" width="9.140625" style="1"/>
+    <col min="10266" max="10275" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="10276" max="10497" width="9.140625" style="1"/>
+    <col min="10498" max="10499" width="36.7109375" style="1" customWidth="1"/>
+    <col min="10500" max="10500" width="28.7109375" style="1" customWidth="1"/>
+    <col min="10501" max="10501" width="22.7109375" style="1" customWidth="1"/>
+    <col min="10502" max="10502" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10503" max="10521" width="9.140625" style="1"/>
+    <col min="10522" max="10531" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="10532" max="10753" width="9.140625" style="1"/>
+    <col min="10754" max="10755" width="36.7109375" style="1" customWidth="1"/>
+    <col min="10756" max="10756" width="28.7109375" style="1" customWidth="1"/>
+    <col min="10757" max="10757" width="22.7109375" style="1" customWidth="1"/>
+    <col min="10758" max="10758" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10759" max="10777" width="9.140625" style="1"/>
+    <col min="10778" max="10787" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="10788" max="11009" width="9.140625" style="1"/>
+    <col min="11010" max="11011" width="36.7109375" style="1" customWidth="1"/>
+    <col min="11012" max="11012" width="28.7109375" style="1" customWidth="1"/>
+    <col min="11013" max="11013" width="22.7109375" style="1" customWidth="1"/>
+    <col min="11014" max="11014" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11015" max="11033" width="9.140625" style="1"/>
+    <col min="11034" max="11043" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11044" max="11265" width="9.140625" style="1"/>
+    <col min="11266" max="11267" width="36.7109375" style="1" customWidth="1"/>
+    <col min="11268" max="11268" width="28.7109375" style="1" customWidth="1"/>
+    <col min="11269" max="11269" width="22.7109375" style="1" customWidth="1"/>
+    <col min="11270" max="11270" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11271" max="11289" width="9.140625" style="1"/>
+    <col min="11290" max="11299" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11300" max="11521" width="9.140625" style="1"/>
+    <col min="11522" max="11523" width="36.7109375" style="1" customWidth="1"/>
+    <col min="11524" max="11524" width="28.7109375" style="1" customWidth="1"/>
+    <col min="11525" max="11525" width="22.7109375" style="1" customWidth="1"/>
+    <col min="11526" max="11526" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11527" max="11545" width="9.140625" style="1"/>
+    <col min="11546" max="11555" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11556" max="11777" width="9.140625" style="1"/>
+    <col min="11778" max="11779" width="36.7109375" style="1" customWidth="1"/>
+    <col min="11780" max="11780" width="28.7109375" style="1" customWidth="1"/>
+    <col min="11781" max="11781" width="22.7109375" style="1" customWidth="1"/>
+    <col min="11782" max="11782" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11783" max="11801" width="9.140625" style="1"/>
+    <col min="11802" max="11811" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11812" max="12033" width="9.140625" style="1"/>
+    <col min="12034" max="12035" width="36.7109375" style="1" customWidth="1"/>
+    <col min="12036" max="12036" width="28.7109375" style="1" customWidth="1"/>
+    <col min="12037" max="12037" width="22.7109375" style="1" customWidth="1"/>
+    <col min="12038" max="12038" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12039" max="12057" width="9.140625" style="1"/>
+    <col min="12058" max="12067" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12068" max="12289" width="9.140625" style="1"/>
+    <col min="12290" max="12291" width="36.7109375" style="1" customWidth="1"/>
+    <col min="12292" max="12292" width="28.7109375" style="1" customWidth="1"/>
+    <col min="12293" max="12293" width="22.7109375" style="1" customWidth="1"/>
+    <col min="12294" max="12294" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12295" max="12313" width="9.140625" style="1"/>
+    <col min="12314" max="12323" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12324" max="12545" width="9.140625" style="1"/>
+    <col min="12546" max="12547" width="36.7109375" style="1" customWidth="1"/>
+    <col min="12548" max="12548" width="28.7109375" style="1" customWidth="1"/>
+    <col min="12549" max="12549" width="22.7109375" style="1" customWidth="1"/>
+    <col min="12550" max="12550" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12551" max="12569" width="9.140625" style="1"/>
+    <col min="12570" max="12579" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12580" max="12801" width="9.140625" style="1"/>
+    <col min="12802" max="12803" width="36.7109375" style="1" customWidth="1"/>
+    <col min="12804" max="12804" width="28.7109375" style="1" customWidth="1"/>
+    <col min="12805" max="12805" width="22.7109375" style="1" customWidth="1"/>
+    <col min="12806" max="12806" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12807" max="12825" width="9.140625" style="1"/>
+    <col min="12826" max="12835" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12836" max="13057" width="9.140625" style="1"/>
+    <col min="13058" max="13059" width="36.7109375" style="1" customWidth="1"/>
+    <col min="13060" max="13060" width="28.7109375" style="1" customWidth="1"/>
+    <col min="13061" max="13061" width="22.7109375" style="1" customWidth="1"/>
+    <col min="13062" max="13062" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13063" max="13081" width="9.140625" style="1"/>
+    <col min="13082" max="13091" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13092" max="13313" width="9.140625" style="1"/>
+    <col min="13314" max="13315" width="36.7109375" style="1" customWidth="1"/>
+    <col min="13316" max="13316" width="28.7109375" style="1" customWidth="1"/>
+    <col min="13317" max="13317" width="22.7109375" style="1" customWidth="1"/>
+    <col min="13318" max="13318" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13319" max="13337" width="9.140625" style="1"/>
+    <col min="13338" max="13347" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13348" max="13569" width="9.140625" style="1"/>
+    <col min="13570" max="13571" width="36.7109375" style="1" customWidth="1"/>
+    <col min="13572" max="13572" width="28.7109375" style="1" customWidth="1"/>
+    <col min="13573" max="13573" width="22.7109375" style="1" customWidth="1"/>
+    <col min="13574" max="13574" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13575" max="13593" width="9.140625" style="1"/>
+    <col min="13594" max="13603" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13604" max="13825" width="9.140625" style="1"/>
+    <col min="13826" max="13827" width="36.7109375" style="1" customWidth="1"/>
+    <col min="13828" max="13828" width="28.7109375" style="1" customWidth="1"/>
+    <col min="13829" max="13829" width="22.7109375" style="1" customWidth="1"/>
+    <col min="13830" max="13830" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13831" max="13849" width="9.140625" style="1"/>
+    <col min="13850" max="13859" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13860" max="14081" width="9.140625" style="1"/>
+    <col min="14082" max="14083" width="36.7109375" style="1" customWidth="1"/>
+    <col min="14084" max="14084" width="28.7109375" style="1" customWidth="1"/>
+    <col min="14085" max="14085" width="22.7109375" style="1" customWidth="1"/>
+    <col min="14086" max="14086" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14087" max="14105" width="9.140625" style="1"/>
+    <col min="14106" max="14115" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14116" max="14337" width="9.140625" style="1"/>
+    <col min="14338" max="14339" width="36.7109375" style="1" customWidth="1"/>
+    <col min="14340" max="14340" width="28.7109375" style="1" customWidth="1"/>
+    <col min="14341" max="14341" width="22.7109375" style="1" customWidth="1"/>
+    <col min="14342" max="14342" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14343" max="14361" width="9.140625" style="1"/>
+    <col min="14362" max="14371" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14372" max="14593" width="9.140625" style="1"/>
+    <col min="14594" max="14595" width="36.7109375" style="1" customWidth="1"/>
+    <col min="14596" max="14596" width="28.7109375" style="1" customWidth="1"/>
+    <col min="14597" max="14597" width="22.7109375" style="1" customWidth="1"/>
+    <col min="14598" max="14598" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14599" max="14617" width="9.140625" style="1"/>
+    <col min="14618" max="14627" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14628" max="14849" width="9.140625" style="1"/>
+    <col min="14850" max="14851" width="36.7109375" style="1" customWidth="1"/>
+    <col min="14852" max="14852" width="28.7109375" style="1" customWidth="1"/>
+    <col min="14853" max="14853" width="22.7109375" style="1" customWidth="1"/>
+    <col min="14854" max="14854" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14855" max="14873" width="9.140625" style="1"/>
+    <col min="14874" max="14883" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14884" max="15105" width="9.140625" style="1"/>
+    <col min="15106" max="15107" width="36.7109375" style="1" customWidth="1"/>
+    <col min="15108" max="15108" width="28.7109375" style="1" customWidth="1"/>
+    <col min="15109" max="15109" width="22.7109375" style="1" customWidth="1"/>
+    <col min="15110" max="15110" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15111" max="15129" width="9.140625" style="1"/>
+    <col min="15130" max="15139" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15140" max="15361" width="9.140625" style="1"/>
+    <col min="15362" max="15363" width="36.7109375" style="1" customWidth="1"/>
+    <col min="15364" max="15364" width="28.7109375" style="1" customWidth="1"/>
+    <col min="15365" max="15365" width="22.7109375" style="1" customWidth="1"/>
+    <col min="15366" max="15366" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15367" max="15385" width="9.140625" style="1"/>
+    <col min="15386" max="15395" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15396" max="15617" width="9.140625" style="1"/>
+    <col min="15618" max="15619" width="36.7109375" style="1" customWidth="1"/>
+    <col min="15620" max="15620" width="28.7109375" style="1" customWidth="1"/>
+    <col min="15621" max="15621" width="22.7109375" style="1" customWidth="1"/>
+    <col min="15622" max="15622" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15623" max="15641" width="9.140625" style="1"/>
+    <col min="15642" max="15651" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15652" max="15873" width="9.140625" style="1"/>
+    <col min="15874" max="15875" width="36.7109375" style="1" customWidth="1"/>
+    <col min="15876" max="15876" width="28.7109375" style="1" customWidth="1"/>
+    <col min="15877" max="15877" width="22.7109375" style="1" customWidth="1"/>
+    <col min="15878" max="15878" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15879" max="15897" width="9.140625" style="1"/>
+    <col min="15898" max="15907" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15908" max="16129" width="9.140625" style="1"/>
+    <col min="16130" max="16131" width="36.7109375" style="1" customWidth="1"/>
+    <col min="16132" max="16132" width="28.7109375" style="1" customWidth="1"/>
+    <col min="16133" max="16133" width="22.7109375" style="1" customWidth="1"/>
+    <col min="16134" max="16134" width="6.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="16135" max="16153" width="9.140625" style="1"/>
+    <col min="16154" max="16163" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="16164" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:35" s="1" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="20"/>
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
-      <c r="F1" s="4"/>
-[...1 lines deleted...]
-      <c r="I1" s="4"/>
+      <c r="F1" s="21"/>
       <c r="J1" s="4"/>
-      <c r="K1" s="4"/>
-[...8 lines deleted...]
-      <c r="V1" s="41"/>
+      <c r="K1" s="3"/>
+      <c r="M1" s="3"/>
+      <c r="N1" s="17"/>
+      <c r="O1" s="22"/>
+      <c r="P1" s="17"/>
+      <c r="Q1" s="22"/>
+      <c r="R1" s="17"/>
+      <c r="S1" s="23"/>
+      <c r="T1" s="19"/>
+      <c r="U1" s="24"/>
+      <c r="V1" s="1"/>
+      <c r="W1" s="1"/>
+      <c r="X1" s="1"/>
+      <c r="Y1" s="1"/>
     </row>
-    <row r="2" spans="1:35" s="1" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="73" t="s">
+    <row r="2" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="75" t="s">
         <v>63</v>
       </c>
-      <c r="B2" s="73"/>
+      <c r="B2" s="75"/>
+      <c r="C2" s="1"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
-      <c r="F2" s="4"/>
-[...2 lines deleted...]
-      <c r="I2" s="4"/>
+      <c r="F2" s="25"/>
       <c r="J2" s="4"/>
-      <c r="K2" s="4"/>
-[...10 lines deleted...]
-      <c r="V2" s="40"/>
+      <c r="K2" s="3"/>
+      <c r="M2" s="3"/>
+      <c r="N2" s="17"/>
+      <c r="O2" s="22"/>
+      <c r="P2" s="17"/>
+      <c r="Q2" s="22"/>
+      <c r="R2" s="17"/>
+      <c r="S2" s="23"/>
+      <c r="T2" s="18"/>
+      <c r="U2" s="23"/>
+      <c r="V2" s="1"/>
+      <c r="W2" s="1"/>
+      <c r="X2" s="1"/>
+      <c r="Y2" s="1"/>
     </row>
-    <row r="3" spans="1:35" s="1" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="20"/>
+      <c r="B3" s="1"/>
+      <c r="C3" s="1"/>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
-      <c r="F3" s="4"/>
-[...1 lines deleted...]
-      <c r="I3" s="4"/>
+      <c r="F3" s="21"/>
       <c r="J3" s="4"/>
-      <c r="K3" s="4"/>
-[...8 lines deleted...]
-      <c r="V3" s="41"/>
+      <c r="K3" s="3"/>
+      <c r="M3" s="3"/>
+      <c r="N3" s="17"/>
+      <c r="O3" s="22"/>
+      <c r="P3" s="17"/>
+      <c r="Q3" s="22"/>
+      <c r="R3" s="17"/>
+      <c r="S3" s="23"/>
+      <c r="T3" s="19"/>
+      <c r="U3" s="24"/>
+      <c r="V3" s="1"/>
+      <c r="W3" s="1"/>
+      <c r="X3" s="1"/>
+      <c r="Y3" s="1"/>
     </row>
-    <row r="4" spans="1:35" s="2" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="77" t="s">
+    <row r="4" spans="1:35" s="26" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="82" t="s">
+        <v>140</v>
+      </c>
+      <c r="B4" s="83"/>
+      <c r="C4" s="83"/>
+      <c r="D4" s="83"/>
+      <c r="E4" s="83"/>
+      <c r="F4" s="83"/>
+      <c r="G4" s="83"/>
+      <c r="H4" s="83"/>
+      <c r="I4" s="83"/>
+      <c r="J4" s="83"/>
+      <c r="K4" s="83"/>
+      <c r="L4" s="83"/>
+      <c r="M4" s="83"/>
+      <c r="N4" s="83"/>
+      <c r="O4" s="83"/>
+      <c r="P4" s="83"/>
+      <c r="Q4" s="83"/>
+      <c r="R4" s="83"/>
+      <c r="S4" s="83"/>
+      <c r="T4" s="83"/>
+      <c r="U4" s="83"/>
+      <c r="V4" s="83"/>
+      <c r="W4" s="83"/>
+      <c r="X4" s="83"/>
+      <c r="Y4" s="83"/>
+      <c r="Z4" s="83"/>
+      <c r="AA4" s="83"/>
+      <c r="AB4" s="83"/>
+      <c r="AC4" s="83"/>
+      <c r="AD4" s="83"/>
+      <c r="AE4" s="83"/>
+      <c r="AF4" s="83"/>
+      <c r="AG4" s="83"/>
+      <c r="AH4" s="83"/>
+      <c r="AI4" s="84"/>
+    </row>
+    <row r="5" spans="1:35" s="26" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="85" t="s">
+        <v>141</v>
+      </c>
+      <c r="B5" s="86"/>
+      <c r="C5" s="87" t="s">
+        <v>142</v>
+      </c>
+      <c r="D5" s="88"/>
+      <c r="E5" s="88"/>
+      <c r="F5" s="89"/>
+      <c r="G5" s="90" t="s">
+        <v>143</v>
+      </c>
+      <c r="H5" s="90"/>
+      <c r="I5" s="90"/>
+      <c r="J5" s="91"/>
+      <c r="K5" s="92" t="s">
+        <v>144</v>
+      </c>
+      <c r="L5" s="90"/>
+      <c r="M5" s="90"/>
+      <c r="N5" s="91"/>
+      <c r="O5" s="93" t="s">
+        <v>145</v>
+      </c>
+      <c r="P5" s="94"/>
+      <c r="Q5" s="94"/>
+      <c r="R5" s="94"/>
+      <c r="S5" s="94"/>
+      <c r="T5" s="94"/>
+      <c r="U5" s="94"/>
+      <c r="V5" s="95"/>
+      <c r="W5" s="55" t="s">
+        <v>146</v>
+      </c>
+      <c r="X5" s="55"/>
+      <c r="Y5" s="55"/>
+      <c r="Z5" s="55"/>
+      <c r="AA5" s="55"/>
+      <c r="AB5" s="55"/>
+      <c r="AC5" s="55"/>
+      <c r="AD5" s="55"/>
+      <c r="AE5" s="55"/>
+      <c r="AF5" s="55"/>
+      <c r="AG5" s="55"/>
+      <c r="AH5" s="55"/>
+      <c r="AI5" s="56"/>
+    </row>
+    <row r="6" spans="1:35" s="26" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="51" t="s">
         <v>90</v>
       </c>
-      <c r="B4" s="78"/>
-[...32 lines deleted...]
-      <c r="AI4" s="79"/>
+      <c r="B6" s="51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C6" s="47" t="s">
+        <v>92</v>
+      </c>
+      <c r="D6" s="47" t="s">
+        <v>93</v>
+      </c>
+      <c r="E6" s="47" t="s">
+        <v>94</v>
+      </c>
+      <c r="F6" s="76" t="s">
+        <v>63</v>
+      </c>
+      <c r="G6" s="79" t="s">
+        <v>95</v>
+      </c>
+      <c r="H6" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="I6" s="47" t="s">
+        <v>39</v>
+      </c>
+      <c r="J6" s="44" t="s">
+        <v>0</v>
+      </c>
+      <c r="K6" s="49" t="s">
+        <v>54</v>
+      </c>
+      <c r="L6" s="47" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" s="47" t="s">
+        <v>56</v>
+      </c>
+      <c r="N6" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="O6" s="69" t="s">
+        <v>9</v>
+      </c>
+      <c r="P6" s="66" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q6" s="69" t="s">
+        <v>42</v>
+      </c>
+      <c r="R6" s="66" t="s">
+        <v>43</v>
+      </c>
+      <c r="S6" s="69" t="s">
+        <v>44</v>
+      </c>
+      <c r="T6" s="66" t="s">
+        <v>45</v>
+      </c>
+      <c r="U6" s="69" t="s">
+        <v>46</v>
+      </c>
+      <c r="V6" s="66" t="s">
+        <v>47</v>
+      </c>
+      <c r="W6" s="51" t="s">
+        <v>48</v>
+      </c>
+      <c r="X6" s="51" t="s">
+        <v>49</v>
+      </c>
+      <c r="Y6" s="72" t="s">
+        <v>50</v>
+      </c>
+      <c r="Z6" s="27"/>
+      <c r="AA6" s="28"/>
+      <c r="AB6" s="28"/>
+      <c r="AC6" s="28"/>
+      <c r="AD6" s="28"/>
+      <c r="AE6" s="28"/>
+      <c r="AF6" s="28"/>
+      <c r="AG6" s="28"/>
+      <c r="AH6" s="28"/>
+      <c r="AI6" s="29"/>
     </row>
-    <row r="5" spans="1:35" s="2" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-[...46 lines deleted...]
-      <c r="AI5" s="57"/>
+    <row r="7" spans="1:35" s="26" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="52"/>
+      <c r="B7" s="52"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
+      <c r="F7" s="77"/>
+      <c r="G7" s="80"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
+      <c r="J7" s="45"/>
+      <c r="K7" s="50"/>
+      <c r="L7" s="48"/>
+      <c r="M7" s="48"/>
+      <c r="N7" s="50"/>
+      <c r="O7" s="70"/>
+      <c r="P7" s="67"/>
+      <c r="Q7" s="70"/>
+      <c r="R7" s="67"/>
+      <c r="S7" s="70"/>
+      <c r="T7" s="67"/>
+      <c r="U7" s="70"/>
+      <c r="V7" s="67"/>
+      <c r="W7" s="52"/>
+      <c r="X7" s="52"/>
+      <c r="Y7" s="73"/>
+      <c r="Z7" s="57" t="s">
+        <v>97</v>
+      </c>
+      <c r="AA7" s="58"/>
+      <c r="AB7" s="58"/>
+      <c r="AC7" s="58"/>
+      <c r="AD7" s="58"/>
+      <c r="AE7" s="58"/>
+      <c r="AF7" s="58"/>
+      <c r="AG7" s="58"/>
+      <c r="AH7" s="58"/>
+      <c r="AI7" s="59"/>
     </row>
-    <row r="6" spans="1:35" s="2" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-[...84 lines deleted...]
-      <c r="AI6" s="12"/>
+    <row r="8" spans="1:35" s="26" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="52"/>
+      <c r="B8" s="52"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
+      <c r="F8" s="77"/>
+      <c r="G8" s="80"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
+      <c r="J8" s="45"/>
+      <c r="K8" s="50"/>
+      <c r="L8" s="48"/>
+      <c r="M8" s="48"/>
+      <c r="N8" s="50"/>
+      <c r="O8" s="70"/>
+      <c r="P8" s="67"/>
+      <c r="Q8" s="70"/>
+      <c r="R8" s="67"/>
+      <c r="S8" s="70"/>
+      <c r="T8" s="67"/>
+      <c r="U8" s="70"/>
+      <c r="V8" s="67"/>
+      <c r="W8" s="52"/>
+      <c r="X8" s="52"/>
+      <c r="Y8" s="73"/>
+      <c r="Z8" s="60" t="s">
+        <v>51</v>
+      </c>
+      <c r="AA8" s="61"/>
+      <c r="AB8" s="61"/>
+      <c r="AC8" s="61"/>
+      <c r="AD8" s="61"/>
+      <c r="AE8" s="61"/>
+      <c r="AF8" s="61"/>
+      <c r="AG8" s="61"/>
+      <c r="AH8" s="61"/>
+      <c r="AI8" s="62"/>
     </row>
-    <row r="7" spans="1:35" s="2" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-[...36 lines deleted...]
-      <c r="AI7" s="60"/>
+    <row r="9" spans="1:35" s="26" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="53"/>
+      <c r="B9" s="53"/>
+      <c r="C9" s="54"/>
+      <c r="D9" s="54"/>
+      <c r="E9" s="54"/>
+      <c r="F9" s="78"/>
+      <c r="G9" s="81"/>
+      <c r="H9" s="54"/>
+      <c r="I9" s="54"/>
+      <c r="J9" s="46"/>
+      <c r="K9" s="31" t="s">
+        <v>57</v>
+      </c>
+      <c r="L9" s="30" t="s">
+        <v>58</v>
+      </c>
+      <c r="M9" s="30" t="s">
+        <v>59</v>
+      </c>
+      <c r="N9" s="31" t="s">
+        <v>60</v>
+      </c>
+      <c r="O9" s="71"/>
+      <c r="P9" s="68"/>
+      <c r="Q9" s="71"/>
+      <c r="R9" s="68"/>
+      <c r="S9" s="71"/>
+      <c r="T9" s="68"/>
+      <c r="U9" s="71"/>
+      <c r="V9" s="68"/>
+      <c r="W9" s="53"/>
+      <c r="X9" s="53"/>
+      <c r="Y9" s="74"/>
+      <c r="Z9" s="63"/>
+      <c r="AA9" s="64"/>
+      <c r="AB9" s="64"/>
+      <c r="AC9" s="64"/>
+      <c r="AD9" s="64"/>
+      <c r="AE9" s="64"/>
+      <c r="AF9" s="64"/>
+      <c r="AG9" s="64"/>
+      <c r="AH9" s="64"/>
+      <c r="AI9" s="65"/>
     </row>
-    <row r="8" spans="1:35" s="2" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-[...118 lines deleted...]
-      <c r="AI10" s="18"/>
+    <row r="10" spans="1:35" s="2" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="32" t="s">
+        <v>147</v>
+      </c>
+      <c r="B10" s="33" t="s">
+        <v>148</v>
+      </c>
+      <c r="C10" s="34"/>
+      <c r="D10" s="34"/>
+      <c r="E10" s="34"/>
+      <c r="F10" s="32"/>
+      <c r="G10" s="35"/>
+      <c r="H10" s="35"/>
+      <c r="I10" s="35"/>
+      <c r="J10" s="36"/>
+      <c r="K10" s="35"/>
+      <c r="L10" s="35"/>
+      <c r="M10" s="35"/>
+      <c r="N10" s="35"/>
+      <c r="O10" s="37"/>
+      <c r="P10" s="38"/>
+      <c r="Q10" s="37"/>
+      <c r="R10" s="38"/>
+      <c r="S10" s="37"/>
+      <c r="T10" s="38"/>
+      <c r="U10" s="37"/>
+      <c r="V10" s="38"/>
+      <c r="W10" s="21"/>
+      <c r="X10" s="21"/>
+      <c r="Y10" s="21"/>
+      <c r="Z10" s="20"/>
+      <c r="AA10" s="20"/>
+      <c r="AB10" s="20"/>
+      <c r="AC10" s="20"/>
+      <c r="AD10" s="20"/>
+      <c r="AE10" s="20"/>
+      <c r="AF10" s="20"/>
+      <c r="AG10" s="20"/>
+      <c r="AH10" s="20"/>
+      <c r="AI10" s="20"/>
     </row>
     <row r="11" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="21" t="s">
+      <c r="A11" s="20" t="s">
         <v>64</v>
       </c>
-      <c r="B11" s="20" t="s">
-[...11 lines deleted...]
-      <c r="F11" s="21" t="s">
+      <c r="B11" s="34" t="s">
+        <v>101</v>
+      </c>
+      <c r="C11" s="34" t="s">
+        <v>98</v>
+      </c>
+      <c r="D11" s="34" t="s">
+        <v>102</v>
+      </c>
+      <c r="E11" s="34" t="s">
+        <v>100</v>
+      </c>
+      <c r="F11" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="G11" s="22">
+      <c r="G11" s="39">
         <v>130</v>
       </c>
-      <c r="H11" s="22">
+      <c r="H11" s="39">
         <v>155</v>
       </c>
-      <c r="I11" s="22">
+      <c r="I11" s="39">
         <v>25</v>
       </c>
-      <c r="J11" s="23">
+      <c r="J11" s="40">
         <v>1.9230769230769234</v>
       </c>
-      <c r="K11" s="22">
+      <c r="K11" s="39">
         <v>5</v>
       </c>
-      <c r="L11" s="22">
+      <c r="L11" s="39">
         <v>5</v>
       </c>
-      <c r="M11" s="22" t="s">
+      <c r="M11" s="39" t="s">
         <v>6</v>
       </c>
-      <c r="N11" s="22">
+      <c r="N11" s="39">
         <v>10</v>
       </c>
-      <c r="O11" s="39">
-[...23 lines deleted...]
-      <c r="W11" s="24" t="s">
+      <c r="O11" s="3">
+        <v>64.430000000000007</v>
+      </c>
+      <c r="P11" s="4">
+        <v>134015</v>
+      </c>
+      <c r="Q11" s="3">
+        <v>40.6</v>
+      </c>
+      <c r="R11" s="4">
+        <v>84441</v>
+      </c>
+      <c r="S11" s="3">
+        <v>59.54</v>
+      </c>
+      <c r="T11" s="4">
+        <v>123852</v>
+      </c>
+      <c r="U11" s="3">
+        <v>76.349999999999994</v>
+      </c>
+      <c r="V11" s="4">
+        <v>158802</v>
+      </c>
+      <c r="W11" s="41" t="s">
         <v>10</v>
       </c>
-      <c r="X11" s="24" t="s">
+      <c r="X11" s="41" t="s">
         <v>11</v>
       </c>
-      <c r="Y11" s="24" t="s">
+      <c r="Y11" s="41" t="s">
         <v>12</v>
       </c>
-      <c r="Z11" s="21" t="s">
+      <c r="Z11" s="20" t="s">
         <v>16</v>
       </c>
-      <c r="AA11" s="21" t="s">
+      <c r="AA11" s="20" t="s">
         <v>15</v>
       </c>
-      <c r="AB11" s="21" t="s">
+      <c r="AB11" s="20" t="s">
         <v>17</v>
       </c>
-      <c r="AC11" s="21" t="s">
+      <c r="AC11" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="AD11" s="21" t="s">
+      <c r="AD11" s="20" t="s">
         <v>20</v>
       </c>
-      <c r="AE11" s="21" t="s">
+      <c r="AE11" s="20" t="s">
         <v>18</v>
       </c>
-      <c r="AF11" s="21" t="s">
+      <c r="AF11" s="20" t="s">
         <v>13</v>
       </c>
-      <c r="AG11" s="21" t="s">
+      <c r="AG11" s="20" t="s">
         <v>23</v>
       </c>
-      <c r="AH11" s="21" t="s">
+      <c r="AH11" s="20" t="s">
         <v>25</v>
       </c>
-      <c r="AI11" s="21" t="s">
+      <c r="AI11" s="20" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="21" t="s">
+      <c r="A12" s="20" t="s">
         <v>2</v>
       </c>
-      <c r="B12" s="20" t="s">
-[...8 lines deleted...]
-      <c r="E12" s="20" t="s">
+      <c r="B12" s="34" t="s">
         <v>106</v>
       </c>
-      <c r="F12" s="19" t="s">
+      <c r="C12" s="34" t="s">
+        <v>107</v>
+      </c>
+      <c r="D12" s="34" t="s">
+        <v>108</v>
+      </c>
+      <c r="E12" s="34" t="s">
+        <v>100</v>
+      </c>
+      <c r="F12" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="G12" s="22">
+      <c r="G12" s="39">
         <v>365</v>
       </c>
-      <c r="H12" s="22">
+      <c r="H12" s="39">
         <v>475</v>
       </c>
-      <c r="I12" s="22">
+      <c r="I12" s="39">
         <v>105</v>
       </c>
-      <c r="J12" s="23">
+      <c r="J12" s="40">
         <v>2.8767123287671232</v>
       </c>
-      <c r="K12" s="22">
+      <c r="K12" s="39">
         <v>10</v>
       </c>
-      <c r="L12" s="22">
+      <c r="L12" s="39">
         <v>15</v>
       </c>
-      <c r="M12" s="22">
+      <c r="M12" s="39">
         <v>10</v>
       </c>
-      <c r="N12" s="22">
+      <c r="N12" s="39">
         <v>40</v>
       </c>
-      <c r="O12" s="39">
-[...23 lines deleted...]
-      <c r="W12" s="24" t="s">
+      <c r="O12" s="3">
+        <v>51.14</v>
+      </c>
+      <c r="P12" s="4">
+        <v>106378</v>
+      </c>
+      <c r="Q12" s="3">
+        <v>34.22</v>
+      </c>
+      <c r="R12" s="4">
+        <v>71185</v>
+      </c>
+      <c r="S12" s="3">
+        <v>46.99</v>
+      </c>
+      <c r="T12" s="4">
+        <v>97736</v>
+      </c>
+      <c r="U12" s="3">
+        <v>59.6</v>
+      </c>
+      <c r="V12" s="4">
+        <v>123974</v>
+      </c>
+      <c r="W12" s="41" t="s">
         <v>10</v>
       </c>
-      <c r="X12" s="24" t="s">
+      <c r="X12" s="41" t="s">
         <v>52</v>
       </c>
-      <c r="Y12" s="24" t="s">
+      <c r="Y12" s="41" t="s">
         <v>12</v>
       </c>
-      <c r="Z12" s="21" t="s">
+      <c r="Z12" s="20" t="s">
         <v>16</v>
       </c>
-      <c r="AA12" s="21" t="s">
+      <c r="AA12" s="20" t="s">
         <v>18</v>
       </c>
-      <c r="AB12" s="21" t="s">
+      <c r="AB12" s="20" t="s">
         <v>15</v>
       </c>
-      <c r="AC12" s="21" t="s">
+      <c r="AC12" s="20" t="s">
         <v>13</v>
       </c>
-      <c r="AD12" s="21" t="s">
+      <c r="AD12" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="AE12" s="21" t="s">
+      <c r="AE12" s="20" t="s">
         <v>28</v>
       </c>
-      <c r="AF12" s="21" t="s">
+      <c r="AF12" s="20" t="s">
         <v>20</v>
       </c>
-      <c r="AG12" s="21" t="s">
+      <c r="AG12" s="20" t="s">
         <v>17</v>
       </c>
-      <c r="AH12" s="21" t="s">
+      <c r="AH12" s="20" t="s">
         <v>22</v>
       </c>
-      <c r="AI12" s="21" t="s">
+      <c r="AI12" s="20" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="21" t="s">
-[...103 lines deleted...]
-      </c>
+      <c r="A13" s="20"/>
+      <c r="G13" s="39"/>
+      <c r="H13" s="39"/>
+      <c r="I13" s="39"/>
+      <c r="J13" s="40"/>
+      <c r="K13" s="39"/>
+      <c r="L13" s="39"/>
+      <c r="M13" s="39"/>
+      <c r="N13" s="39"/>
+      <c r="Z13" s="20"/>
+      <c r="AA13" s="20"/>
+      <c r="AB13" s="20"/>
+      <c r="AC13" s="20"/>
+      <c r="AD13" s="20"/>
+      <c r="AE13" s="20"/>
+      <c r="AF13" s="20"/>
+      <c r="AG13" s="20"/>
+      <c r="AH13" s="20"/>
+      <c r="AI13" s="20"/>
     </row>
-    <row r="14" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-[...104 lines deleted...]
-      </c>
+    <row r="14" spans="1:35" s="2" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="32" t="s">
+        <v>149</v>
+      </c>
+      <c r="B14" s="33" t="s">
+        <v>150</v>
+      </c>
+      <c r="C14" s="34"/>
+      <c r="D14" s="34"/>
+      <c r="E14" s="34"/>
+      <c r="F14" s="32"/>
+      <c r="G14" s="35"/>
+      <c r="H14" s="35"/>
+      <c r="I14" s="35"/>
+      <c r="J14" s="36"/>
+      <c r="K14" s="35"/>
+      <c r="L14" s="35"/>
+      <c r="M14" s="35"/>
+      <c r="N14" s="35"/>
+      <c r="O14" s="37"/>
+      <c r="P14" s="38"/>
+      <c r="Q14" s="37"/>
+      <c r="R14" s="38"/>
+      <c r="S14" s="37"/>
+      <c r="T14" s="38"/>
+      <c r="U14" s="37"/>
+      <c r="V14" s="38"/>
+      <c r="W14" s="21"/>
+      <c r="X14" s="21"/>
+      <c r="Y14" s="21"/>
+      <c r="Z14" s="20"/>
+      <c r="AA14" s="20"/>
+      <c r="AB14" s="20"/>
+      <c r="AC14" s="20"/>
+      <c r="AD14" s="20"/>
+      <c r="AE14" s="20"/>
+      <c r="AF14" s="20"/>
+      <c r="AG14" s="20"/>
+      <c r="AH14" s="20"/>
+      <c r="AI14" s="20"/>
     </row>
     <row r="15" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="21" t="s">
-[...14 lines deleted...]
-      <c r="F15" s="19" t="s">
+      <c r="A15" s="20" t="s">
+        <v>61</v>
+      </c>
+      <c r="B15" s="34" t="s">
+        <v>3</v>
+      </c>
+      <c r="C15" s="34" t="s">
+        <v>110</v>
+      </c>
+      <c r="D15" s="34" t="s">
+        <v>111</v>
+      </c>
+      <c r="E15" s="34" t="s">
+        <v>100</v>
+      </c>
+      <c r="F15" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="G15" s="22">
-[...11 lines deleted...]
-      <c r="K15" s="22">
+      <c r="G15" s="39">
+        <v>160</v>
+      </c>
+      <c r="H15" s="39">
+        <v>180</v>
+      </c>
+      <c r="I15" s="39">
+        <v>20</v>
+      </c>
+      <c r="J15" s="40">
+        <v>1.25</v>
+      </c>
+      <c r="K15" s="39">
         <v>5</v>
       </c>
-      <c r="L15" s="22">
+      <c r="L15" s="39">
         <v>5</v>
       </c>
-      <c r="M15" s="22">
-[...2 lines deleted...]
-      <c r="N15" s="22">
+      <c r="M15" s="39" t="s">
+        <v>6</v>
+      </c>
+      <c r="N15" s="39">
+        <v>10</v>
+      </c>
+      <c r="O15" s="3">
+        <v>35.67</v>
+      </c>
+      <c r="P15" s="4">
+        <v>74186</v>
+      </c>
+      <c r="Q15" s="3">
+        <v>20.48</v>
+      </c>
+      <c r="R15" s="4">
+        <v>42606</v>
+      </c>
+      <c r="S15" s="3">
+        <v>36.03</v>
+      </c>
+      <c r="T15" s="4">
+        <v>74950</v>
+      </c>
+      <c r="U15" s="3">
+        <v>43.26</v>
+      </c>
+      <c r="V15" s="4">
+        <v>89976</v>
+      </c>
+      <c r="W15" s="41" t="s">
+        <v>10</v>
+      </c>
+      <c r="X15" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y15" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z15" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="AA15" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="AB15" s="20" t="s">
         <v>15</v>
       </c>
-      <c r="O15" s="39">
-[...60 lines deleted...]
-        <v>1</v>
+      <c r="AC15" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="AD15" s="20" t="s">
+        <v>18</v>
+      </c>
+      <c r="AE15" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="AF15" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="AG15" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="AH15" s="20" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI15" s="20" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="21" t="s">
-[...14 lines deleted...]
-      <c r="F16" s="19" t="s">
+      <c r="A16" s="20" t="s">
+        <v>62</v>
+      </c>
+      <c r="B16" s="34" t="s">
+        <v>53</v>
+      </c>
+      <c r="C16" s="34" t="s">
+        <v>110</v>
+      </c>
+      <c r="D16" s="34" t="s">
+        <v>112</v>
+      </c>
+      <c r="E16" s="34" t="s">
+        <v>100</v>
+      </c>
+      <c r="F16" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="G16" s="22">
-[...5 lines deleted...]
-      <c r="I16" s="22">
+      <c r="G16" s="39">
+        <v>220</v>
+      </c>
+      <c r="H16" s="39">
+        <v>230</v>
+      </c>
+      <c r="I16" s="39">
+        <v>10</v>
+      </c>
+      <c r="J16" s="40">
+        <v>0.45454545454545459</v>
+      </c>
+      <c r="K16" s="39">
+        <v>5</v>
+      </c>
+      <c r="L16" s="39">
+        <v>10</v>
+      </c>
+      <c r="M16" s="39" t="s">
+        <v>6</v>
+      </c>
+      <c r="N16" s="39">
         <v>15</v>
       </c>
-      <c r="J16" s="23">
-[...41 lines deleted...]
-      <c r="X16" s="24" t="s">
+      <c r="O16" s="3">
+        <v>24.03</v>
+      </c>
+      <c r="P16" s="4">
+        <v>49973</v>
+      </c>
+      <c r="Q16" s="3">
+        <v>17.829999999999998</v>
+      </c>
+      <c r="R16" s="4">
+        <v>37087</v>
+      </c>
+      <c r="S16" s="3">
+        <v>23.28</v>
+      </c>
+      <c r="T16" s="4">
+        <v>48419</v>
+      </c>
+      <c r="U16" s="3">
+        <v>27.12</v>
+      </c>
+      <c r="V16" s="4">
+        <v>56415</v>
+      </c>
+      <c r="W16" s="41" t="s">
+        <v>34</v>
+      </c>
+      <c r="X16" s="41" t="s">
         <v>12</v>
       </c>
-      <c r="Y16" s="24" t="s">
-[...30 lines deleted...]
-        <v>1</v>
+      <c r="Y16" s="41" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z16" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA16" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="AB16" s="20" t="s">
+        <v>18</v>
+      </c>
+      <c r="AC16" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="AD16" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="AE16" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="AF16" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="AG16" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="AH16" s="20" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI16" s="20" t="s">
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="21" t="s">
-[...5 lines deleted...]
-      <c r="C17" s="20" t="s">
+      <c r="A17" s="20" t="s">
+        <v>113</v>
+      </c>
+      <c r="B17" s="34" t="s">
+        <v>114</v>
+      </c>
+      <c r="C17" s="34" t="s">
         <v>110</v>
       </c>
-      <c r="D17" s="20" t="s">
+      <c r="D17" s="34" t="s">
+        <v>111</v>
+      </c>
+      <c r="E17" s="34" t="s">
         <v>115</v>
       </c>
-      <c r="E17" s="20" t="s">
-[...2 lines deleted...]
-      <c r="F17" s="19" t="s">
+      <c r="F17" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="G17" s="22">
-[...5 lines deleted...]
-      <c r="I17" s="22">
+      <c r="G17" s="39">
+        <v>185</v>
+      </c>
+      <c r="H17" s="39">
+        <v>230</v>
+      </c>
+      <c r="I17" s="39">
+        <v>45</v>
+      </c>
+      <c r="J17" s="40">
+        <v>2.4324324324324325</v>
+      </c>
+      <c r="K17" s="39">
+        <v>5</v>
+      </c>
+      <c r="L17" s="39">
+        <v>5</v>
+      </c>
+      <c r="M17" s="39">
+        <v>5</v>
+      </c>
+      <c r="N17" s="39">
         <v>15</v>
       </c>
-      <c r="J17" s="23">
-[...11 lines deleted...]
-      <c r="N17" s="22">
+      <c r="O17" s="3">
+        <v>51.79</v>
+      </c>
+      <c r="P17" s="4">
+        <v>107730</v>
+      </c>
+      <c r="Q17" s="3">
+        <v>32.92</v>
+      </c>
+      <c r="R17" s="4">
+        <v>68465</v>
+      </c>
+      <c r="S17" s="3">
+        <v>49.25</v>
+      </c>
+      <c r="T17" s="4">
+        <v>102438</v>
+      </c>
+      <c r="U17" s="3">
+        <v>61.23</v>
+      </c>
+      <c r="V17" s="4">
+        <v>127362</v>
+      </c>
+      <c r="W17" s="41" t="s">
         <v>10</v>
       </c>
-      <c r="O17" s="39">
-[...26 lines deleted...]
-      <c r="X17" s="24" t="s">
+      <c r="X17" s="41" t="s">
         <v>12</v>
       </c>
-      <c r="Y17" s="24" t="s">
+      <c r="Y17" s="41" t="s">
         <v>12</v>
       </c>
-      <c r="Z17" s="21" t="s">
-[...27 lines deleted...]
-        <v>71</v>
+      <c r="Z17" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA17" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB17" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC17" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD17" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE17" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF17" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG17" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH17" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI17" s="20" t="s">
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="21" t="s">
-[...2 lines deleted...]
-      <c r="B18" s="20" t="s">
+      <c r="A18" s="20" t="s">
+        <v>116</v>
+      </c>
+      <c r="B18" s="34" t="s">
+        <v>117</v>
+      </c>
+      <c r="C18" s="34" t="s">
+        <v>118</v>
+      </c>
+      <c r="D18" s="34" t="s">
+        <v>119</v>
+      </c>
+      <c r="E18" s="34" t="s">
+        <v>100</v>
+      </c>
+      <c r="F18" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="G18" s="39">
+        <v>135</v>
+      </c>
+      <c r="H18" s="39">
+        <v>150</v>
+      </c>
+      <c r="I18" s="39">
+        <v>15</v>
+      </c>
+      <c r="J18" s="40">
+        <v>1.1111111111111112</v>
+      </c>
+      <c r="K18" s="39">
         <v>5</v>
       </c>
-      <c r="C18" s="20" t="s">
-[...8 lines deleted...]
-      <c r="F18" s="19" t="s">
+      <c r="L18" s="39">
+        <v>5</v>
+      </c>
+      <c r="M18" s="39" t="s">
         <v>6</v>
       </c>
-      <c r="G18" s="22">
-[...47 lines deleted...]
-      <c r="W18" s="24" t="s">
+      <c r="N18" s="39">
         <v>10</v>
       </c>
-      <c r="X18" s="24" t="s">
+      <c r="O18" s="3">
+        <v>51.63</v>
+      </c>
+      <c r="P18" s="4">
+        <v>107390</v>
+      </c>
+      <c r="Q18" s="3">
+        <v>32.25</v>
+      </c>
+      <c r="R18" s="4">
+        <v>67073</v>
+      </c>
+      <c r="S18" s="3">
+        <v>47.12</v>
+      </c>
+      <c r="T18" s="4">
+        <v>98000</v>
+      </c>
+      <c r="U18" s="3">
+        <v>61.32</v>
+      </c>
+      <c r="V18" s="4">
+        <v>127549</v>
+      </c>
+      <c r="W18" s="41" t="s">
+        <v>10</v>
+      </c>
+      <c r="X18" s="41" t="s">
         <v>12</v>
       </c>
-      <c r="Y18" s="24" t="s">
+      <c r="Y18" s="41" t="s">
         <v>12</v>
       </c>
-      <c r="Z18" s="21" t="s">
-[...27 lines deleted...]
-        <v>65</v>
+      <c r="Z18" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA18" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB18" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC18" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD18" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE18" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF18" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG18" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH18" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI18" s="20" t="s">
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="21" t="s">
-[...103 lines deleted...]
-      </c>
+      <c r="A19" s="20"/>
+      <c r="G19" s="39"/>
+      <c r="H19" s="39"/>
+      <c r="I19" s="39"/>
+      <c r="J19" s="40"/>
+      <c r="K19" s="39"/>
+      <c r="L19" s="39"/>
+      <c r="M19" s="39"/>
+      <c r="N19" s="39"/>
+      <c r="Z19" s="20"/>
+      <c r="AA19" s="20"/>
+      <c r="AB19" s="20"/>
+      <c r="AC19" s="20"/>
+      <c r="AD19" s="20"/>
+      <c r="AE19" s="20"/>
+      <c r="AF19" s="20"/>
+      <c r="AG19" s="20"/>
+      <c r="AH19" s="20"/>
+      <c r="AI19" s="20"/>
     </row>
-    <row r="20" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-[...101 lines deleted...]
-      </c>
+    <row r="20" spans="1:35" s="2" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="32" t="s">
+        <v>151</v>
+      </c>
+      <c r="B20" s="33" t="s">
+        <v>152</v>
+      </c>
+      <c r="C20" s="34"/>
+      <c r="D20" s="34"/>
+      <c r="E20" s="34"/>
+      <c r="F20" s="32"/>
+      <c r="G20" s="35"/>
+      <c r="H20" s="35"/>
+      <c r="I20" s="35"/>
+      <c r="J20" s="36"/>
+      <c r="K20" s="35"/>
+      <c r="L20" s="35"/>
+      <c r="M20" s="35"/>
+      <c r="N20" s="35"/>
+      <c r="O20" s="37"/>
+      <c r="P20" s="38"/>
+      <c r="Q20" s="37"/>
+      <c r="R20" s="38"/>
+      <c r="S20" s="37"/>
+      <c r="T20" s="38"/>
+      <c r="U20" s="37"/>
+      <c r="V20" s="38"/>
+      <c r="W20" s="21"/>
+      <c r="X20" s="21"/>
+      <c r="Y20" s="21"/>
+      <c r="Z20" s="20"/>
+      <c r="AA20" s="20"/>
+      <c r="AB20" s="20"/>
+      <c r="AC20" s="20"/>
+      <c r="AD20" s="20"/>
+      <c r="AE20" s="20"/>
+      <c r="AF20" s="20"/>
+      <c r="AG20" s="20"/>
+      <c r="AH20" s="20"/>
+      <c r="AI20" s="20"/>
     </row>
     <row r="21" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="21" t="s">
-[...5 lines deleted...]
-      <c r="C21" s="20" t="s">
+      <c r="A21" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="B21" s="34" t="s">
+        <v>67</v>
+      </c>
+      <c r="C21" s="34" t="s">
+        <v>104</v>
+      </c>
+      <c r="D21" s="34" t="s">
         <v>109</v>
       </c>
-      <c r="D21" s="20" t="s">
-[...2 lines deleted...]
-      <c r="F21" s="19" t="s">
+      <c r="E21" s="34" t="s">
+        <v>100</v>
+      </c>
+      <c r="F21" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="G21" s="22">
-[...5 lines deleted...]
-      <c r="I21" s="22">
+      <c r="G21" s="39">
+        <v>130</v>
+      </c>
+      <c r="H21" s="39">
+        <v>140</v>
+      </c>
+      <c r="I21" s="39">
+        <v>15</v>
+      </c>
+      <c r="J21" s="40">
+        <v>1.1538461538461537</v>
+      </c>
+      <c r="K21" s="39">
         <v>5</v>
       </c>
-      <c r="J21" s="23">
-[...2 lines deleted...]
-      <c r="K21" s="22">
+      <c r="L21" s="39">
         <v>5</v>
       </c>
-      <c r="L21" s="22">
+      <c r="M21" s="39" t="s">
+        <v>6</v>
+      </c>
+      <c r="N21" s="39">
         <v>10</v>
       </c>
-      <c r="M21" s="22">
-[...2 lines deleted...]
-      <c r="N21" s="22">
+      <c r="O21" s="3">
+        <v>46.24</v>
+      </c>
+      <c r="P21" s="4">
+        <v>96180</v>
+      </c>
+      <c r="Q21" s="3">
+        <v>33.26</v>
+      </c>
+      <c r="R21" s="4">
+        <v>69177</v>
+      </c>
+      <c r="S21" s="3">
+        <v>41.8</v>
+      </c>
+      <c r="T21" s="4">
+        <v>86952</v>
+      </c>
+      <c r="U21" s="3">
+        <v>52.73</v>
+      </c>
+      <c r="V21" s="4">
+        <v>109682</v>
+      </c>
+      <c r="W21" s="41" t="s">
+        <v>10</v>
+      </c>
+      <c r="X21" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y21" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z21" s="20" t="s">
         <v>15</v>
       </c>
-      <c r="O21" s="39">
-[...35 lines deleted...]
-      <c r="AA21" s="21" t="s">
+      <c r="AA21" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="AB21" s="20" t="s">
         <v>16</v>
       </c>
-      <c r="AB21" s="21" t="s">
+      <c r="AC21" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="AD21" s="20" t="s">
         <v>17</v>
       </c>
-      <c r="AC21" s="21" t="s">
-[...2 lines deleted...]
-      <c r="AD21" s="21" t="s">
+      <c r="AE21" s="20" t="s">
         <v>18</v>
       </c>
-      <c r="AE21" s="21" t="s">
+      <c r="AF21" s="20" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG21" s="20" t="s">
+        <v>65</v>
+      </c>
+      <c r="AH21" s="20" t="s">
         <v>27</v>
       </c>
-      <c r="AF21" s="21" t="s">
-[...9 lines deleted...]
-        <v>22</v>
+      <c r="AI21" s="20" t="s">
+        <v>71</v>
       </c>
     </row>
     <row r="22" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="21" t="s">
-[...14 lines deleted...]
-      <c r="F22" s="19" t="s">
+      <c r="A22" s="20" t="s">
+        <v>4</v>
+      </c>
+      <c r="B22" s="34" t="s">
+        <v>5</v>
+      </c>
+      <c r="C22" s="34" t="s">
+        <v>120</v>
+      </c>
+      <c r="D22" s="34" t="s">
+        <v>121</v>
+      </c>
+      <c r="E22" s="34" t="s">
+        <v>100</v>
+      </c>
+      <c r="F22" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="G22" s="22">
-[...5 lines deleted...]
-      <c r="I22" s="22">
+      <c r="G22" s="39">
+        <v>195</v>
+      </c>
+      <c r="H22" s="39">
+        <v>230</v>
+      </c>
+      <c r="I22" s="39">
+        <v>35</v>
+      </c>
+      <c r="J22" s="40">
+        <v>1.7948717948717949</v>
+      </c>
+      <c r="K22" s="39">
+        <v>5</v>
+      </c>
+      <c r="L22" s="39">
+        <v>5</v>
+      </c>
+      <c r="M22" s="39">
+        <v>5</v>
+      </c>
+      <c r="N22" s="39">
+        <v>15</v>
+      </c>
+      <c r="O22" s="3">
+        <v>44.67</v>
+      </c>
+      <c r="P22" s="4">
+        <v>92916</v>
+      </c>
+      <c r="Q22" s="3">
+        <v>33.85</v>
+      </c>
+      <c r="R22" s="4">
+        <v>70411</v>
+      </c>
+      <c r="S22" s="3">
+        <v>46.09</v>
+      </c>
+      <c r="T22" s="4">
+        <v>95868</v>
+      </c>
+      <c r="U22" s="3">
+        <v>50.08</v>
+      </c>
+      <c r="V22" s="4">
+        <v>104169</v>
+      </c>
+      <c r="W22" s="41" t="s">
+        <v>10</v>
+      </c>
+      <c r="X22" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y22" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z22" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA22" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="AB22" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="AC22" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="AD22" s="20" t="s">
+        <v>18</v>
+      </c>
+      <c r="AE22" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="AF22" s="20" t="s">
         <v>20</v>
       </c>
-      <c r="J22" s="23">
-[...56 lines deleted...]
-      <c r="AC22" s="21" t="s">
+      <c r="AG22" s="20" t="s">
         <v>30</v>
       </c>
-      <c r="AD22" s="21" t="s">
-[...15 lines deleted...]
-        <v>13</v>
+      <c r="AH22" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="AI22" s="20" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="21" t="s">
-[...11 lines deleted...]
-      <c r="F23" s="19" t="s">
+      <c r="A23" s="20" t="s">
+        <v>68</v>
+      </c>
+      <c r="B23" s="34" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" s="34" t="s">
+        <v>120</v>
+      </c>
+      <c r="D23" s="34" t="s">
+        <v>121</v>
+      </c>
+      <c r="E23" s="34" t="s">
+        <v>100</v>
+      </c>
+      <c r="F23" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="G23" s="22">
-[...5 lines deleted...]
-      <c r="I23" s="22">
+      <c r="G23" s="39">
+        <v>185</v>
+      </c>
+      <c r="H23" s="39">
+        <v>220</v>
+      </c>
+      <c r="I23" s="39">
+        <v>30</v>
+      </c>
+      <c r="J23" s="40">
+        <v>1.6216216216216217</v>
+      </c>
+      <c r="K23" s="39">
+        <v>5</v>
+      </c>
+      <c r="L23" s="39">
+        <v>5</v>
+      </c>
+      <c r="M23" s="39">
+        <v>5</v>
+      </c>
+      <c r="N23" s="39">
+        <v>15</v>
+      </c>
+      <c r="O23" s="3">
+        <v>45.94</v>
+      </c>
+      <c r="P23" s="4">
+        <v>95549</v>
+      </c>
+      <c r="Q23" s="3">
+        <v>33.590000000000003</v>
+      </c>
+      <c r="R23" s="4">
+        <v>69862</v>
+      </c>
+      <c r="S23" s="3">
+        <v>44.91</v>
+      </c>
+      <c r="T23" s="4">
+        <v>93414</v>
+      </c>
+      <c r="U23" s="3">
+        <v>52.11</v>
+      </c>
+      <c r="V23" s="4">
+        <v>108393</v>
+      </c>
+      <c r="W23" s="41" t="s">
         <v>10</v>
       </c>
-      <c r="J23" s="23">
-[...41 lines deleted...]
-      <c r="X23" s="24" t="s">
+      <c r="X23" s="41" t="s">
         <v>12</v>
       </c>
-      <c r="Y23" s="24" t="s">
+      <c r="Y23" s="41" t="s">
         <v>12</v>
       </c>
-      <c r="Z23" s="21" t="s">
+      <c r="Z23" s="20" t="s">
         <v>15</v>
       </c>
-      <c r="AA23" s="21" t="s">
+      <c r="AA23" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="AB23" s="20" t="s">
         <v>17</v>
       </c>
-      <c r="AB23" s="21" t="s">
+      <c r="AC23" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="AD23" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="AE23" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="AF23" s="20" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG23" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="AH23" s="20" t="s">
+        <v>71</v>
+      </c>
+      <c r="AI23" s="20" t="s">
         <v>18</v>
-      </c>
-[...19 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="21" t="s">
-[...103 lines deleted...]
-      </c>
+      <c r="A24" s="20"/>
+      <c r="G24" s="39"/>
+      <c r="H24" s="39"/>
+      <c r="I24" s="39"/>
+      <c r="J24" s="40"/>
+      <c r="K24" s="39"/>
+      <c r="L24" s="39"/>
+      <c r="M24" s="39"/>
+      <c r="N24" s="39"/>
+      <c r="Z24" s="20"/>
+      <c r="AA24" s="20"/>
+      <c r="AB24" s="20"/>
+      <c r="AC24" s="20"/>
+      <c r="AD24" s="20"/>
+      <c r="AE24" s="20"/>
+      <c r="AF24" s="20"/>
+      <c r="AG24" s="20"/>
+      <c r="AH24" s="20"/>
+      <c r="AI24" s="20"/>
     </row>
-    <row r="25" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-[...104 lines deleted...]
-      </c>
+    <row r="25" spans="1:35" s="2" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="32" t="s">
+        <v>153</v>
+      </c>
+      <c r="B25" s="33" t="s">
+        <v>154</v>
+      </c>
+      <c r="C25" s="34"/>
+      <c r="D25" s="34"/>
+      <c r="E25" s="34"/>
+      <c r="F25" s="32"/>
+      <c r="G25" s="35"/>
+      <c r="H25" s="35"/>
+      <c r="I25" s="35"/>
+      <c r="J25" s="36"/>
+      <c r="K25" s="35"/>
+      <c r="L25" s="35"/>
+      <c r="M25" s="35"/>
+      <c r="N25" s="35"/>
+      <c r="O25" s="37"/>
+      <c r="P25" s="38"/>
+      <c r="Q25" s="37"/>
+      <c r="R25" s="38"/>
+      <c r="S25" s="37"/>
+      <c r="T25" s="38"/>
+      <c r="U25" s="37"/>
+      <c r="V25" s="38"/>
+      <c r="W25" s="21"/>
+      <c r="X25" s="21"/>
+      <c r="Y25" s="21"/>
+      <c r="Z25" s="20"/>
+      <c r="AA25" s="20"/>
+      <c r="AB25" s="20"/>
+      <c r="AC25" s="20"/>
+      <c r="AD25" s="20"/>
+      <c r="AE25" s="20"/>
+      <c r="AF25" s="20"/>
+      <c r="AG25" s="20"/>
+      <c r="AH25" s="20"/>
+      <c r="AI25" s="20"/>
     </row>
     <row r="26" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="21" t="s">
-[...14 lines deleted...]
-      <c r="F26" s="19" t="s">
+      <c r="A26" s="20" t="s">
+        <v>122</v>
+      </c>
+      <c r="B26" s="34" t="s">
+        <v>123</v>
+      </c>
+      <c r="C26" s="34" t="s">
+        <v>120</v>
+      </c>
+      <c r="D26" s="34" t="s">
+        <v>124</v>
+      </c>
+      <c r="E26" s="42" t="s">
+        <v>1</v>
+      </c>
+      <c r="F26" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="G26" s="22">
-[...11 lines deleted...]
-      <c r="K26" s="22">
+      <c r="G26" s="39">
+        <v>80</v>
+      </c>
+      <c r="H26" s="39">
+        <v>90</v>
+      </c>
+      <c r="I26" s="39">
+        <v>10</v>
+      </c>
+      <c r="J26" s="40">
+        <v>1.25</v>
+      </c>
+      <c r="K26" s="39" t="s">
+        <v>6</v>
+      </c>
+      <c r="L26" s="39">
         <v>5</v>
       </c>
-      <c r="L26" s="22">
-[...5 lines deleted...]
-      <c r="N26" s="22">
+      <c r="M26" s="39" t="s">
+        <v>6</v>
+      </c>
+      <c r="N26" s="39">
+        <v>10</v>
+      </c>
+      <c r="O26" s="3">
+        <v>31.25</v>
+      </c>
+      <c r="P26" s="4">
+        <v>64999</v>
+      </c>
+      <c r="Q26" s="3">
+        <v>22.23</v>
+      </c>
+      <c r="R26" s="4">
+        <v>46241</v>
+      </c>
+      <c r="S26" s="3">
+        <v>29.79</v>
+      </c>
+      <c r="T26" s="4">
+        <v>61963</v>
+      </c>
+      <c r="U26" s="3">
+        <v>35.76</v>
+      </c>
+      <c r="V26" s="4">
+        <v>74378</v>
+      </c>
+      <c r="W26" s="41" t="s">
+        <v>10</v>
+      </c>
+      <c r="X26" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y26" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z26" s="20" t="s">
         <v>15</v>
       </c>
-      <c r="O26" s="39">
-[...35 lines deleted...]
-      <c r="AA26" s="21" t="s">
+      <c r="AA26" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="AB26" s="20" t="s">
         <v>13</v>
       </c>
-      <c r="AB26" s="21" t="s">
+      <c r="AC26" s="20" t="s">
+        <v>18</v>
+      </c>
+      <c r="AD26" s="20" t="s">
         <v>16</v>
       </c>
-      <c r="AC26" s="21" t="s">
-[...2 lines deleted...]
-      <c r="AD26" s="21" t="s">
+      <c r="AE26" s="20" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF26" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="AG26" s="20" t="s">
         <v>30</v>
       </c>
-      <c r="AE26" s="21" t="s">
+      <c r="AH26" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="AF26" s="21" t="s">
+      <c r="AI26" s="20" t="s">
         <v>20</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="21" t="s">
-[...14 lines deleted...]
-      <c r="F27" s="19" t="s">
+      <c r="A27" s="20" t="s">
+        <v>72</v>
+      </c>
+      <c r="B27" s="34" t="s">
+        <v>73</v>
+      </c>
+      <c r="C27" s="34" t="s">
+        <v>103</v>
+      </c>
+      <c r="D27" s="34" t="s">
+        <v>125</v>
+      </c>
+      <c r="E27" s="42" t="s">
+        <v>1</v>
+      </c>
+      <c r="F27" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="G27" s="22">
-[...5 lines deleted...]
-      <c r="I27" s="22">
+      <c r="G27" s="39">
+        <v>105</v>
+      </c>
+      <c r="H27" s="39">
+        <v>105</v>
+      </c>
+      <c r="I27" s="39">
+        <v>5</v>
+      </c>
+      <c r="J27" s="40">
+        <v>0.47619047619047616</v>
+      </c>
+      <c r="K27" s="39">
+        <v>5</v>
+      </c>
+      <c r="L27" s="39">
         <v>10</v>
       </c>
-      <c r="J27" s="23">
-[...41 lines deleted...]
-      <c r="X27" s="24" t="s">
+      <c r="M27" s="39">
+        <v>0</v>
+      </c>
+      <c r="N27" s="39">
+        <v>15</v>
+      </c>
+      <c r="O27" s="3">
+        <v>24.13</v>
+      </c>
+      <c r="P27" s="4">
+        <v>50198</v>
+      </c>
+      <c r="Q27" s="3">
+        <v>18.45</v>
+      </c>
+      <c r="R27" s="4">
+        <v>38384</v>
+      </c>
+      <c r="S27" s="3">
+        <v>23.16</v>
+      </c>
+      <c r="T27" s="4">
+        <v>48167</v>
+      </c>
+      <c r="U27" s="3">
+        <v>26.97</v>
+      </c>
+      <c r="V27" s="4">
+        <v>56104</v>
+      </c>
+      <c r="W27" s="41" t="s">
+        <v>19</v>
+      </c>
+      <c r="X27" s="41" t="s">
         <v>12</v>
       </c>
-      <c r="Y27" s="24" t="s">
+      <c r="Y27" s="41" t="s">
         <v>12</v>
       </c>
-      <c r="Z27" s="21" t="s">
+      <c r="Z27" s="20" t="s">
         <v>15</v>
       </c>
-      <c r="AA27" s="21" t="s">
+      <c r="AA27" s="20" t="s">
         <v>16</v>
       </c>
-      <c r="AB27" s="21" t="s">
+      <c r="AB27" s="20" t="s">
         <v>17</v>
       </c>
-      <c r="AC27" s="21" t="s">
-[...11 lines deleted...]
-      <c r="AG27" s="21" t="s">
+      <c r="AC27" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="AD27" s="20" t="s">
+        <v>18</v>
+      </c>
+      <c r="AE27" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="AF27" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="AG27" s="20" t="s">
+        <v>32</v>
+      </c>
+      <c r="AH27" s="20" t="s">
         <v>20</v>
       </c>
-      <c r="AH27" s="21" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="AI27" s="20" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="21" t="s">
-[...103 lines deleted...]
-      </c>
+      <c r="A28" s="20"/>
+      <c r="F28" s="43"/>
+      <c r="G28" s="39"/>
+      <c r="H28" s="39"/>
+      <c r="I28" s="39"/>
+      <c r="J28" s="40"/>
+      <c r="K28" s="39"/>
+      <c r="L28" s="39"/>
+      <c r="M28" s="39"/>
+      <c r="N28" s="39"/>
+      <c r="Z28" s="20"/>
+      <c r="AA28" s="20"/>
+      <c r="AB28" s="20"/>
+      <c r="AC28" s="20"/>
+      <c r="AD28" s="20"/>
+      <c r="AE28" s="20"/>
+      <c r="AF28" s="20"/>
+      <c r="AG28" s="20"/>
+      <c r="AH28" s="20"/>
+      <c r="AI28" s="20"/>
     </row>
     <row r="29" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="21" t="s">
-[...103 lines deleted...]
-      </c>
+      <c r="A29" s="20"/>
+      <c r="E29" s="42"/>
+      <c r="F29" s="43"/>
+      <c r="G29" s="39"/>
+      <c r="H29" s="39"/>
+      <c r="I29" s="39"/>
+      <c r="J29" s="40"/>
+      <c r="K29" s="39"/>
+      <c r="L29" s="39"/>
+      <c r="M29" s="39"/>
+      <c r="N29" s="39"/>
+      <c r="Z29" s="20"/>
+      <c r="AA29" s="20"/>
+      <c r="AB29" s="20"/>
+      <c r="AC29" s="20"/>
+      <c r="AD29" s="20"/>
+      <c r="AE29" s="20"/>
+      <c r="AF29" s="20"/>
+      <c r="AG29" s="20"/>
+      <c r="AH29" s="20"/>
+      <c r="AI29" s="20"/>
     </row>
-    <row r="30" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-[...104 lines deleted...]
-      </c>
+    <row r="30" spans="1:35" s="2" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="32" t="s">
+        <v>155</v>
+      </c>
+      <c r="B30" s="33" t="s">
+        <v>156</v>
+      </c>
+      <c r="C30" s="34"/>
+      <c r="D30" s="34"/>
+      <c r="E30" s="34"/>
+      <c r="F30" s="43"/>
+      <c r="G30" s="35"/>
+      <c r="H30" s="35"/>
+      <c r="I30" s="35"/>
+      <c r="J30" s="36"/>
+      <c r="K30" s="35"/>
+      <c r="L30" s="35"/>
+      <c r="M30" s="35"/>
+      <c r="N30" s="35"/>
+      <c r="O30" s="37"/>
+      <c r="P30" s="38"/>
+      <c r="Q30" s="37"/>
+      <c r="R30" s="38"/>
+      <c r="S30" s="37"/>
+      <c r="T30" s="38"/>
+      <c r="U30" s="37"/>
+      <c r="V30" s="38"/>
+      <c r="W30" s="21"/>
+      <c r="X30" s="21"/>
+      <c r="Y30" s="21"/>
+      <c r="Z30" s="20"/>
+      <c r="AA30" s="20"/>
+      <c r="AB30" s="20"/>
+      <c r="AC30" s="20"/>
+      <c r="AD30" s="20"/>
+      <c r="AE30" s="20"/>
+      <c r="AF30" s="20"/>
+      <c r="AG30" s="20"/>
+      <c r="AH30" s="20"/>
+      <c r="AI30" s="20"/>
     </row>
     <row r="31" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="21" t="s">
+      <c r="A31" s="20" t="s">
+        <v>85</v>
+      </c>
+      <c r="B31" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="C31" s="34" t="s">
+        <v>105</v>
+      </c>
+      <c r="D31" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E31" s="34" t="s">
+        <v>100</v>
+      </c>
+      <c r="F31" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="G31" s="39">
+        <v>105</v>
+      </c>
+      <c r="H31" s="39">
+        <v>130</v>
+      </c>
+      <c r="I31" s="39">
+        <v>20</v>
+      </c>
+      <c r="J31" s="40">
+        <v>1.9047619047619047</v>
+      </c>
+      <c r="K31" s="39">
+        <v>5</v>
+      </c>
+      <c r="L31" s="39">
+        <v>5</v>
+      </c>
+      <c r="M31" s="39" t="s">
+        <v>6</v>
+      </c>
+      <c r="N31" s="39">
+        <v>10</v>
+      </c>
+      <c r="O31" s="3">
+        <v>42.349038461538463</v>
+      </c>
+      <c r="P31" s="4">
+        <v>88086</v>
+      </c>
+      <c r="Q31" s="3">
+        <v>26.265384615384615</v>
+      </c>
+      <c r="R31" s="4">
+        <v>54632</v>
+      </c>
+      <c r="S31" s="3">
+        <v>36.92259615384615</v>
+      </c>
+      <c r="T31" s="4">
+        <v>76799</v>
+      </c>
+      <c r="U31" s="3">
+        <v>50.390865384615381</v>
+      </c>
+      <c r="V31" s="4">
+        <v>104813</v>
+      </c>
+      <c r="W31" s="41" t="s">
+        <v>74</v>
+      </c>
+      <c r="X31" s="41" t="s">
+        <v>52</v>
+      </c>
+      <c r="Y31" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z31" s="20" t="s">
+        <v>32</v>
+      </c>
+      <c r="AA31" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="AB31" s="20" t="s">
+        <v>18</v>
+      </c>
+      <c r="AC31" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="AD31" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="AE31" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="AF31" s="20" t="s">
+        <v>75</v>
+      </c>
+      <c r="AG31" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="AH31" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="AI31" s="20" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="32" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="20"/>
+      <c r="E32" s="42"/>
+      <c r="F32" s="43"/>
+      <c r="G32" s="39"/>
+      <c r="H32" s="39"/>
+      <c r="I32" s="39"/>
+      <c r="J32" s="40"/>
+      <c r="K32" s="39"/>
+      <c r="L32" s="39"/>
+      <c r="M32" s="39"/>
+      <c r="N32" s="39"/>
+      <c r="Z32" s="20"/>
+      <c r="AA32" s="20"/>
+      <c r="AB32" s="20"/>
+      <c r="AC32" s="20"/>
+      <c r="AD32" s="20"/>
+      <c r="AE32" s="20"/>
+      <c r="AF32" s="20"/>
+      <c r="AG32" s="20"/>
+      <c r="AH32" s="20"/>
+      <c r="AI32" s="20"/>
+    </row>
+    <row r="33" spans="1:35" s="2" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="32" t="s">
+        <v>157</v>
+      </c>
+      <c r="B33" s="33" t="s">
+        <v>158</v>
+      </c>
+      <c r="C33" s="34"/>
+      <c r="D33" s="34"/>
+      <c r="E33" s="34"/>
+      <c r="F33" s="32"/>
+      <c r="G33" s="35"/>
+      <c r="H33" s="35"/>
+      <c r="I33" s="35"/>
+      <c r="J33" s="36"/>
+      <c r="K33" s="35"/>
+      <c r="L33" s="35"/>
+      <c r="M33" s="35"/>
+      <c r="N33" s="35"/>
+      <c r="O33" s="37"/>
+      <c r="P33" s="38"/>
+      <c r="Q33" s="37"/>
+      <c r="R33" s="38"/>
+      <c r="S33" s="37"/>
+      <c r="T33" s="38"/>
+      <c r="U33" s="37"/>
+      <c r="V33" s="38"/>
+      <c r="W33" s="21"/>
+      <c r="X33" s="21"/>
+      <c r="Y33" s="21"/>
+      <c r="Z33" s="20"/>
+      <c r="AA33" s="20"/>
+      <c r="AB33" s="20"/>
+      <c r="AC33" s="20"/>
+      <c r="AD33" s="20"/>
+      <c r="AE33" s="20"/>
+      <c r="AF33" s="20"/>
+      <c r="AG33" s="20"/>
+      <c r="AH33" s="20"/>
+      <c r="AI33" s="20"/>
+    </row>
+    <row r="34" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="20" t="s">
+        <v>127</v>
+      </c>
+      <c r="B34" s="34" t="s">
+        <v>128</v>
+      </c>
+      <c r="C34" s="34" t="s">
+        <v>107</v>
+      </c>
+      <c r="D34" s="34" t="s">
+        <v>129</v>
+      </c>
+      <c r="E34" s="42" t="s">
+        <v>1</v>
+      </c>
+      <c r="F34" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="G34" s="39">
+        <v>190</v>
+      </c>
+      <c r="H34" s="39">
+        <v>200</v>
+      </c>
+      <c r="I34" s="39">
+        <v>10</v>
+      </c>
+      <c r="J34" s="40">
+        <v>0.52631578947368418</v>
+      </c>
+      <c r="K34" s="39">
+        <v>5</v>
+      </c>
+      <c r="L34" s="39">
+        <v>5</v>
+      </c>
+      <c r="M34" s="39" t="s">
+        <v>6</v>
+      </c>
+      <c r="N34" s="39">
+        <v>10</v>
+      </c>
+      <c r="O34" s="3">
+        <v>63.81</v>
+      </c>
+      <c r="P34" s="4">
+        <v>132728</v>
+      </c>
+      <c r="Q34" s="3">
+        <v>52.14</v>
+      </c>
+      <c r="R34" s="4">
+        <v>108443</v>
+      </c>
+      <c r="S34" s="3">
+        <v>62.62</v>
+      </c>
+      <c r="T34" s="4">
+        <v>130260</v>
+      </c>
+      <c r="U34" s="3">
+        <v>69.650000000000006</v>
+      </c>
+      <c r="V34" s="4">
+        <v>144871</v>
+      </c>
+      <c r="W34" s="41" t="s">
+        <v>74</v>
+      </c>
+      <c r="X34" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y34" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z34" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA34" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="AB34" s="20" t="s">
+        <v>18</v>
+      </c>
+      <c r="AC34" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="AD34" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="AE34" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="AF34" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="AG34" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="AH34" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="AI34" s="20" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="35" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="20" t="s">
+        <v>86</v>
+      </c>
+      <c r="B35" s="34" t="s">
+        <v>77</v>
+      </c>
+      <c r="C35" s="34" t="s">
+        <v>107</v>
+      </c>
+      <c r="D35" s="34" t="s">
+        <v>129</v>
+      </c>
+      <c r="E35" s="34" t="s">
+        <v>100</v>
+      </c>
+      <c r="F35" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="G35" s="39">
         <v>140</v>
       </c>
-      <c r="B31" s="20" t="s">
-[...11 lines deleted...]
-      <c r="F31" s="19" t="s">
+      <c r="H35" s="39">
+        <v>160</v>
+      </c>
+      <c r="I35" s="39">
+        <v>20</v>
+      </c>
+      <c r="J35" s="40">
+        <v>1.4285714285714284</v>
+      </c>
+      <c r="K35" s="39">
+        <v>5</v>
+      </c>
+      <c r="L35" s="39" t="s">
         <v>6</v>
       </c>
-      <c r="G31" s="22">
+      <c r="M35" s="39" t="s">
+        <v>6</v>
+      </c>
+      <c r="N35" s="39">
+        <v>10</v>
+      </c>
+      <c r="O35" s="3">
+        <v>43.73</v>
+      </c>
+      <c r="P35" s="4">
+        <v>90955</v>
+      </c>
+      <c r="Q35" s="3">
+        <v>31.66</v>
+      </c>
+      <c r="R35" s="4">
+        <v>65847</v>
+      </c>
+      <c r="S35" s="3">
+        <v>45.36</v>
+      </c>
+      <c r="T35" s="4">
+        <v>94345</v>
+      </c>
+      <c r="U35" s="3">
+        <v>49.76</v>
+      </c>
+      <c r="V35" s="4">
+        <v>103509</v>
+      </c>
+      <c r="W35" s="41" t="s">
+        <v>74</v>
+      </c>
+      <c r="X35" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y35" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z35" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA35" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="AB35" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="AC35" s="20" t="s">
+        <v>24</v>
+      </c>
+      <c r="AD35" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="AE35" s="20" t="s">
+        <v>18</v>
+      </c>
+      <c r="AF35" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="AG35" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="AH35" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="AI35" s="20" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="36" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="20" t="s">
+        <v>37</v>
+      </c>
+      <c r="B36" s="34" t="s">
+        <v>7</v>
+      </c>
+      <c r="C36" s="34" t="s">
+        <v>107</v>
+      </c>
+      <c r="D36" s="34" t="s">
+        <v>129</v>
+      </c>
+      <c r="E36" s="34" t="s">
+        <v>115</v>
+      </c>
+      <c r="F36" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="G36" s="39">
+        <v>2135</v>
+      </c>
+      <c r="H36" s="39">
+        <v>2270</v>
+      </c>
+      <c r="I36" s="39">
+        <v>135</v>
+      </c>
+      <c r="J36" s="40">
+        <v>0.63231850117096022</v>
+      </c>
+      <c r="K36" s="39">
+        <v>75</v>
+      </c>
+      <c r="L36" s="39">
+        <v>45</v>
+      </c>
+      <c r="M36" s="39">
+        <v>15</v>
+      </c>
+      <c r="N36" s="39">
+        <v>130</v>
+      </c>
+      <c r="O36" s="3">
+        <v>36.979999999999997</v>
+      </c>
+      <c r="P36" s="4">
+        <v>76917</v>
+      </c>
+      <c r="Q36" s="3">
+        <v>28.8</v>
+      </c>
+      <c r="R36" s="4">
+        <v>59897</v>
+      </c>
+      <c r="S36" s="3">
+        <v>36.200000000000003</v>
+      </c>
+      <c r="T36" s="4">
+        <v>75290</v>
+      </c>
+      <c r="U36" s="3">
+        <v>41.07</v>
+      </c>
+      <c r="V36" s="4">
+        <v>85426</v>
+      </c>
+      <c r="W36" s="41" t="s">
+        <v>10</v>
+      </c>
+      <c r="X36" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y36" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z36" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="AA36" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="AB36" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="AC36" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="AD36" s="20" t="s">
+        <v>24</v>
+      </c>
+      <c r="AE36" s="20" t="s">
+        <v>18</v>
+      </c>
+      <c r="AF36" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="AG36" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="AH36" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="AI36" s="20" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="37" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="B37" s="34" t="s">
+        <v>79</v>
+      </c>
+      <c r="C37" s="34" t="s">
+        <v>107</v>
+      </c>
+      <c r="D37" s="34" t="s">
+        <v>129</v>
+      </c>
+      <c r="E37" s="34" t="s">
+        <v>100</v>
+      </c>
+      <c r="F37" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="G37" s="39">
+        <v>130</v>
+      </c>
+      <c r="H37" s="39">
+        <v>185</v>
+      </c>
+      <c r="I37" s="39">
+        <v>55</v>
+      </c>
+      <c r="J37" s="40">
+        <v>4.2307692307692308</v>
+      </c>
+      <c r="K37" s="39">
+        <v>5</v>
+      </c>
+      <c r="L37" s="39">
+        <v>5</v>
+      </c>
+      <c r="M37" s="39">
+        <v>5</v>
+      </c>
+      <c r="N37" s="39">
+        <v>15</v>
+      </c>
+      <c r="O37" s="42" t="s">
+        <v>1</v>
+      </c>
+      <c r="P37" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q37" s="42" t="s">
+        <v>1</v>
+      </c>
+      <c r="R37" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="S37" s="42" t="s">
+        <v>1</v>
+      </c>
+      <c r="T37" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="U37" s="42" t="s">
+        <v>1</v>
+      </c>
+      <c r="V37" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="W37" s="41" t="s">
+        <v>80</v>
+      </c>
+      <c r="X37" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y37" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z37" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA37" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="AB37" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="AC37" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="AD37" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="AE37" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="AF37" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="AG37" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="AH37" s="20" t="s">
+        <v>18</v>
+      </c>
+      <c r="AI37" s="20" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="38" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="B38" s="34" t="s">
+        <v>81</v>
+      </c>
+      <c r="C38" s="34" t="s">
+        <v>107</v>
+      </c>
+      <c r="D38" s="34" t="s">
+        <v>130</v>
+      </c>
+      <c r="E38" s="34" t="s">
+        <v>100</v>
+      </c>
+      <c r="F38" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="G38" s="39">
+        <v>125</v>
+      </c>
+      <c r="H38" s="39">
+        <v>135</v>
+      </c>
+      <c r="I38" s="39">
+        <v>10</v>
+      </c>
+      <c r="J38" s="40">
+        <v>0.8</v>
+      </c>
+      <c r="K38" s="39">
+        <v>5</v>
+      </c>
+      <c r="L38" s="39">
+        <v>5</v>
+      </c>
+      <c r="M38" s="39" t="s">
+        <v>6</v>
+      </c>
+      <c r="N38" s="39">
+        <v>10</v>
+      </c>
+      <c r="O38" s="3">
+        <v>29.26</v>
+      </c>
+      <c r="P38" s="4">
+        <v>60863</v>
+      </c>
+      <c r="Q38" s="3">
+        <v>21.46</v>
+      </c>
+      <c r="R38" s="4">
+        <v>44638</v>
+      </c>
+      <c r="S38" s="3">
+        <v>29.11</v>
+      </c>
+      <c r="T38" s="4">
+        <v>60554</v>
+      </c>
+      <c r="U38" s="3">
+        <v>33.159999999999997</v>
+      </c>
+      <c r="V38" s="4">
+        <v>68975</v>
+      </c>
+      <c r="W38" s="41" t="s">
+        <v>10</v>
+      </c>
+      <c r="X38" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y38" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z38" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA38" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="AB38" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="AC38" s="20" t="s">
+        <v>70</v>
+      </c>
+      <c r="AD38" s="20" t="s">
+        <v>35</v>
+      </c>
+      <c r="AE38" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="AF38" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG38" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="AH38" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="AI38" s="20" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="20" t="s">
+        <v>88</v>
+      </c>
+      <c r="B39" s="34" t="s">
+        <v>82</v>
+      </c>
+      <c r="C39" s="34" t="s">
+        <v>107</v>
+      </c>
+      <c r="D39" s="34" t="s">
+        <v>129</v>
+      </c>
+      <c r="E39" s="34" t="s">
+        <v>100</v>
+      </c>
+      <c r="F39" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="G39" s="39">
+        <v>295</v>
+      </c>
+      <c r="H39" s="39">
+        <v>325</v>
+      </c>
+      <c r="I39" s="39">
+        <v>30</v>
+      </c>
+      <c r="J39" s="40">
+        <v>1.0169491525423731</v>
+      </c>
+      <c r="K39" s="39">
+        <v>10</v>
+      </c>
+      <c r="L39" s="39">
+        <v>15</v>
+      </c>
+      <c r="M39" s="39">
+        <v>5</v>
+      </c>
+      <c r="N39" s="39">
+        <v>30</v>
+      </c>
+      <c r="O39" s="3">
+        <v>19.95</v>
+      </c>
+      <c r="P39" s="4">
+        <v>41487</v>
+      </c>
+      <c r="Q39" s="3">
+        <v>16.03</v>
+      </c>
+      <c r="R39" s="4">
+        <v>33338</v>
+      </c>
+      <c r="S39" s="3">
+        <v>19.18</v>
+      </c>
+      <c r="T39" s="4">
+        <v>39896</v>
+      </c>
+      <c r="U39" s="3">
+        <v>21.9</v>
+      </c>
+      <c r="V39" s="4">
+        <v>45562</v>
+      </c>
+      <c r="W39" s="41" t="s">
+        <v>26</v>
+      </c>
+      <c r="X39" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y39" s="41" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z39" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA39" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="AB39" s="20" t="s">
+        <v>18</v>
+      </c>
+      <c r="AC39" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="AD39" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="AE39" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="AF39" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="AG39" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="AH39" s="20" t="s">
+        <v>24</v>
+      </c>
+      <c r="AI39" s="20" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="40" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B40" s="34" t="s">
+        <v>38</v>
+      </c>
+      <c r="C40" s="34" t="s">
+        <v>107</v>
+      </c>
+      <c r="D40" s="34" t="s">
+        <v>129</v>
+      </c>
+      <c r="E40" s="34" t="s">
+        <v>100</v>
+      </c>
+      <c r="F40" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="G40" s="39">
+        <v>565</v>
+      </c>
+      <c r="H40" s="39">
+        <v>590</v>
+      </c>
+      <c r="I40" s="39">
+        <v>25</v>
+      </c>
+      <c r="J40" s="40">
+        <v>0.44247787610619466</v>
+      </c>
+      <c r="K40" s="39">
+        <v>25</v>
+      </c>
+      <c r="L40" s="39">
+        <v>20</v>
+      </c>
+      <c r="M40" s="39" t="s">
+        <v>6</v>
+      </c>
+      <c r="N40" s="39">
+        <v>45</v>
+      </c>
+      <c r="O40" s="3">
+        <v>28.15</v>
+      </c>
+      <c r="P40" s="4">
+        <v>58560</v>
+      </c>
+      <c r="Q40" s="3">
+        <v>22.59</v>
+      </c>
+      <c r="R40" s="4">
+        <v>46990</v>
+      </c>
+      <c r="S40" s="3">
+        <v>28.68</v>
+      </c>
+      <c r="T40" s="4">
+        <v>59658</v>
+      </c>
+      <c r="U40" s="3">
+        <v>30.93</v>
+      </c>
+      <c r="V40" s="4">
+        <v>64345</v>
+      </c>
+      <c r="W40" s="41" t="s">
+        <v>36</v>
+      </c>
+      <c r="X40" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y40" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z40" s="20" t="s">
+        <v>24</v>
+      </c>
+      <c r="AA40" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="AB40" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="AC40" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="AD40" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="AE40" s="20" t="s">
+        <v>18</v>
+      </c>
+      <c r="AF40" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG40" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="AH40" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="AI40" s="20" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="41" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="20" t="s">
+        <v>131</v>
+      </c>
+      <c r="B41" s="34" t="s">
+        <v>132</v>
+      </c>
+      <c r="C41" s="34" t="s">
+        <v>107</v>
+      </c>
+      <c r="D41" s="34" t="s">
+        <v>133</v>
+      </c>
+      <c r="E41" s="34" t="s">
+        <v>100</v>
+      </c>
+      <c r="F41" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="G41" s="39">
+        <v>130</v>
+      </c>
+      <c r="H41" s="39">
+        <v>140</v>
+      </c>
+      <c r="I41" s="39">
+        <v>10</v>
+      </c>
+      <c r="J41" s="40">
+        <v>0.76923076923076927</v>
+      </c>
+      <c r="K41" s="39">
+        <v>5</v>
+      </c>
+      <c r="L41" s="39">
+        <v>5</v>
+      </c>
+      <c r="M41" s="39" t="s">
+        <v>6</v>
+      </c>
+      <c r="N41" s="39">
+        <v>10</v>
+      </c>
+      <c r="O41" s="3">
+        <v>23.93</v>
+      </c>
+      <c r="P41" s="4">
+        <v>49778</v>
+      </c>
+      <c r="Q41" s="3">
+        <v>18.14</v>
+      </c>
+      <c r="R41" s="4">
+        <v>37731</v>
+      </c>
+      <c r="S41" s="3">
+        <v>22.92</v>
+      </c>
+      <c r="T41" s="4">
+        <v>47674</v>
+      </c>
+      <c r="U41" s="3">
+        <v>26.83</v>
+      </c>
+      <c r="V41" s="4">
+        <v>55802</v>
+      </c>
+      <c r="W41" s="41" t="s">
+        <v>36</v>
+      </c>
+      <c r="X41" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="Y41" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z41" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA41" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="AB41" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC41" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD41" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE41" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF41" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG41" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="AH41" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="AI41" s="20" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="42" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="20" t="s">
+        <v>134</v>
+      </c>
+      <c r="B42" s="34" t="s">
+        <v>135</v>
+      </c>
+      <c r="C42" s="34" t="s">
+        <v>136</v>
+      </c>
+      <c r="D42" s="34" t="s">
+        <v>137</v>
+      </c>
+      <c r="E42" s="34" t="s">
+        <v>100</v>
+      </c>
+      <c r="F42" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="G42" s="39">
         <v>535</v>
       </c>
-      <c r="H31" s="22">
+      <c r="H42" s="39">
         <v>540</v>
       </c>
-      <c r="I31" s="22">
+      <c r="I42" s="39">
         <v>5</v>
       </c>
-      <c r="J31" s="23">
+      <c r="J42" s="40">
         <v>9.3457943925233627E-2</v>
       </c>
-      <c r="K31" s="22">
+      <c r="K42" s="39">
         <v>20</v>
       </c>
-      <c r="L31" s="22">
+      <c r="L42" s="39">
         <v>15</v>
       </c>
-      <c r="M31" s="22">
+      <c r="M42" s="39">
         <v>0</v>
       </c>
-      <c r="N31" s="22">
+      <c r="N42" s="39">
         <v>35</v>
       </c>
-      <c r="O31" s="39">
-[...23 lines deleted...]
-      <c r="W31" s="24" t="s">
+      <c r="O42" s="3">
+        <v>22.42</v>
+      </c>
+      <c r="P42" s="4">
+        <v>46627</v>
+      </c>
+      <c r="Q42" s="3">
+        <v>17.59</v>
+      </c>
+      <c r="R42" s="4">
+        <v>36593</v>
+      </c>
+      <c r="S42" s="3">
+        <v>20.65</v>
+      </c>
+      <c r="T42" s="4">
+        <v>42952</v>
+      </c>
+      <c r="U42" s="3">
+        <v>24.83</v>
+      </c>
+      <c r="V42" s="4">
+        <v>51644</v>
+      </c>
+      <c r="W42" s="41" t="s">
         <v>36</v>
       </c>
-      <c r="X31" s="24" t="s">
+      <c r="X42" s="41" t="s">
         <v>12</v>
       </c>
-      <c r="Y31" s="24" t="s">
+      <c r="Y42" s="41" t="s">
         <v>12</v>
       </c>
-      <c r="Z31" s="21" t="s">
+      <c r="Z42" s="20" t="s">
         <v>1</v>
       </c>
-      <c r="AA31" s="21" t="s">
+      <c r="AA42" s="20" t="s">
         <v>1</v>
       </c>
-      <c r="AB31" s="21" t="s">
+      <c r="AB42" s="20" t="s">
         <v>1</v>
       </c>
-      <c r="AC31" s="21" t="s">
+      <c r="AC42" s="20" t="s">
         <v>1</v>
       </c>
-      <c r="AD31" s="21" t="s">
+      <c r="AD42" s="20" t="s">
         <v>1</v>
       </c>
-      <c r="AE31" s="21" t="s">
+      <c r="AE42" s="20" t="s">
         <v>1</v>
       </c>
-      <c r="AF31" s="21" t="s">
+      <c r="AF42" s="20" t="s">
         <v>1</v>
       </c>
-      <c r="AG31" s="21" t="s">
+      <c r="AG42" s="20" t="s">
         <v>1</v>
       </c>
-      <c r="AH31" s="21" t="s">
+      <c r="AH42" s="20" t="s">
         <v>1</v>
       </c>
-      <c r="AI31" s="21" t="s">
+      <c r="AI42" s="20" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="32" spans="1:35" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="21" t="s">
+    <row r="43" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="20"/>
+      <c r="G43" s="39"/>
+      <c r="H43" s="39"/>
+      <c r="I43" s="39"/>
+      <c r="J43" s="40"/>
+      <c r="K43" s="39"/>
+      <c r="L43" s="39"/>
+      <c r="M43" s="39"/>
+      <c r="N43" s="39"/>
+      <c r="Z43" s="20"/>
+      <c r="AA43" s="20"/>
+      <c r="AB43" s="20"/>
+      <c r="AC43" s="20"/>
+      <c r="AD43" s="20"/>
+      <c r="AE43" s="20"/>
+      <c r="AF43" s="20"/>
+      <c r="AG43" s="20"/>
+      <c r="AH43" s="20"/>
+      <c r="AI43" s="20"/>
+    </row>
+    <row r="44" spans="1:35" s="2" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="32" t="s">
+        <v>159</v>
+      </c>
+      <c r="B44" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="C44" s="34"/>
+      <c r="D44" s="34"/>
+      <c r="E44" s="34"/>
+      <c r="F44" s="32"/>
+      <c r="G44" s="35"/>
+      <c r="H44" s="35"/>
+      <c r="I44" s="35"/>
+      <c r="J44" s="36"/>
+      <c r="K44" s="35"/>
+      <c r="L44" s="35"/>
+      <c r="M44" s="35"/>
+      <c r="N44" s="35"/>
+      <c r="O44" s="37"/>
+      <c r="P44" s="38"/>
+      <c r="Q44" s="37"/>
+      <c r="R44" s="38"/>
+      <c r="S44" s="37"/>
+      <c r="T44" s="38"/>
+      <c r="U44" s="37"/>
+      <c r="V44" s="38"/>
+      <c r="W44" s="21"/>
+      <c r="X44" s="21"/>
+      <c r="Y44" s="21"/>
+      <c r="Z44" s="20"/>
+      <c r="AA44" s="20"/>
+      <c r="AB44" s="20"/>
+      <c r="AC44" s="20"/>
+      <c r="AD44" s="20"/>
+      <c r="AE44" s="20"/>
+      <c r="AF44" s="20"/>
+      <c r="AG44" s="20"/>
+      <c r="AH44" s="20"/>
+      <c r="AI44" s="20"/>
+    </row>
+    <row r="45" spans="1:35" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="20" t="s">
         <v>83</v>
       </c>
-      <c r="B32" s="20" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="20" t="s">
+      <c r="B45" s="34" t="s">
+        <v>139</v>
+      </c>
+      <c r="C45" s="34" t="s">
+        <v>99</v>
+      </c>
+      <c r="D45" s="34" t="s">
+        <v>138</v>
+      </c>
+      <c r="E45" s="42" t="s">
+        <v>1</v>
+      </c>
+      <c r="F45" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="G45" s="39">
         <v>105</v>
       </c>
-      <c r="D32" s="20" t="s">
-[...5 lines deleted...]
-      <c r="G32" s="22">
+      <c r="H45" s="39">
         <v>105</v>
       </c>
-      <c r="H32" s="22">
-[...2 lines deleted...]
-      <c r="I32" s="22">
+      <c r="I45" s="39">
         <v>0</v>
       </c>
-      <c r="J32" s="23">
+      <c r="J45" s="40">
         <v>0</v>
       </c>
-      <c r="K32" s="22">
+      <c r="K45" s="39">
         <v>5</v>
       </c>
-      <c r="L32" s="22">
+      <c r="L45" s="39">
         <v>5</v>
       </c>
-      <c r="M32" s="22">
+      <c r="M45" s="39">
         <v>0</v>
       </c>
-      <c r="N32" s="22">
+      <c r="N45" s="39">
         <v>10</v>
       </c>
-      <c r="O32" s="39">
-[...23 lines deleted...]
-      <c r="W32" s="24" t="s">
+      <c r="O45" s="3">
+        <v>41.33</v>
+      </c>
+      <c r="P45" s="4">
+        <v>85957</v>
+      </c>
+      <c r="Q45" s="3">
+        <v>23.95</v>
+      </c>
+      <c r="R45" s="4">
+        <v>49811</v>
+      </c>
+      <c r="S45" s="3">
+        <v>33.31</v>
+      </c>
+      <c r="T45" s="4">
+        <v>69288</v>
+      </c>
+      <c r="U45" s="3">
+        <v>50.01</v>
+      </c>
+      <c r="V45" s="4">
+        <v>104030</v>
+      </c>
+      <c r="W45" s="41" t="s">
         <v>10</v>
       </c>
-      <c r="X32" s="24" t="s">
+      <c r="X45" s="41" t="s">
         <v>12</v>
       </c>
-      <c r="Y32" s="24" t="s">
+      <c r="Y45" s="41" t="s">
         <v>29</v>
       </c>
-      <c r="Z32" s="21" t="s">
+      <c r="Z45" s="20" t="s">
         <v>21</v>
       </c>
-      <c r="AA32" s="21" t="s">
+      <c r="AA45" s="20" t="s">
         <v>18</v>
       </c>
-      <c r="AB32" s="21" t="s">
+      <c r="AB45" s="20" t="s">
         <v>15</v>
       </c>
-      <c r="AC32" s="21" t="s">
+      <c r="AC45" s="20" t="s">
         <v>84</v>
       </c>
-      <c r="AD32" s="21" t="s">
+      <c r="AD45" s="20" t="s">
         <v>22</v>
       </c>
-      <c r="AE32" s="21" t="s">
+      <c r="AE45" s="20" t="s">
         <v>17</v>
       </c>
-      <c r="AF32" s="21" t="s">
+      <c r="AF45" s="20" t="s">
         <v>24</v>
       </c>
-      <c r="AG32" s="21" t="s">
+      <c r="AG45" s="20" t="s">
         <v>23</v>
       </c>
-      <c r="AH32" s="21" t="s">
+      <c r="AH45" s="20" t="s">
         <v>30</v>
       </c>
-      <c r="AI32" s="21" t="s">
+      <c r="AI45" s="20" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="33" ht="31.15" customHeight="1" x14ac:dyDescent="0.2"/>
-[...179 lines deleted...]
-    <row r="213" ht="31.15" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="35">
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="T6:T9"/>
     <mergeCell ref="U6:U9"/>
     <mergeCell ref="F6:F9"/>
     <mergeCell ref="G6:G9"/>
     <mergeCell ref="K6:K8"/>
     <mergeCell ref="P6:P9"/>
     <mergeCell ref="Q6:Q9"/>
     <mergeCell ref="R6:R9"/>
     <mergeCell ref="S6:S9"/>
     <mergeCell ref="A4:AI4"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="C5:F5"/>
     <mergeCell ref="G5:J5"/>
     <mergeCell ref="K5:N5"/>
     <mergeCell ref="O5:V5"/>
     <mergeCell ref="W5:AI5"/>
     <mergeCell ref="Z7:AI7"/>
     <mergeCell ref="Z8:AI9"/>
     <mergeCell ref="V6:V9"/>
     <mergeCell ref="O6:O9"/>
     <mergeCell ref="X6:X9"/>
     <mergeCell ref="Y6:Y9"/>
     <mergeCell ref="A6:A9"/>
     <mergeCell ref="B6:B9"/>
     <mergeCell ref="C6:C9"/>
     <mergeCell ref="H6:H9"/>
     <mergeCell ref="I6:I9"/>
     <mergeCell ref="D6:D9"/>
     <mergeCell ref="E6:E9"/>
     <mergeCell ref="J6:J9"/>
     <mergeCell ref="L6:L8"/>
     <mergeCell ref="M6:M8"/>
     <mergeCell ref="N6:N8"/>
     <mergeCell ref="W6:W9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor theme="7" tint="0.59999389629810485"/>
   </sheetPr>
   <dimension ref="A1:V3"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A2" sqref="A2"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.85546875" style="5"/>
-    <col min="2" max="2" width="8.85546875" style="31"/>
+    <col min="2" max="2" width="8.85546875" style="13"/>
     <col min="3" max="3" width="8.85546875" style="6"/>
-    <col min="4" max="5" width="8.85546875" style="31"/>
+    <col min="4" max="5" width="8.85546875" style="13"/>
     <col min="6" max="6" width="8.85546875" style="7"/>
-    <col min="7" max="8" width="8.85546875" style="31"/>
-    <col min="9" max="10" width="8.85546875" style="32"/>
+    <col min="7" max="8" width="8.85546875" style="13"/>
+    <col min="9" max="10" width="8.85546875" style="14"/>
     <col min="11" max="11" width="8.85546875" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="25.5" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="2" spans="1:22" s="26" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="34" t="s">
+    <row r="2" spans="1:22" s="8" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="16" t="s">
         <v>89</v>
       </c>
-      <c r="B2" s="33"/>
-[...18 lines deleted...]
-      <c r="V2" s="30"/>
+      <c r="B2" s="15"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="10"/>
+      <c r="H2" s="9"/>
+      <c r="I2" s="9"/>
+      <c r="J2" s="9"/>
+      <c r="K2" s="9"/>
+      <c r="L2" s="11"/>
+      <c r="M2" s="9"/>
+      <c r="N2" s="11"/>
+      <c r="O2" s="9"/>
+      <c r="P2" s="11"/>
+      <c r="Q2" s="9"/>
+      <c r="R2" s="11"/>
+      <c r="S2" s="9"/>
+      <c r="T2" s="12"/>
+      <c r="U2" s="12"/>
+      <c r="V2" s="12"/>
     </row>
     <row r="3" spans="1:22" ht="25.5" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>