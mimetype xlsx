--- v0 (2025-10-10)
+++ v1 (2026-02-08)
@@ -1,241 +1,251 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20388"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\Chrome\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jdougherty\Documents\Comms Dept\DX Comms\Web Documents\VR\VR\Benefits Updates 012826\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DA2D7C70-8E50-428F-B1A8-43DF6CE57034}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1B8804D9-E187-4B38-B12B-EFBC903D9A77}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="0rexvwXGrYwkWNc/SLZlcEb9RuxR1PkSzy52fZBhhf9IvW9lRwt96yNCrxbFCExW30iReQnOd62gPEa3MlSSqw==" workbookSaltValue="UiyL4SyGu7UbQB2us47uug==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="8540" xr2:uid="{E4DB70C1-B55B-4B99-B256-0E10E5DF6DA9}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{E4DB70C1-B55B-4B99-B256-0E10E5DF6DA9}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B7" i="1" l="1"/>
-  <c r="B8" i="1" s="1"/>
+  <c r="B8" i="1" l="1"/>
   <c r="B10" i="1" l="1"/>
   <c r="B13" i="1" s="1"/>
   <c r="B3" i="1"/>
   <c r="B12" i="1" s="1"/>
   <c r="B14" i="1" l="1"/>
   <c r="B17" i="1" s="1"/>
   <c r="B18" i="1" s="1"/>
   <c r="B9" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="15">
   <si>
     <t>Unearned Income Exclusion</t>
   </si>
   <si>
     <t>Countable Unearned Income</t>
   </si>
   <si>
     <t>Earned Income Exclusion</t>
   </si>
   <si>
     <t>Remainder</t>
   </si>
   <si>
     <t>Divide by 2</t>
   </si>
   <si>
     <t>Countable Earned Income</t>
   </si>
   <si>
     <t>Total Countable Income (must be below 150% of poverty line)</t>
   </si>
   <si>
     <t>Total Family Income</t>
   </si>
   <si>
     <t>Unearned Monthly  Income</t>
   </si>
   <si>
     <t>Gross Earned Monthly Income (Paycheck)</t>
   </si>
   <si>
     <t>Total Countable Income</t>
   </si>
   <si>
-    <t>$20 Unearned Income Exlusion (if not used above)</t>
-[...1 lines deleted...]
-  <si>
     <t>Please only enter information in the yellow boxes.</t>
   </si>
   <si>
     <t>150% of Federal Poverty Line for a Household of One</t>
+  </si>
+  <si>
+    <t>This calculator is only applicable for a household of 1.</t>
+  </si>
+  <si>
+    <t>$20 Unearned Income Exclusion (if not used above)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyProtection="1">
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -297,51 +307,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -439,205 +449,201 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EE9B7834-C78D-4EE3-B01D-2249CA6131F0}">
   <dimension ref="A1:D18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1"/>
+      <selection activeCell="A8" sqref="A8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="54" customWidth="1"/>
-    <col min="2" max="2" width="13.90625" customWidth="1"/>
+    <col min="2" max="2" width="13.88671875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
         <v>8</v>
       </c>
       <c r="B1" s="1"/>
       <c r="D1" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:4" x14ac:dyDescent="0.35">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>0</v>
       </c>
       <c r="B2">
         <v>20</v>
       </c>
-    </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3">
         <f>IF(B1-B2&gt;0, B1-B2,0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" s="1"/>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A6" t="s">
         <v>2</v>
       </c>
       <c r="B6">
         <v>65</v>
       </c>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A7" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-    <row r="8" spans="1:4" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+      <c r="B7" s="1"/>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A8" t="s">
         <v>3</v>
       </c>
       <c r="B8">
         <f>IF(B5-B6-B7&gt;0, B5-B6-B7,0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9">
         <f>B8/2</f>
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A10" t="s">
         <v>5</v>
       </c>
       <c r="B10">
         <f>B8/2</f>
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A12" t="s">
         <v>1</v>
       </c>
       <c r="B12">
         <f>B3</f>
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A13" t="s">
         <v>5</v>
       </c>
       <c r="B13">
         <f>B10</f>
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A14" t="s">
         <v>6</v>
       </c>
       <c r="B14">
         <f>B12+B13</f>
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A16" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B16">
-        <v>1956.25</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:2" x14ac:dyDescent="0.35">
+        <v>1995</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A17" t="s">
         <v>10</v>
       </c>
       <c r="B17">
         <f>B14</f>
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A18" t="s">
         <v>7</v>
       </c>
       <c r="B18" t="str">
         <f>IF(B17&gt;B16, "NO", "YES")</f>
         <v>YES</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="50a8vGjnupcOvsUAKMjVOpNO3JKMnWggfLC8JtzmR0oT3x5lRwAACCdfPt1/TjfhvFTKEWIBKioGP7E4SL6N/Q==" saltValue="0+vKAnreBVieQSWGdOl79g==" spinCount="100000" sheet="1" selectLockedCells="1"/>
-[...3 lines deleted...]
-  </protectedRanges>
+  <sheetProtection selectLockedCells="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>