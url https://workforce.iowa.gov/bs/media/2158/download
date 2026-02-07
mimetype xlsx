--- v0 (2025-10-10)
+++ v1 (2026-02-07)
@@ -1,329 +1,358 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20388"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\IVRS Shared Perm\Web_Dev\Documents\Agency Services\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jdougherty\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F0618833-98D3-4B0B-AB82-1A668B856BDF}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="ZURbtDO72I9yDK1UybXD2X0EWGzJPmXkt7rxHOfJfeV+ToQ9ee17P06Hh5TcdR3GAhWidLoxvo/bUIff9Ehg+Q==" workbookSaltValue="M/rlgW8m/lN4krWHH6kTyg==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1C2DFC93-A17E-446E-A6B6-4E404839E58C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="FJvxVvXlNJK2pZiep/v6HyRULtWG1+kATY4wnzDsEDwWx+/syKklhqyU1gN092WjSJ4whSH4XXudsA90TFn7OQ==" workbookSaltValue="gW91X/XhE1evWxHtsMt0fA==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6930" xr2:uid="{A829DA85-CDA4-4BE7-B8E1-B024780FB43A}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{50146C53-2EBC-4654-8716-CAF1439319C9}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B15" i="1" l="1"/>
-[...4 lines deleted...]
-  <c r="B23" i="1" s="1"/>
+  <c r="B10" i="1" l="1"/>
+  <c r="B16" i="1"/>
+  <c r="B14" i="1" l="1"/>
+  <c r="B18" i="1"/>
+  <c r="B25" i="1" l="1"/>
+  <c r="B20" i="1"/>
+  <c r="B21" i="1" l="1"/>
+  <c r="B23" i="1" l="1"/>
   <c r="B26" i="1" s="1"/>
-  <c r="B14" i="1"/>
-[...1 lines deleted...]
-  <c r="B25" i="1" s="1"/>
   <c r="B28" i="1" s="1"/>
-  <c r="B31" i="1" s="1"/>
+  <c r="B31" i="1" l="1"/>
   <c r="B32" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="33">
+  <si>
+    <t xml:space="preserve">Unearned Income </t>
+  </si>
+  <si>
+    <t>Student Earned Imcome Exclusion</t>
+  </si>
+  <si>
+    <t>Remainder</t>
+  </si>
+  <si>
+    <t>General Income Exclusion (GIE)</t>
+  </si>
+  <si>
+    <t>Earned Income Exclsion (EIE) $65</t>
+  </si>
+  <si>
+    <t>Impairment Related Work Expense</t>
+  </si>
+  <si>
+    <t>Divided by 2</t>
+  </si>
+  <si>
+    <t>Blind Work Expense (BWE)</t>
+  </si>
+  <si>
+    <t>Total Countable Earned Income</t>
+  </si>
+  <si>
+    <t>Total Countable Unearned Income</t>
+  </si>
+  <si>
+    <t>Countable Unearned Income</t>
+  </si>
+  <si>
+    <t>Total Countable Income</t>
+  </si>
+  <si>
+    <t>250%  Net Family Income for a Household of 1</t>
+  </si>
+  <si>
+    <t>MEPD Eligibility</t>
+  </si>
   <si>
     <t>MEPD Calculation Sheet</t>
   </si>
   <si>
+    <t>Gross Monthly Earned Income</t>
+  </si>
+  <si>
+    <t>GIE ($20 if not used above)</t>
+  </si>
+  <si>
     <t>This Calculator will help you determine if you</t>
   </si>
   <si>
+    <t xml:space="preserve">of  one. Please contact VR for larger </t>
+  </si>
+  <si>
     <t>qualify for MEPD. This is setup for a household</t>
   </si>
   <si>
-    <t xml:space="preserve">of  one. Please contact VR for larger </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">size households or for more information. </t>
   </si>
   <si>
-    <t xml:space="preserve">Unearned Income </t>
-[...46 lines deleted...]
-  <si>
     <t>What are the eligibility requirements for MEPD?</t>
   </si>
   <si>
+    <t>Must be disabled</t>
+  </si>
+  <si>
     <t>Under age 65</t>
   </si>
   <si>
     <t>Have earned income from employment or self-employment</t>
   </si>
   <si>
-    <t>Meet general SSI-related Medicaid eligibility requirements</t>
-[...5 lines deleted...]
-    <t>Have resources less than $12,000 for an individual and $13,000 for a couple</t>
+    <t>Meet general SSI- related Medicaid eligibility requirements</t>
+  </si>
+  <si>
+    <t>Not be eligibile for any othe Medicaid coverage group other than QMB, SLMB, or Medically Needy</t>
   </si>
   <si>
     <t>Has net family income less than 250% of the federal poverty level</t>
   </si>
   <si>
-    <t>Pays the premium due, if applicable, for monthly eligibility</t>
-[...2 lines deleted...]
-    <t>Must be disabled</t>
+    <t>Pays the premium due, if applicable, for mothly eligibility</t>
+  </si>
+  <si>
+    <t>https://ia.db101.org/planning/(S(db0not4sfe5elhcdkkk531io))/mbi_start.aspx?screen=start&amp;l=mbi_ia&amp;u=63905211037811-uuuu</t>
+  </si>
+  <si>
+    <t>for an MEPD Estimator</t>
+  </si>
+  <si>
+    <t xml:space="preserve">If you have a household of more than one please go to </t>
+  </si>
+  <si>
+    <t>Have resources less than $12,000 for an individual and $24,000 for a couple</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="2" x14ac:knownFonts="1">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFF00"/>
+        <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="0.79998168889431442"/>
+        <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
+    <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="2">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF006100"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFC6EFCE"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -385,51 +414,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -527,354 +556,828 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ia.db101.org/planning/(S(db0not4sfe5elhcdkkk531io))/mbi_start.aspx?screen=start&amp;l=mbi_ia&amp;u=63905211037811-uuuu" TargetMode="External"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3BE024C5-4C11-4FBC-BF8D-59DE3F42A671}">
-  <dimension ref="A1:E32"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9DEB19B0-9BA6-4D8F-A302-A7AA33BEA4DB}">
+  <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B19" sqref="B19"/>
+      <selection activeCell="F9" sqref="F9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="47.42578125" customWidth="1"/>
-    <col min="2" max="2" width="8.7109375" customWidth="1"/>
+    <col min="1" max="1" width="47.85546875" customWidth="1"/>
+    <col min="2" max="2" width="15.7109375" customWidth="1"/>
+    <col min="5" max="5" width="8.7109375" customWidth="1"/>
+    <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="B1" s="1"/>
-    </row>
-    <row r="2" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+      <c r="G1" s="1"/>
+      <c r="H1" s="1"/>
+      <c r="I1" s="1"/>
+      <c r="J1" s="1"/>
+      <c r="K1" s="1"/>
+      <c r="L1" s="1"/>
+      <c r="M1" s="1"/>
+      <c r="N1" s="1"/>
+      <c r="O1" s="1"/>
+    </row>
+    <row r="2" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
       <c r="B2" s="1"/>
-    </row>
-    <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+      <c r="J2" s="1"/>
+      <c r="K2" s="1"/>
+      <c r="L2" s="1"/>
+      <c r="M2" s="1"/>
+      <c r="N2" s="1"/>
+      <c r="O2" s="1"/>
+    </row>
+    <row r="3" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="B3" s="2"/>
-      <c r="E3" s="1" t="s">
+      <c r="C3" s="2"/>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
-    </row>
-    <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
+      <c r="H3" s="1"/>
+      <c r="I3" s="1"/>
+      <c r="J3" s="1"/>
+      <c r="K3" s="1"/>
+      <c r="L3" s="1"/>
+      <c r="M3" s="1"/>
+      <c r="N3" s="1"/>
+      <c r="O3" s="1"/>
+    </row>
+    <row r="4" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
-        <v>2</v>
+        <v>19</v>
       </c>
       <c r="B4" s="2"/>
-      <c r="E4" s="1" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="C4" s="2"/>
+      <c r="D4" s="2"/>
+      <c r="E4" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
+      <c r="H4" s="1"/>
+      <c r="I4" s="1"/>
+      <c r="J4" s="1"/>
+      <c r="K4" s="1"/>
+      <c r="L4" s="1"/>
+      <c r="M4" s="1"/>
+      <c r="N4" s="1"/>
+      <c r="O4" s="1"/>
+    </row>
+    <row r="5" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="B5" s="2"/>
-      <c r="E5" s="1" t="s">
-[...3 lines deleted...]
-    <row r="6" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="C5" s="2"/>
+      <c r="D5" s="2"/>
+      <c r="E5" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="F5" s="2"/>
+      <c r="G5" s="2"/>
+      <c r="H5" s="1"/>
+      <c r="I5" s="1"/>
+      <c r="J5" s="1"/>
+      <c r="K5" s="1"/>
+      <c r="L5" s="1"/>
+      <c r="M5" s="1"/>
+      <c r="N5" s="1"/>
+      <c r="O5" s="1"/>
+    </row>
+    <row r="6" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="B6" s="2"/>
-      <c r="E6" s="1" t="s">
-[...3 lines deleted...]
-    <row r="7" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="1"/>
+      <c r="I6" s="1"/>
+      <c r="J6" s="1"/>
+      <c r="K6" s="1"/>
+      <c r="L6" s="1"/>
+      <c r="M6" s="1"/>
+      <c r="N6" s="1"/>
+      <c r="O6" s="1"/>
+    </row>
+    <row r="7" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="1"/>
       <c r="B7" s="1"/>
-      <c r="E7" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E8" s="1" t="s">
+      <c r="C7" s="1"/>
+      <c r="D7" s="1"/>
+      <c r="E7" s="2" t="s">
         <v>25</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B9" s="5">
+      <c r="F7" s="1"/>
+      <c r="G7" s="1"/>
+      <c r="H7" s="1"/>
+      <c r="I7" s="1"/>
+      <c r="J7" s="1"/>
+      <c r="K7" s="1"/>
+      <c r="L7" s="1"/>
+      <c r="M7" s="1"/>
+      <c r="N7" s="1"/>
+      <c r="O7" s="1"/>
+    </row>
+    <row r="8" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B8" s="3"/>
+      <c r="C8" s="1"/>
+      <c r="D8" s="1"/>
+      <c r="E8" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F8" s="1"/>
+      <c r="G8" s="1"/>
+      <c r="H8" s="1"/>
+      <c r="I8" s="1"/>
+      <c r="J8" s="1"/>
+      <c r="K8" s="1"/>
+      <c r="L8" s="1"/>
+      <c r="M8" s="1"/>
+      <c r="N8" s="1"/>
+      <c r="O8" s="1"/>
+    </row>
+    <row r="9" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B9" s="1">
         <v>20</v>
       </c>
-      <c r="E9" s="1" t="s">
-[...7 lines deleted...]
-      <c r="B10" s="6">
+      <c r="C9" s="1"/>
+      <c r="D9" s="1"/>
+      <c r="E9" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F9" s="1"/>
+      <c r="G9" s="1"/>
+      <c r="H9" s="1"/>
+      <c r="I9" s="1"/>
+      <c r="J9" s="1"/>
+      <c r="K9" s="1"/>
+      <c r="L9" s="1"/>
+      <c r="M9" s="1"/>
+      <c r="N9" s="1"/>
+      <c r="O9" s="1"/>
+    </row>
+    <row r="10" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A10" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" s="4">
         <f>IF(B8-B9&gt;0, B8-B9, 0)</f>
         <v>0</v>
       </c>
-      <c r="E10" s="1" t="s">
+      <c r="C10" s="4"/>
+      <c r="D10" s="1"/>
+      <c r="E10" s="2" t="s">
         <v>27</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="E11" s="1" t="s">
+      <c r="F10" s="1"/>
+      <c r="G10" s="1"/>
+      <c r="H10" s="1"/>
+      <c r="I10" s="1"/>
+      <c r="J10" s="1"/>
+      <c r="K10" s="1"/>
+      <c r="L10" s="1"/>
+      <c r="M10" s="1"/>
+      <c r="N10" s="1"/>
+      <c r="O10" s="1"/>
+    </row>
+    <row r="11" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A11" s="1"/>
+      <c r="B11" s="1"/>
+      <c r="C11" s="1"/>
+      <c r="D11" s="1"/>
+      <c r="E11" s="2" t="s">
         <v>28</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="B14" s="3">
+      <c r="F11" s="1"/>
+      <c r="G11" s="1"/>
+      <c r="H11" s="1"/>
+      <c r="I11" s="1"/>
+      <c r="J11" s="1"/>
+      <c r="K11" s="1"/>
+      <c r="L11" s="1"/>
+      <c r="M11" s="1"/>
+      <c r="N11" s="1"/>
+      <c r="O11" s="1"/>
+    </row>
+    <row r="12" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="3"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+      <c r="G12" s="1"/>
+      <c r="H12" s="1"/>
+      <c r="I12" s="1"/>
+      <c r="J12" s="1"/>
+      <c r="K12" s="1"/>
+      <c r="L12" s="1"/>
+      <c r="M12" s="1"/>
+      <c r="N12" s="1"/>
+      <c r="O12" s="1"/>
+    </row>
+    <row r="13" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B13" s="3"/>
+      <c r="C13" s="1"/>
+      <c r="D13" s="1"/>
+      <c r="E13" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="F13" s="1"/>
+      <c r="G13" s="1"/>
+      <c r="H13" s="1"/>
+      <c r="I13" s="1"/>
+      <c r="J13" s="1"/>
+      <c r="K13" s="1"/>
+      <c r="L13" s="1"/>
+      <c r="M13" s="1"/>
+      <c r="N13" s="1"/>
+      <c r="O13" s="1"/>
+    </row>
+    <row r="14" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="B14" s="1">
         <f>IF(B12-B13&gt;0, B12-B13, 0)</f>
         <v>0</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="B16" s="3">
+      <c r="C14" s="1"/>
+      <c r="D14" s="1"/>
+      <c r="E14" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F14" s="1"/>
+      <c r="G14" s="1"/>
+      <c r="H14" s="1"/>
+      <c r="I14" s="1"/>
+      <c r="J14" s="1"/>
+      <c r="K14" s="1"/>
+      <c r="L14" s="1"/>
+      <c r="M14" s="1"/>
+      <c r="N14" s="1"/>
+      <c r="O14" s="1"/>
+    </row>
+    <row r="15" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" s="3"/>
+      <c r="C15" s="1"/>
+      <c r="D15" s="1"/>
+      <c r="E15" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="F15" s="1"/>
+      <c r="G15" s="1"/>
+      <c r="H15" s="1"/>
+      <c r="I15" s="1"/>
+      <c r="J15" s="1"/>
+      <c r="K15" s="1"/>
+      <c r="L15" s="1"/>
+      <c r="M15" s="1"/>
+      <c r="N15" s="1"/>
+      <c r="O15" s="1"/>
+    </row>
+    <row r="16" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="B16" s="1">
         <f>IF(B12-B13-B15&gt;0, B12-B13-B15, 0)</f>
         <v>0</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B17" s="3">
+      <c r="C16" s="1"/>
+      <c r="D16" s="1"/>
+      <c r="E16" s="1"/>
+      <c r="F16" s="1"/>
+      <c r="G16" s="1"/>
+      <c r="H16" s="1"/>
+      <c r="I16" s="1"/>
+      <c r="J16" s="1"/>
+      <c r="K16" s="1"/>
+      <c r="L16" s="1"/>
+      <c r="M16" s="1"/>
+      <c r="N16" s="1"/>
+      <c r="O16" s="1"/>
+    </row>
+    <row r="17" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" s="1">
         <v>65</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B18" s="3">
+      <c r="C17" s="1"/>
+      <c r="D17" s="1"/>
+      <c r="E17" s="1"/>
+      <c r="F17" s="1"/>
+      <c r="G17" s="1"/>
+      <c r="H17" s="1"/>
+      <c r="I17" s="1"/>
+      <c r="J17" s="1"/>
+      <c r="K17" s="1"/>
+      <c r="L17" s="1"/>
+      <c r="M17" s="1"/>
+      <c r="N17" s="1"/>
+      <c r="O17" s="1"/>
+    </row>
+    <row r="18" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="B18" s="1">
         <f>IF(B16-B17&gt;0, B16-B17, 0)</f>
         <v>0</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="B20" s="3">
+      <c r="C18" s="1"/>
+      <c r="D18" s="1"/>
+      <c r="E18" s="1"/>
+      <c r="F18" s="1"/>
+      <c r="G18" s="1"/>
+      <c r="H18" s="1"/>
+      <c r="I18" s="1"/>
+      <c r="J18" s="1"/>
+      <c r="K18" s="1"/>
+      <c r="L18" s="1"/>
+      <c r="M18" s="1"/>
+      <c r="N18" s="1"/>
+      <c r="O18" s="1"/>
+    </row>
+    <row r="19" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="B19" s="3"/>
+      <c r="C19" s="1"/>
+      <c r="D19" s="1"/>
+      <c r="E19" s="1"/>
+      <c r="F19" s="1"/>
+      <c r="G19" s="1"/>
+      <c r="H19" s="1"/>
+      <c r="I19" s="1"/>
+      <c r="J19" s="1"/>
+      <c r="K19" s="1"/>
+      <c r="L19" s="1"/>
+      <c r="M19" s="1"/>
+      <c r="N19" s="1"/>
+      <c r="O19" s="1"/>
+    </row>
+    <row r="20" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="B20" s="1">
         <f>IF(B18-B19&gt;0, B18-B19, 0)</f>
         <v>0</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B21" s="3">
+      <c r="C20" s="1"/>
+      <c r="D20" s="1"/>
+      <c r="E20" s="1"/>
+      <c r="F20" s="1"/>
+      <c r="G20" s="1"/>
+      <c r="H20" s="1"/>
+      <c r="I20" s="1"/>
+      <c r="J20" s="1"/>
+      <c r="K20" s="1"/>
+      <c r="L20" s="1"/>
+      <c r="M20" s="1"/>
+      <c r="N20" s="1"/>
+      <c r="O20" s="1"/>
+    </row>
+    <row r="21" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="B21" s="1">
         <f>B20/2</f>
         <v>0</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="B23" s="6">
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1"/>
+      <c r="G21" s="1"/>
+      <c r="H21" s="1"/>
+      <c r="I21" s="1"/>
+      <c r="J21" s="1"/>
+      <c r="K21" s="1"/>
+      <c r="L21" s="1"/>
+      <c r="M21" s="1"/>
+      <c r="N21" s="1"/>
+      <c r="O21" s="1"/>
+    </row>
+    <row r="22" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B22" s="3"/>
+      <c r="C22" s="1"/>
+      <c r="D22" s="1"/>
+      <c r="E22" s="1"/>
+      <c r="F22" s="1"/>
+      <c r="G22" s="1"/>
+      <c r="H22" s="1"/>
+      <c r="I22" s="1"/>
+      <c r="J22" s="1"/>
+      <c r="K22" s="1"/>
+      <c r="L22" s="1"/>
+      <c r="M22" s="1"/>
+      <c r="N22" s="1"/>
+      <c r="O22" s="1"/>
+    </row>
+    <row r="23" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A23" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" s="4">
         <f>IF(B21-B22&gt;0, B21-B22, 0)</f>
         <v>0</v>
       </c>
-    </row>
-[...8 lines deleted...]
-      <c r="B25" s="3">
+      <c r="C23" s="4"/>
+      <c r="D23" s="1"/>
+      <c r="E23" s="1"/>
+      <c r="F23" s="1"/>
+      <c r="G23" s="1"/>
+      <c r="H23" s="1"/>
+      <c r="I23" s="1"/>
+      <c r="J23" s="1"/>
+      <c r="K23" s="1"/>
+      <c r="L23" s="1"/>
+      <c r="M23" s="1"/>
+      <c r="N23" s="1"/>
+      <c r="O23" s="1"/>
+    </row>
+    <row r="24" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A24" s="1"/>
+      <c r="B24" s="1"/>
+      <c r="C24" s="1"/>
+      <c r="D24" s="1"/>
+      <c r="E24" s="1"/>
+      <c r="F24" s="1"/>
+      <c r="G24" s="1"/>
+      <c r="H24" s="1"/>
+      <c r="I24" s="1"/>
+      <c r="J24" s="1"/>
+      <c r="K24" s="1"/>
+      <c r="L24" s="1"/>
+      <c r="M24" s="1"/>
+      <c r="N24" s="1"/>
+      <c r="O24" s="1"/>
+    </row>
+    <row r="25" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="B25" s="1">
         <f>B10</f>
         <v>0</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B26" s="3">
+      <c r="C25" s="1"/>
+      <c r="D25" s="1"/>
+      <c r="E25" s="1"/>
+      <c r="F25" s="1"/>
+      <c r="G25" s="1"/>
+      <c r="H25" s="1"/>
+      <c r="I25" s="1"/>
+      <c r="J25" s="1"/>
+      <c r="K25" s="1"/>
+      <c r="L25" s="1"/>
+      <c r="M25" s="1"/>
+      <c r="N25" s="1"/>
+      <c r="O25" s="1"/>
+    </row>
+    <row r="26" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B26" s="1">
         <f>B23</f>
         <v>0</v>
       </c>
-    </row>
-[...8 lines deleted...]
-      <c r="B28" s="3">
+      <c r="C26" s="1"/>
+      <c r="D26" s="1"/>
+      <c r="E26" s="1"/>
+      <c r="F26" s="1"/>
+      <c r="G26" s="1"/>
+      <c r="H26" s="1"/>
+      <c r="I26" s="1"/>
+      <c r="J26" s="1"/>
+      <c r="K26" s="1"/>
+      <c r="L26" s="1"/>
+      <c r="M26" s="1"/>
+      <c r="N26" s="1"/>
+      <c r="O26" s="1"/>
+    </row>
+    <row r="27" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A27" s="1"/>
+      <c r="B27" s="1"/>
+      <c r="C27" s="1"/>
+      <c r="D27" s="1"/>
+      <c r="E27" s="1"/>
+      <c r="F27" s="1"/>
+      <c r="G27" s="1"/>
+      <c r="H27" s="1"/>
+      <c r="I27" s="1"/>
+      <c r="J27" s="1"/>
+      <c r="K27" s="1"/>
+      <c r="L27" s="1"/>
+      <c r="M27" s="1"/>
+      <c r="N27" s="1"/>
+      <c r="O27" s="1"/>
+    </row>
+    <row r="28" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="B28" s="1">
         <f>B25+B26</f>
         <v>0</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="B31" s="3">
+      <c r="C28" s="1"/>
+      <c r="D28" s="1"/>
+      <c r="E28" s="1"/>
+      <c r="F28" s="1"/>
+      <c r="G28" s="1"/>
+      <c r="H28" s="1"/>
+      <c r="I28" s="1"/>
+      <c r="J28" s="1"/>
+      <c r="K28" s="1"/>
+      <c r="L28" s="1"/>
+      <c r="M28" s="1"/>
+      <c r="N28" s="1"/>
+      <c r="O28" s="1"/>
+    </row>
+    <row r="29" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A29" s="1"/>
+      <c r="B29" s="1"/>
+      <c r="C29" s="1"/>
+      <c r="D29" s="1"/>
+      <c r="E29" s="1"/>
+      <c r="F29" s="1"/>
+      <c r="G29" s="1"/>
+      <c r="H29" s="1"/>
+      <c r="I29" s="1"/>
+      <c r="J29" s="1"/>
+      <c r="K29" s="1"/>
+      <c r="L29" s="1"/>
+      <c r="M29" s="1"/>
+      <c r="N29" s="1"/>
+      <c r="O29" s="1"/>
+    </row>
+    <row r="30" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A30" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B30" s="1">
+        <v>3325</v>
+      </c>
+      <c r="C30" s="1"/>
+      <c r="D30" s="1"/>
+      <c r="E30" s="1"/>
+      <c r="F30" s="1"/>
+      <c r="G30" s="1"/>
+      <c r="H30" s="1"/>
+      <c r="I30" s="1"/>
+      <c r="J30" s="1"/>
+      <c r="K30" s="1"/>
+      <c r="L30" s="1"/>
+      <c r="M30" s="1"/>
+      <c r="N30" s="1"/>
+      <c r="O30" s="1"/>
+    </row>
+    <row r="31" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A31" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="B31" s="1">
         <f>B28</f>
         <v>0</v>
       </c>
-    </row>
-[...5 lines deleted...]
-        <f>IF(B31&gt;B30, "NO", "YES")</f>
+      <c r="C31" s="1"/>
+      <c r="D31" s="1"/>
+      <c r="E31" s="1"/>
+      <c r="F31" s="1"/>
+      <c r="G31" s="1"/>
+      <c r="H31" s="1"/>
+      <c r="I31" s="1"/>
+      <c r="J31" s="1"/>
+      <c r="K31" s="1"/>
+      <c r="L31" s="1"/>
+      <c r="M31" s="1"/>
+      <c r="N31" s="1"/>
+      <c r="O31" s="1"/>
+    </row>
+    <row r="32" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A32" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B32" s="1" t="str">
+        <f>IF(B31&gt;B30-1, "NO", "YES")</f>
         <v>YES</v>
       </c>
+      <c r="C32" s="1"/>
+      <c r="D32" s="1"/>
+      <c r="E32" s="1"/>
+      <c r="F32" s="1"/>
+      <c r="G32" s="1"/>
+      <c r="H32" s="1"/>
+      <c r="I32" s="1"/>
+      <c r="J32" s="1"/>
+      <c r="K32" s="1"/>
+      <c r="L32" s="1"/>
+      <c r="M32" s="1"/>
+      <c r="N32" s="1"/>
+      <c r="O32" s="1"/>
+    </row>
+    <row r="33" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A33" s="2"/>
+      <c r="B33" s="2"/>
+      <c r="C33" s="1"/>
+      <c r="D33" s="1"/>
+      <c r="E33" s="1"/>
+      <c r="F33" s="1"/>
+      <c r="G33" s="1"/>
+      <c r="H33" s="1"/>
+      <c r="I33" s="1"/>
+      <c r="J33" s="1"/>
+      <c r="K33" s="1"/>
+      <c r="L33" s="1"/>
+      <c r="M33" s="1"/>
+      <c r="N33" s="1"/>
+      <c r="O33" s="1"/>
+    </row>
+    <row r="34" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A34" s="1"/>
+      <c r="B34" s="1"/>
+      <c r="C34" s="1"/>
+      <c r="D34" s="1"/>
+      <c r="E34" s="1"/>
+      <c r="F34" s="1"/>
+      <c r="G34" s="1"/>
+      <c r="H34" s="1"/>
+      <c r="I34" s="1"/>
+      <c r="J34" s="1"/>
+      <c r="K34" s="1"/>
+      <c r="L34" s="1"/>
+      <c r="M34" s="1"/>
+      <c r="N34" s="1"/>
+      <c r="O34" s="1"/>
+    </row>
+    <row r="35" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A35" s="1"/>
+      <c r="B35" s="1"/>
+      <c r="C35" s="1"/>
+      <c r="D35" s="1"/>
+      <c r="E35" s="1"/>
+      <c r="F35" s="1"/>
+      <c r="G35" s="1"/>
+      <c r="H35" s="1"/>
+      <c r="I35" s="1"/>
+      <c r="J35" s="1"/>
+      <c r="K35" s="1"/>
+      <c r="L35" s="1"/>
+      <c r="M35" s="1"/>
+      <c r="N35" s="1"/>
+      <c r="O35" s="1"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="uRdGPW1ruh/syODj0dI2e6b7tRvKZH/FmKz3qmfbdRW7vysVqco5xqrwYjJLv35lLbs8j5VchX6BloeDlSIe8A==" saltValue="GSi/Y588yTB9gzTA5vNRkw==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection selectLockedCells="1"/>
   <protectedRanges>
+    <protectedRange sqref="B27" name="Range6"/>
     <protectedRange sqref="B22" name="Range5"/>
-    <protectedRange sqref="B8" name="Range1"/>
-[...1 lines deleted...]
-    <protectedRange sqref="B13" name="Range3"/>
     <protectedRange sqref="B19" name="Range4"/>
+    <protectedRange sqref="B12:B13" name="Range3"/>
+    <protectedRange sqref="B8" name="Range2"/>
+    <protectedRange sqref="B3:B6" name="Range1"/>
   </protectedRanges>
   <conditionalFormatting sqref="B32">
     <cfRule type="containsText" dxfId="1" priority="1" operator="containsText" text="YES">
       <formula>NOT(ISERROR(SEARCH("YES",B32)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="0" priority="2" operator="containsText" text="NO">
       <formula>NOT(ISERROR(SEARCH("NO",B32)))</formula>
     </cfRule>
   </conditionalFormatting>
+  <hyperlinks>
+    <hyperlink ref="E14" r:id="rId1" xr:uid="{4F9C44D7-BC74-4973-8D3A-C77E83588A37}"/>
+  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" r:id="rId2"/>
+  <headerFooter scaleWithDoc="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Steffensmeier, Rose [DVRS]</dc:creator>
+  <dc:creator>Young, Angela [DVRS]</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>